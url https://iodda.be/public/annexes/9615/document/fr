--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -386,71 +386,59 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Laboratoire"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7CFF12F2" w14:textId="386FA4AD" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="00C64E33" w:rsidP="00DB31E1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> le modèle disponible </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selon le modèle disponible </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="207D976E" w14:textId="77777777" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="00A438A3" w:rsidP="00DB31E1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -504,151 +492,71 @@
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68569D6D" w14:textId="7FF38D64" w:rsidR="00A438A3" w:rsidRPr="008416CC" w:rsidRDefault="008416CC" w:rsidP="00012156">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008416CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>L’</w:t>
+              <w:t xml:space="preserve">L’Annexe 2, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">établie selon le modèle disponible, doit être </w:t>
             </w:r>
             <w:r w:rsidRPr="008416CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>Annexe 2</w:t>
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> par l’ISSEP et le laboratoire demandeur</w:t>
+              <w:t>datée et signée par l’ISSEP et le laboratoire demandeur</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>.  Elle</w:t>
             </w:r>
             <w:r w:rsidRPr="008416CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> est intégrée au r</w:t>
             </w:r>
             <w:r w:rsidRPr="008416CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
@@ -1202,71 +1110,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02E709DA" w14:textId="3B169B09" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="00C64E33" w:rsidP="00DB31E1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> le modèle disponible </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selon le modèle disponible </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="759AF6AB" w14:textId="77777777" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="00A438A3" w:rsidP="00DB31E1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1610,71 +1506,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C7AD4D6" w14:textId="6D466E53" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="00C64E33" w:rsidP="00DB31E1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> le modèle disponible </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selon le modèle disponible </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="438A0C42" w14:textId="77777777" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="00A438A3" w:rsidP="00DB31E1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2004,90 +1888,78 @@
               <w:t>Déclaration sur l’honneur</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="41721A16" w14:textId="74EDE1DC" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="00A438A3" w:rsidP="0080364B">
             <w:pPr>
               <w:ind w:right="-32"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="515F9655" w14:textId="22BE51E4" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="000A4F17" w:rsidP="0080364B">
+          <w:p w14:paraId="515F9655" w14:textId="6BB8D856" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="000A4F17" w:rsidP="0080364B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> le modèle disponible sur le site sol et déchets</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selon le modèle disponible </w:t>
             </w:r>
             <w:r w:rsidR="00440A16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / à signer </w:t>
+              <w:t xml:space="preserve">/ à signer </w:t>
             </w:r>
             <w:r w:rsidR="00162739">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">par une des personnes </w:t>
             </w:r>
             <w:r w:rsidR="00162739" w:rsidRPr="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>visées au cadre II</w:t>
             </w:r>
             <w:r w:rsidR="00162739">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
@@ -2226,121 +2098,99 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0AF589D2" w14:textId="611B2556" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="000A4F17" w:rsidP="0080364B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> le modèle disponible </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selon le modèle disponible </w:t>
             </w:r>
             <w:r w:rsidR="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">/ à fournir pour chacune des personnes </w:t>
             </w:r>
             <w:r w:rsidR="00D66644" w:rsidRPr="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>visées au cadre II</w:t>
             </w:r>
             <w:r w:rsidR="00184560">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D66644" w:rsidRPr="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>3.1</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> du formulaire </w:t>
+              <w:t xml:space="preserve">3.1 du formulaire </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A438A3" w:rsidRPr="00A6439A" w14:paraId="13D599FD" w14:textId="77777777" w:rsidTr="00CC1AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="24D28D9A" w14:textId="62EA1AAC" w:rsidR="00A438A3" w:rsidRDefault="00A438A3" w:rsidP="00CC1AA9">
             <w:pPr>
               <w:ind w:right="-32"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -2431,141 +2281,99 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="585A3B03" w14:textId="009FA853" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="000A4F17" w:rsidP="0080364B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> le modèle disponible </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selon le modèle disponible </w:t>
             </w:r>
             <w:r w:rsidR="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>/ à fournir pour chacune des</w:t>
             </w:r>
             <w:r w:rsidR="00D66644" w:rsidRPr="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
+              <w:t xml:space="preserve"> sociétés administratrices visées au cadre II</w:t>
+            </w:r>
+            <w:r w:rsidR="00184560">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D66644" w:rsidRPr="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>sociétés administratrices visées au cadre II</w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve">du formulaire </w:t>
+              <w:t xml:space="preserve">3.2 du formulaire </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A438A3" w:rsidRPr="00A6439A" w14:paraId="0D22C920" w14:textId="77777777" w:rsidTr="00CC1AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6CFDC00C" w14:textId="4A0E12FF" w:rsidR="00A438A3" w:rsidRDefault="00A438A3" w:rsidP="0080364B">
             <w:pPr>
               <w:ind w:right="-32"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -2611,71 +2419,59 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48342B2F" w14:textId="3721EB13" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="000A4F17" w:rsidP="0080364B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> le modèle disponible </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selon le modèle disponible </w:t>
             </w:r>
             <w:r w:rsidR="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>/ à fournir pour chacun des responsables de laboratoire visé à l’annexe 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A438A3" w:rsidRPr="00A6439A" w14:paraId="511F982F" w14:textId="77777777" w:rsidTr="00CC1AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -2701,183 +2497,99 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>16_ Personne habilitée_Déclaration sur l’honneur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CB86441" w14:textId="523564BA" w:rsidR="00A438A3" w:rsidRPr="003B7799" w:rsidRDefault="000A4F17" w:rsidP="0080364B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="504943"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> le modèle disponible </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selon le modèle disponible </w:t>
             </w:r>
             <w:r w:rsidR="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">/ </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> personnes habilitées</w:t>
+              <w:t>/ à fournir pour chacune des personnes habilitées</w:t>
             </w:r>
             <w:r w:rsidR="00184560" w:rsidRPr="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> visées au cadre II</w:t>
+            </w:r>
+            <w:r w:rsidR="00184560">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6.</w:t>
             </w:r>
             <w:r w:rsidR="00184560" w:rsidRPr="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>visées au cadre II</w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> formulaire</w:t>
+              <w:t xml:space="preserve"> du formulaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A438A3" w:rsidRPr="00A6439A" w14:paraId="038A222A" w14:textId="77777777" w:rsidTr="00CC1AA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="334AB064" w14:textId="09913F49" w:rsidR="00A438A3" w:rsidRPr="003B7799" w:rsidRDefault="00A438A3" w:rsidP="004523C3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="504943"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
@@ -2978,106 +2690,89 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CB2779">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>est présentée sous forme d’un tableau de suivi des manquements identifiés. Pour les non-conformités</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/remarques</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB2779">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> non encore résolues, le laboratoire y indique les actions et les délais raisonnables de réalisation prévus.</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> non encore résolues, le laboratoire y indique les actions et les délais raisonnables de réalisation prévus. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C1D2744" w14:textId="053429EC" w:rsidR="00A438A3" w:rsidRPr="003B7799" w:rsidRDefault="00CB2779" w:rsidP="00162739">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="504943"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Lorsque le rapport d’ET mentionne certains </w:t>
             </w:r>
             <w:r w:rsidR="00A438A3" w:rsidRPr="008416CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">manquements </w:t>
             </w:r>
             <w:r w:rsidRPr="008416CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>à régler</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">à régler </w:t>
             </w:r>
             <w:r w:rsidR="00A438A3" w:rsidRPr="008416CC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>préalablement</w:t>
             </w:r>
             <w:r w:rsidR="00A438A3" w:rsidRPr="003B7799">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> à l’introduction de la demande d’agrément, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">le laboratoire </w:t>
@@ -3186,71 +2881,59 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2693E434" w14:textId="2C0DACF8" w:rsidR="00A438A3" w:rsidRPr="00A6439A" w:rsidRDefault="00C64E33" w:rsidP="0080364B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> le modèle disponible </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="504943"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">selon le modèle disponible </w:t>
             </w:r>
             <w:r w:rsidR="00440A16">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">/ à signer par </w:t>
             </w:r>
             <w:r w:rsidR="005875BC">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">une des personnes </w:t>
             </w:r>
             <w:r w:rsidR="005875BC" w:rsidRPr="00D66644">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="504943"/>
@@ -3685,115 +3368,117 @@
     <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1991787462">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="21974827">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="348290793">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A23427"/>
     <w:rsid w:val="00012156"/>
+    <w:rsid w:val="00095F7C"/>
     <w:rsid w:val="000A4F17"/>
     <w:rsid w:val="00121162"/>
     <w:rsid w:val="00162739"/>
     <w:rsid w:val="00184560"/>
     <w:rsid w:val="002110AF"/>
     <w:rsid w:val="00253119"/>
     <w:rsid w:val="002A5213"/>
     <w:rsid w:val="003371DA"/>
     <w:rsid w:val="00440A16"/>
     <w:rsid w:val="004523C3"/>
     <w:rsid w:val="00462906"/>
+    <w:rsid w:val="005561A4"/>
     <w:rsid w:val="005875BC"/>
     <w:rsid w:val="00622F26"/>
     <w:rsid w:val="006D2F40"/>
     <w:rsid w:val="008416CC"/>
     <w:rsid w:val="00882795"/>
     <w:rsid w:val="008934CE"/>
     <w:rsid w:val="008E0C27"/>
     <w:rsid w:val="008F571E"/>
     <w:rsid w:val="00932790"/>
     <w:rsid w:val="00944A34"/>
     <w:rsid w:val="00A23427"/>
     <w:rsid w:val="00A434C4"/>
     <w:rsid w:val="00A438A3"/>
     <w:rsid w:val="00A44C3F"/>
     <w:rsid w:val="00A6439A"/>
     <w:rsid w:val="00B21E78"/>
     <w:rsid w:val="00B6510A"/>
     <w:rsid w:val="00C64E33"/>
     <w:rsid w:val="00CA6FCF"/>
     <w:rsid w:val="00CB2779"/>
     <w:rsid w:val="00CC1AA9"/>
     <w:rsid w:val="00CD15F9"/>
     <w:rsid w:val="00CE6573"/>
     <w:rsid w:val="00D66644"/>
     <w:rsid w:val="00D94AB9"/>
     <w:rsid w:val="00DB31E1"/>
     <w:rsid w:val="00ED7431"/>
     <w:rsid w:val="00F11788"/>
+    <w:rsid w:val="00F95ED2"/>
     <w:rsid w:val="00FE12E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -4184,50 +3869,51 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A23427"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
@@ -4736,75 +4422,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{533A196B-62F0-4555-81F2-F35673B5E25C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>552</Words>
-  <Characters>3039</Characters>
+  <Words>548</Words>
+  <Characters>3016</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3584</CharactersWithSpaces>
+  <CharactersWithSpaces>3557</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BARBIER Anne</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>