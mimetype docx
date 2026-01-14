--- v0 (2025-10-11)
+++ v1 (2026-01-14)
@@ -1,1051 +1,2255 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="57221CD4" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="007A335D" w:rsidRDefault="0017718C" w:rsidP="0017718C"/>
-    <w:p w14:paraId="212D10DB" w14:textId="39D1E358" w:rsidR="0017718C" w:rsidRPr="008F5E50" w:rsidRDefault="0017718C" w:rsidP="1AA5881D">
+    <w:p w14:paraId="54AD8C2E" w14:textId="5182DB7E" w:rsidR="002373AB" w:rsidRDefault="002373AB" w:rsidP="00F51484">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00872BD0">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06611E4C" wp14:editId="3EE16168">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-807720</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-785495</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1409706" cy="608965"/>
+            <wp:effectExtent l="0" t="0" r="0" b="635"/>
+            <wp:wrapNone/>
+            <wp:docPr id="13" name="Image 12" descr="Une image contenant texte, Graphique, Police, graphisme&#10;&#10;Le contenu généré par l’IA peut être incorrect.">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA28D2B9-6CAF-47C6-C023-8A274D6894DD}"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="13" name="Image 12" descr="Une image contenant texte, Graphique, Police, graphisme&#10;&#10;Le contenu généré par l’IA peut être incorrect.">
+                      <a:extLst>
+                        <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                          <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA28D2B9-6CAF-47C6-C023-8A274D6894DD}"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:srcRect l="9588" t="17379" r="9588" b="18034"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1409706" cy="608965"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57221CD4" w14:textId="316386B9" w:rsidR="0017718C" w:rsidRPr="000F549F" w:rsidRDefault="00F51484" w:rsidP="00F51484">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="009999"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="009999"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>Annexe technique pour l’aide GREEN en faveur de la protection de l’environnement (ENV)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="445408D3" w14:textId="77777777" w:rsidR="00F51484" w:rsidRPr="00F51484" w:rsidRDefault="00F51484" w:rsidP="00F51484">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="212D10DB" w14:textId="39D1E358" w:rsidR="0017718C" w:rsidRPr="000F549F" w:rsidRDefault="0017718C" w:rsidP="1AA5881D">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
-      </w:pPr>
-[...2 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Description technique </w:t>
+      </w:r>
+      <w:r w:rsidR="6B82F34D" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">générale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>du projet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EC6990" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D4AE466" w14:textId="57E6E97D" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="00F51484">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Décrivez de façon technique et précise le projet que vous souhaitez réaliser (type d’équipement, puissance de l’équipement, coûts de l’équipement, etc.). </w:t>
+      </w:r>
+      <w:r w:rsidR="3964920F" w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Arial" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Une description générale du procédé de fabrication est souhaitable (diagramme de flux, schéma de principe montrant les étapes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="3964920F" w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Arial" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>relevantes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="3964920F" w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Arial" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du procédé, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="009AA883" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="483F4BFB" w14:textId="492742A4" w:rsidR="0017718C" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">technique </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="1D4AE466" w14:textId="57E6E97D" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="07CD13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72FEB6B1" w14:textId="30B388DB" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Décrivez de façon technique et précise le projet que vous souhaitez réaliser (type d’équipement, puissance de l’équipement, coûts de l’équipement, etc.). </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Une description générale du procédé de fabrication est souhaitable (diagramme de flux, schéma de principe montrant les étapes </w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="011A1140" w14:textId="6014733A" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9019EF" w14:textId="563FE247" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734E84B4" w14:textId="2645F17E" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606CDA58" w14:textId="77777777" w:rsidR="00F51484" w:rsidRPr="00B95BB2" w:rsidRDefault="00F51484" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F52C456" w14:textId="043AB498" w:rsidR="0017718C" w:rsidRPr="000F549F" w:rsidRDefault="0017718C" w:rsidP="1AA5881D">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Référence :</w:t>
+      </w:r>
+      <w:r w:rsidR="6049517F" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> description</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6542E89D" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52E2B2EA" w14:textId="3BE603ED" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="00F51484">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Décrivez de façon détaillée et technique la solution de référence proposée comme scénario contrefactuel. Nous rappelons que cette référence doit correspondre à un scénario plausible en l’absence d’aide d’Etat et avoir une capacité de production et une durée de vie comparables. Le scénario contrefactuel est crédible à la lumière des exigences juridiques, des conditions du marché et des incitations générées par le système SEQE-UE. Le scénario de référence respecte les normes de l’Union déjà en vigueur ainsi que celle du permis d’environnement. Nous rappelons que les NEA-MTD ainsi que les NPEA-MTD sont considérés comme d’application dans les 4 années qui suivent la publication des </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="3964920F" w:rsidRPr="07CD13EC">
-[...3 lines deleted...]
-        <w:t>relevantes</w:t>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>BREFs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="3964920F" w:rsidRPr="07CD13EC">
-[...13 lines deleted...]
-    <w:p w14:paraId="3F52C456" w14:textId="043AB498" w:rsidR="0017718C" w:rsidRPr="00C0408D" w:rsidRDefault="0017718C" w:rsidP="1AA5881D">
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF699B7" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33008731" w14:textId="4B01471F" w:rsidR="00340148" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58EDCAE4" w14:textId="358D6D43" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F6FCE84" w14:textId="1F5266C9" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0A9514" w14:textId="34060C8A" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FA9C2D" w14:textId="19464803" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB2C871" w14:textId="77777777" w:rsidR="00340148" w:rsidRPr="00B95BB2" w:rsidRDefault="00340148" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5873F219" w14:textId="72120563" w:rsidR="0017718C" w:rsidRPr="000F549F" w:rsidRDefault="0017718C" w:rsidP="1AA5881D">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="6049517F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Eco-technologie :</w:t>
+      </w:r>
+      <w:r w:rsidR="08EC136C" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> description</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6542E89D" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C"/>
-    <w:p w14:paraId="52E2B2EA" w14:textId="3BE603ED" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+    <w:p w14:paraId="731B8325" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01830906" w14:textId="1563C5EA" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="00F51484">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Décrivez de façon détaillée et technique le scénario « </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>éco-technologie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> » proposé comme amenant une meilleure protection de l’environnement et/ou une meilleure efficacité énergétique du processus de production (par exemple : les émissions relatives qui seront réduites, la quantité d’énergie économisée relative ou absolue, la quantité d’eau économisée, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0DBD1C" w14:textId="77777777" w:rsidR="00340148" w:rsidRPr="00B95BB2" w:rsidRDefault="00340148" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61F61AD3" w14:textId="77777777" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Décrivez de façon détaillée et technique la solution de référence proposée comme scénario contrefactuel. Nous rappelons que cette référence doit correspondre à un scénario plausible en l’absence d’aide d’Etat et avoir une capacité de production et une durée de vie comparables. Le scénario contrefactuel est crédible à la lumière des exigences juridiques, des conditions du marché et des incitations générées par le système SEQE-UE. Le scénario de référence respecte les normes de l’Union déjà en vigueur ainsi que celle du permis d’environnement. Nous rappelons que les NEA-MTD ainsi que les NPEA-MTD sont considérés comme d’application dans les 4 années qui suivent la publication des </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396FF030" w14:textId="77777777" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>BREFs</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="165E2B9F" w14:textId="77777777" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>.</w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="01830906" w14:textId="1563C5EA" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35BC1F7F" w14:textId="77777777" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Décrivez de façon détaillée et technique le scénario « </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D110F7A" w14:textId="77777777" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>éco-technologie</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="628B619B" w14:textId="77777777" w:rsidR="00F51484" w:rsidRDefault="00F51484" w:rsidP="000F549F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t> » proposé comme amenant une meilleure protection de l’environnement et/ou une meilleure efficacité énergétique du processus de production (par exemple : les émissions relatives qui seront réduites, la quantité d’énergie économisée relative ou absolue, la quantité d’eau économisée, etc.</w:t>
-[...13 lines deleted...]
-        <w:sectPr w:rsidR="003F26EB" w:rsidSect="003F26EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7BFA03" w14:textId="77777777" w:rsidR="003F26EB" w:rsidRPr="00B95BB2" w:rsidRDefault="003F26EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003F26EB" w:rsidRPr="00B95BB2" w:rsidSect="003F26EB">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="166AFAB1" w14:textId="2A9AA96C" w:rsidR="0017718C" w:rsidRDefault="24B34738" w:rsidP="1AA5881D">
+    <w:p w14:paraId="166AFAB1" w14:textId="2A9AA96C" w:rsidR="0017718C" w:rsidRPr="000F549F" w:rsidRDefault="24B34738" w:rsidP="1AA5881D">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Résumés des a</w:t>
       </w:r>
-      <w:r w:rsidR="0017718C">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> énergétiques et environnementaux de l’</w:t>
+      <w:r w:rsidR="0017718C" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>vantages énergétiques et environnementaux de l’</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0017718C" w:rsidRPr="00C0408D">
+      <w:r w:rsidR="0017718C" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t>éco-technologie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="6A2491E4" w14:textId="7D19A1D2" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6A2491E4" w14:textId="7D19A1D2" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57A6796F" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="57A6796F" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="14150" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1921"/>
         <w:gridCol w:w="2730"/>
         <w:gridCol w:w="3812"/>
         <w:gridCol w:w="2738"/>
         <w:gridCol w:w="1162"/>
         <w:gridCol w:w="1787"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0017718C" w14:paraId="76532238" w14:textId="27F36BB8" w:rsidTr="07CD13EC">
+      <w:tr w:rsidR="0017718C" w:rsidRPr="00B95BB2" w14:paraId="76532238" w14:textId="27F36BB8" w:rsidTr="07CD13EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1921" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1870FF" w14:textId="47E64BE4" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="2D1870FF" w14:textId="47E64BE4" w:rsidR="0017718C" w:rsidRPr="007C4912" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007C4912">
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Postes d’investissement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2730" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB3BC22" w14:textId="6E1B1E99" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="1DB3BC22" w14:textId="6E1B1E99" w:rsidR="0017718C" w:rsidRPr="007C4912" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007C4912">
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>UDE/Environnement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1345217F" w14:textId="47194FFE" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="1345217F" w14:textId="47194FFE" w:rsidR="0017718C" w:rsidRPr="007C4912" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007C4912">
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Emission, Energie, Ressource concernée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E22C101" w14:textId="3F08991A" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="5E22C101" w14:textId="3F08991A" w:rsidR="0017718C" w:rsidRPr="007C4912" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007C4912">
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Gains/réductions annuels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC3087F" w14:textId="57201409" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="1FC3087F" w14:textId="57201409" w:rsidR="0017718C" w:rsidRPr="007C4912" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007C4912">
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Unité</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EC52A43" w14:textId="51A1B592" w:rsidR="1817A73A" w:rsidRPr="07CD13EC" w:rsidRDefault="1817A73A" w:rsidP="07CD13EC">
+          <w:p w14:paraId="3EC52A43" w14:textId="51A1B592" w:rsidR="1817A73A" w:rsidRPr="007C4912" w:rsidRDefault="1817A73A" w:rsidP="07CD13EC">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="07CD13EC">
+            <w:r w:rsidRPr="007C4912">
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Coûts HTVA €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017718C" w14:paraId="636E6AF8" w14:textId="0106E502" w:rsidTr="07CD13EC">
+      <w:tr w:rsidR="0017718C" w:rsidRPr="00B95BB2" w14:paraId="636E6AF8" w14:textId="0106E502" w:rsidTr="07CD13EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1921" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E54BCE5" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="6E54BCE5" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2730" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43DF9574" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="43DF9574" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73754B25" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="73754B25" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75D0B9A2" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="75D0B9A2" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14EE9C3D" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="14EE9C3D" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FBF541D" w14:textId="6686823E" w:rsidR="07CD13EC" w:rsidRDefault="07CD13EC" w:rsidP="07CD13EC">
+          <w:p w14:paraId="5FBF541D" w14:textId="6686823E" w:rsidR="07CD13EC" w:rsidRPr="00B95BB2" w:rsidRDefault="07CD13EC" w:rsidP="07CD13EC">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017718C" w14:paraId="0438016C" w14:textId="6B80FFA9" w:rsidTr="07CD13EC">
+      <w:tr w:rsidR="0017718C" w:rsidRPr="00B95BB2" w14:paraId="0438016C" w14:textId="6B80FFA9" w:rsidTr="07CD13EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1921" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44FACAD0" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="44FACAD0" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2730" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64435950" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="64435950" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06C64468" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="06C64468" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3B044C" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="7F3B044C" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1620D27F" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="1620D27F" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50BAD731" w14:textId="2BC77D71" w:rsidR="07CD13EC" w:rsidRDefault="07CD13EC" w:rsidP="07CD13EC">
+          <w:p w14:paraId="50BAD731" w14:textId="2BC77D71" w:rsidR="07CD13EC" w:rsidRPr="00B95BB2" w:rsidRDefault="07CD13EC" w:rsidP="07CD13EC">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017718C" w14:paraId="269A0930" w14:textId="64D021E6" w:rsidTr="07CD13EC">
+      <w:tr w:rsidR="0017718C" w:rsidRPr="00B95BB2" w14:paraId="269A0930" w14:textId="64D021E6" w:rsidTr="07CD13EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1921" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72A58213" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="72A58213" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2730" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="527BF701" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="527BF701" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78BFD4F9" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="78BFD4F9" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="725A5F12" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="725A5F12" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFE373E" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="0FFE373E" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F832902" w14:textId="3062E408" w:rsidR="07CD13EC" w:rsidRDefault="07CD13EC" w:rsidP="07CD13EC">
+          <w:p w14:paraId="6F832902" w14:textId="3062E408" w:rsidR="07CD13EC" w:rsidRPr="00B95BB2" w:rsidRDefault="07CD13EC" w:rsidP="07CD13EC">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017718C" w14:paraId="78D056AA" w14:textId="0DB3DECE" w:rsidTr="07CD13EC">
+      <w:tr w:rsidR="0017718C" w:rsidRPr="00B95BB2" w14:paraId="78D056AA" w14:textId="0DB3DECE" w:rsidTr="07CD13EC">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1921" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E0A9452" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="1E0A9452" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2730" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16E8DAAB" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="16E8DAAB" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E199388" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="7E199388" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2738" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="363DB833" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="363DB833" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DDBC65E" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
+          <w:p w14:paraId="2DDBC65E" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00B95BB2" w:rsidRDefault="0017718C" w:rsidP="0017718C">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E304CE6" w14:textId="02D96A5B" w:rsidR="07CD13EC" w:rsidRDefault="07CD13EC" w:rsidP="07CD13EC">
+          <w:p w14:paraId="0E304CE6" w14:textId="02D96A5B" w:rsidR="07CD13EC" w:rsidRPr="00B95BB2" w:rsidRDefault="07CD13EC" w:rsidP="07CD13EC">
             <w:pPr>
               <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D2B975D" w14:textId="0767E29A" w:rsidR="07CD13EC" w:rsidRDefault="07CD13EC"/>
-[...5 lines deleted...]
-        <w:sectPr w:rsidR="003F26EB" w:rsidSect="003F26EB">
+    <w:p w14:paraId="0D2B975D" w14:textId="0767E29A" w:rsidR="07CD13EC" w:rsidRPr="00B95BB2" w:rsidRDefault="07CD13EC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A8941F" w14:textId="77777777" w:rsidR="003F26EB" w:rsidRPr="00B95BB2" w:rsidRDefault="003F26EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A989D1E" w14:textId="77777777" w:rsidR="003F26EB" w:rsidRPr="00B95BB2" w:rsidRDefault="003F26EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6478BBC7" w14:textId="77777777" w:rsidR="003F26EB" w:rsidRPr="00B95BB2" w:rsidRDefault="003F26EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="374875A2" w14:textId="77777777" w:rsidR="003F26EB" w:rsidRPr="00B95BB2" w:rsidRDefault="003F26EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003F26EB" w:rsidRPr="00B95BB2" w:rsidSect="003F26EB">
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC49E82" w14:textId="6C728E4D" w:rsidR="24823320" w:rsidRPr="00D410CA" w:rsidRDefault="00C50DE6" w:rsidP="14EBA395">
+    <w:p w14:paraId="3BC49E82" w14:textId="6C728E4D" w:rsidR="24823320" w:rsidRPr="000F549F" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D410CA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>(Optionnel)</w:t>
       </w:r>
-      <w:r w:rsidR="24823320" w:rsidRPr="00D410CA">
+      <w:r w:rsidR="24823320" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">Veuillez vérifier dans les </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="24823320" w:rsidRPr="00D410CA">
+      <w:r w:rsidR="24823320" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t>BREFs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D410CA">
+      <w:r w:rsidRPr="000F549F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r w:rsidR="24823320" w:rsidRPr="00D410CA">
+      <w:r w:rsidR="24823320" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve"> si l’un d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D410CA">
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">es documents </w:t>
       </w:r>
-      <w:r w:rsidR="24823320" w:rsidRPr="00D410CA">
+      <w:r w:rsidR="24823320" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">s’applique à votre investissement. Il arrive que votre permis d’environnement fasse référence à ce(s) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="24823320" w:rsidRPr="00D410CA">
+      <w:r w:rsidR="24823320" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t>BREFs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="24823320" w:rsidRPr="00D410CA">
+      <w:r w:rsidR="24823320" w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48563B51" w14:textId="14BD04CE" w:rsidR="24823320" w:rsidRPr="00D410CA" w:rsidRDefault="24823320" w:rsidP="14EBA395"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="388F4825" w14:textId="5CE6C0C4" w:rsidR="24823320" w:rsidRPr="00D410CA" w:rsidRDefault="24823320" w:rsidP="00C50DE6">
+    <w:p w14:paraId="4E8DC137" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="00B95BB2" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="388F4825" w14:textId="5CE6C0C4" w:rsidR="24823320" w:rsidRPr="00B95BB2" w:rsidRDefault="24823320" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D410CA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pouvez-vous indiquer quel BREF est applicable </w:t>
       </w:r>
-      <w:r w:rsidR="00C50DE6" w:rsidRPr="00D410CA">
+      <w:r w:rsidR="00C50DE6" w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">à votre cas </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D410CA">
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="093D6E0C" w14:textId="7BB1FD24" w:rsidR="00C50DE6" w:rsidRPr="00D410CA" w:rsidRDefault="00C50DE6" w:rsidP="00C50DE6">
+    <w:p w14:paraId="093D6E0C" w14:textId="7BB1FD24" w:rsidR="00C50DE6" w:rsidRPr="00B95BB2" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D410CA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Pouvez-vous indiquer les valeurs à dépasser selon le BREF ?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15C0BDFB" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="00D410CA" w:rsidRDefault="00C50DE6" w:rsidP="00C50DE6"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="730B2BF8" w14:textId="018D0B37" w:rsidR="00C50DE6" w:rsidRPr="00D410CA" w:rsidRDefault="00C50DE6" w:rsidP="00C50DE6">
+    <w:p w14:paraId="15C0BDFB" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="00B95BB2" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="666DF4F1" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="00B95BB2" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18A2099B" w14:textId="7D8470C2" w:rsidR="00C50DE6" w:rsidRPr="00B95BB2" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="730B2BF8" w14:textId="018D0B37" w:rsidR="00C50DE6" w:rsidRPr="00B95BB2" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D410CA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Si votre technologie de référence n’est pas dans le BREF pouvez-vous indiquez en quoi il s’agit d’une meilleure technique disponible ?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155BA875" w14:textId="3815C7E8" w:rsidR="14EBA395" w:rsidRPr="00D410CA" w:rsidRDefault="14EBA395" w:rsidP="14EBA395"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="061A9F23" w14:textId="07E65650" w:rsidR="24823320" w:rsidRPr="00D410CA" w:rsidRDefault="24823320" w:rsidP="00C50DE6">
+    <w:p w14:paraId="155BA875" w14:textId="3815C7E8" w:rsidR="14EBA395" w:rsidRPr="00B95BB2" w:rsidRDefault="14EBA395" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E0816E6" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="00B95BB2" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28E69BFC" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="00B95BB2" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="061A9F23" w14:textId="07E65650" w:rsidR="24823320" w:rsidRPr="00B95BB2" w:rsidRDefault="24823320" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00D410CA">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Pouvez-vous indiquer quelles sont les normes applicables selon votre permis unique ?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7E3B58" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRDefault="00C50DE6" w:rsidP="14EBA395">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3E7E3B58" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="00B95BB2" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76BF4545" w14:textId="11F64504" w:rsidR="14EBA395" w:rsidRDefault="14EBA395" w:rsidP="14EBA395"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4832F679" w14:textId="77EB08F2" w:rsidR="00C50DE6" w:rsidRDefault="00C50DE6" w:rsidP="1AA5881D">
+    <w:p w14:paraId="76BF4545" w14:textId="11F64504" w:rsidR="14EBA395" w:rsidRPr="00B95BB2" w:rsidRDefault="14EBA395" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EFA6868" w14:textId="5D290FD8" w:rsidR="14EBA395" w:rsidRPr="00B95BB2" w:rsidRDefault="14EBA395" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4832F679" w14:textId="77EB08F2" w:rsidR="00C50DE6" w:rsidRPr="000F549F" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t>(Optionnel) En cas d’électrification de processus, pourriez-vous fournir un document (signé/officiel) de votre GRD confirmant la disponibilité de l’électricité requise ?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B4D6C8" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRDefault="00C50DE6" w:rsidP="00C50DE6">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="65B4D6C8" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="000F549F" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70974B9C" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRDefault="00C50DE6" w:rsidP="00C50DE6">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="70974B9C" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="000F549F" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="610FAD8A" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="00C50DE6" w:rsidRDefault="00C50DE6" w:rsidP="00C50DE6">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="610FAD8A" w14:textId="77777777" w:rsidR="00C50DE6" w:rsidRPr="000F549F" w:rsidRDefault="00C50DE6" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BB580A0" w14:textId="676C7E37" w:rsidR="1524247F" w:rsidRDefault="1524247F" w:rsidP="1AA5881D">
+    <w:p w14:paraId="5BB580A0" w14:textId="676C7E37" w:rsidR="1524247F" w:rsidRPr="000F549F" w:rsidRDefault="1524247F" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="1AA5881D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t>Annexes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6498D958" w14:textId="77604902" w:rsidR="1AA5881D" w:rsidRDefault="1AA5881D" w:rsidP="1AA5881D">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6498D958" w14:textId="77604902" w:rsidR="1AA5881D" w:rsidRPr="000F549F" w:rsidRDefault="1AA5881D" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34E5928E" w14:textId="6B372881" w:rsidR="004DEB51" w:rsidRDefault="30B9FAF0" w:rsidP="1AA5881D">
+    <w:p w14:paraId="34E5928E" w14:textId="6B372881" w:rsidR="004DEB51" w:rsidRPr="000F549F" w:rsidRDefault="30B9FAF0" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t>Annexe 1 : Devis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C200DA6" w14:textId="22642211" w:rsidR="5B1BFA33" w:rsidRDefault="5B1BFA33" w:rsidP="5B1BFA33"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="3E84C516" w14:textId="407568E6" w:rsidR="1AA5881D" w:rsidRDefault="1AA5881D" w:rsidP="1AA5881D">
+    <w:p w14:paraId="6C200DA6" w14:textId="22642211" w:rsidR="5B1BFA33" w:rsidRPr="000F549F" w:rsidRDefault="5B1BFA33" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74DEA524" w14:textId="42921310" w:rsidR="5B1BFA33" w:rsidRPr="000F549F" w:rsidRDefault="5B1BFA33" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="280DBD61" w14:textId="77777777" w:rsidR="00340148" w:rsidRPr="000F549F" w:rsidRDefault="00340148" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC566EF" w14:textId="77777777" w:rsidR="00340148" w:rsidRPr="000F549F" w:rsidRDefault="00340148" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E84C516" w14:textId="407568E6" w:rsidR="1AA5881D" w:rsidRPr="000F549F" w:rsidRDefault="1AA5881D" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="46DE8B83" w14:textId="3FB4D098" w:rsidR="004DEB51" w:rsidRDefault="30B9FAF0" w:rsidP="1AA5881D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46DE8B83" w14:textId="3FB4D098" w:rsidR="004DEB51" w:rsidRPr="000F549F" w:rsidRDefault="30B9FAF0" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t>Annexe 2 : Etudes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F1B9492" w14:textId="34353FB0" w:rsidR="5920CED8" w:rsidRDefault="5920CED8" w:rsidP="5B1BFA33">
-      <w:r>
+    <w:p w14:paraId="1F1B9492" w14:textId="34353FB0" w:rsidR="5920CED8" w:rsidRPr="00B95BB2" w:rsidRDefault="5920CED8" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Si disponible.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7264DE13" w14:textId="56FD07EF" w:rsidR="5B1BFA33" w:rsidRDefault="5B1BFA33" w:rsidP="5B1BFA33"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="2DE09ECC" w14:textId="620EB656" w:rsidR="1AA5881D" w:rsidRDefault="1AA5881D" w:rsidP="1AA5881D">
+    <w:p w14:paraId="7264DE13" w14:textId="56FD07EF" w:rsidR="5B1BFA33" w:rsidRPr="00B95BB2" w:rsidRDefault="5B1BFA33" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FF11F3D" w14:textId="77777777" w:rsidR="00340148" w:rsidRPr="00B95BB2" w:rsidRDefault="00340148" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AE4B53" w14:textId="77777777" w:rsidR="00340148" w:rsidRPr="00B95BB2" w:rsidRDefault="00340148" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DE09ECC" w14:textId="620EB656" w:rsidR="1AA5881D" w:rsidRPr="00B95BB2" w:rsidRDefault="1AA5881D" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="27295A71" w14:textId="60D023AC" w:rsidR="004DEB51" w:rsidRDefault="30B9FAF0" w:rsidP="1AA5881D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27295A71" w14:textId="60D023AC" w:rsidR="004DEB51" w:rsidRPr="000F549F" w:rsidRDefault="30B9FAF0" w:rsidP="002373AB">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:ind w:left="360" w:hanging="360"/>
-      </w:pPr>
-      <w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F549F">
+        <w:rPr>
+          <w:rFonts w:ascii="Bebas Neue" w:hAnsi="Bebas Neue"/>
+          <w:color w:val="589A79"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+        </w:rPr>
         <w:t>Annexe 3 : Autre</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A5ACA97" w14:textId="7702E7D7" w:rsidR="493DF64C" w:rsidRDefault="493DF64C" w:rsidP="5B1BFA33">
-      <w:r>
+    <w:p w14:paraId="6A5ACA97" w14:textId="7702E7D7" w:rsidR="493DF64C" w:rsidRPr="00B95BB2" w:rsidRDefault="493DF64C" w:rsidP="002373AB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B95BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Si d’application.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ACF8D24" w14:textId="23682395" w:rsidR="5B1BFA33" w:rsidRDefault="5B1BFA33" w:rsidP="5B1BFA33"/>
+    <w:p w14:paraId="3ACF8D24" w14:textId="23682395" w:rsidR="5B1BFA33" w:rsidRPr="00B95BB2" w:rsidRDefault="5B1BFA33" w:rsidP="5B1BFA33">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="212020DF" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="528F9FE3" w14:textId="77777777" w:rsidR="00340148" w:rsidRDefault="00340148" w:rsidP="0017718C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6899CE8F" w14:textId="77777777" w:rsidR="0017718C" w:rsidRDefault="0017718C" w:rsidP="0017718C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F962757" w14:textId="77777777" w:rsidR="0017718C" w:rsidRPr="00C0408D" w:rsidRDefault="0017718C" w:rsidP="0017718C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29D2FA19" w14:textId="77777777" w:rsidR="007508C9" w:rsidRDefault="007508C9"/>
+    <w:p w14:paraId="29D2FA19" w14:textId="2E3E4229" w:rsidR="007508C9" w:rsidRDefault="007508C9"/>
     <w:sectPr w:rsidR="007508C9" w:rsidSect="003F26EB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62986E77" w14:textId="77777777" w:rsidR="00304A93" w:rsidRDefault="00304A93" w:rsidP="00C50DE6">
+    <w:p w14:paraId="009FFD6C" w14:textId="77777777" w:rsidR="0083226B" w:rsidRDefault="0083226B" w:rsidP="00C50DE6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09C8618F" w14:textId="77777777" w:rsidR="00304A93" w:rsidRDefault="00304A93" w:rsidP="00C50DE6">
+    <w:p w14:paraId="19CA3720" w14:textId="77777777" w:rsidR="0083226B" w:rsidRDefault="0083226B" w:rsidP="00C50DE6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Century Gothic">
+    <w:panose1 w:val="020B0502020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Bebas Neue">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="358DC775" w14:textId="77777777" w:rsidR="00304A93" w:rsidRDefault="00304A93" w:rsidP="00C50DE6">
+    <w:p w14:paraId="15798D69" w14:textId="77777777" w:rsidR="0083226B" w:rsidRDefault="0083226B" w:rsidP="00C50DE6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2645792A" w14:textId="77777777" w:rsidR="00304A93" w:rsidRDefault="00304A93" w:rsidP="00C50DE6">
+    <w:p w14:paraId="7887586C" w14:textId="77777777" w:rsidR="0083226B" w:rsidRDefault="0083226B" w:rsidP="00C50DE6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="59EF93A1" w14:textId="1A398343" w:rsidR="00C50DE6" w:rsidRPr="00C50DE6" w:rsidRDefault="00C50DE6">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Ces derniers sont disponibles à l’adresse suivante : </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="00F62EB3">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://eippcb.jrc.ec.europa.eu/reference/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15C02B6A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="89D8B240"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre2"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1426,153 +2630,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1688941322">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="683441101">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1899244673">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1645768995">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0017718C"/>
+    <w:rsid w:val="000F549F"/>
     <w:rsid w:val="0017718C"/>
     <w:rsid w:val="001842A8"/>
     <w:rsid w:val="00185999"/>
+    <w:rsid w:val="002373AB"/>
     <w:rsid w:val="00304A93"/>
     <w:rsid w:val="00340148"/>
     <w:rsid w:val="003F26EB"/>
     <w:rsid w:val="004DEB51"/>
     <w:rsid w:val="006A38EB"/>
     <w:rsid w:val="007436D6"/>
     <w:rsid w:val="007508C9"/>
+    <w:rsid w:val="00755CD5"/>
+    <w:rsid w:val="007C4912"/>
+    <w:rsid w:val="0083226B"/>
+    <w:rsid w:val="00872F03"/>
     <w:rsid w:val="00910A7A"/>
     <w:rsid w:val="00997B13"/>
     <w:rsid w:val="00AE195E"/>
     <w:rsid w:val="00B27100"/>
     <w:rsid w:val="00B7466B"/>
+    <w:rsid w:val="00B95BB2"/>
     <w:rsid w:val="00C50DE6"/>
     <w:rsid w:val="00D410CA"/>
     <w:rsid w:val="00D71FF1"/>
+    <w:rsid w:val="00D90568"/>
     <w:rsid w:val="00EC02F8"/>
     <w:rsid w:val="00EC04E7"/>
     <w:rsid w:val="00F355FB"/>
+    <w:rsid w:val="00F51484"/>
     <w:rsid w:val="00F9766A"/>
     <w:rsid w:val="0359E4E3"/>
     <w:rsid w:val="07CD13EC"/>
     <w:rsid w:val="08EC136C"/>
     <w:rsid w:val="14EBA395"/>
     <w:rsid w:val="1524247F"/>
     <w:rsid w:val="170AD406"/>
     <w:rsid w:val="1817A73A"/>
     <w:rsid w:val="1AA5881D"/>
     <w:rsid w:val="1E8FBFD0"/>
     <w:rsid w:val="24823320"/>
     <w:rsid w:val="24B34738"/>
     <w:rsid w:val="2E1C76DD"/>
     <w:rsid w:val="30B9FAF0"/>
     <w:rsid w:val="387F2364"/>
     <w:rsid w:val="3964920F"/>
     <w:rsid w:val="493DF64C"/>
     <w:rsid w:val="4EE774BB"/>
     <w:rsid w:val="5920CED8"/>
     <w:rsid w:val="5B1BFA33"/>
     <w:rsid w:val="6049517F"/>
     <w:rsid w:val="65176308"/>
     <w:rsid w:val="6B82F34D"/>
     <w:rsid w:val="6C0A53ED"/>
     <w:rsid w:val="6EEDE13F"/>
     <w:rsid w:val="7A317439"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0644AE4E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{01D89B86-8BA1-4026-B0DE-71A16B7A696E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2204,58 +3417,58 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C50DE6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F355FB"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eippcb.jrc.ec.europa.eu/reference/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -2530,69 +3743,60 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002236F4F8D0CF7847A7CB7462F665D7E3" ma:contentTypeVersion="4" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="8f21757c9fe41e430c32507f57399194">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4bf0093c-fba7-4c4c-8704-522a620d8006" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1fc63ced57e29186d25e4ca2a7612c2c" ns2:_="">
     <xsd:import namespace="4bf0093c-fba7-4c4c-8704-522a620d8006"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4bf0093c-fba7-4c4c-8704-522a620d8006" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
@@ -2692,108 +3896,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D7ED0B6-D5C6-4BF2-90B1-2DF7B883285F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B521EDAC-EAAA-4F25-AE3C-05A8C857C013}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B097CEA-25E1-4E57-9BA5-41A403AFB6BC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{684B6F5E-ABBE-4A60-9BAB-A824CA39DF86}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4bf0093c-fba7-4c4c-8704-522a620d8006"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B521EDAC-EAAA-4F25-AE3C-05A8C857C013}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>389</Words>
-  <Characters>2143</Characters>
+  <Words>515</Words>
+  <Characters>2838</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Titre</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>SPW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2527</CharactersWithSpaces>
+  <CharactersWithSpaces>3347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>FIERENS Antoine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>