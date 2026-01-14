--- v0 (2025-10-22)
+++ v1 (2026-01-14)
@@ -7,111 +7,111 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9447" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
         <w:gridCol w:w="5057"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D39EB" w14:paraId="2F62731F" w14:textId="77777777" w:rsidTr="00DD13E7">
+      <w:tr w:rsidR="006D39EB" w14:paraId="2F62731F" w14:textId="77777777" w:rsidTr="00350183">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2162354D" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRDefault="006D39EB">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E8A2FB3" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRDefault="006D39EB">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40330E0B" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRDefault="006D39EB">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62B52DBB" wp14:editId="5BA85C70">
                   <wp:extent cx="2526030" cy="699135"/>
                   <wp:effectExtent l="0" t="0" r="7620" b="5715"/>
-                  <wp:docPr id="2" name="Image 1">
+                  <wp:docPr id="2" name="Image 2">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Image 1">
                             <a:extLst>
                               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
                               </a:ext>
                             </a:extLst>
                           </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11" cstate="print"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
@@ -265,5600 +265,9138 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="0EDF80F2" w14:textId="45C608DB" w:rsidR="005E5844" w:rsidRPr="00D72D0A" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="363" w:firstLine="1262"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="92D050"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00112FD1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="92D050"/>
               </w:rPr>
               <w:t>des sols</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D39EB" w:rsidRPr="004B2F23" w14:paraId="0BCDD500" w14:textId="77777777" w:rsidTr="00DD13E7">
+      <w:tr w:rsidR="006D39EB" w:rsidRPr="004B2F23" w14:paraId="0BCDD500" w14:textId="77777777" w:rsidTr="00350183">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9447" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w14:paraId="203985A8" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRPr="00F21099" w:rsidRDefault="006D39EB" w:rsidP="006D39EB">
+          <w:p w14:paraId="36378A9F" w14:textId="0A425E41" w:rsidR="00BE03F4" w:rsidRPr="00392851" w:rsidRDefault="004A79C2" w:rsidP="00BE03F4">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00392851">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00F21099">
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392851">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>andat pour l’introduction d’un rapport</w:t>
+            </w:r>
+            <w:r w:rsidR="00E3681A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ou d’une démarche</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392851">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dans le cadre des dispositions du décret du 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392851">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>er</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00392851">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mars 2018 relatif à la gestion et à l’assainissement des sols</w:t>
+            </w:r>
+            <w:r w:rsidR="00D27786">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC5ACE" w:rsidRPr="004B2F23" w14:paraId="4B75B70D" w14:textId="77777777" w:rsidTr="00350183">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9447" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D131F1" w14:textId="2E9D9DE9" w:rsidR="00350183" w:rsidRPr="0009283D" w:rsidRDefault="00350183" w:rsidP="00BE03F4">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="28"/>
-[...25 lines deleted...]
-            </w:r>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="30C3768C" w14:textId="3E53C787" w:rsidR="00EE54AE" w:rsidRPr="00F21099" w:rsidRDefault="00EE54AE" w:rsidP="00F21099">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="363"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblW w:w="9359" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="623"/>
-[...14 lines deleted...]
-        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="779"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="579"/>
+        <w:gridCol w:w="650"/>
+        <w:gridCol w:w="548"/>
+        <w:gridCol w:w="711"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="1004"/>
+        <w:gridCol w:w="555"/>
+        <w:gridCol w:w="80"/>
+        <w:gridCol w:w="1374"/>
+        <w:gridCol w:w="485"/>
+        <w:gridCol w:w="187"/>
+        <w:gridCol w:w="1137"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F21099" w14:paraId="7EE70026" w14:textId="77777777" w:rsidTr="00F21099">
-[...2 lines deleted...]
-            <w:tcW w:w="4378" w:type="dxa"/>
+      <w:tr w:rsidR="00C74E4B" w14:paraId="7EE70026" w14:textId="77777777" w:rsidTr="00D22E41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
-          </w:tcPr>
-          <w:p w14:paraId="5E5069F0" w14:textId="44D4ABBC" w:rsidR="00F91675" w:rsidRPr="0094621A" w:rsidRDefault="00F91675" w:rsidP="008A410E">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25305E7B" w14:textId="2BC44F36" w:rsidR="006A799A" w:rsidRPr="006A799A" w:rsidRDefault="006A799A" w:rsidP="006A799A">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A799A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titulaire d’obligation </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1580943B" w14:textId="24CF5A91" w:rsidR="001C7FEA" w:rsidRPr="00FA3571" w:rsidRDefault="00C74E4B" w:rsidP="006A799A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA3571">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>MANDANT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFD0649" w14:textId="41D221F3" w:rsidR="00C74E4B" w:rsidRPr="0094621A" w:rsidRDefault="00C74E4B" w:rsidP="008A410E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FA3571">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>MANDANT</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0094621A">
+              <w:t xml:space="preserve">B - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA3571">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00623625" w:rsidRPr="00623625">
+              <w:t>MANDATAIRE</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="0094621A">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F21099" w14:paraId="28A5AEAF" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AB52FFD" w14:textId="77777777" w:rsidR="00F91675" w:rsidRDefault="00F91675" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E057AD9" w14:textId="77777777" w:rsidR="00F91675" w:rsidRDefault="00F91675" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43FEFFBC" w14:textId="77777777" w:rsidR="00F91675" w:rsidRDefault="00F91675" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C74E4B" w14:paraId="1D924A4E" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B326AC4" w14:textId="3ECB5C6E" w:rsidR="00C74E4B" w:rsidRPr="0051384E" w:rsidRDefault="00C74E4B" w:rsidP="0051384E">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00623625">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051384E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-            <w:tcW w:w="259" w:type="dxa"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="456B1954" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="351BDD6C" w14:textId="2DC9874E" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051384E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3183" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C87DE3" w14:textId="4D399527" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F1C08" w14:paraId="22F4183D" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2204" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1240B336" w14:textId="77777777" w:rsidR="004F1C08" w:rsidRPr="0051384E" w:rsidRDefault="004F1C08" w:rsidP="0051384E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1909" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="103947D7" w14:textId="275F68B5" w:rsidR="004F1C08" w:rsidRPr="0051384E" w:rsidRDefault="004F1C08" w:rsidP="0051384E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7D1B9D7E" w14:textId="77777777" w:rsidR="004F1C08" w:rsidRDefault="004F1C08" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1580943B" w14:textId="77777777" w:rsidR="00F91675" w:rsidRPr="00FA3571" w:rsidRDefault="00F91675" w:rsidP="008A410E">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="0085AABF" w14:textId="77777777" w:rsidR="004F1C08" w:rsidRDefault="004F1C08" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C74E4B" w14:paraId="5988A130" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="046397B4" w14:textId="2A5614D5" w:rsidR="00C74E4B" w:rsidRPr="0051384E" w:rsidRDefault="00C74E4B" w:rsidP="0051384E">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051384E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FA3571">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PRENOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="707AC08C" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2957C5F3" w14:textId="368986CD" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051384E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="0094621A">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PRENOM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3183" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F23BFFA" w14:textId="63254F15" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D4B17" w14:paraId="2CA7C0DE" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="699C9BFB" w14:textId="77777777" w:rsidR="00F91675" w:rsidRDefault="00F91675" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ECE446C" w14:textId="77777777" w:rsidR="00F91675" w:rsidRDefault="00F91675" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3818DB74" w14:textId="77777777" w:rsidR="00F91675" w:rsidRDefault="00F91675" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C74E4B" w14:paraId="09BDE0A9" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4429C484" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRPr="001E55B6" w:rsidRDefault="00C74E4B">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00623625" w:rsidRPr="00623625">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E55B6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="0094621A">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N°TELEPHONE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CC0300" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B9BF915" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E55B6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="001660C2">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N°TELEPHONE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3183" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AF6B8D" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006651D4" w14:paraId="5BDEC075" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="394CB4FC" w14:textId="77777777" w:rsidR="006651D4" w:rsidRDefault="006651D4" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EC7F685" w14:textId="77777777" w:rsidR="006651D4" w:rsidRDefault="006651D4" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68493763" w14:textId="77777777" w:rsidR="006651D4" w:rsidRDefault="006651D4" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C74E4B" w14:paraId="12B280C0" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19FF939C" w14:textId="1F3D72ED" w:rsidR="00C74E4B" w:rsidRPr="001E55B6" w:rsidRDefault="00C74E4B">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...67 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0051384E">
+              <w:t>EMAIL</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1829348C" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FD1AD9B" w14:textId="72AAF4F7" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>NOM</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2427" w:type="dxa"/>
+              <w:t>EMAIL</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7EFDA5A4" w14:textId="151D96E4" w:rsidR="00244532" w:rsidRDefault="00244532" w:rsidP="008A410E">
+          <w:p w14:paraId="29FE0FD7" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...6 lines deleted...]
-          <w:p w14:paraId="456B1954" w14:textId="77777777" w:rsidR="00244532" w:rsidRDefault="00244532" w:rsidP="008A410E">
+      </w:tr>
+      <w:tr w:rsidR="006651D4" w14:paraId="7D009275" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65A2AF0B" w14:textId="77777777" w:rsidR="006651D4" w:rsidRDefault="006651D4" w:rsidP="008A410E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2373" w:type="dxa"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0051384E">
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D223408" w14:textId="77777777" w:rsidR="006651D4" w:rsidRDefault="006651D4" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1432D420" w14:textId="77777777" w:rsidR="006651D4" w:rsidRDefault="006651D4" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C74E4B" w14:paraId="1FAAFF22" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B1E418A" w14:textId="15884A35" w:rsidR="00C74E4B" w:rsidRPr="008A1E71" w:rsidRDefault="00C74E4B" w:rsidP="008A1E71">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>NOM</w:t>
-[...27 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A1E71">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">DENOMINATION </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w14:paraId="7D1B9D7E" w14:textId="77777777" w:rsidR="004F1C08" w:rsidRDefault="004F1C08" w:rsidP="008A410E">
+              <w:t>DE L'ENTREPRISE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2036CE06" w14:textId="0672B0D4" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="008A410E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...19 lines deleted...]
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3ED8A554" w14:textId="3410F244" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A1E71">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0051384E">
+              <w:t xml:space="preserve">DENOMINATION </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>PRENOM</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2427" w:type="dxa"/>
+              <w:t>DE L'ENTREPRISE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="09528E24" w14:textId="2EAB803E" w:rsidR="00244532" w:rsidRDefault="00244532" w:rsidP="008A410E">
+          <w:p w14:paraId="779163B5" w14:textId="7E207941" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="008A410E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="0051384E">
+      </w:tr>
+      <w:tr w:rsidR="00F91675" w14:paraId="5BDDDFCB" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E0A6FDF" w14:textId="77777777" w:rsidR="00F91675" w:rsidRPr="008A1E71" w:rsidRDefault="00F91675" w:rsidP="008A1E71">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>PRENOM</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="3F23BFFA" w14:textId="63254F15" w:rsidR="00244532" w:rsidRDefault="00244532" w:rsidP="008A410E">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1648B001" w14:textId="77777777" w:rsidR="00F91675" w:rsidRDefault="00F91675" w:rsidP="008A410E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7172CAE0" w14:textId="77777777" w:rsidR="00F91675" w:rsidRDefault="00F91675" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D4B17" w14:paraId="2CA7C0DE" w14:textId="77777777" w:rsidTr="00996CED">
-[...50 lines deleted...]
-          <w:p w14:paraId="6B1E418A" w14:textId="5FDC7B56" w:rsidR="00244532" w:rsidRPr="008A1E71" w:rsidRDefault="00244532" w:rsidP="008A1E71">
+      <w:tr w:rsidR="00C74E4B" w14:paraId="425E51DA" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EE2B482" w14:textId="3B8661FE" w:rsidR="00C74E4B" w:rsidRPr="008A1E71" w:rsidRDefault="00C74E4B" w:rsidP="008A1E71">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A1E71">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>DENOMINATION OU RAISON SOCIALE</w:t>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:t>N</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="008A1E71">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>DENOMINATION OU RAISON SOCIALE</w:t>
-[...27 lines deleted...]
-            <w:pPr>
+              <w:t>°</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A1E71">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-          <w:p w14:paraId="1648B001" w14:textId="77777777" w:rsidR="00F91675" w:rsidRDefault="00F91675" w:rsidP="008A410E">
+              <w:t xml:space="preserve"> BCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD03CA8" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="008A410E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4861" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:tcW w:w="1639" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E9AAB2D" w14:textId="19640593" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>N°</w:t>
+            </w:r>
             <w:r w:rsidRPr="008A1E71">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>N</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002A0C68">
+              <w:t xml:space="preserve"> BCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3183" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABEBCD0" w14:textId="7674818B" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0049016D" w14:paraId="1B06CCEF" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A8A4885" w14:textId="77777777" w:rsidR="0049016D" w:rsidRDefault="0049016D" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="260D0703" w14:textId="77777777" w:rsidR="0049016D" w:rsidRDefault="0049016D" w:rsidP="008A410E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CD2B8C2" w14:textId="77777777" w:rsidR="0049016D" w:rsidRDefault="0049016D" w:rsidP="002A0C68">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0020134B" w14:paraId="35F422E7" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="236555EC" w14:textId="32226810" w:rsidR="0020134B" w:rsidRDefault="0020134B" w:rsidP="00134EC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87027">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>°</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A1E71">
+              <w:t>ADRESSE</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> BCE</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="69DF68A7" w14:textId="77777777" w:rsidR="00244532" w:rsidRDefault="00244532" w:rsidP="008A410E">
+              <w:t xml:space="preserve"> DE CONTACT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="019DF536" w14:textId="77777777" w:rsidR="0020134B" w:rsidRDefault="0020134B" w:rsidP="0061078B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="259" w:type="dxa"/>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="008A1E71">
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23D4CE1E" w14:textId="0EC9E3DC" w:rsidR="0020134B" w:rsidRDefault="0020134B" w:rsidP="00134EC9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B87027">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>NUMERO BCE</w:t>
-[...78 lines deleted...]
-            <w:r w:rsidRPr="00B87027">
+              <w:t>ADRESSE</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ADRESSE</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> DE CONTACT </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0061078B" w14:paraId="01CF8AB3" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27DB4737" w14:textId="77777777" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2247DD47" w14:textId="77777777" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="470E11D9" w14:textId="77777777" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C74E4B" w14:paraId="7A0BE290" w14:textId="77777777" w:rsidTr="00D22E41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06FE1647" w14:textId="754D780D" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B87027">
+              <w:t>RUE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2075" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="49716973" w14:textId="00EC5ED1" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73212E60" w14:textId="2AC6DBB8" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N°</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A83B142" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1004" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0371997C" w14:textId="0A8CA0F3" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RUE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2009" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB3B509" w14:textId="3DA1CE3C" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED004F5" w14:textId="2ABCE034" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N°</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1933FA09" w14:textId="207E0D46" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0061078B" w14:paraId="0510C428" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F533848" w14:textId="77777777" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46A3097B" w14:textId="77777777" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3013" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77AFA007" w14:textId="77777777" w:rsidR="0061078B" w:rsidRPr="00B87027" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>POSTALE</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2427" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="279B1F69" w14:textId="77777777" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0034513C" w14:paraId="1B7C8D66" w14:textId="77777777" w:rsidTr="00D22E41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40749E1E" w14:textId="0C6EE333" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LOCALITE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E2CCD3" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD89205" w14:textId="1D69D934" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="599C4E67" w14:textId="77777777" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F3585D4" w14:textId="2E4DCE7F" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LOCALITE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1374" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CEEF2F3" w14:textId="49EDB495" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="672" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9514E2" w14:textId="5E0A9F98" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C78A5C6" w14:textId="4C0DE19D" w:rsidR="00C74E4B" w:rsidRDefault="00C74E4B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0061078B" w14:paraId="1F3BFCD3" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="224F0D89" w14:textId="06BDADA4" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DC70D45" w14:textId="77777777" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6854FB5D" w14:textId="6F7FA0B7" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2114D" w14:paraId="42C824AB" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="758DFFB9" w14:textId="474ABE47" w:rsidR="00E2114D" w:rsidRPr="00846D46" w:rsidRDefault="00EC7FEC" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PAYS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="345A922E" w14:textId="77777777" w:rsidR="00E2114D" w:rsidRDefault="00E2114D" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1639" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E7EDD4C" w14:textId="28066C1A" w:rsidR="00E2114D" w:rsidRDefault="00EC7FEC" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PAYS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3183" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-          </w:tcPr>
-          <w:p w14:paraId="236555EC" w14:textId="77777777" w:rsidR="00244532" w:rsidRDefault="00244532" w:rsidP="008A410E">
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A6B05A" w14:textId="7FD9B843" w:rsidR="00E2114D" w:rsidRDefault="00E2114D" w:rsidP="0061078B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...3 lines deleted...]
-          <w:p w14:paraId="019DF536" w14:textId="77777777" w:rsidR="00244532" w:rsidRDefault="00244532" w:rsidP="008A410E">
+      </w:tr>
+      <w:tr w:rsidR="00E2114D" w14:paraId="4942C25E" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40B332F7" w14:textId="77777777" w:rsidR="00E2114D" w:rsidRDefault="00E2114D" w:rsidP="0061078B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2373" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35B704DF" w14:textId="77777777" w:rsidR="00E2114D" w:rsidRDefault="00E2114D" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A35821" w14:paraId="3423B9F7" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CD23788" w14:textId="413F6F0F" w:rsidR="00A35821" w:rsidRDefault="00A35821" w:rsidP="0061078B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4FE5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="002A0C68">
+              <w:t>J’AGIS EN TANT QUE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17A93473" w14:textId="77777777" w:rsidR="00A35821" w:rsidRDefault="00A35821" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="514DE3A9" w14:textId="72373294" w:rsidR="00A35821" w:rsidRDefault="00825119" w:rsidP="00A35821">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D739C5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="002A0C68" w:rsidRPr="002A0C68">
+                <w:caps/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Le mandataire agit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A4FE5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>° D’</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002A0C68">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A35821" w:rsidRPr="001A4FE5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>AGREMENT</w:t>
-[...15 lines deleted...]
-            <w:tcW w:w="2488" w:type="dxa"/>
+              <w:t>EN TANT QUE</w:t>
+            </w:r>
+            <w:r w:rsidR="00A35821">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0061078B" w14:paraId="72B38DCD" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63F16F3A" w14:textId="77777777" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4044E208" w14:textId="77777777" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DA01E34" w14:textId="3A3091FE" w:rsidR="0061078B" w:rsidRDefault="0061078B" w:rsidP="0061078B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2114D" w14:paraId="7DEB4C04" w14:textId="77777777" w:rsidTr="00D22E41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...789 lines deleted...]
-          <w:p w14:paraId="57F32B90" w14:textId="51CB20AB" w:rsidR="001E55B6" w:rsidRPr="00F3442F" w:rsidRDefault="001E55B6" w:rsidP="00F3442F">
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57F32B90" w14:textId="76905E40" w:rsidR="00E2114D" w:rsidRPr="00F3442F" w:rsidRDefault="00E2114D" w:rsidP="0035154A">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3442F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Demandeur de permis d’urbanisme, unique ou intégré</w:t>
+              <w:t>Demandeur de permis d’urbanisme, unique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="46040902"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="927" w:type="dxa"/>
+                <w:tcW w:w="1135" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="26DB1279" w14:textId="014B0491" w:rsidR="001E55B6" w:rsidRDefault="00291E7F" w:rsidP="00291E7F">
+              <w:p w14:paraId="3D6079A8" w14:textId="125F0E54" w:rsidR="00E2114D" w:rsidRDefault="00E2114D" w:rsidP="0035154A">
                 <w:pPr>
-                  <w:spacing w:before="240"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="259" w:type="dxa"/>
-[...77 lines deleted...]
-          <w:p w14:paraId="3F082C63" w14:textId="1917ADDD" w:rsidR="001E55B6" w:rsidRPr="001E55B6" w:rsidRDefault="001E55B6" w:rsidP="001E55B6">
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DE09AB8" w14:textId="37E80BC4" w:rsidR="00E2114D" w:rsidRPr="0035154A" w:rsidRDefault="00E2114D" w:rsidP="0035154A">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="19"/>
+                <w:numId w:val="21"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E55B6">
+            <w:r w:rsidRPr="0035154A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Expert agréé en gestion des sols</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1399720779"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="938" w:type="dxa"/>
+                <w:tcW w:w="1137" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="379B9FAB" w14:textId="43357FE2" w:rsidR="001E55B6" w:rsidRDefault="001E55B6" w:rsidP="008A410E">
+              <w:p w14:paraId="1FAE5478" w14:textId="12BEFCC1" w:rsidR="00E2114D" w:rsidRDefault="00345FDC" w:rsidP="00846D46">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00F819B5" w14:paraId="75937390" w14:textId="77777777" w:rsidTr="00F21099">
-[...2 lines deleted...]
-            <w:tcW w:w="3451" w:type="dxa"/>
+      <w:tr w:rsidR="0035154A" w14:paraId="68492475" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-          </w:tcPr>
-          <w:p w14:paraId="16E63A1D" w14:textId="5AB56DEE" w:rsidR="00F819B5" w:rsidRPr="00F3442F" w:rsidRDefault="00F61C68" w:rsidP="00F3442F">
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67BF224A" w14:textId="77777777" w:rsidR="0035154A" w:rsidRDefault="0035154A" w:rsidP="0035154A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A935D9B" w14:textId="77777777" w:rsidR="0035154A" w:rsidRDefault="0035154A" w:rsidP="0035154A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F082C63" w14:textId="19FE9A0F" w:rsidR="00B774A6" w:rsidRPr="00D22E41" w:rsidRDefault="00B774A6" w:rsidP="00D22E41">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="379B9FAB" w14:textId="6629C5FC" w:rsidR="0035154A" w:rsidRDefault="0035154A" w:rsidP="0035154A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E2114D" w14:paraId="75937390" w14:textId="77777777" w:rsidTr="00D22E41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16E63A1D" w14:textId="5AB56DEE" w:rsidR="00E2114D" w:rsidRPr="00F3442F" w:rsidRDefault="00E2114D" w:rsidP="0035154A">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3442F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Exploitant d’une activité à risque pour le sol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-924415315"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="927" w:type="dxa"/>
+                <w:tcW w:w="1135" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="19502F66" w14:textId="343D9347" w:rsidR="00F819B5" w:rsidRDefault="00291E7F" w:rsidP="00291E7F">
+              <w:p w14:paraId="34371843" w14:textId="7D227D13" w:rsidR="00E2114D" w:rsidRDefault="00E2114D" w:rsidP="0035154A">
                 <w:pPr>
-                  <w:spacing w:before="120"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="259" w:type="dxa"/>
-[...105 lines deleted...]
-          <w:p w14:paraId="504C9AC8" w14:textId="754B8FB2" w:rsidR="001E55B6" w:rsidRPr="001E55B6" w:rsidRDefault="001E55B6" w:rsidP="001E55B6">
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CB548D7" w14:textId="0FBC8D6F" w:rsidR="00E2114D" w:rsidRPr="0035154A" w:rsidRDefault="00E37466" w:rsidP="0035154A">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="22"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E55B6">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Architecte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:id w:val="157509740"/>
+            <w:id w:val="58443609"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="938" w:type="dxa"/>
+                <w:tcW w:w="1137" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="25DAC120" w14:textId="29348A79" w:rsidR="001E55B6" w:rsidRDefault="001E55B6" w:rsidP="008A410E">
+              <w:p w14:paraId="61B84748" w14:textId="2ED8117D" w:rsidR="00E2114D" w:rsidRDefault="00E37466" w:rsidP="00846D46">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00F819B5" w14:paraId="16686C86" w14:textId="77777777" w:rsidTr="00F21099">
-[...2 lines deleted...]
-            <w:tcW w:w="3451" w:type="dxa"/>
+      <w:tr w:rsidR="0035154A" w14:paraId="542FBF17" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4113" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-          </w:tcPr>
-          <w:p w14:paraId="6833146F" w14:textId="138F7BEC" w:rsidR="00F819B5" w:rsidRPr="00F3442F" w:rsidRDefault="00F61C68" w:rsidP="00F3442F">
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E1F1D39" w14:textId="77777777" w:rsidR="0035154A" w:rsidRDefault="0035154A" w:rsidP="0035154A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AB0CE4D" w14:textId="77777777" w:rsidR="0035154A" w:rsidRDefault="0035154A" w:rsidP="0035154A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="504C9AC8" w14:textId="52947983" w:rsidR="0035154A" w:rsidRPr="005D48A0" w:rsidRDefault="0035154A" w:rsidP="0035154A">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25DAC120" w14:textId="3A4909C9" w:rsidR="0035154A" w:rsidRDefault="0035154A" w:rsidP="0035154A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37466" w14:paraId="16686C86" w14:textId="77777777" w:rsidTr="00D22E41">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6833146F" w14:textId="138F7BEC" w:rsidR="00E37466" w:rsidRPr="00F3442F" w:rsidRDefault="00E37466" w:rsidP="00E37466">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F3442F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Titulaire des obligations désigné par l’administration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-608053063"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="927" w:type="dxa"/>
+                <w:tcW w:w="1135" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="0AA3DF43" w14:textId="7C6D87A5" w:rsidR="00F819B5" w:rsidRDefault="00291E7F" w:rsidP="00291E7F">
-[...170 lines deleted...]
-              <w:p w14:paraId="43AEF209" w14:textId="0C8729E6" w:rsidR="005D418A" w:rsidRDefault="005D418A" w:rsidP="008A410E">
+              <w:p w14:paraId="4BB8C742" w14:textId="5A4BB78E" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0AC1187B" w14:textId="19C57080" w:rsidR="00E37466" w:rsidRPr="00D22E41" w:rsidRDefault="00E37466" w:rsidP="00D22E41">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D22E41">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Autre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C662A10" w14:textId="6A5D25FF" w:rsidR="00E37466" w:rsidRDefault="00000000" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-634485913"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E37466">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D418A" w14:paraId="20727AF6" w14:textId="77777777" w:rsidTr="00F21099">
-[...2 lines deleted...]
-            <w:tcW w:w="4378" w:type="dxa"/>
+      <w:tr w:rsidR="00E37466" w14:paraId="7A9945B5" w14:textId="77777777" w:rsidTr="00946112">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-          </w:tcPr>
-          <w:p w14:paraId="076E3B0B" w14:textId="77777777" w:rsidR="005D418A" w:rsidRDefault="005D418A" w:rsidP="008A410E">
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DFA01FF" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="259" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2ADBD330" w14:textId="77777777" w:rsidR="005D418A" w:rsidRDefault="005D418A" w:rsidP="008A410E">
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7088A306" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1033" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+            <w:tcW w:w="3263" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BA957C8" w14:textId="4D2A72F3" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37466" w14:paraId="4DE49C8F" w14:textId="77777777" w:rsidTr="00946112">
+        <w:trPr>
+          <w:trHeight w:val="323"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42C3CB29" w14:textId="6732A52A" w:rsidR="00E37466" w:rsidRPr="00F3442F" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>Tiers volontaire</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1360397390"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1135" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="309EC3FF" w14:textId="604C7BE3" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DF399A4" w14:textId="4E1A4CEF" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Précisez :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3828" w:type="dxa"/>
+            <w:tcW w:w="3263" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="62065C3E" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DE6E4CE" w14:textId="31C7ED9E" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37466" w14:paraId="080087C7" w14:textId="77777777" w:rsidTr="00946112">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53099CE5" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C0A84B4" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3263" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CCB22BD" w14:textId="38785967" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37466" w14:paraId="3165E56D" w14:textId="77777777" w:rsidTr="00946112">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19A1941F" w14:textId="79BB28C6" w:rsidR="00E37466" w:rsidRPr="00F3442F" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Autre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1505402025"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1135" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="5CD4CBBB" w14:textId="60F8F446" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32B329DA" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3263" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F711CAC" w14:textId="3C15FDB7" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37466" w14:paraId="650C9C94" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41162AD4" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A75D22C" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37466" w14:paraId="17244076" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:trPr>
+          <w:trHeight w:val="363"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ECFB724" w14:textId="79B9BEF0" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Précisez : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="48026F3E" w14:textId="2A53941B" w:rsidR="005D418A" w:rsidRDefault="005D418A" w:rsidP="008A410E">
+          <w:p w14:paraId="705B5009" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01E905C9" w14:textId="3D04E5A2" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="638F9A6D" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E37466" w14:paraId="5995A78B" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:trPr>
+          <w:trHeight w:val="80"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1242C31A" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2912" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="26436848" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4822" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03045DF8" w14:textId="77777777" w:rsidR="00E37466" w:rsidRDefault="00E37466" w:rsidP="00E37466">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28319BC4" w14:textId="6E0BA30E" w:rsidR="00474630" w:rsidRPr="00F21C11" w:rsidRDefault="00CB5DE4" w:rsidP="00C54600">
+    <w:p w14:paraId="04A23803" w14:textId="77777777" w:rsidR="00FC5ACE" w:rsidRDefault="00FC5ACE" w:rsidP="00C54600">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="142"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30CAFF89" w14:textId="77777777" w:rsidR="0034513C" w:rsidRDefault="0034513C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751E2342" w14:textId="77777777" w:rsidR="0034513C" w:rsidRDefault="0034513C" w:rsidP="00734004">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28319BC4" w14:textId="105DAF63" w:rsidR="00474630" w:rsidRPr="00F21C11" w:rsidRDefault="00CB5DE4" w:rsidP="00734004">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F21C11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Je</w:t>
       </w:r>
       <w:r w:rsidR="003562C8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003562C8" w:rsidRPr="003562C8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(a)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0C37">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="003562C8" w:rsidRPr="003562C8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="003562C8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F21C11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> soussigné</w:t>
       </w:r>
       <w:r w:rsidR="001660C2" w:rsidRPr="00F21C11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E24E6D" w:rsidRPr="00F21C11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF4C6B" w:rsidRPr="00F21C11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mandate </w:t>
       </w:r>
       <w:r w:rsidR="001660C2" w:rsidRPr="00F21C11">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(b) </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0C37">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="001660C2" w:rsidRPr="00F21C11">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="001660C2" w:rsidRPr="00F21C11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>afin</w:t>
       </w:r>
       <w:r w:rsidR="008E67ED" w:rsidRPr="00F21C11">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de :</w:t>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9534D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e soumettre</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6641D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, en mon nom</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72186">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, à l’administratio</w:t>
+      </w:r>
+      <w:r w:rsidR="00E61E73">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n,</w:t>
+      </w:r>
+      <w:r w:rsidR="00783E2E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="00772297">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>document</w:t>
+      </w:r>
+      <w:r w:rsidR="00783E2E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(s) suivant</w:t>
+      </w:r>
+      <w:r w:rsidR="00741CD9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E61E73">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pour le terrain identifié ci-dessous</w:t>
+      </w:r>
+      <w:r w:rsidR="00671F38">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00741CD9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9125" w:type="dxa"/>
         <w:tblInd w:w="363" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8421"/>
+        <w:gridCol w:w="1905"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="2547"/>
         <w:gridCol w:w="704"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008E67ED" w14:paraId="76321F25" w14:textId="77777777" w:rsidTr="007D4863">
+      <w:tr w:rsidR="008E67ED" w14:paraId="76321F25" w14:textId="77777777" w:rsidTr="181EB591">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8421" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="7ADB0DA6" w14:textId="27005E4E" w:rsidR="008E67ED" w:rsidRPr="00C54600" w:rsidRDefault="005647CC" w:rsidP="00F21C11">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADB0DA6" w14:textId="1B7CA447" w:rsidR="008E67ED" w:rsidRPr="00C54600" w:rsidRDefault="00117793" w:rsidP="00F21C11">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54600">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>I</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00187ABC" w:rsidRPr="00C54600">
+              <w:t>Etude d’orientation</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0B80">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">ntroduire en mon nom la demande de dérogation visant le terrain </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C54600">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000547C4">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>identifié ci-dessous</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00ED6B2A" w:rsidRPr="00C54600">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0B80">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1768119176"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="704" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="40A788A6" w14:textId="7AEF3A08" w:rsidR="008E67ED" w:rsidRDefault="00C54600" w:rsidP="00C54600">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="008E67ED" w14:paraId="2C6D0608" w14:textId="77777777" w:rsidTr="007D4863">
+      <w:tr w:rsidR="008E67ED" w14:paraId="00FF66B3" w14:textId="77777777" w:rsidTr="181EB591">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8421" w:type="dxa"/>
-          </w:tcPr>
-[...30 lines deleted...]
-          <w:p w14:paraId="6D8D1ECB" w14:textId="1A18083A" w:rsidR="008E67ED" w:rsidRPr="00C54600" w:rsidRDefault="005647CC" w:rsidP="005647CC">
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8D1ECB" w14:textId="17B70858" w:rsidR="008E67ED" w:rsidRPr="00C54600" w:rsidRDefault="00117793" w:rsidP="005647CC">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C54600">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réaliser </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E3809" w:rsidRPr="00C54600">
+              <w:t>Etude de caractérisation</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0B80">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>le rapport d’expert agréé en gestion des sols requis dans le cadre de</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00ED6B2A" w:rsidRPr="00C54600">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000547C4">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> la</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001E3809" w:rsidRPr="00C54600">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0B80">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> demande de dérogation</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> visant le terrain identifié ci-dessous.</w:t>
+              <w:t xml:space="preserve"> EC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="866412331"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="704" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="59E3534C" w14:textId="45D92E8C" w:rsidR="008E67ED" w:rsidRDefault="003562C8" w:rsidP="00C54600">
+              <w:p w14:paraId="59E3534C" w14:textId="25DFF693" w:rsidR="008E67ED" w:rsidRDefault="00566232" w:rsidP="00C54600">
                 <w:pPr>
                   <w:spacing w:before="120"/>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
+      <w:tr w:rsidR="00117793" w14:paraId="3CB566A0" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1F67EF" w14:textId="63C7D58F" w:rsidR="00117793" w:rsidRDefault="007C0B80" w:rsidP="005647CC">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etude combinée </w:t>
+            </w:r>
+            <w:r w:rsidR="000547C4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ECO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-287897601"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="2BE2F3F2" w14:textId="40A44178" w:rsidR="00117793" w:rsidRDefault="00566232" w:rsidP="00C54600">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00117793" w14:paraId="25F5D071" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="162EEE8E" w14:textId="0458B4A2" w:rsidR="00715994" w:rsidRPr="00ED73CB" w:rsidRDefault="00715994" w:rsidP="00ED73CB">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projet d’assainissement </w:t>
+            </w:r>
+            <w:r w:rsidR="000547C4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="2135280678"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="21827CAE" w14:textId="09C0E215" w:rsidR="00117793" w:rsidRDefault="00566232" w:rsidP="00C54600">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00566232" w14:paraId="71287E24" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D35AC9" w14:textId="5A164A9F" w:rsidR="00566232" w:rsidRDefault="00ED73CB" w:rsidP="005647CC">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="3320655E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projet d’assainissement en procédure accélérée </w:t>
+            </w:r>
+            <w:r w:rsidR="000547C4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="3320655E">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PAA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1548297285"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="074EB2A8" w14:textId="02058E8A" w:rsidR="00566232" w:rsidRDefault="00ED73CB" w:rsidP="00C54600">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00117793" w14:paraId="24B272F5" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="624A3F7D" w14:textId="24399034" w:rsidR="00117793" w:rsidRPr="00715994" w:rsidRDefault="00715994" w:rsidP="00715994">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modification du projet d’assainissement </w:t>
+            </w:r>
+            <w:r w:rsidR="000547C4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MPA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-1727129888"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="55728057" w14:textId="0A1F8954" w:rsidR="00117793" w:rsidRDefault="009722E0" w:rsidP="00C54600">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="009E1533" w14:paraId="71BC70A7" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="792F272E" w14:textId="23F915D4" w:rsidR="009E1533" w:rsidRDefault="00070663" w:rsidP="00715994">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Rapport de suivi (monitoring</w:t>
+            </w:r>
+            <w:r w:rsidR="00337404">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - évaluation intermédiaire de travaux)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="832115068"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="20FF0055" w14:textId="0B64151D" w:rsidR="009E1533" w:rsidRDefault="009722E0" w:rsidP="00C54600">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00715994" w14:paraId="5655BD07" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAFC679" w14:textId="25C72F86" w:rsidR="00715994" w:rsidRDefault="00E91C0B" w:rsidP="00715994">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evaluation finale </w:t>
+            </w:r>
+            <w:r w:rsidR="000547C4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="1558127979"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="115DCB87" w14:textId="03CACF27" w:rsidR="00715994" w:rsidRDefault="00566232" w:rsidP="00C54600">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00715994" w14:paraId="76315EC4" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="60BD612B" w14:textId="6576E26C" w:rsidR="00715994" w:rsidRDefault="003B494A" w:rsidP="00715994">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Evaluation finale consécutive à des mesures de gestion immédiate</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB0B75">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000547C4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EFMGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:id w:val="-507209250"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="5C45A0A9" w14:textId="7A704DE8" w:rsidR="00715994" w:rsidRDefault="00F365B7" w:rsidP="00C54600">
+                <w:pPr>
+                  <w:spacing w:before="120"/>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00A07C94" w14:paraId="0C669953" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="073F86E6" w14:textId="585BB6F0" w:rsidR="00A07C94" w:rsidRPr="00E926B8" w:rsidRDefault="00A07C94" w:rsidP="00E926B8">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Complément EO</w:t>
+            </w:r>
+            <w:r w:rsidR="00D971B4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>EC</w:t>
+            </w:r>
+            <w:r w:rsidR="00D971B4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ECO</w:t>
+            </w:r>
+            <w:r w:rsidR="00D971B4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PA</w:t>
+            </w:r>
+            <w:r w:rsidR="00D971B4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PAA</w:t>
+            </w:r>
+            <w:r w:rsidR="00D971B4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>MPA</w:t>
+            </w:r>
+            <w:r w:rsidR="00D971B4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>EF</w:t>
+            </w:r>
+            <w:r w:rsidR="00D971B4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>EFMGI</w:t>
+            </w:r>
+            <w:r w:rsidR="00B76F16">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Appelnotedebasdep"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B26D92F" w14:textId="1E98994E" w:rsidR="005528C0" w:rsidRDefault="00000000" w:rsidP="00A07C94">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1097174602"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00176882">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A07C94">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00176882" w14:paraId="25A06295" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2F5AA0" w14:textId="537946AC" w:rsidR="00176882" w:rsidRDefault="00911DF0" w:rsidP="00E926B8">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Déclaration ou demande de prise de mesures de gestion immédiates</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B14F57">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B49AB8" w14:textId="7955DA67" w:rsidR="00176882" w:rsidRDefault="00000000" w:rsidP="00A07C94">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="244687819"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00176882">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C09C9" w14:paraId="21F94ABE" w14:textId="77777777" w:rsidTr="181EB591">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8421" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D73C876" w14:textId="4C141184" w:rsidR="000E0DC9" w:rsidRPr="00846D46" w:rsidRDefault="00911DF0" w:rsidP="0077492E">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B14F57">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Demande de dérogation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DDE3DE6" w14:textId="57E6D6FE" w:rsidR="000C09C9" w:rsidRDefault="00000000" w:rsidP="00A07C94">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-417018258"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00981EAE">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC7FEC" w14:paraId="2FF6B74B" w14:textId="77777777" w:rsidTr="00846D46">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1905" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="713D0238" w14:textId="0EC623D5" w:rsidR="00EC7FEC" w:rsidRPr="00B14F57" w:rsidRDefault="00EC7FEC" w:rsidP="00E926B8">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="19"/>
+              </w:numPr>
+              <w:ind w:left="714" w:hanging="357"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Autres :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="74C43C01" w14:textId="77777777" w:rsidR="00EC7FEC" w:rsidRPr="00B14F57" w:rsidRDefault="00EC7FEC" w:rsidP="00987802">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="714"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="261F2BC1" w14:textId="7FCCF447" w:rsidR="00EC7FEC" w:rsidRPr="00B14F57" w:rsidRDefault="00EC7FEC" w:rsidP="00846D46">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="714"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="704" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DE51D9" w14:textId="63075311" w:rsidR="00EC7FEC" w:rsidRDefault="00000000" w:rsidP="00A07C94">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="8032056"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00EC7FEC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B76598D" w14:textId="5B1E63AF" w:rsidR="008E67ED" w:rsidRPr="00C54600" w:rsidRDefault="00D63A7F" w:rsidP="00E24E6D">
-      <w:pPr>
+    <w:p w14:paraId="36AF7DD7" w14:textId="5E6F9916" w:rsidR="003F15AD" w:rsidRPr="008D69C6" w:rsidRDefault="00D63A7F" w:rsidP="003F15AD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="363"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C54600">
+      <w:r w:rsidRPr="008D69C6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:smallCaps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Identification du terrain :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="8739" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="363" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="526"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1196"/>
+        <w:gridCol w:w="923"/>
+        <w:gridCol w:w="870"/>
+        <w:gridCol w:w="640"/>
+        <w:gridCol w:w="227"/>
+        <w:gridCol w:w="1756"/>
+        <w:gridCol w:w="2581"/>
+        <w:gridCol w:w="493"/>
+        <w:gridCol w:w="1503"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CA5F45" w14:paraId="557AF491" w14:textId="77777777" w:rsidTr="007675E3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2472" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="436B3C41" w14:textId="2319C162" w:rsidR="00CA5F45" w:rsidRPr="003F15AD" w:rsidRDefault="00CA5F45" w:rsidP="003F15AD">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dénomination du terrain</w:t>
+            </w:r>
+            <w:r w:rsidR="007675E3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6515" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C99706D" w14:textId="6AFE9371" w:rsidR="00CA5F45" w:rsidRPr="003F15AD" w:rsidRDefault="00CA5F45" w:rsidP="003F15AD">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D84683" w14:paraId="654626CE" w14:textId="77777777" w:rsidTr="00CA5F45">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8987" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4196E1" w14:textId="73E004E6" w:rsidR="00D84683" w:rsidRDefault="003F15AD" w:rsidP="00CA5F45">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F15AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Localisation :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000247EB" w14:paraId="0E5D6DAC" w14:textId="77777777" w:rsidTr="00F70339">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="922" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37BAF3B0" w14:textId="024A2B23" w:rsidR="000247EB" w:rsidRPr="000247EB" w:rsidRDefault="000247EB" w:rsidP="00264423">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000247EB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rue :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6255" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="483AC5CF" w14:textId="67370E4D" w:rsidR="000247EB" w:rsidRPr="000247EB" w:rsidRDefault="000247EB" w:rsidP="00264423">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="257" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C37BBB" w14:textId="462C8DAB" w:rsidR="000247EB" w:rsidRPr="000247EB" w:rsidRDefault="000247EB" w:rsidP="00264423">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000247EB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n° :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1553" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="136E6D22" w14:textId="77777777" w:rsidR="000247EB" w:rsidRDefault="000247EB" w:rsidP="00264423">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000247EB" w:rsidRPr="00D84683" w14:paraId="51C3B13B" w14:textId="77777777" w:rsidTr="00CA5F45">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8987" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F0B103" w14:textId="77777777" w:rsidR="000247EB" w:rsidRPr="00D84683" w:rsidRDefault="000247EB" w:rsidP="000247EB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264423" w14:paraId="4835666B" w14:textId="77777777" w:rsidTr="00CA5F45">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1815" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6729C2BC" w14:textId="170AA8A5" w:rsidR="00264423" w:rsidRPr="006868C6" w:rsidRDefault="00264423" w:rsidP="00264423">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006868C6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Code postal :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="893" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48209C4F" w14:textId="77777777" w:rsidR="00264423" w:rsidRDefault="00264423" w:rsidP="00264423">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="367B863F" w14:textId="66510F51" w:rsidR="00264423" w:rsidRPr="00264423" w:rsidRDefault="00264423" w:rsidP="00264423">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00264423">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Localité :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4492" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AB785D" w14:textId="77777777" w:rsidR="00264423" w:rsidRDefault="00264423" w:rsidP="00264423">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="675B779D" w14:textId="10CB2BA3" w:rsidR="004E0869" w:rsidRPr="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="007675E3">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="363"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D69C6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Références cadastrales :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9072" w:type="dxa"/>
+        <w:tblInd w:w="284" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="605"/>
+        <w:gridCol w:w="907"/>
+        <w:gridCol w:w="1352"/>
+        <w:gridCol w:w="396"/>
+        <w:gridCol w:w="634"/>
         <w:gridCol w:w="829"/>
         <w:gridCol w:w="814"/>
         <w:gridCol w:w="898"/>
         <w:gridCol w:w="976"/>
         <w:gridCol w:w="1029"/>
-        <w:gridCol w:w="808"/>
+        <w:gridCol w:w="632"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A7C11" w14:paraId="3AFDBE6D" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="008D69C6" w14:paraId="3AFDBE6D" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FF08078" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="2FF08078" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="387D55BC" w14:textId="523D70AF" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="005A7C11">
+          <w:p w14:paraId="1B6B7392" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="005A7C11">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A7C11">
-[...12 lines deleted...]
-            <w:tcW w:w="1246" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1352" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B4ED47B" w14:textId="08A454C4" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="005A7C11">
+          <w:p w14:paraId="387D55BC" w14:textId="549962AD" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="005A7C11">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Division</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="816" w:type="dxa"/>
+              <w:t>Commune</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A3A3B96" w14:textId="31355C12" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="005A7C11">
+          <w:p w14:paraId="3B4ED47B" w14:textId="08A454C4" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="005A7C11">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Section</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="793" w:type="dxa"/>
+              <w:t>Division</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="070CDF95" w14:textId="3DA02A6F" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="005A7C11">
+          <w:p w14:paraId="5A3A3B96" w14:textId="31355C12" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="005A7C11">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Bis/Ter</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="885" w:type="dxa"/>
+              <w:t>Section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13EA14CC" w14:textId="1DD9A5D3" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="005A7C11">
+          <w:p w14:paraId="070CDF95" w14:textId="3DA02A6F" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="005A7C11">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Numéro</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="848" w:type="dxa"/>
+              <w:t>Bis/Ter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="162C9C65" w14:textId="22402BA8" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="005A7C11">
+          <w:p w14:paraId="13EA14CC" w14:textId="1DD9A5D3" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="005A7C11">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Exposant</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1012" w:type="dxa"/>
+              <w:t>Numéro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="487890B4" w14:textId="53E3C4A6" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="005A7C11">
+          <w:p w14:paraId="162C9C65" w14:textId="22402BA8" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="005A7C11">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Puissance</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="860" w:type="dxa"/>
+              <w:t>Exposant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54542434" w14:textId="359F7E18" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="005A7C11">
+          <w:p w14:paraId="487890B4" w14:textId="53E3C4A6" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="005A7C11">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>Puissance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54542434" w14:textId="359F7E18" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="005A7C11">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A7C11">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Pie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="446737D2" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="008D69C6" w14:paraId="446737D2" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="241093EE" w14:textId="51643243" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="241093EE" w14:textId="51643243" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="2B07C922" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B390F60" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
+            <w:tcW w:w="1352" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="64BBF59D" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B07C922" w14:textId="72FE9222" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="816" w:type="dxa"/>
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19CA8731" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="64BBF59D" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
+            <w:tcW w:w="829" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09B11FA5" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="19CA8731" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="885" w:type="dxa"/>
+            <w:tcW w:w="814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B17C34C" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="09B11FA5" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcW w:w="898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09AC29F5" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="6B17C34C" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:tcW w:w="976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CD24C7C" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="09AC29F5" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CD24C7C" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1245222821"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="860" w:type="dxa"/>
+                <w:tcW w:w="632" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="1ACCF888" w14:textId="76254FF1" w:rsidR="00B06AFF" w:rsidRDefault="00455A40" w:rsidP="00455A40">
+              <w:p w14:paraId="1ACCF888" w14:textId="76254FF1" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00455A40">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="2E0F84C7" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="008D69C6" w14:paraId="2E0F84C7" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46D558E4" w14:textId="051A002C" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="46D558E4" w14:textId="051A002C" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="01C0085C" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3215985E" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3F0D699E" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01C0085C" w14:textId="164A0E5C" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="816" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0099B516" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0D699E" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="23C4B994" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0099B516" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="885" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4D10192A" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C4B994" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7DA240A6" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D10192A" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="54972779" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA240A6" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54972779" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1464616834"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="860" w:type="dxa"/>
+                <w:tcW w:w="632" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="45D240DF" w14:textId="569F5B8E" w:rsidR="00B06AFF" w:rsidRDefault="00455A40" w:rsidP="00455A40">
+              <w:p w14:paraId="45D240DF" w14:textId="569F5B8E" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00455A40">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="12FC147D" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="008D69C6" w14:paraId="12FC147D" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24659100" w14:textId="041C837B" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="24659100" w14:textId="041C837B" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="67786425" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75A93BE8" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="10A6D3A9" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67786425" w14:textId="77B1A8E4" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="816" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6B12A34E" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A6D3A9" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="450FC7EB" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B12A34E" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="885" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="09756175" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="450FC7EB" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="77288C3C" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09756175" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6998C59E" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77288C3C" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6998C59E" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-113142191"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="860" w:type="dxa"/>
+                <w:tcW w:w="632" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="24E226ED" w14:textId="055E9398" w:rsidR="00B06AFF" w:rsidRDefault="00455A40" w:rsidP="00455A40">
+              <w:p w14:paraId="24E226ED" w14:textId="055E9398" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00455A40">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="44D6F0EF" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="008D69C6" w14:paraId="44D6F0EF" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6BAAB056" w14:textId="16ADE0E8" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="6BAAB056" w14:textId="16ADE0E8" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="0E3BC48A" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29625352" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="25EF87D3" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E3BC48A" w14:textId="3FEAAFAD" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="816" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="713A6B23" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="25EF87D3" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="692D1479" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="713A6B23" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="885" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0177626B" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="692D1479" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5C074B08" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0177626B" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1ED65989" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C074B08" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED65989" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1317645407"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="860" w:type="dxa"/>
+                <w:tcW w:w="632" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="2035A3BB" w14:textId="570112A9" w:rsidR="00B06AFF" w:rsidRDefault="00455A40" w:rsidP="00455A40">
+              <w:p w14:paraId="2035A3BB" w14:textId="570112A9" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00455A40">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="356FB6BA" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="008D69C6" w14:paraId="356FB6BA" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04E5DCEA" w14:textId="58102FF1" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="04E5DCEA" w14:textId="58102FF1" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="0158B98E" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="564DD505" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="43D32712" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0158B98E" w14:textId="0EE3DACE" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="816" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="168EB702" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D32712" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7C0F8204" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="168EB702" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="885" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="79FBDFCA" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0F8204" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4EC550D4" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FBDFCA" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="02BAA604" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC550D4" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BAA604" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="637767151"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="860" w:type="dxa"/>
+                <w:tcW w:w="632" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="4D7FA87E" w14:textId="301C239B" w:rsidR="00B06AFF" w:rsidRDefault="00455A40" w:rsidP="00455A40">
+              <w:p w14:paraId="4D7FA87E" w14:textId="301C239B" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00455A40">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="6876F620" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="008D69C6" w14:paraId="6876F620" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19C1DCF5" w14:textId="6D725C66" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="19C1DCF5" w14:textId="6D725C66" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="3D465F3F" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57E9764C" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4FC0CF39" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D465F3F" w14:textId="347A6E62" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="816" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="32DAA7A8" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC0CF39" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="095EABBB" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DAA7A8" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="885" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0FEED44B" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="095EABBB" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5852ECEE" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FEED44B" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="00583C55" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5852ECEE" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00583C55" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-626166086"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="860" w:type="dxa"/>
+                <w:tcW w:w="632" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="540F427F" w14:textId="0D3A6666" w:rsidR="00B06AFF" w:rsidRDefault="00455A40" w:rsidP="00455A40">
+              <w:p w14:paraId="540F427F" w14:textId="0D3A6666" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00455A40">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="623CF1BF" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="008D69C6" w14:paraId="623CF1BF" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36CD18BF" w14:textId="22E49E3F" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="36CD18BF" w14:textId="22E49E3F" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="753B192C" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E352E15" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="77419941" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="753B192C" w14:textId="3D11C812" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="816" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2AA13E96" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="77419941" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="06EAD098" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA13E96" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="885" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7951115C" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06EAD098" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3613F4D4" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7951115C" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="36A42CFA" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3613F4D4" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A42CFA" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1535847044"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="860" w:type="dxa"/>
+                <w:tcW w:w="632" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="535E42FE" w14:textId="29159005" w:rsidR="00B06AFF" w:rsidRDefault="00455A40" w:rsidP="00455A40">
+              <w:p w14:paraId="535E42FE" w14:textId="29159005" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00455A40">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="7EDDA8D8" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="008D69C6" w14:paraId="7EDDA8D8" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="571326AB" w14:textId="4E196722" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="571326AB" w14:textId="4E196722" w:rsidR="008D69C6" w:rsidRPr="005A7C11" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7C11">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>P8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="14BF58BF" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="063D41D4" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0BBC5D13" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14BF58BF" w14:textId="31117834" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="816" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="544B5288" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBC5D13" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="68AA00D3" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="544B5288" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="885" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5CEE7B30" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68AA00D3" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="43F8C6CA" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CEE7B30" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="39EF11DE" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F8C6CA" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39EF11DE" w14:textId="77777777" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="585970439"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="860" w:type="dxa"/>
+                <w:tcW w:w="632" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="238D4D5D" w14:textId="74AF3F29" w:rsidR="00B06AFF" w:rsidRDefault="00455A40" w:rsidP="00455A40">
+              <w:p w14:paraId="238D4D5D" w14:textId="74AF3F29" w:rsidR="008D69C6" w:rsidRDefault="008D69C6" w:rsidP="00455A40">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="574A0920" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="00CF2FCD" w14:paraId="2E3DCE34" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6453FD00" w14:textId="6440BB05" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="6740BC45" w14:textId="3FE5C25B" w:rsidR="00CF2FCD" w:rsidRPr="005A7C11" w:rsidRDefault="00CF2FCD" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A7C11">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>P9</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-            </w:tcBorders>
-[...1 lines deleted...]
-          <w:p w14:paraId="051DDB7F" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="398380BA" w14:textId="77777777" w:rsidR="00CF2FCD" w:rsidRDefault="00CF2FCD" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1246" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="657A393A" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1352" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04EE3B5D" w14:textId="77777777" w:rsidR="00CF2FCD" w:rsidRDefault="00CF2FCD" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="816" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1CF258B7" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="1030" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4267FF74" w14:textId="77777777" w:rsidR="00CF2FCD" w:rsidRDefault="00CF2FCD" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="793" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="18421483" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="829" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ABFE679" w14:textId="77777777" w:rsidR="00CF2FCD" w:rsidRDefault="00CF2FCD" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="885" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3A19A9A0" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="814" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF987ED" w14:textId="77777777" w:rsidR="00CF2FCD" w:rsidRDefault="00CF2FCD" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="848" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="058D3645" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="898" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E04C03" w14:textId="77777777" w:rsidR="00CF2FCD" w:rsidRDefault="00CF2FCD" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1012" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1567B210" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+            <w:tcW w:w="976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D102C7" w14:textId="77777777" w:rsidR="00CF2FCD" w:rsidRDefault="00CF2FCD" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:sdt>
-[...36 lines deleted...]
-        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35647784" w14:textId="77777777" w:rsidR="00CF2FCD" w:rsidRDefault="00CF2FCD" w:rsidP="00B06AFF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="632" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A49DA04" w14:textId="77777777" w:rsidR="00CF2FCD" w:rsidRDefault="00CF2FCD" w:rsidP="00455A40">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7C11" w14:paraId="58889387" w14:textId="77777777" w:rsidTr="005A7C11">
-[...2 lines deleted...]
-            <w:tcW w:w="523" w:type="dxa"/>
+      <w:tr w:rsidR="00395067" w14:paraId="58889387" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FDBA9B8" w14:textId="3F99C5E8" w:rsidR="00B06AFF" w:rsidRPr="005A7C11" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
+          <w:p w14:paraId="7FDBA9B8" w14:textId="1910F945" w:rsidR="00395067" w:rsidRPr="005A7C11" w:rsidRDefault="00395067" w:rsidP="00B06AFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A7C11">
-[...12 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8467" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="290AF760" w14:textId="77777777" w:rsidR="00B06AFF" w:rsidRDefault="00B06AFF" w:rsidP="00B06AFF">
-[...130 lines deleted...]
-        </w:sdt>
+          <w:p w14:paraId="5F018643" w14:textId="3F2E9B41" w:rsidR="00395067" w:rsidRDefault="00943AB3" w:rsidP="00105EE7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Périmètre</w:t>
+            </w:r>
+            <w:r w:rsidR="006746D1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> non cadastré</w:t>
+            </w:r>
+            <w:r w:rsidR="00105EE7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-    </w:tbl>
-[...170 lines deleted...]
-      <w:tr w:rsidR="00342968" w14:paraId="56AE18F7" w14:textId="77777777" w:rsidTr="00103D2B">
+      <w:tr w:rsidR="003F6D33" w14:paraId="56AE18F7" w14:textId="77777777" w:rsidTr="003F6D33">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4317" w:type="dxa"/>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A69AAA3" w14:textId="0BA13134" w:rsidR="003F6D33" w:rsidRPr="00342968" w:rsidRDefault="003F6D33" w:rsidP="00256AB5">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00342968">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Signature du mandant (a) :</w:t>
-[...38 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Signature du mandant (</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>A</w:t>
+            </w:r>
             <w:r w:rsidRPr="00342968">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Signature du mandataire (b) :</w:t>
-[...22 lines deleted...]
-                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Appelnotedebasdep"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:footnoteReference w:id="3"/>
+            </w:r>
+            <w:r w:rsidRPr="00342968">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...11 lines deleted...]
-            </w:tcBorders>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC80680" w14:textId="3D0B71A6" w:rsidR="003F6D33" w:rsidRPr="00342968" w:rsidRDefault="003F6D33" w:rsidP="003F6D33">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r w:rsidR="00D671DF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00256AB5" w14:paraId="245E1E1E" w14:textId="77777777" w:rsidTr="006714EB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1165"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9072" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7484C3F2" w14:textId="20F689AE" w:rsidR="00342968" w:rsidRPr="001C0ABD" w:rsidRDefault="00342968" w:rsidP="00092EF3">
+          <w:p w14:paraId="7484C3F2" w14:textId="20F689AE" w:rsidR="00256AB5" w:rsidRPr="001C0ABD" w:rsidRDefault="00256AB5" w:rsidP="00092EF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CA76FB0" w14:textId="72440620" w:rsidR="00B55C14" w:rsidRPr="003562C8" w:rsidRDefault="00B55C14" w:rsidP="00092EF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A52510" w14:textId="77777777" w:rsidR="00B55C14" w:rsidRPr="00B06DBA" w:rsidRDefault="00B55C14" w:rsidP="00B06DBA">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="284" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="5670"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00340008" w14:paraId="389DF43C" w14:textId="77777777" w:rsidTr="00DB1FED">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DDC51C7" w14:textId="30F95782" w:rsidR="00340008" w:rsidRDefault="00340008" w:rsidP="00B06DBA">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MANDAT VALABLE </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF2FCD">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>JUSQU’AU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="183A231A" w14:textId="77777777" w:rsidR="00340008" w:rsidRDefault="00340008" w:rsidP="00B06DBA">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="73A52510" w14:textId="25E76986" w:rsidR="00410CA8" w:rsidRDefault="00410CA8" w:rsidP="0009283D">
       <w:pPr>
         <w:ind w:right="-426"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B55C14" w:rsidRPr="00B06DBA" w:rsidSect="00F91675">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9214" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9214"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA7334" w:rsidRPr="004B2F23" w14:paraId="1EA6B0F8" w14:textId="77777777" w:rsidTr="004B4CE4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="5518CA87" w14:textId="77777777" w:rsidR="00EA7334" w:rsidRPr="002B43E0" w:rsidRDefault="00EA7334" w:rsidP="00066EE2">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B43E0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>ANNEXE AU Formulaire de demande de dérogation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D8EE9A8" w14:textId="5D186369" w:rsidR="00066EE2" w:rsidRPr="00066EE2" w:rsidRDefault="00066EE2" w:rsidP="00066EE2">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:smallCaps/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B43E0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>Attestation sur l’honneur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C0646" w:rsidRPr="004B4CE4" w14:paraId="67D2311D" w14:textId="77777777" w:rsidTr="004B4CE4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="151F2B70" w14:textId="77777777" w:rsidR="008C0646" w:rsidRPr="004B4CE4" w:rsidRDefault="008C0646" w:rsidP="00066EE2">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:caps/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w14:paraId="24223BA5" w14:textId="77777777" w:rsidTr="00975017">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="9684"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9214" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="562331E3" w14:textId="697A4DAD" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="008F07C5" w:rsidP="00C2100E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dans le cadre d’une demande de dérogation, je (A)</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF369E" w:rsidRPr="004B4CE4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="349BD6D5" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="003E3AC9" w:rsidRDefault="00AF369E" w:rsidP="00C2100E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="2589"/>
+              <w:gridCol w:w="6399"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w14:paraId="2CC2F40A" w14:textId="77777777" w:rsidTr="00C2100E">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2589" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="598D7402" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00C2100E">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B4CE4">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>en ma qualité de :</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6399" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:tcPr>
+                <w:p w14:paraId="22A84745" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00C2100E">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="4E18F288" w14:textId="094D9016" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00A159A2" w:rsidP="00A50BBA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A50BBA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26E6F8F2" wp14:editId="155E8D2E">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-73025</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>343969</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="5852795" cy="24765"/>
+                      <wp:effectExtent l="0" t="0" r="33655" b="32385"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="357372825" name="Connecteur droit 1"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="5852795" cy="24765"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="line">
+                                <a:avLst/>
+                              </a:prstGeom>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="1">
+                                <a:schemeClr val="dk1"/>
+                              </a:lnRef>
+                              <a:fillRef idx="0">
+                                <a:schemeClr val="dk1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="dk1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="tx1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:line w14:anchorId="0B0F1280" id="Connecteur droit 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-5.75pt,27.1pt" to="455.1pt,29.05pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfUzY4ngEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KNOg/Bcg4J2kuR&#10;Bm3yAQy1tIiQXIJkLfnvs6RtuWiDIAhyWfExs7szXK2uRmvYFkLU6Fo+n9WcgZPYabdp+cP9ty8X&#10;nMUkXCcMOmj5DiK/Wn/+tBp8Awvs0XQQGCVxsRl8y/uUfFNVUfZgRZyhB0eXCoMVibZhU3VBDJTd&#10;mmpR12fVgKHzASXESKc3+0u+LvmVApl+KhUhMdNy6i2VGEp8zLFar0SzCcL3Wh7aEO/owgrtqOiU&#10;6kYkwf4E/V8qq2XAiCrNJNoKldISigZSM6//UfO7Fx6KFjIn+smm+HFp5e322t0FsmHwsYn+LmQV&#10;owo2f6k/NhazdpNZMCYm6XB5sVycXy45k3S3+Hp+tsxmVieyDzF9B7QsL1putMtaRCO2P2LaQ48Q&#10;4p3Kl1XaGchg436BYrqjgvPCLpMB1yawraA37Z7mh7IFmSlKGzOR6tdJB2ymQZmWtxIndKmILk1E&#10;qx2Gl6qm8diq2uOPqvdas+xH7HblMYod9OTF0MN45pn6e1/op59o/QwAAP//AwBQSwMEFAAGAAgA&#10;AAAhAN2u4/XeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxaJxGtSohT&#10;VZUQYoNoCns3dp2APY5sJw1/z7Ciu3kc3TlTbWdn2aRD7D0KyJcZMI2tVz0aAR/H58UGWEwSlbQe&#10;tYAfHWFb395UslT+ggc9NckwCsFYSgFdSkPJeWw77WRc+kEj7c4+OJmoDYarIC8U7iwvsmzNneyR&#10;LnRy0PtOt9/N6ATY1zB9mr3ZxfHlsG6+3s/F23ES4v5u3j0BS3pO/zD86ZM61OR08iOqyKyARZ6v&#10;CBWweiiAEfCYZ1ScaLDJgdcVv/6g/gUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDfUzY4&#10;ngEAAIwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDd&#10;ruP13gAAAAkBAAAPAAAAAAAAAAAAAAAAAPgDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                      <v:stroke joinstyle="miter"/>
+                    </v:line>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00AF369E" w:rsidRPr="00A50BBA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>déclare et certifie sur l’honneur</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF369E" w:rsidRPr="004B4CE4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E1D2F83" w14:textId="1A4B5873" w:rsidR="00AF369E" w:rsidRPr="00A50BBA" w:rsidRDefault="00AF369E" w:rsidP="007E56BC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A50BBA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PARTIE 1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B481D8" w14:textId="74BF6860" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="007E56BC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="1029" w:firstLine="5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B4CE4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>que des investigations ou des actes et travaux d’assainissement :</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="8159"/>
+              <w:gridCol w:w="839"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00AF369E" w:rsidRPr="002B3424" w14:paraId="3B8F51AF" w14:textId="77777777" w:rsidTr="002B3424">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8159" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="17E5F95D" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="002B3424" w:rsidRDefault="00AF369E" w:rsidP="002B3424">
+                  <w:pPr>
+                    <w:pStyle w:val="Paragraphedeliste"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="25"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:ind w:left="357" w:hanging="357"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002B3424">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">conformes au décret sols                                                                 </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="839" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6C9C199B" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="002B3424" w:rsidRDefault="00000000" w:rsidP="002B3424">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:contextualSpacing/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:id w:val="-747036988"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="00AF369E" w:rsidRPr="002B3424">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00AF369E" w:rsidRPr="002B3424" w14:paraId="02B6370B" w14:textId="77777777" w:rsidTr="002B3424">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8159" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="043D8284" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="002B3424" w:rsidRDefault="00AF369E" w:rsidP="002B3424">
+                  <w:pPr>
+                    <w:pStyle w:val="Paragraphedeliste"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="25"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:ind w:left="357" w:hanging="357"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002B3424">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>conformes aux dispositions particulières aux stations-service </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="839" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="46C4B08F" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="002B3424" w:rsidRDefault="00000000" w:rsidP="002B3424">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:contextualSpacing/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:id w:val="-1851168791"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="00AF369E" w:rsidRPr="002B3424">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00AF369E" w:rsidRPr="002B3424" w14:paraId="11D51786" w14:textId="77777777" w:rsidTr="002B3424">
+              <w:trPr>
+                <w:trHeight w:val="265"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8159" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="236A535A" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="002B3424" w:rsidRDefault="00AF369E" w:rsidP="002B3424">
+                  <w:pPr>
+                    <w:pStyle w:val="Paragraphedeliste"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="25"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:ind w:left="357" w:hanging="357"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="002B3424">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>conformes aux dispositions particulières aux plans de remédiation</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="839" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="410C5992" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="002B3424" w:rsidRDefault="00000000" w:rsidP="002B3424">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:contextualSpacing/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:id w:val="1093212822"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtContent>
+                      <w:r w:rsidR="00AF369E" w:rsidRPr="002B3424">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="36F42F38" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00C2100E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B4CE4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sont en cours et que le titulaire remplit ses obligations en regard des délais fixés par l’administration.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="169947AE" w14:textId="7ED49A4A" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="007E56BC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A50BBA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DD16985" wp14:editId="4E7A471D">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-73025</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>36830</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="5853165" cy="25121"/>
+                      <wp:effectExtent l="0" t="0" r="33655" b="32385"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="1586648434" name="Connecteur droit 1"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="5853165" cy="25121"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="line">
+                                <a:avLst/>
+                              </a:prstGeom>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="1">
+                                <a:schemeClr val="dk1"/>
+                              </a:lnRef>
+                              <a:fillRef idx="0">
+                                <a:schemeClr val="dk1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="dk1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="tx1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:line w14:anchorId="029ED1AF" id="Connecteur droit 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-5.75pt,2.9pt" to="455.15pt,4.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBQVwKnAEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5IcOAgEyzkkaC5B&#10;G/TxAQy1tIjwhSVjyX/fJW3LRRsERZHLio+Z3Z3han07WcN2gFF71/FmUXMGTvpeu23Hf/74fHnD&#10;WUzC9cJ4Bx3fQ+S3m4tP6zG0sPSDNz0goyQutmPo+JBSaKsqygGsiAsfwNGl8mhFoi1uqx7FSNmt&#10;qZZ1fV2NHvuAXkKMdHp/uOSbkl8pkOmrUhESMx2n3lKJWOJzjtVmLdotijBoeWxD/EcXVmhHRedU&#10;9yIJ9or6r1RWS/TRq7SQ3lZeKS2haCA1Tf2Hmu+DCFC0kDkxzDbFj0srv+zu3BOSDWOIbQxPmFVM&#10;Cm3+Un9sKmbtZ7NgSkzS4epmddVcrziTdLdcNcsmm1mdyQFjegBvWV503GiXtYhW7B5jOkBPEOKd&#10;y5dV2hvIYOO+gWK6p4JNYZfJgDuDbCfoTfuXU9mCzBSljZlJ9fukIzbToEzLvxJndKnoXZqJVjuP&#10;b1VN06lVdcCfVB+0ZtnPvt+Xxyh20JMXQ4/jmWfq932hn3+izS8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmKBOj3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWidFrUqIU1WV&#10;EOKC2hTubuw6AXsd2U4a/p7tid5mNaOZt+VmcpaNOsTOo4B8ngHT2HjVoRHweXydrYHFJFFJ61EL&#10;+NURNtX9XSkL5S940GOdDKMSjIUU0KbUF5zHptVOxrnvNZJ39sHJRGcwXAV5oXJn+SLLVtzJDmmh&#10;lb3etbr5qQcnwL6H8cvszDYOb4dV/b0/Lz6OoxCPD9P2BVjSU/oPwxWf0KEippMfUEVmBczyfElR&#10;AUv6gPznPHsCdiKxBl6V/Ja/+gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBQVwKnAEA&#10;AIwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCmKBOj&#10;3QAAAAcBAAAPAAAAAAAAAAAAAAAAAPYDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                      <v:stroke joinstyle="miter"/>
+                    </v:line>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00A50BBA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>PARTIE 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF18CC4" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00C2100E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="1029"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B4CE4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>que je n’ai pas connaissance :</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="8157"/>
+              <w:gridCol w:w="841"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w14:paraId="63AC284E" w14:textId="77777777" w:rsidTr="00C2100E">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8217" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1CB1F4FA" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="007E56BC">
+                  <w:pPr>
+                    <w:pStyle w:val="Paragraphedeliste"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="25"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:ind w:left="306" w:hanging="306"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B4CE4">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>de pollution ou de suspicion de pollution, postérieure ou non investiguée </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:id w:val="957689117"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="845" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="720FD004" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="007E56BC">
+                      <w:pPr>
+                        <w:autoSpaceDE w:val="0"/>
+                        <w:autoSpaceDN w:val="0"/>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004B4CE4">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w14:paraId="31761220" w14:textId="77777777" w:rsidTr="00C2100E">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8217" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5E93261B" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="007E56BC">
+                  <w:pPr>
+                    <w:pStyle w:val="Paragraphedeliste"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="25"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:ind w:left="306" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B4CE4">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>d’élément significatif n’ayant pas été ou n’ayant pas pu être pris en considération </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:id w:val="-116221089"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="845" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="4E29B79E" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="007E56BC">
+                      <w:pPr>
+                        <w:autoSpaceDE w:val="0"/>
+                        <w:autoSpaceDN w:val="0"/>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004B4CE4">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="19A2146B" w14:textId="70898545" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00C2100E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B4CE4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>intervenus sur le terrain identifié dans le formulaire de demande de dérogation introduit en mon nom auprès de la Direction de l’Assainissement des Sols depuis le ou les éléments introduit(s) comme justificatif(s) en annexe de la demande.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51671027" w14:textId="77777777" w:rsidR="007E56BC" w:rsidRDefault="00E01377" w:rsidP="007E56BC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B4CE4">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E0F0F8A" wp14:editId="782E0AC1">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-71755</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>76451</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="5853165" cy="25121"/>
+                      <wp:effectExtent l="0" t="0" r="33655" b="32385"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="496528401" name="Connecteur droit 1"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="5853165" cy="25121"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="line">
+                                <a:avLst/>
+                              </a:prstGeom>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="1">
+                                <a:schemeClr val="dk1"/>
+                              </a:lnRef>
+                              <a:fillRef idx="0">
+                                <a:schemeClr val="dk1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="dk1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="tx1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:line w14:anchorId="3066AC88" id="Connecteur droit 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-5.65pt,6pt" to="455.25pt,8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBQVwKnAEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC8x5IcOAgEyzkkaC5B&#10;G/TxAQy1tIjwhSVjyX/fJW3LRRsERZHLio+Z3Z3han07WcN2gFF71/FmUXMGTvpeu23Hf/74fHnD&#10;WUzC9cJ4Bx3fQ+S3m4tP6zG0sPSDNz0goyQutmPo+JBSaKsqygGsiAsfwNGl8mhFoi1uqx7FSNmt&#10;qZZ1fV2NHvuAXkKMdHp/uOSbkl8pkOmrUhESMx2n3lKJWOJzjtVmLdotijBoeWxD/EcXVmhHRedU&#10;9yIJ9or6r1RWS/TRq7SQ3lZeKS2haCA1Tf2Hmu+DCFC0kDkxzDbFj0srv+zu3BOSDWOIbQxPmFVM&#10;Cm3+Un9sKmbtZ7NgSkzS4epmddVcrziTdLdcNcsmm1mdyQFjegBvWV503GiXtYhW7B5jOkBPEOKd&#10;y5dV2hvIYOO+gWK6p4JNYZfJgDuDbCfoTfuXU9mCzBSljZlJ9fukIzbToEzLvxJndKnoXZqJVjuP&#10;b1VN06lVdcCfVB+0ZtnPvt+Xxyh20JMXQ4/jmWfq932hn3+izS8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzmscZ3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWjtBRBDiVFUl&#10;hLggmsLdjd0kYK8j20nD37Oc6HFnnmZnqs3iLJtNiINHCdlaADPYej1gJ+Hj8Lx6ABaTQq2sRyPh&#10;x0TY1NdXlSq1P+PezE3qGIVgLJWEPqWx5Dy2vXEqrv1okLyTD04lOkPHdVBnCneW50IU3KkB6UOv&#10;RrPrTfvdTE6CfQ3zZ7frtnF62RfN1/spfzvMUt7eLNsnYMks6R+Gv/pUHWrqdPQT6sishFWW3RFK&#10;Rk6bCHjMxD2wIwmFAF5X/HJB/QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBQVwKnAEA&#10;AIwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBzmscZ&#10;3QAAAAkBAAAPAAAAAAAAAAAAAAAAAPYDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                      <v:stroke joinstyle="miter"/>
+                    </v:line>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EB459C7" w14:textId="26A3302D" w:rsidR="00AF369E" w:rsidRPr="00A50BBA" w:rsidRDefault="00AF369E" w:rsidP="00A50BBA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A50BBA">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PARTIE 3 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48663BB8" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00C2100E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="1029"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B4CE4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>que je n’ai pas connaissance :</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblBorders>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="8157"/>
+              <w:gridCol w:w="841"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w14:paraId="75954221" w14:textId="77777777" w:rsidTr="008F0201">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8157" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="150DD0D2" w14:textId="252CD016" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00B81ACB">
+                  <w:pPr>
+                    <w:pStyle w:val="Paragraphedeliste"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="25"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:ind w:left="306" w:hanging="306"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B4CE4">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>de pollution ou de suspicion de pollution, postérieure ou non investiguée ;</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:id w:val="-221289639"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="841" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="4E10CCFF" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00B81ACB">
+                      <w:pPr>
+                        <w:autoSpaceDE w:val="0"/>
+                        <w:autoSpaceDN w:val="0"/>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004B4CE4">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w14:paraId="4A1F1FB3" w14:textId="77777777" w:rsidTr="008F0201">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8157" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="584E1523" w14:textId="58E7D8A6" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="008F0201">
+                  <w:pPr>
+                    <w:pStyle w:val="Paragraphedeliste"/>
+                    <w:numPr>
+                      <w:ilvl w:val="0"/>
+                      <w:numId w:val="25"/>
+                    </w:numPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:spacing w:after="160"/>
+                    <w:ind w:left="306" w:hanging="284"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B4CE4">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>d’élément significatif n’ayant pas été ou n’ayant pas pu être pris en considération ;</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:sdt>
+                <w:sdtPr>
+                  <w:rPr>
+                    <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:id w:val="-1808933033"/>
+                  <w14:checkbox>
+                    <w14:checked w14:val="0"/>
+                    <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                    <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                  </w14:checkbox>
+                </w:sdtPr>
+                <w:sdtContent>
+                  <w:tc>
+                    <w:tcPr>
+                      <w:tcW w:w="841" w:type="dxa"/>
+                    </w:tcPr>
+                    <w:p w14:paraId="468DD487" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00B81ACB">
+                      <w:pPr>
+                        <w:autoSpaceDE w:val="0"/>
+                        <w:autoSpaceDN w:val="0"/>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004B4CE4">
+                        <w:rPr>
+                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:tc>
+                </w:sdtContent>
+              </w:sdt>
+            </w:tr>
+            <w:tr w:rsidR="008F0201" w:rsidRPr="004B4CE4" w14:paraId="145D5F9C" w14:textId="77777777" w:rsidTr="008244F8">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="8998" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                </w:tcPr>
+                <w:p w14:paraId="687AACF8" w14:textId="77777777" w:rsidR="008F0201" w:rsidRDefault="008F0201" w:rsidP="00B81ACB">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="004B4CE4">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>intervenus sur le terrain identifié dans le formulaire de demande de dérogation introduit en mon nom auprès de la Direction de l’Assainissement des Sols depuis la rédaction du rapport réalisé par un expert agréé.</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="3A597153" w14:textId="2E7F8E29" w:rsidR="00616E80" w:rsidRPr="004B4CE4" w:rsidRDefault="00616E80" w:rsidP="00B81ACB">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="18663594" w14:textId="77777777" w:rsidR="00AF369E" w:rsidRPr="004B4CE4" w:rsidRDefault="00AF369E" w:rsidP="00C2100E">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="42" w:hanging="42"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4CB70FD6" w14:textId="27575547" w:rsidR="00B55C14" w:rsidRPr="00162238" w:rsidRDefault="00B55C14" w:rsidP="009B6FCB">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B55C14" w:rsidRPr="00162238" w:rsidSect="00035811">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1133" w:bottom="1417" w:left="1417" w:header="680" w:footer="454" w:gutter="0"/>
+      <w:pgMar w:top="-709" w:right="1133" w:bottom="284" w:left="1417" w:header="680" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16823FCF" w14:textId="77777777" w:rsidR="00C612FC" w:rsidRDefault="00C612FC" w:rsidP="00A47E8C">
+    <w:p w14:paraId="26672A5A" w14:textId="77777777" w:rsidR="0092412E" w:rsidRDefault="0092412E" w:rsidP="00A47E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FCB2EBD" w14:textId="77777777" w:rsidR="00C612FC" w:rsidRDefault="00C612FC" w:rsidP="00A47E8C">
+    <w:p w14:paraId="7FE67A90" w14:textId="77777777" w:rsidR="0092412E" w:rsidRDefault="0092412E" w:rsidP="00A47E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1186FE3E" w14:textId="77777777" w:rsidR="00C612FC" w:rsidRDefault="00C612FC">
+    <w:p w14:paraId="338A9DDF" w14:textId="77777777" w:rsidR="0092412E" w:rsidRDefault="0092412E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53A0487D" w14:textId="77777777" w:rsidR="00C612FC" w:rsidRDefault="00C612FC" w:rsidP="00A47E8C">
+    <w:p w14:paraId="54A63564" w14:textId="77777777" w:rsidR="0092412E" w:rsidRDefault="0092412E" w:rsidP="00A47E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EBBEEBE" w14:textId="77777777" w:rsidR="00C612FC" w:rsidRDefault="00C612FC" w:rsidP="00A47E8C">
+    <w:p w14:paraId="4B866A73" w14:textId="77777777" w:rsidR="0092412E" w:rsidRDefault="0092412E" w:rsidP="00A47E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="520D2500" w14:textId="77777777" w:rsidR="00C612FC" w:rsidRDefault="00C612FC">
+    <w:p w14:paraId="0B79D462" w14:textId="77777777" w:rsidR="0092412E" w:rsidRDefault="0092412E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="7801E0F2" w14:textId="4FF1C8B6" w:rsidR="002A0C68" w:rsidRPr="002A0C68" w:rsidRDefault="002A0C68">
+    <w:p w14:paraId="642FD813" w14:textId="77777777" w:rsidR="00A07C94" w:rsidRPr="001222AA" w:rsidRDefault="00A07C94">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Uniquement pour les experts agréés en gestion des sols </w:t>
+        <w:t>Biffer les mentions inutiles</w:t>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="19616744" w14:textId="2B282384" w:rsidR="003F6D33" w:rsidRDefault="003F6D33">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> La signature du mandant doit être une signature </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006714EB">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>qualifiée</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk124264148"/>
+      <w:r>
+        <w:t>Pour les particuliers (personnes physiques), la signature qualifiée peut être remplacée par une signature non qualifiée accompagnée du numéro de registre national (NISS) et de la date de la signature.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1348870260"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="35D57760" w14:textId="22C417AD" w:rsidR="00DE0126" w:rsidRDefault="00DE0126">
+      <w:p w14:paraId="35D57760" w14:textId="7C4DAB60" w:rsidR="00DE0126" w:rsidRDefault="0034513C" w:rsidP="00846D46">
         <w:pPr>
           <w:pStyle w:val="En-tte"/>
-          <w:jc w:val="right"/>
+          <w:tabs>
+            <w:tab w:val="left" w:pos="505"/>
+            <w:tab w:val="right" w:pos="9356"/>
+          </w:tabs>
         </w:pPr>
         <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00DE0126">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00DE0126">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00DE0126">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00DE0126">
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00DE0126">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="328C3B2B" w14:textId="77777777" w:rsidR="00DE0126" w:rsidRDefault="00DE0126">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01FA0ED3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E8204A2"/>
     <w:lvl w:ilvl="0" w:tplc="21A4F460">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="40"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -5934,50 +9472,276 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10D321EC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4B882F5C"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="143268B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="42F87560"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A7A69E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8ACEA2EE"/>
     <w:lvl w:ilvl="0" w:tplc="11507B40">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:b/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6047,51 +9811,164 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A89341C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E49277A2"/>
+    <w:lvl w:ilvl="0" w:tplc="080C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21045A86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="61D2264C"/>
     <w:lvl w:ilvl="0" w:tplc="8DFED570">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cstheme="minorBidi" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6161,51 +10038,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C711B23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72EC5116"/>
     <w:lvl w:ilvl="0" w:tplc="4CB8A25C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -6279,51 +10156,163 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CEA3727"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D21044CE"/>
+    <w:lvl w:ilvl="0" w:tplc="7D605BB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cstheme="minorHAnsi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FD82680"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A66C1852"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6395,51 +10384,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="346A7C44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CDA02CC"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6511,51 +10500,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38821721"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4D8E05E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6624,51 +10613,164 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44B76FFC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E14226D8"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44CD3093"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="651EAD9E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6737,51 +10839,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48D01E1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D39818F4"/>
     <w:lvl w:ilvl="0" w:tplc="A9C8E74C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="397" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6849,51 +10951,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5437" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6157" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B721B34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8DA1E08"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6965,51 +11067,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="547E3EBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D54E930E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7051,54 +11153,167 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56A07C52"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4B8A6BF2"/>
+    <w:lvl w:ilvl="0" w:tplc="080C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B1B55AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DF78BFC4"/>
+    <w:tmpl w:val="D1FC37C4"/>
     <w:lvl w:ilvl="0" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
@@ -7164,51 +11379,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4C2582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AAC702A"/>
     <w:lvl w:ilvl="0" w:tplc="040C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7250,51 +11465,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627318E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F86BCE4"/>
     <w:lvl w:ilvl="0" w:tplc="31F882FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1616" w:hanging="360"/>
       </w:pPr>
@@ -7365,51 +11580,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6656" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63463130"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EBA50DA"/>
     <w:lvl w:ilvl="0" w:tplc="401CC172">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -7483,51 +11698,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="648768C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C787CD4"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7599,51 +11814,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65984763"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57E6ABCA"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7715,51 +11930,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F6F388B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA4A8012"/>
     <w:lvl w:ilvl="0" w:tplc="1E04E472">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7805,51 +12020,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74D27CF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="944CD57C"/>
     <w:lvl w:ilvl="0" w:tplc="040C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7891,51 +12106,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D630ACD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2842D458"/>
     <w:lvl w:ilvl="0" w:tplc="040C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7977,758 +12192,1042 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="840775916">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1467814047">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1597519637">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="218707529">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="955408171">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="775248710">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1481658052">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1901936548">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="200898508">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="816531921">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1310597597">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="657802310">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1412772885">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1914586219">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1787963391">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1310789638">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1816991040">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1342316022">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1283003344">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="107706885">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1547376914">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="22" w16cid:durableId="1433545757">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="772749000">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="3">
-[...2 lines deleted...]
-  <w:num w:numId="4">
+  <w:num w:numId="24" w16cid:durableId="1117913490">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
-[...41 lines deleted...]
-  <w:num w:numId="19">
+  <w:num w:numId="25" w16cid:durableId="614871733">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="26" w16cid:durableId="1456370069">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D39EB"/>
     <w:rsid w:val="000142EE"/>
     <w:rsid w:val="0001619D"/>
     <w:rsid w:val="00022D51"/>
+    <w:rsid w:val="000242F4"/>
+    <w:rsid w:val="000247EB"/>
     <w:rsid w:val="00026372"/>
+    <w:rsid w:val="00027AC4"/>
+    <w:rsid w:val="000324BC"/>
+    <w:rsid w:val="00035811"/>
     <w:rsid w:val="00035969"/>
     <w:rsid w:val="00050386"/>
+    <w:rsid w:val="00051FB2"/>
+    <w:rsid w:val="000547C4"/>
     <w:rsid w:val="00055AC1"/>
     <w:rsid w:val="00055C19"/>
+    <w:rsid w:val="00056237"/>
+    <w:rsid w:val="00056C39"/>
     <w:rsid w:val="00056E54"/>
     <w:rsid w:val="00063583"/>
     <w:rsid w:val="00065053"/>
+    <w:rsid w:val="00065212"/>
+    <w:rsid w:val="00066EE2"/>
+    <w:rsid w:val="00067697"/>
+    <w:rsid w:val="00070663"/>
     <w:rsid w:val="00071E6F"/>
     <w:rsid w:val="0008066D"/>
     <w:rsid w:val="00081B43"/>
     <w:rsid w:val="00083C89"/>
     <w:rsid w:val="000866A1"/>
     <w:rsid w:val="00090C1A"/>
+    <w:rsid w:val="0009283D"/>
     <w:rsid w:val="00092EF3"/>
+    <w:rsid w:val="000A03FB"/>
+    <w:rsid w:val="000B7715"/>
+    <w:rsid w:val="000C09C9"/>
     <w:rsid w:val="000C12E2"/>
     <w:rsid w:val="000C6C2D"/>
+    <w:rsid w:val="000D4EFE"/>
+    <w:rsid w:val="000D502D"/>
     <w:rsid w:val="000E0CF6"/>
+    <w:rsid w:val="000E0DC9"/>
     <w:rsid w:val="000E1B3A"/>
     <w:rsid w:val="000E1CAC"/>
     <w:rsid w:val="000E3AA2"/>
+    <w:rsid w:val="000E6AD0"/>
+    <w:rsid w:val="000F19C8"/>
     <w:rsid w:val="000F5051"/>
+    <w:rsid w:val="000F5533"/>
     <w:rsid w:val="00100C9C"/>
     <w:rsid w:val="00100E0B"/>
+    <w:rsid w:val="00103540"/>
     <w:rsid w:val="00103D2B"/>
+    <w:rsid w:val="00105EE7"/>
     <w:rsid w:val="00107B67"/>
     <w:rsid w:val="00110EF3"/>
     <w:rsid w:val="001117DB"/>
     <w:rsid w:val="00112FD1"/>
     <w:rsid w:val="001157A6"/>
     <w:rsid w:val="00116145"/>
+    <w:rsid w:val="00117793"/>
+    <w:rsid w:val="001222AA"/>
     <w:rsid w:val="00125B8D"/>
     <w:rsid w:val="00125C43"/>
     <w:rsid w:val="0012670E"/>
+    <w:rsid w:val="001278A2"/>
     <w:rsid w:val="0013118E"/>
+    <w:rsid w:val="00134EC9"/>
     <w:rsid w:val="00141262"/>
+    <w:rsid w:val="00143E54"/>
     <w:rsid w:val="00145208"/>
     <w:rsid w:val="0014673E"/>
     <w:rsid w:val="00147485"/>
     <w:rsid w:val="0015236A"/>
+    <w:rsid w:val="001534C6"/>
     <w:rsid w:val="00161714"/>
+    <w:rsid w:val="00162238"/>
     <w:rsid w:val="0016375B"/>
     <w:rsid w:val="001657E8"/>
     <w:rsid w:val="001660C2"/>
     <w:rsid w:val="00166FD0"/>
+    <w:rsid w:val="00167A28"/>
     <w:rsid w:val="001710A2"/>
     <w:rsid w:val="001753CF"/>
     <w:rsid w:val="0017653A"/>
+    <w:rsid w:val="00176882"/>
     <w:rsid w:val="0018094A"/>
     <w:rsid w:val="001831A2"/>
     <w:rsid w:val="0018727A"/>
     <w:rsid w:val="00187ABC"/>
     <w:rsid w:val="00192B25"/>
     <w:rsid w:val="0019691A"/>
+    <w:rsid w:val="00196AB4"/>
     <w:rsid w:val="001A0393"/>
+    <w:rsid w:val="001A4CB4"/>
     <w:rsid w:val="001A4FE5"/>
     <w:rsid w:val="001A7DEA"/>
     <w:rsid w:val="001B14E7"/>
     <w:rsid w:val="001B72EE"/>
     <w:rsid w:val="001B7A37"/>
     <w:rsid w:val="001C0ABD"/>
     <w:rsid w:val="001C5C20"/>
     <w:rsid w:val="001C66CB"/>
     <w:rsid w:val="001C7214"/>
+    <w:rsid w:val="001C7FEA"/>
     <w:rsid w:val="001D03D1"/>
     <w:rsid w:val="001D08EA"/>
     <w:rsid w:val="001D5F4A"/>
+    <w:rsid w:val="001E1335"/>
     <w:rsid w:val="001E3809"/>
     <w:rsid w:val="001E47EC"/>
     <w:rsid w:val="001E551A"/>
     <w:rsid w:val="001E55B6"/>
     <w:rsid w:val="001E6A9F"/>
     <w:rsid w:val="001F08C0"/>
     <w:rsid w:val="001F35E4"/>
+    <w:rsid w:val="001F3EB3"/>
+    <w:rsid w:val="001F53AA"/>
     <w:rsid w:val="001F70DA"/>
     <w:rsid w:val="001F726B"/>
+    <w:rsid w:val="0020134B"/>
     <w:rsid w:val="00205017"/>
     <w:rsid w:val="00206D8F"/>
     <w:rsid w:val="00214206"/>
     <w:rsid w:val="002157C4"/>
     <w:rsid w:val="00216188"/>
     <w:rsid w:val="00217105"/>
     <w:rsid w:val="0022690F"/>
     <w:rsid w:val="002319F8"/>
+    <w:rsid w:val="00232301"/>
     <w:rsid w:val="00236453"/>
     <w:rsid w:val="00237D9F"/>
+    <w:rsid w:val="00243022"/>
     <w:rsid w:val="0024345C"/>
     <w:rsid w:val="00244532"/>
     <w:rsid w:val="00246C49"/>
     <w:rsid w:val="0024778A"/>
+    <w:rsid w:val="0025418E"/>
+    <w:rsid w:val="00256AB5"/>
     <w:rsid w:val="00257332"/>
     <w:rsid w:val="002617D3"/>
+    <w:rsid w:val="00264423"/>
     <w:rsid w:val="00267DED"/>
+    <w:rsid w:val="002707C6"/>
     <w:rsid w:val="0027353F"/>
+    <w:rsid w:val="00280700"/>
     <w:rsid w:val="002833A5"/>
     <w:rsid w:val="00291E7F"/>
     <w:rsid w:val="0029268A"/>
     <w:rsid w:val="00292FCA"/>
     <w:rsid w:val="002A0193"/>
     <w:rsid w:val="002A0BF9"/>
     <w:rsid w:val="002A0C68"/>
+    <w:rsid w:val="002A4EAA"/>
     <w:rsid w:val="002A4F7E"/>
     <w:rsid w:val="002A6D24"/>
+    <w:rsid w:val="002B26EF"/>
     <w:rsid w:val="002B2E77"/>
+    <w:rsid w:val="002B3424"/>
+    <w:rsid w:val="002B43E0"/>
     <w:rsid w:val="002C103F"/>
     <w:rsid w:val="002C3F89"/>
     <w:rsid w:val="002C6AAE"/>
     <w:rsid w:val="002D0168"/>
+    <w:rsid w:val="002D2141"/>
     <w:rsid w:val="002D255B"/>
     <w:rsid w:val="002D2A0F"/>
     <w:rsid w:val="002F129E"/>
+    <w:rsid w:val="002F1533"/>
     <w:rsid w:val="00301470"/>
+    <w:rsid w:val="003051DC"/>
+    <w:rsid w:val="00305E8F"/>
     <w:rsid w:val="003105D3"/>
+    <w:rsid w:val="00310D5B"/>
     <w:rsid w:val="00310EB7"/>
     <w:rsid w:val="003145AD"/>
     <w:rsid w:val="00315DC0"/>
+    <w:rsid w:val="00322D41"/>
+    <w:rsid w:val="00324408"/>
     <w:rsid w:val="003358C0"/>
+    <w:rsid w:val="00337404"/>
+    <w:rsid w:val="00340008"/>
     <w:rsid w:val="00342968"/>
+    <w:rsid w:val="0034513C"/>
     <w:rsid w:val="00345E87"/>
+    <w:rsid w:val="00345FDC"/>
     <w:rsid w:val="003468E4"/>
+    <w:rsid w:val="00350183"/>
+    <w:rsid w:val="0035154A"/>
     <w:rsid w:val="003562C8"/>
     <w:rsid w:val="00363DAE"/>
     <w:rsid w:val="003642E2"/>
     <w:rsid w:val="00383627"/>
+    <w:rsid w:val="0038696F"/>
+    <w:rsid w:val="00392851"/>
+    <w:rsid w:val="00395067"/>
     <w:rsid w:val="003966FF"/>
+    <w:rsid w:val="003973D0"/>
     <w:rsid w:val="003A0AA3"/>
     <w:rsid w:val="003A4250"/>
+    <w:rsid w:val="003A6E75"/>
     <w:rsid w:val="003B46B1"/>
+    <w:rsid w:val="003B494A"/>
     <w:rsid w:val="003C0745"/>
     <w:rsid w:val="003C0C51"/>
     <w:rsid w:val="003C1B21"/>
     <w:rsid w:val="003C2093"/>
+    <w:rsid w:val="003C31C2"/>
     <w:rsid w:val="003D25F2"/>
     <w:rsid w:val="003D2878"/>
     <w:rsid w:val="003D4E8F"/>
     <w:rsid w:val="003D5580"/>
     <w:rsid w:val="003D7132"/>
     <w:rsid w:val="003E25CA"/>
+    <w:rsid w:val="003E3AC9"/>
+    <w:rsid w:val="003E5359"/>
+    <w:rsid w:val="003F09DE"/>
     <w:rsid w:val="003F0B49"/>
+    <w:rsid w:val="003F15AD"/>
     <w:rsid w:val="003F16E4"/>
     <w:rsid w:val="003F52EF"/>
+    <w:rsid w:val="003F6D33"/>
+    <w:rsid w:val="00402447"/>
     <w:rsid w:val="00406A30"/>
     <w:rsid w:val="00406D3F"/>
     <w:rsid w:val="004076D1"/>
+    <w:rsid w:val="00410CA8"/>
     <w:rsid w:val="00412705"/>
     <w:rsid w:val="0041340E"/>
+    <w:rsid w:val="00415612"/>
     <w:rsid w:val="00415D2E"/>
     <w:rsid w:val="00424B3C"/>
     <w:rsid w:val="004268D1"/>
     <w:rsid w:val="00435B1B"/>
     <w:rsid w:val="00436341"/>
     <w:rsid w:val="00441F51"/>
     <w:rsid w:val="00442176"/>
     <w:rsid w:val="0044630C"/>
     <w:rsid w:val="00455A40"/>
+    <w:rsid w:val="004619BD"/>
+    <w:rsid w:val="00462EB4"/>
     <w:rsid w:val="00472020"/>
     <w:rsid w:val="004720DF"/>
     <w:rsid w:val="00474630"/>
     <w:rsid w:val="00476416"/>
     <w:rsid w:val="004809E5"/>
     <w:rsid w:val="00480E80"/>
     <w:rsid w:val="004823D1"/>
     <w:rsid w:val="0048306D"/>
     <w:rsid w:val="00486C69"/>
     <w:rsid w:val="0049016D"/>
     <w:rsid w:val="00490965"/>
     <w:rsid w:val="00490B91"/>
     <w:rsid w:val="00492A4B"/>
+    <w:rsid w:val="00494572"/>
     <w:rsid w:val="004965E7"/>
     <w:rsid w:val="00497B85"/>
     <w:rsid w:val="00497C58"/>
     <w:rsid w:val="004A1376"/>
     <w:rsid w:val="004A3001"/>
+    <w:rsid w:val="004A79C2"/>
     <w:rsid w:val="004B2F23"/>
+    <w:rsid w:val="004B384F"/>
+    <w:rsid w:val="004B3F6E"/>
+    <w:rsid w:val="004B4CE4"/>
     <w:rsid w:val="004D2423"/>
+    <w:rsid w:val="004E024A"/>
+    <w:rsid w:val="004E0869"/>
     <w:rsid w:val="004E283B"/>
+    <w:rsid w:val="004E4967"/>
     <w:rsid w:val="004E701D"/>
     <w:rsid w:val="004F1C08"/>
     <w:rsid w:val="004F566C"/>
     <w:rsid w:val="004F6694"/>
     <w:rsid w:val="004F6E60"/>
     <w:rsid w:val="00502F41"/>
     <w:rsid w:val="00504933"/>
     <w:rsid w:val="005056A5"/>
     <w:rsid w:val="00507CDA"/>
+    <w:rsid w:val="00510A8D"/>
     <w:rsid w:val="00511BF5"/>
     <w:rsid w:val="0051384E"/>
+    <w:rsid w:val="0051627F"/>
     <w:rsid w:val="005170F4"/>
     <w:rsid w:val="005241C8"/>
+    <w:rsid w:val="00526E88"/>
+    <w:rsid w:val="00531873"/>
     <w:rsid w:val="0053198C"/>
     <w:rsid w:val="00535683"/>
     <w:rsid w:val="005365D5"/>
     <w:rsid w:val="00543450"/>
     <w:rsid w:val="0054489B"/>
+    <w:rsid w:val="00550C4A"/>
     <w:rsid w:val="0055275F"/>
+    <w:rsid w:val="005528C0"/>
     <w:rsid w:val="00552C8A"/>
     <w:rsid w:val="00556C88"/>
     <w:rsid w:val="005647CC"/>
+    <w:rsid w:val="00566232"/>
     <w:rsid w:val="005679F3"/>
     <w:rsid w:val="005719B4"/>
     <w:rsid w:val="00572AB4"/>
     <w:rsid w:val="00575F4F"/>
     <w:rsid w:val="00583EF9"/>
     <w:rsid w:val="00592901"/>
     <w:rsid w:val="00592B21"/>
     <w:rsid w:val="005A7C11"/>
     <w:rsid w:val="005B02BC"/>
+    <w:rsid w:val="005B6C46"/>
     <w:rsid w:val="005C122B"/>
     <w:rsid w:val="005C2CE5"/>
+    <w:rsid w:val="005D19D2"/>
     <w:rsid w:val="005D3BC1"/>
     <w:rsid w:val="005D418A"/>
+    <w:rsid w:val="005D48A0"/>
     <w:rsid w:val="005D5F4F"/>
     <w:rsid w:val="005E0ED7"/>
     <w:rsid w:val="005E0EE4"/>
     <w:rsid w:val="005E1F52"/>
     <w:rsid w:val="005E2129"/>
     <w:rsid w:val="005E4F9A"/>
     <w:rsid w:val="005E5844"/>
     <w:rsid w:val="005F3F47"/>
+    <w:rsid w:val="005F4A28"/>
     <w:rsid w:val="0060207B"/>
     <w:rsid w:val="00605255"/>
+    <w:rsid w:val="0061078B"/>
+    <w:rsid w:val="006139EA"/>
+    <w:rsid w:val="00616E80"/>
     <w:rsid w:val="0062215E"/>
     <w:rsid w:val="00623357"/>
     <w:rsid w:val="00623625"/>
     <w:rsid w:val="00623839"/>
+    <w:rsid w:val="006266B0"/>
     <w:rsid w:val="00640B93"/>
     <w:rsid w:val="006420C7"/>
+    <w:rsid w:val="00643E64"/>
     <w:rsid w:val="006527E5"/>
     <w:rsid w:val="00654C3A"/>
     <w:rsid w:val="00661B30"/>
     <w:rsid w:val="0066398B"/>
     <w:rsid w:val="00664201"/>
+    <w:rsid w:val="006651D4"/>
     <w:rsid w:val="0066566B"/>
     <w:rsid w:val="0066724B"/>
     <w:rsid w:val="0067008E"/>
+    <w:rsid w:val="006714EB"/>
+    <w:rsid w:val="00671F38"/>
     <w:rsid w:val="006742ED"/>
+    <w:rsid w:val="006746D1"/>
     <w:rsid w:val="00680038"/>
+    <w:rsid w:val="006868C6"/>
     <w:rsid w:val="0069089E"/>
     <w:rsid w:val="006908F5"/>
     <w:rsid w:val="00693659"/>
     <w:rsid w:val="006A0606"/>
+    <w:rsid w:val="006A0C01"/>
     <w:rsid w:val="006A3E12"/>
     <w:rsid w:val="006A4B39"/>
     <w:rsid w:val="006A5A0B"/>
+    <w:rsid w:val="006A799A"/>
     <w:rsid w:val="006B4B87"/>
+    <w:rsid w:val="006C16D6"/>
     <w:rsid w:val="006C3314"/>
+    <w:rsid w:val="006C57D6"/>
+    <w:rsid w:val="006C763B"/>
     <w:rsid w:val="006D1858"/>
     <w:rsid w:val="006D39EB"/>
     <w:rsid w:val="006D42A1"/>
     <w:rsid w:val="006E0F45"/>
     <w:rsid w:val="006E59A6"/>
     <w:rsid w:val="006E5F2C"/>
     <w:rsid w:val="006F1F52"/>
+    <w:rsid w:val="006F32C7"/>
     <w:rsid w:val="006F4615"/>
+    <w:rsid w:val="006F6581"/>
     <w:rsid w:val="0070715C"/>
     <w:rsid w:val="00707417"/>
     <w:rsid w:val="007109CA"/>
     <w:rsid w:val="00710DB1"/>
     <w:rsid w:val="00712CCD"/>
     <w:rsid w:val="00713012"/>
     <w:rsid w:val="007150B5"/>
+    <w:rsid w:val="00715994"/>
     <w:rsid w:val="00715B79"/>
     <w:rsid w:val="0072340A"/>
+    <w:rsid w:val="00723C08"/>
     <w:rsid w:val="00723EBA"/>
     <w:rsid w:val="007241E6"/>
     <w:rsid w:val="00730CEF"/>
+    <w:rsid w:val="00734004"/>
     <w:rsid w:val="0073525D"/>
     <w:rsid w:val="007352F2"/>
     <w:rsid w:val="00736EDB"/>
+    <w:rsid w:val="00741CD9"/>
     <w:rsid w:val="00756A92"/>
     <w:rsid w:val="00756AA2"/>
     <w:rsid w:val="00763185"/>
     <w:rsid w:val="007634D9"/>
+    <w:rsid w:val="00763983"/>
     <w:rsid w:val="007640E2"/>
     <w:rsid w:val="00766658"/>
+    <w:rsid w:val="007675E3"/>
+    <w:rsid w:val="00770782"/>
+    <w:rsid w:val="00770C62"/>
+    <w:rsid w:val="00772297"/>
     <w:rsid w:val="0077252F"/>
     <w:rsid w:val="007731E3"/>
     <w:rsid w:val="0077331F"/>
     <w:rsid w:val="0077491A"/>
+    <w:rsid w:val="0077492E"/>
     <w:rsid w:val="007808AE"/>
+    <w:rsid w:val="00783E2E"/>
     <w:rsid w:val="0079254D"/>
+    <w:rsid w:val="007A0609"/>
+    <w:rsid w:val="007A1E7B"/>
     <w:rsid w:val="007B0B5D"/>
     <w:rsid w:val="007B7571"/>
+    <w:rsid w:val="007B77C0"/>
+    <w:rsid w:val="007C0B80"/>
     <w:rsid w:val="007C0FC9"/>
     <w:rsid w:val="007C2280"/>
     <w:rsid w:val="007C341C"/>
     <w:rsid w:val="007D1B6D"/>
     <w:rsid w:val="007D4863"/>
     <w:rsid w:val="007D4B17"/>
     <w:rsid w:val="007E1964"/>
+    <w:rsid w:val="007E56BC"/>
     <w:rsid w:val="007F3173"/>
     <w:rsid w:val="007F3DE3"/>
     <w:rsid w:val="007F4BDE"/>
     <w:rsid w:val="008004F8"/>
     <w:rsid w:val="00800557"/>
     <w:rsid w:val="008056CA"/>
     <w:rsid w:val="00806A1E"/>
+    <w:rsid w:val="008078AE"/>
     <w:rsid w:val="00807BFF"/>
     <w:rsid w:val="008125A9"/>
     <w:rsid w:val="008136F6"/>
     <w:rsid w:val="008157FC"/>
     <w:rsid w:val="0081664A"/>
     <w:rsid w:val="0081735A"/>
     <w:rsid w:val="0082106A"/>
+    <w:rsid w:val="00825119"/>
+    <w:rsid w:val="00825671"/>
     <w:rsid w:val="00827AED"/>
     <w:rsid w:val="00830941"/>
     <w:rsid w:val="00833264"/>
     <w:rsid w:val="00833964"/>
     <w:rsid w:val="00834BA9"/>
     <w:rsid w:val="0083691B"/>
     <w:rsid w:val="008440FE"/>
     <w:rsid w:val="00846494"/>
+    <w:rsid w:val="00846D46"/>
     <w:rsid w:val="0085285D"/>
+    <w:rsid w:val="00852F77"/>
     <w:rsid w:val="00855BB1"/>
+    <w:rsid w:val="008628B5"/>
+    <w:rsid w:val="008653E4"/>
     <w:rsid w:val="00871BAB"/>
+    <w:rsid w:val="00873197"/>
+    <w:rsid w:val="0087477D"/>
     <w:rsid w:val="00874AFB"/>
     <w:rsid w:val="00874E23"/>
     <w:rsid w:val="008771C0"/>
     <w:rsid w:val="00881600"/>
     <w:rsid w:val="00893708"/>
     <w:rsid w:val="008973B0"/>
     <w:rsid w:val="008A09FB"/>
     <w:rsid w:val="008A1E71"/>
     <w:rsid w:val="008A322B"/>
     <w:rsid w:val="008A410E"/>
     <w:rsid w:val="008B4F1F"/>
     <w:rsid w:val="008B5591"/>
     <w:rsid w:val="008B6712"/>
+    <w:rsid w:val="008C0646"/>
     <w:rsid w:val="008C30BD"/>
     <w:rsid w:val="008C57A1"/>
     <w:rsid w:val="008C61E7"/>
     <w:rsid w:val="008D0890"/>
     <w:rsid w:val="008D32A6"/>
     <w:rsid w:val="008D4056"/>
     <w:rsid w:val="008D4146"/>
+    <w:rsid w:val="008D69C6"/>
+    <w:rsid w:val="008E247B"/>
     <w:rsid w:val="008E38D3"/>
     <w:rsid w:val="008E67ED"/>
     <w:rsid w:val="008E7738"/>
+    <w:rsid w:val="008F0127"/>
+    <w:rsid w:val="008F0201"/>
     <w:rsid w:val="008F072A"/>
+    <w:rsid w:val="008F07C5"/>
     <w:rsid w:val="008F1FB8"/>
     <w:rsid w:val="008F200F"/>
     <w:rsid w:val="008F68A8"/>
     <w:rsid w:val="00902B3A"/>
+    <w:rsid w:val="009038BF"/>
     <w:rsid w:val="00911979"/>
+    <w:rsid w:val="00911DF0"/>
+    <w:rsid w:val="009202EA"/>
     <w:rsid w:val="0092094B"/>
+    <w:rsid w:val="0092412E"/>
     <w:rsid w:val="0093170E"/>
     <w:rsid w:val="00934D73"/>
     <w:rsid w:val="00935DF0"/>
     <w:rsid w:val="00935F74"/>
+    <w:rsid w:val="00943AB3"/>
+    <w:rsid w:val="00946112"/>
     <w:rsid w:val="0094621A"/>
+    <w:rsid w:val="00947A39"/>
     <w:rsid w:val="00950C51"/>
     <w:rsid w:val="00960FA2"/>
     <w:rsid w:val="00961ED1"/>
     <w:rsid w:val="00962DFE"/>
     <w:rsid w:val="00970219"/>
+    <w:rsid w:val="009722E0"/>
+    <w:rsid w:val="00975017"/>
     <w:rsid w:val="00975BE8"/>
+    <w:rsid w:val="00975C3B"/>
     <w:rsid w:val="00975F1A"/>
+    <w:rsid w:val="00981EAE"/>
+    <w:rsid w:val="00987802"/>
     <w:rsid w:val="00987990"/>
     <w:rsid w:val="00990343"/>
     <w:rsid w:val="00992828"/>
+    <w:rsid w:val="00993CA3"/>
     <w:rsid w:val="00996CED"/>
     <w:rsid w:val="009A1FD4"/>
     <w:rsid w:val="009A64E3"/>
     <w:rsid w:val="009B071F"/>
+    <w:rsid w:val="009B6FCB"/>
     <w:rsid w:val="009C61A9"/>
     <w:rsid w:val="009D674B"/>
+    <w:rsid w:val="009E1533"/>
     <w:rsid w:val="009E26D2"/>
     <w:rsid w:val="009E3EF8"/>
     <w:rsid w:val="009E5D69"/>
     <w:rsid w:val="009F1607"/>
+    <w:rsid w:val="009F372C"/>
     <w:rsid w:val="009F37D1"/>
     <w:rsid w:val="009F5F52"/>
     <w:rsid w:val="00A04728"/>
+    <w:rsid w:val="00A07C94"/>
+    <w:rsid w:val="00A10F31"/>
+    <w:rsid w:val="00A159A2"/>
     <w:rsid w:val="00A2326C"/>
+    <w:rsid w:val="00A35821"/>
     <w:rsid w:val="00A36384"/>
     <w:rsid w:val="00A4126B"/>
     <w:rsid w:val="00A434EC"/>
+    <w:rsid w:val="00A46D5C"/>
     <w:rsid w:val="00A4779D"/>
     <w:rsid w:val="00A47E8C"/>
+    <w:rsid w:val="00A50BBA"/>
     <w:rsid w:val="00A564AD"/>
     <w:rsid w:val="00A619E8"/>
+    <w:rsid w:val="00A6403F"/>
+    <w:rsid w:val="00A725C9"/>
     <w:rsid w:val="00A7404B"/>
+    <w:rsid w:val="00A76F68"/>
     <w:rsid w:val="00A80FCD"/>
     <w:rsid w:val="00A8120D"/>
     <w:rsid w:val="00A8201A"/>
     <w:rsid w:val="00A83F22"/>
+    <w:rsid w:val="00A83FAF"/>
+    <w:rsid w:val="00A91EE0"/>
     <w:rsid w:val="00A927BB"/>
     <w:rsid w:val="00AA1564"/>
     <w:rsid w:val="00AA2B6E"/>
     <w:rsid w:val="00AA633E"/>
+    <w:rsid w:val="00AB0B75"/>
+    <w:rsid w:val="00AB42DC"/>
+    <w:rsid w:val="00AB5CDD"/>
     <w:rsid w:val="00AC19BC"/>
     <w:rsid w:val="00AC434C"/>
     <w:rsid w:val="00AC5FD4"/>
     <w:rsid w:val="00AD6C8B"/>
+    <w:rsid w:val="00AD7238"/>
     <w:rsid w:val="00AD7943"/>
     <w:rsid w:val="00AE1D79"/>
     <w:rsid w:val="00AE24C2"/>
     <w:rsid w:val="00AE3AA5"/>
     <w:rsid w:val="00AF1ECF"/>
+    <w:rsid w:val="00AF2F5D"/>
+    <w:rsid w:val="00AF369E"/>
     <w:rsid w:val="00B00371"/>
     <w:rsid w:val="00B01C76"/>
     <w:rsid w:val="00B0517C"/>
     <w:rsid w:val="00B06AFF"/>
     <w:rsid w:val="00B06DBA"/>
     <w:rsid w:val="00B105F8"/>
+    <w:rsid w:val="00B14F57"/>
     <w:rsid w:val="00B177CA"/>
     <w:rsid w:val="00B20661"/>
+    <w:rsid w:val="00B21649"/>
     <w:rsid w:val="00B235BE"/>
     <w:rsid w:val="00B31F57"/>
     <w:rsid w:val="00B35ADD"/>
     <w:rsid w:val="00B404A2"/>
+    <w:rsid w:val="00B424E2"/>
     <w:rsid w:val="00B4631D"/>
     <w:rsid w:val="00B50F8F"/>
     <w:rsid w:val="00B5232E"/>
     <w:rsid w:val="00B55C14"/>
     <w:rsid w:val="00B57CEF"/>
+    <w:rsid w:val="00B57FE0"/>
     <w:rsid w:val="00B62C00"/>
+    <w:rsid w:val="00B65097"/>
     <w:rsid w:val="00B7062B"/>
+    <w:rsid w:val="00B728CE"/>
     <w:rsid w:val="00B748D3"/>
+    <w:rsid w:val="00B76F16"/>
+    <w:rsid w:val="00B774A6"/>
+    <w:rsid w:val="00B81ACB"/>
     <w:rsid w:val="00B8294B"/>
     <w:rsid w:val="00B87027"/>
     <w:rsid w:val="00B93068"/>
     <w:rsid w:val="00BA1334"/>
     <w:rsid w:val="00BA1F9D"/>
     <w:rsid w:val="00BB7A7F"/>
+    <w:rsid w:val="00BC0C7E"/>
     <w:rsid w:val="00BC22F8"/>
     <w:rsid w:val="00BC607A"/>
+    <w:rsid w:val="00BC6A8E"/>
+    <w:rsid w:val="00BD4CD2"/>
     <w:rsid w:val="00BD6D45"/>
     <w:rsid w:val="00BE03F4"/>
     <w:rsid w:val="00BF0667"/>
     <w:rsid w:val="00C02C52"/>
     <w:rsid w:val="00C04F55"/>
+    <w:rsid w:val="00C1050E"/>
     <w:rsid w:val="00C11401"/>
     <w:rsid w:val="00C13B3E"/>
     <w:rsid w:val="00C151E5"/>
+    <w:rsid w:val="00C161F2"/>
     <w:rsid w:val="00C20C85"/>
+    <w:rsid w:val="00C259D9"/>
     <w:rsid w:val="00C31FC2"/>
     <w:rsid w:val="00C37672"/>
     <w:rsid w:val="00C46BF2"/>
     <w:rsid w:val="00C474F7"/>
     <w:rsid w:val="00C54600"/>
     <w:rsid w:val="00C557B8"/>
     <w:rsid w:val="00C612FC"/>
     <w:rsid w:val="00C617C6"/>
     <w:rsid w:val="00C620CF"/>
     <w:rsid w:val="00C71D97"/>
+    <w:rsid w:val="00C74E4B"/>
+    <w:rsid w:val="00C85166"/>
+    <w:rsid w:val="00C91687"/>
     <w:rsid w:val="00C94B02"/>
+    <w:rsid w:val="00C96CF7"/>
+    <w:rsid w:val="00C97C0B"/>
     <w:rsid w:val="00CA11EA"/>
     <w:rsid w:val="00CA2540"/>
     <w:rsid w:val="00CA2846"/>
     <w:rsid w:val="00CA3A03"/>
     <w:rsid w:val="00CA53B5"/>
     <w:rsid w:val="00CA53B9"/>
+    <w:rsid w:val="00CA5F45"/>
     <w:rsid w:val="00CA7324"/>
     <w:rsid w:val="00CB1BED"/>
     <w:rsid w:val="00CB24CC"/>
+    <w:rsid w:val="00CB2B8D"/>
     <w:rsid w:val="00CB2CDF"/>
     <w:rsid w:val="00CB2F7E"/>
     <w:rsid w:val="00CB55C8"/>
     <w:rsid w:val="00CB5DE4"/>
     <w:rsid w:val="00CB69B0"/>
     <w:rsid w:val="00CC094B"/>
     <w:rsid w:val="00CE567F"/>
+    <w:rsid w:val="00CE7F2D"/>
+    <w:rsid w:val="00CF0C37"/>
     <w:rsid w:val="00CF0D8C"/>
+    <w:rsid w:val="00CF12B0"/>
+    <w:rsid w:val="00CF2FCD"/>
     <w:rsid w:val="00D07F8B"/>
     <w:rsid w:val="00D15165"/>
+    <w:rsid w:val="00D17B93"/>
     <w:rsid w:val="00D22091"/>
     <w:rsid w:val="00D228C2"/>
+    <w:rsid w:val="00D22E41"/>
+    <w:rsid w:val="00D27786"/>
     <w:rsid w:val="00D31C39"/>
     <w:rsid w:val="00D37EB4"/>
     <w:rsid w:val="00D4226C"/>
     <w:rsid w:val="00D42BD4"/>
+    <w:rsid w:val="00D43BE0"/>
+    <w:rsid w:val="00D45FB4"/>
     <w:rsid w:val="00D47736"/>
     <w:rsid w:val="00D47EB2"/>
     <w:rsid w:val="00D63A7F"/>
+    <w:rsid w:val="00D671DF"/>
+    <w:rsid w:val="00D72595"/>
     <w:rsid w:val="00D72D0A"/>
+    <w:rsid w:val="00D739C5"/>
+    <w:rsid w:val="00D7655B"/>
     <w:rsid w:val="00D76AF1"/>
     <w:rsid w:val="00D81AC3"/>
     <w:rsid w:val="00D841AB"/>
+    <w:rsid w:val="00D84683"/>
     <w:rsid w:val="00D906D1"/>
     <w:rsid w:val="00D9286D"/>
     <w:rsid w:val="00D9301E"/>
     <w:rsid w:val="00D93B6E"/>
+    <w:rsid w:val="00D9534D"/>
+    <w:rsid w:val="00D95498"/>
+    <w:rsid w:val="00D95654"/>
     <w:rsid w:val="00D96CC3"/>
+    <w:rsid w:val="00D971B4"/>
+    <w:rsid w:val="00D97FC7"/>
     <w:rsid w:val="00DA0842"/>
+    <w:rsid w:val="00DA78C5"/>
     <w:rsid w:val="00DB0997"/>
+    <w:rsid w:val="00DB1FED"/>
+    <w:rsid w:val="00DC405F"/>
     <w:rsid w:val="00DC4895"/>
+    <w:rsid w:val="00DC4B3C"/>
     <w:rsid w:val="00DC5F42"/>
     <w:rsid w:val="00DD13E7"/>
     <w:rsid w:val="00DD1FCD"/>
     <w:rsid w:val="00DD431A"/>
     <w:rsid w:val="00DE0126"/>
     <w:rsid w:val="00DE16F8"/>
+    <w:rsid w:val="00DE3FEE"/>
     <w:rsid w:val="00DF0F80"/>
+    <w:rsid w:val="00DF69E6"/>
     <w:rsid w:val="00DF70FA"/>
+    <w:rsid w:val="00E01377"/>
     <w:rsid w:val="00E10F44"/>
+    <w:rsid w:val="00E120B6"/>
     <w:rsid w:val="00E20A97"/>
+    <w:rsid w:val="00E2114D"/>
     <w:rsid w:val="00E23449"/>
     <w:rsid w:val="00E24395"/>
     <w:rsid w:val="00E24E6D"/>
+    <w:rsid w:val="00E25EC5"/>
     <w:rsid w:val="00E26492"/>
+    <w:rsid w:val="00E274D7"/>
+    <w:rsid w:val="00E27BC8"/>
     <w:rsid w:val="00E306C9"/>
     <w:rsid w:val="00E33BF1"/>
+    <w:rsid w:val="00E3681A"/>
     <w:rsid w:val="00E36966"/>
+    <w:rsid w:val="00E37466"/>
     <w:rsid w:val="00E40B34"/>
     <w:rsid w:val="00E4353C"/>
+    <w:rsid w:val="00E4442E"/>
     <w:rsid w:val="00E51A53"/>
     <w:rsid w:val="00E51C24"/>
     <w:rsid w:val="00E53166"/>
     <w:rsid w:val="00E53B53"/>
+    <w:rsid w:val="00E53C31"/>
     <w:rsid w:val="00E5598D"/>
     <w:rsid w:val="00E55BF0"/>
+    <w:rsid w:val="00E604C9"/>
     <w:rsid w:val="00E611E2"/>
     <w:rsid w:val="00E61BAD"/>
+    <w:rsid w:val="00E61E73"/>
+    <w:rsid w:val="00E72186"/>
     <w:rsid w:val="00E80279"/>
     <w:rsid w:val="00E81652"/>
+    <w:rsid w:val="00E86D7C"/>
     <w:rsid w:val="00E8700C"/>
     <w:rsid w:val="00E8711B"/>
+    <w:rsid w:val="00E91C0B"/>
+    <w:rsid w:val="00E926B8"/>
+    <w:rsid w:val="00E928DB"/>
     <w:rsid w:val="00E96242"/>
+    <w:rsid w:val="00E969AB"/>
+    <w:rsid w:val="00EA7334"/>
     <w:rsid w:val="00EB2C49"/>
     <w:rsid w:val="00EB3240"/>
     <w:rsid w:val="00EB3ADA"/>
+    <w:rsid w:val="00EC1D83"/>
     <w:rsid w:val="00EC446E"/>
     <w:rsid w:val="00EC6248"/>
     <w:rsid w:val="00EC7D22"/>
+    <w:rsid w:val="00EC7FEC"/>
     <w:rsid w:val="00ED62AD"/>
     <w:rsid w:val="00ED6B2A"/>
+    <w:rsid w:val="00ED73CB"/>
     <w:rsid w:val="00EE174E"/>
     <w:rsid w:val="00EE3D84"/>
     <w:rsid w:val="00EE499B"/>
     <w:rsid w:val="00EE54AE"/>
+    <w:rsid w:val="00EE6444"/>
     <w:rsid w:val="00EF12F8"/>
+    <w:rsid w:val="00EF55E5"/>
     <w:rsid w:val="00EF72C3"/>
     <w:rsid w:val="00F10667"/>
     <w:rsid w:val="00F207F9"/>
     <w:rsid w:val="00F21099"/>
     <w:rsid w:val="00F21C11"/>
     <w:rsid w:val="00F2276D"/>
     <w:rsid w:val="00F2364F"/>
     <w:rsid w:val="00F24738"/>
     <w:rsid w:val="00F26B2D"/>
     <w:rsid w:val="00F278A2"/>
     <w:rsid w:val="00F3442F"/>
     <w:rsid w:val="00F35005"/>
+    <w:rsid w:val="00F365B7"/>
     <w:rsid w:val="00F41216"/>
     <w:rsid w:val="00F45A1D"/>
     <w:rsid w:val="00F5268C"/>
     <w:rsid w:val="00F60784"/>
+    <w:rsid w:val="00F61304"/>
     <w:rsid w:val="00F61C68"/>
+    <w:rsid w:val="00F6641D"/>
     <w:rsid w:val="00F66918"/>
+    <w:rsid w:val="00F70339"/>
     <w:rsid w:val="00F738D3"/>
     <w:rsid w:val="00F819B5"/>
     <w:rsid w:val="00F845D9"/>
     <w:rsid w:val="00F8692F"/>
     <w:rsid w:val="00F9157F"/>
     <w:rsid w:val="00F91675"/>
     <w:rsid w:val="00F94FF2"/>
     <w:rsid w:val="00F95BFB"/>
     <w:rsid w:val="00FA1B80"/>
     <w:rsid w:val="00FA25A3"/>
     <w:rsid w:val="00FA26D1"/>
     <w:rsid w:val="00FA3571"/>
     <w:rsid w:val="00FA5A42"/>
     <w:rsid w:val="00FA6AB4"/>
     <w:rsid w:val="00FB002C"/>
     <w:rsid w:val="00FB33A3"/>
+    <w:rsid w:val="00FB5B05"/>
     <w:rsid w:val="00FB65EE"/>
     <w:rsid w:val="00FB70C4"/>
     <w:rsid w:val="00FC4BAB"/>
+    <w:rsid w:val="00FC5ACE"/>
     <w:rsid w:val="00FD15EF"/>
     <w:rsid w:val="00FD192E"/>
     <w:rsid w:val="00FD7AFB"/>
+    <w:rsid w:val="00FE12C2"/>
     <w:rsid w:val="00FE202C"/>
     <w:rsid w:val="00FE6A66"/>
     <w:rsid w:val="00FF11F1"/>
     <w:rsid w:val="00FF4C6B"/>
+    <w:rsid w:val="00FF6D66"/>
     <w:rsid w:val="0E83D98D"/>
+    <w:rsid w:val="181EB591"/>
+    <w:rsid w:val="234B6D83"/>
+    <w:rsid w:val="2D6CBF40"/>
+    <w:rsid w:val="3320655E"/>
     <w:rsid w:val="57BFF291"/>
     <w:rsid w:val="5D88E56C"/>
     <w:rsid w:val="70A02445"/>
+    <w:rsid w:val="70B3D324"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-FR"/>
+  <w:themeFontLang w:val="fr-FR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="48C0340B"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{87C414D0-EAC1-4F02-A341-6FCF163DE5E6}"/>
+  <w15:docId w15:val="{98FF12AE-C727-4530-A79B-E1AEE4ACB92F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9309,67 +13808,65 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D7132"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00267DED"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentaireCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00267DED"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
     <w:name w:val="Commentaire Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Commentaire"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00267DED"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Commentaire"/>
     <w:next w:val="Commentaire"/>
     <w:link w:val="ObjetducommentaireCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00267DED"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
@@ -9399,55 +13896,70 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NotedefinCar">
     <w:name w:val="Note de fin Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Notedefin"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A0C68"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Appeldenotedefin">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002A0C68"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00825119"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:rsid w:val="00AF369E"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="314340744">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="993070436">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9844,113 +14356,244 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-    <xsd:import namespace="120c2686-80fa-464a-b509-2fd59c8e6f91"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B128FA6667BEE4409F0B480276429A7C" ma:contentTypeVersion="22" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="dd521ecd9fb8a6ba1a77bcedfd8b8c04">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xmlns:ns3="9dd70855-4555-4fc6-8fbc-e6f843257071" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ba6d346f715ae037ef72f549018afb72" ns2:_="" ns3:_="">
+    <xsd:import namespace="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8"/>
+    <xsd:import namespace="9dd70855-4555-4fc6-8fbc-e6f843257071"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:Partage" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:datecr_x00e9_ation" minOccurs="0"/>
+                <xsd:element ref="ns2:Mot_x002d_Cl_x00e9_" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="120c2686-80fa-464a-b509-2fd59c8e6f91" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Partage" ma:index="17" nillable="true" ma:displayName="Partage" ma:format="Dropdown" ma:internalName="Partage">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="19" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="20" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cc4018d8-b214-4a48-af45-02710e18d619" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="datecr_x00e9_ation" ma:index="27" nillable="true" ma:displayName="date création" ma:format="DateOnly" ma:internalName="datecr_x00e9_ation">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Mot_x002d_Cl_x00e9_" ma:index="28" nillable="true" ma:displayName="Mot-Clé" ma:format="Dropdown" ma:internalName="Mot_x002d_Cl_x00e9_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="29" nillable="true" ma:displayName="État de validation" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9dd70855-4555-4fc6-8fbc-e6f843257071" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{75ba000f-80cf-498b-908b-698d80370fa6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="9dd70855-4555-4fc6-8fbc-e6f843257071">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Type de contenu"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titre"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -10008,154 +14651,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Mot_x002d_Cl_x00e9_ xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xsi:nil="true"/>
+    <TaxCatchAll xmlns="9dd70855-4555-4fc6-8fbc-e6f843257071" xsi:nil="true"/>
+    <datecr_x00e9_ation xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Partage xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE2DCEC5-CEEE-4809-910D-E2DBCCAEAC9B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{889E7894-128C-4441-92C5-2F88E4986231}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07ED7F58-3981-4557-9389-02EEEAECC6CD}">
-[...15 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72E99109-97D3-4C8E-AB94-2FEE83FAB87E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9A3FABE-7A30-4634-8467-A9EE15BFB9C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="120c2686-80fa-464a-b509-2fd59c8e6f91"/>
+    <ds:schemaRef ds:uri="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8"/>
+    <ds:schemaRef ds:uri="9dd70855-4555-4fc6-8fbc-e6f843257071"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07ED7F58-3981-4557-9389-02EEEAECC6CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8"/>
+    <ds:schemaRef ds:uri="9dd70855-4555-4fc6-8fbc-e6f843257071"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1176</Characters>
+  <Pages>3</Pages>
+  <Words>561</Words>
+  <Characters>3089</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1387</CharactersWithSpaces>
+  <CharactersWithSpaces>3643</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BONNIVER Isabelle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_SetDate">
     <vt:lpwstr>2021-03-26T14:07:09Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Name">
     <vt:lpwstr>97a477d1-147d-4e34-b5e3-7b26d2f44870</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_SiteId">
     <vt:lpwstr>1f816a84-7aa6-4a56-b22a-7b3452fa8681</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_ActionId">
     <vt:lpwstr>5d596937-29dd-406d-aa6c-ca3e110055c2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-    <vt:lpwstr>0x01010032A775C039647F45A75D7B6F0AE37EFC</vt:lpwstr>
+    <vt:lpwstr>0x010100B128FA6667BEE4409F0B480276429A7C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>