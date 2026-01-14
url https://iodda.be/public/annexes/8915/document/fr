--- v0 (2025-10-22)
+++ v1 (2026-01-14)
@@ -1,114 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9447" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
         <w:gridCol w:w="5057"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006D39EB" w14:paraId="2F62731F" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="006D39EB" w:rsidRPr="00A46A63" w14:paraId="2F62731F" w14:textId="77777777" w:rsidTr="0D0A14DF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2162354D" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRDefault="006D39EB">
+          <w:p w14:paraId="2162354D" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRPr="00A46A63" w:rsidRDefault="006D39EB">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E8A2FB3" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRDefault="006D39EB">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E8A2FB3" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRPr="00A46A63" w:rsidRDefault="006D39EB">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="40330E0B" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRDefault="006D39EB">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40330E0B" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRPr="00A46A63" w:rsidRDefault="006D39EB">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="62B52DBB" wp14:editId="5BA85C70">
                   <wp:extent cx="2526030" cy="699135"/>
                   <wp:effectExtent l="0" t="0" r="7620" b="5715"/>
                   <wp:docPr id="2" name="Image 1">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Image 1">
                             <a:extLst>
                               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
                               </a:ext>
                             </a:extLst>
                           </pic:cNvPr>
                           <pic:cNvPicPr/>
@@ -121,21100 +124,14649 @@
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2526030" cy="699135"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="229A1A33" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRDefault="006D39EB" w:rsidP="006D39EB">
+          <w:p w14:paraId="229A1A33" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRPr="00A46A63" w:rsidRDefault="006D39EB" w:rsidP="006D39EB">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="02FAAADC" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRDefault="006D39EB" w:rsidP="006D39EB">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02FAAADC" w14:textId="77777777" w:rsidR="006D39EB" w:rsidRPr="00A46A63" w:rsidRDefault="006D39EB" w:rsidP="006D39EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1400"/>
               </w:tabs>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="233A4E6D" w14:textId="6579762A" w:rsidR="006D39EB" w:rsidRPr="006D39EB" w:rsidRDefault="006D39EB" w:rsidP="005E5844">
+          <w:p w14:paraId="233A4E6D" w14:textId="6579762A" w:rsidR="006D39EB" w:rsidRPr="00A46A63" w:rsidRDefault="006D39EB" w:rsidP="005E5844">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1400"/>
               </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E5549D1" w14:textId="25C0AA57" w:rsidR="006D39EB" w:rsidRDefault="006D39EB">
+          <w:p w14:paraId="0E5549D1" w14:textId="25C0AA57" w:rsidR="006D39EB" w:rsidRPr="00A46A63" w:rsidRDefault="006D39EB">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="632B9810" w14:textId="77777777" w:rsidR="005E5844" w:rsidRDefault="00E26492" w:rsidP="00D72D0A">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="632B9810" w14:textId="77777777" w:rsidR="005E5844" w:rsidRPr="00A46A63" w:rsidRDefault="00E26492" w:rsidP="00D72D0A">
             <w:pPr>
               <w:ind w:left="370" w:firstLine="1262"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00112FD1">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
-            <w:r w:rsidR="005C2CE5" w:rsidRPr="00112FD1">
+            <w:r w:rsidR="005C2CE5" w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>épartement</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E3D5C76" w14:textId="1A758E22" w:rsidR="00112FD1" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
+          <w:p w14:paraId="2E3D5C76" w14:textId="1A758E22" w:rsidR="00112FD1" w:rsidRPr="00A46A63" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
             <w:pPr>
               <w:ind w:left="356" w:firstLine="1262"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00112FD1">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>du sol</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46132105" w14:textId="0310E4FA" w:rsidR="00E26492" w:rsidRPr="00112FD1" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
+          <w:p w14:paraId="46132105" w14:textId="0310E4FA" w:rsidR="00E26492" w:rsidRPr="00A46A63" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
             <w:pPr>
               <w:ind w:left="370" w:firstLine="1262"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00112FD1">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>et des déchets</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38D229D3" w14:textId="77777777" w:rsidR="005C2CE5" w:rsidRPr="005C2CE5" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
+          <w:p w14:paraId="38D229D3" w14:textId="77777777" w:rsidR="005C2CE5" w:rsidRPr="00A46A63" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
             <w:pPr>
               <w:ind w:firstLine="1262"/>
               <w:rPr>
                 <w:caps/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="1882E132" w14:textId="77777777" w:rsidR="005E5844" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1882E132" w14:textId="77777777" w:rsidR="005E5844" w:rsidRPr="00A46A63" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
             <w:pPr>
               <w:ind w:left="362" w:firstLine="1262"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="92D050"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00112FD1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="92D050"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Direction </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="691672F3" w14:textId="2ADA6C8B" w:rsidR="00112FD1" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
+          <w:p w14:paraId="691672F3" w14:textId="2ADA6C8B" w:rsidR="00112FD1" w:rsidRPr="00A46A63" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
             <w:pPr>
               <w:ind w:left="362" w:firstLine="1262"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="92D050"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00112FD1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="92D050"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>de l’assainissement</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EDF80F2" w14:textId="45C608DB" w:rsidR="005E5844" w:rsidRPr="00D72D0A" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
+          <w:p w14:paraId="0EDF80F2" w14:textId="45C608DB" w:rsidR="005E5844" w:rsidRPr="00A46A63" w:rsidRDefault="005C2CE5" w:rsidP="00D72D0A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="363" w:firstLine="1262"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="92D050"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00112FD1">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:color w:val="92D050"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>des sols</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D39EB" w:rsidRPr="004B2F23" w14:paraId="0BCDD500" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="006D39EB" w:rsidRPr="00A46A63" w14:paraId="0BCDD500" w14:textId="77777777" w:rsidTr="0D0A14DF">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:left w:w="108" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9447" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
           </w:tcPr>
-          <w:p w14:paraId="36378A9F" w14:textId="1F2DE979" w:rsidR="006D39EB" w:rsidRPr="004B2F23" w:rsidRDefault="006D39EB" w:rsidP="006D39EB">
+          <w:p w14:paraId="36378A9F" w14:textId="1F2DE979" w:rsidR="006D39EB" w:rsidRPr="00A46A63" w:rsidRDefault="006D39EB" w:rsidP="006D39EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="44"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="004B2F23">
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
-                <w:sz w:val="44"/>
-                <w:szCs w:val="44"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>Formulaire de demande de dérogation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F1F5055" w14:textId="10E3200B" w:rsidR="003C1B21" w:rsidRPr="008157FC" w:rsidRDefault="003C1B21" w:rsidP="0D0A14DF">
+    <w:p w14:paraId="7040D25F" w14:textId="02E16C65" w:rsidR="003C1B21" w:rsidRPr="00A46A63" w:rsidRDefault="003C1B21" w:rsidP="00665C7B">
       <w:pPr>
         <w:spacing w:before="120"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0D0A14DF">
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Veuillez prendre connaissance de la </w:t>
       </w:r>
-      <w:r w:rsidRPr="0D0A14DF">
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>note explicative</w:t>
       </w:r>
-      <w:r w:rsidRPr="0D0A14DF">
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0D0A14DF">
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">disponible en </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="0D0A14DF">
+      <w:r w:rsidRPr="00AE7F74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:caps/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>annexe 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> avant de remplir le formulaire</w:t>
       </w:r>
-      <w:r w:rsidR="00D72D0A" w:rsidRPr="0D0A14DF">
+      <w:r w:rsidR="00D72D0A" w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30C3768C" w14:textId="25A884A3" w:rsidR="00EE54AE" w:rsidRPr="008157FC" w:rsidRDefault="00345E87" w:rsidP="008A410E">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="30C3768C" w14:textId="103F3478" w:rsidR="00EE54AE" w:rsidRPr="00665C7B" w:rsidRDefault="00345E87" w:rsidP="00665C7B">
+      <w:pPr>
+        <w:spacing w:before="120"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008157FC">
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Ce formulaire est à adresser, </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B071F">
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>sous format *.</w:t>
+        <w:t xml:space="preserve">sous format </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009B071F">
+      <w:r w:rsidR="00CC6F67">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>pdf</w:t>
+        <w:t>PDF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A4779D">
+      <w:r w:rsidR="00A4779D" w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B071F">
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EE54AE" w:rsidRPr="008157FC">
+      <w:r w:rsidR="00EE54AE" w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>à l’adresse suivante</w:t>
       </w:r>
-      <w:r w:rsidR="008A410E" w:rsidRPr="008157FC">
+      <w:r w:rsidR="008A410E" w:rsidRPr="00A46A63">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="008A410E" w:rsidRPr="008157FC">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="008A410E" w:rsidRPr="00A46A63">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>assainissement.sols@spw.wallonie.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:tbl>
-[...379 lines deleted...]
-    <w:p w14:paraId="4CA76FB0" w14:textId="72440620" w:rsidR="00B55C14" w:rsidRPr="00092EF3" w:rsidRDefault="00B55C14" w:rsidP="00092EF3">
+    <w:p w14:paraId="4CA76FB0" w14:textId="72440620" w:rsidR="00B55C14" w:rsidRPr="00A46A63" w:rsidRDefault="00B55C14" w:rsidP="00092EF3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1696"/>
-        <w:gridCol w:w="7088"/>
+        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="7941"/>
         <w:gridCol w:w="709"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B2F23" w14:paraId="5A7494CD" w14:textId="77777777" w:rsidTr="002833A5">
-[...2 lines deleted...]
-            <w:tcW w:w="9493" w:type="dxa"/>
+      <w:tr w:rsidR="004B2F23" w:rsidRPr="00A46A63" w14:paraId="5A7494CD" w14:textId="77777777" w:rsidTr="000E0A18">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD07710" w14:textId="10EE0F44" w:rsidR="004B2F23" w:rsidRDefault="002940D0" w:rsidP="004B2F23">
-[...5 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w14:paraId="6AD07710" w14:textId="7C980D8E" w:rsidR="004B2F23" w:rsidRPr="00D75ED0" w:rsidRDefault="00B44290" w:rsidP="004B2F23">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> STATUT</w:t>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Le d</w:t>
+            </w:r>
+            <w:r w:rsidR="00D75ED0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>emandeur</w:t>
+            </w:r>
+            <w:r w:rsidR="0072794B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A400E" w:rsidRPr="00D75ED0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00D75ED0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>mon statut</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B2F23" w14:paraId="79C625FE" w14:textId="77777777" w:rsidTr="003C0745">
+      <w:tr w:rsidR="004B2F23" w:rsidRPr="00A46A63" w14:paraId="79C625FE" w14:textId="77777777" w:rsidTr="000E0A18">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
-[...12 lines deleted...]
-          <w:p w14:paraId="4C5FA3D4" w14:textId="5E217E93" w:rsidR="004B2F23" w:rsidRPr="00A47E8C" w:rsidRDefault="009D4921" w:rsidP="004B2F23">
+            <w:tcW w:w="848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5FA3D4" w14:textId="5E217E93" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="009D4921" w:rsidP="00DA0D3C">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Je suis</w:t>
+            </w:r>
+            <w:r w:rsidR="004B2F23" w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1CD3AF" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F1A7FB" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
+            <w:pPr>
+              <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Je suis</w:t>
-[...40 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w14:paraId="6419800B" w14:textId="77777777" w:rsidTr="005D3BC1">
+      <w:tr w:rsidR="004B2F23" w:rsidRPr="00A46A63" w14:paraId="6419800B" w14:textId="77777777" w:rsidTr="000E0A18">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41AC6AFF" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
+            <w:tcW w:w="848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41AC6AFF" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="0E919DDE" w14:textId="32D23707" w:rsidR="004B2F23" w:rsidRPr="00893708" w:rsidRDefault="004B2F23" w:rsidP="00893708">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E919DDE" w14:textId="19EFAB91" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="00630368" w:rsidP="00893708">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00893708">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="60A83BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>Demandeur de permis d'urbanisme, unique ou intégré</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le </w:t>
+            </w:r>
+            <w:r w:rsidR="009F6790" w:rsidRPr="60A83BA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00915413" w:rsidRPr="60A83BA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>itulaire d’obligation et j’introduis la demande en mon nom</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF6195" w:rsidRPr="60A83BA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-300771746"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="03621057" w14:textId="31E24FE6" w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w:rsidRDefault="0037514B" w:rsidP="004B2F23">
+              <w:p w14:paraId="03621057" w14:textId="23EA8D86" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="00513C7E" w:rsidP="005E6F53">
                 <w:pPr>
-                  <w:ind w:right="-426"/>
+                  <w:ind w:right="-301"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00A46A63">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w14:paraId="44C18DA4" w14:textId="77777777" w:rsidTr="005D3BC1">
+      <w:tr w:rsidR="004B2F23" w:rsidRPr="00A46A63" w14:paraId="44C18DA4" w14:textId="77777777" w:rsidTr="000E0A18">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="415206CE" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
+            <w:tcW w:w="848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="415206CE" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02DBDA64" w14:textId="68649BD7" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="00231693" w:rsidP="006959C3">
+            <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00893708">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Exploitant d'une activité à risque pour le sol</w:t>
+              </w:rPr>
+              <w:t>Un expert agréé</w:t>
+            </w:r>
+            <w:r w:rsidR="005779F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en gestion des sols pollués </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mandaté et j’introduis </w:t>
+            </w:r>
+            <w:r w:rsidR="004678B3" w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>la demande</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004678B3" w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>au nom du titulaire d’obligation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2092350813"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="4755E1BB" w14:textId="4A4CB18F" w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w:rsidRDefault="0037514B" w:rsidP="004B2F23">
+              <w:p w14:paraId="4755E1BB" w14:textId="4A4CB18F" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="0037514B" w:rsidP="005E6F53">
                 <w:pPr>
-                  <w:ind w:right="-426"/>
+                  <w:ind w:right="-301"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00A46A63">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w14:paraId="3BB0E312" w14:textId="77777777" w:rsidTr="005D3BC1">
+      <w:tr w:rsidR="004B2F23" w:rsidRPr="00A46A63" w14:paraId="3BB0E312" w14:textId="77777777" w:rsidTr="000E0A18">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A80FB7D" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
+            <w:tcW w:w="848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A80FB7D" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...10 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213CD4BC" w14:textId="0B972F3C" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="004678B3" w:rsidP="006959C3">
+            <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008E38D3">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="60A83BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="005241C8" w:rsidRPr="008E38D3">
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un architecte </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6566" w:rsidRPr="60A83BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="008E38D3">
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mandaté </w:t>
+            </w:r>
+            <w:r w:rsidRPr="60A83BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>et j’introduis la demande au nom du titulaire d’obligation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="1845048589"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="35BA0079" w14:textId="1EF92FC5" w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w:rsidRDefault="0037514B" w:rsidP="004B2F23">
+              <w:p w14:paraId="35BA0079" w14:textId="1EF92FC5" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="0037514B" w:rsidP="005E6F53">
                 <w:pPr>
-                  <w:ind w:right="-426"/>
+                  <w:ind w:right="-301"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00A46A63">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w14:paraId="054B547B" w14:textId="77777777" w:rsidTr="00480E80">
+      <w:tr w:rsidR="004B2F23" w:rsidRPr="00A46A63" w14:paraId="054B547B" w14:textId="77777777" w:rsidTr="000E0A18">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C03FD76" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
+            <w:tcW w:w="848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C03FD76" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...13 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="101F5C21" w14:textId="5CE816FC" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="004678B3" w:rsidP="006959C3">
+            <w:pPr>
+              <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00893708">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="60A83BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="000000"/>
-[...21 lines deleted...]
-              <w:t>:</w:t>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Un tiers mandaté et j’introduis la demande au nom du titulaire d’obligation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="235522663"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="709" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1E1E23AD" w14:textId="6FD046A7" w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w:rsidRDefault="008E7738" w:rsidP="004B2F23">
+              <w:p w14:paraId="1E1E23AD" w14:textId="0FC721ED" w:rsidR="004B2F23" w:rsidRPr="00A46A63" w:rsidRDefault="008E5A2C" w:rsidP="005E6F53">
                 <w:pPr>
-                  <w:ind w:right="-426"/>
+                  <w:ind w:right="-301"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00A46A63">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w14:paraId="22F90671" w14:textId="77777777" w:rsidTr="00480E80">
+      <w:tr w:rsidR="001654C2" w:rsidRPr="002527CE" w14:paraId="2427894A" w14:textId="77777777" w:rsidTr="000E0A18">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
-        <w:tc>
-[...6 lines deleted...]
-          <w:p w14:paraId="35F4A1BD" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
+        <w:trPr>
+          <w:trHeight w:val="142"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41980563" w14:textId="77777777" w:rsidR="001654C2" w:rsidRPr="002527CE" w:rsidRDefault="001654C2" w:rsidP="004B2F23">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...21 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00137C3D" w14:textId="77777777" w:rsidR="001654C2" w:rsidRPr="002527CE" w:rsidRDefault="001654C2" w:rsidP="00893708">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-          <w:p w14:paraId="2CF3E085" w14:textId="77777777" w:rsidR="004B2F23" w:rsidRPr="00FF11F1" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
+          </w:tcPr>
+          <w:p w14:paraId="0691D867" w14:textId="77777777" w:rsidR="001654C2" w:rsidRPr="002527CE" w:rsidRDefault="001654C2" w:rsidP="004B2F23">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
-                <w:sz w:val="32"/>
-[...86 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0476F3D4" w14:textId="42989D44" w:rsidR="001657E8" w:rsidRPr="001657E8" w:rsidRDefault="001657E8" w:rsidP="00F845D9">
-[...139 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="12CD6A02" w14:textId="77777777" w:rsidR="000A3A20" w:rsidRDefault="000A3A20">
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Personne de contact</w:t>
+        <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="003C0745">
-[...874 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9488"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1387"/>
+        <w:gridCol w:w="1307"/>
+        <w:gridCol w:w="1541"/>
+        <w:gridCol w:w="549"/>
+        <w:gridCol w:w="4147"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B2F23" w14:paraId="59D84DE3" w14:textId="77777777" w:rsidTr="002833A5">
-[...2 lines deleted...]
-            <w:tcW w:w="9488" w:type="dxa"/>
+      <w:tr w:rsidR="004678B3" w:rsidRPr="00A46A63" w14:paraId="7BF6C89B" w14:textId="77777777" w:rsidTr="000E0A18">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA1D0EA" w14:textId="72FA2B71" w:rsidR="004B2F23" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
-[...170 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="4165DDB2" w14:textId="28EFCE63" w:rsidR="004678B3" w:rsidRPr="00D75ED0" w:rsidRDefault="00C71800" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...314 lines deleted...]
-              <w:t>Pêche</w:t>
+            <w:r w:rsidRPr="60A83BA2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Le t</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF390F" w:rsidRPr="60A83BA2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>itulaire d’obligation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="60A83BA2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00083C89" w14:paraId="41CB89FE" w14:textId="55BD8786" w:rsidTr="00E24395">
-[...165 lines deleted...]
-        </w:tc>
+      <w:tr w:rsidR="00414AF3" w:rsidRPr="00A46A63" w14:paraId="679B4105" w14:textId="77777777" w:rsidTr="000E0A18">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5846A7" w14:textId="77777777" w:rsidR="00414AF3" w:rsidRPr="00414AF3" w:rsidRDefault="00414AF3" w:rsidP="002C177B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk195880000"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w14:paraId="5D0DBA91" w14:textId="77777777" w:rsidTr="00672EA9">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="20"/>
-              <w:szCs w:val="20"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-1916076003"/>
+            <w:id w:val="-241027247"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="648" w:type="dxa"/>
-[...3 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                <w:tcW w:w="567" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
-              <w:p w14:paraId="53C089D5" w14:textId="315720D3" w:rsidR="00083C89" w:rsidRPr="00E306C9" w:rsidRDefault="00105BF1" w:rsidP="00083C89">
+              <w:p w14:paraId="7432D9CB" w14:textId="7C041D37" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00AE5ED4" w:rsidP="002C177B">
                 <w:pPr>
-                  <w:ind w:right="-17"/>
-                  <w:jc w:val="center"/>
+                  <w:spacing w:after="120"/>
+                  <w:ind w:right="-425"/>
                   <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-        <w:sdt>
-[...30 lines deleted...]
-                <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4235" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6A6EA4" w14:textId="467CEFF4" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00AE5ED4" w:rsidP="002C177B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Personne morale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="15208850" w14:textId="61BE1A2A" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00646403" w:rsidP="002C177B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="215244771"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00AE5ED4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...17 lines deleted...]
-              <w:spacing w:before="120"/>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4147" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7F8492" w14:textId="69DD9A2C" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00AE5ED4" w:rsidP="002C177B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
               <w:ind w:right="-425"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E306C9">
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Particulier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002527CE" w:rsidRPr="00414AF3" w14:paraId="72B52C3C" w14:textId="77777777" w:rsidTr="000E0A18">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B165485" w14:textId="77777777" w:rsidR="002527CE" w:rsidRPr="00414AF3" w:rsidRDefault="002527CE" w:rsidP="002C177B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E0A18" w:rsidRPr="00A46A63" w14:paraId="0EB3F300" w14:textId="77777777" w:rsidTr="000E0A18">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="240366BC" w14:textId="77777777" w:rsidR="000E0A18" w:rsidRPr="00A46A63" w:rsidRDefault="000E0A18" w:rsidP="002C177B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>P2</w:t>
-[...8 lines deleted...]
-            </w:tcBorders>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dénomination ou raison sociale :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F6DBB24" w14:textId="31F45348" w:rsidR="00083C89" w:rsidRPr="00E306C9" w:rsidRDefault="00083C89" w:rsidP="00083C89">
-[...3 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="00FD4104" w14:textId="4BCA1E90" w:rsidR="000E0A18" w:rsidRPr="00A46A63" w:rsidRDefault="000E0A18" w:rsidP="002C177B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...8 lines deleted...]
-              <w:rPr>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="002C177B" w:rsidRPr="00A46A63" w14:paraId="2F704AFF" w14:textId="77777777" w:rsidTr="000E0A18">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB3B695" w14:textId="77777777" w:rsidR="002C177B" w:rsidRPr="002C177B" w:rsidRDefault="002C177B" w:rsidP="002C177B">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003400AC" w:rsidRPr="00A46A63" w14:paraId="6553C281" w14:textId="77777777" w:rsidTr="000E0A18">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F172F1" w14:textId="04EEFEEA" w:rsidR="003400AC" w:rsidRPr="00AE5ED4" w:rsidRDefault="003400AC" w:rsidP="002C177B">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE5ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-            <w:tcW w:w="829" w:type="dxa"/>
+              <w:t>N° BCE :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7544" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="67085269" w14:textId="655287A2" w:rsidR="00083C89" w:rsidRPr="00E306C9" w:rsidRDefault="00083C89" w:rsidP="00083C89">
-[...3 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="63CA5CB7" w14:textId="3AA06FE5" w:rsidR="003400AC" w:rsidRPr="00646403" w:rsidRDefault="003400AC" w:rsidP="002C177B">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...142 lines deleted...]
-        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00083C89" w14:paraId="164B5112" w14:textId="037B3A2D" w:rsidTr="00E24395">
-[...1829 lines deleted...]
-        </w:sdt>
+      <w:tr w:rsidR="002C177B" w:rsidRPr="00A46A63" w14:paraId="1BB80CA2" w14:textId="77777777" w:rsidTr="000E0A18">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D2B008" w14:textId="77777777" w:rsidR="002C177B" w:rsidRPr="00A46A63" w:rsidRDefault="002C177B" w:rsidP="002C177B">
+            <w:pPr>
+              <w:ind w:left="-102" w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2FB1AC10" w14:textId="6E29EFD3" w:rsidR="008F200F" w:rsidRDefault="004965E7" w:rsidP="00800557">
-[...1 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="094CF096" w14:textId="74B4FC44" w:rsidR="00A83F22" w:rsidRPr="00A46A63" w:rsidRDefault="00A83F22" w:rsidP="00B95762">
+      <w:pPr>
+        <w:spacing w:before="120"/>
         <w:ind w:right="-425"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Motif </w:t>
-[...7582 lines deleted...]
-        <w:t xml:space="preserve"> :</w:t>
+        <w:t>Adresse postale :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9493" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-[...336 lines deleted...]
-        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1129"/>
-        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1399"/>
+        <w:gridCol w:w="1720"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1552"/>
+        <w:gridCol w:w="1061"/>
+        <w:gridCol w:w="2202"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F200F" w14:paraId="7D04FE0E" w14:textId="77777777" w:rsidTr="008F200F">
-[...4 lines deleted...]
-          <w:p w14:paraId="56C91327" w14:textId="77777777" w:rsidR="008F200F" w:rsidRDefault="008F200F" w:rsidP="009E3EF8">
+      <w:tr w:rsidR="00A2326C" w:rsidRPr="00A46A63" w14:paraId="4F10E592" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DDF7958" w14:textId="5613826E" w:rsidR="00A2326C" w:rsidRPr="00A46A63" w:rsidRDefault="00A2326C" w:rsidP="006E7357">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk190433707"/>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>Rue</w:t>
+            </w:r>
+            <w:r w:rsidR="006E7357">
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4831" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="513EEFF9" w14:textId="1344F183" w:rsidR="00A2326C" w:rsidRPr="00A46A63" w:rsidRDefault="00A2326C" w:rsidP="006E7357">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1061" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7688F679" w14:textId="3C436730" w:rsidR="00A2326C" w:rsidRPr="00A46A63" w:rsidRDefault="00A2326C" w:rsidP="006E7357">
+            <w:pPr>
+              <w:ind w:right="-110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00D41163">
+              <w:t>°</w:t>
+            </w:r>
+            <w:r w:rsidR="006E7357">
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F648A0C" w14:textId="56F1E4D6" w:rsidR="00A2326C" w:rsidRPr="00A46A63" w:rsidRDefault="00A2326C" w:rsidP="00A8201A">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="-425"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3C2F" w:rsidRPr="002E2B97" w14:paraId="53E51510" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9493" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F225A0B" w14:textId="77777777" w:rsidR="00CE3C2F" w:rsidRPr="002E2B97" w:rsidRDefault="00CE3C2F" w:rsidP="00CE3C2F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00164A3D" w:rsidRPr="00A46A63" w14:paraId="4BCC0AEA" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:trPr>
+          <w:trHeight w:val="399"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5643EB94" w14:textId="527A6DBF" w:rsidR="00164A3D" w:rsidRPr="00A46A63" w:rsidRDefault="00164A3D" w:rsidP="006E7357">
+            <w:pPr>
+              <w:ind w:right="-425"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...6 lines deleted...]
-        </w:tc>
+              <w:t>Code Postal :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B5DC55" w14:textId="7CE5AE96" w:rsidR="00164A3D" w:rsidRPr="00A46A63" w:rsidRDefault="00164A3D" w:rsidP="00A8201A">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="73D2A961" w14:textId="742278BF" w:rsidR="00164A3D" w:rsidRPr="00275318" w:rsidRDefault="005B4D46" w:rsidP="00275318">
+            <w:r>
+              <w:t xml:space="preserve">Localité : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0A5E2E" w14:textId="6E096007" w:rsidR="00164A3D" w:rsidRPr="00A46A63" w:rsidRDefault="00164A3D" w:rsidP="00A8201A">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D66AF0" w:rsidRPr="00D66AF0" w14:paraId="084461C6" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:trPr>
+          <w:trHeight w:val="148"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9493" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="223FE517" w14:textId="77777777" w:rsidR="00D66AF0" w:rsidRPr="00D66AF0" w:rsidRDefault="00D66AF0" w:rsidP="00A8201A">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B41D29" w:rsidRPr="00A46A63" w14:paraId="064CD02B" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="187CEC8A" w14:textId="3BAF9B26" w:rsidR="00B41D29" w:rsidRDefault="00B41D29" w:rsidP="006E7357">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Pays : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="31812FFF" w14:textId="7F2DA6D2" w:rsidR="00B41D29" w:rsidRDefault="00646403" w:rsidP="0027724A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="555"/>
+                <w:tab w:val="center" w:pos="1248"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1259178784"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="1"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B41D29">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☒</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0027724A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00B41D29" w:rsidRPr="0027724A">
+              <w:t>Be</w:t>
+            </w:r>
+            <w:r w:rsidR="0027724A" w:rsidRPr="0027724A">
+              <w:t>lgique</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D7A556" w14:textId="1565CAB1" w:rsidR="00B41D29" w:rsidRPr="00A46A63" w:rsidRDefault="00646403" w:rsidP="0027724A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1097"/>
+              </w:tabs>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-724212856"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B41D29" w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0027724A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="0027724A" w:rsidRPr="0027724A">
+              <w:t>Autre :</w:t>
+            </w:r>
+            <w:r w:rsidR="0027724A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5126DE" w14:textId="1298FABB" w:rsidR="00B41D29" w:rsidRPr="00A46A63" w:rsidRDefault="00B41D29" w:rsidP="00A8201A">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="5F4076B0" w14:textId="1EF4BA84" w:rsidR="00951F80" w:rsidRPr="00A46A63" w:rsidRDefault="00951F80" w:rsidP="00951F80">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:right="-425"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Personne de contact :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1294"/>
+        <w:gridCol w:w="216"/>
+        <w:gridCol w:w="525"/>
+        <w:gridCol w:w="1084"/>
+        <w:gridCol w:w="1321"/>
+        <w:gridCol w:w="17"/>
+        <w:gridCol w:w="1708"/>
+        <w:gridCol w:w="15"/>
+        <w:gridCol w:w="3318"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00951F80" w:rsidRPr="00A46A63" w14:paraId="7D9EB272" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1510" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E5EC0D2" w14:textId="77777777" w:rsidR="00951F80" w:rsidRPr="005A05A0" w:rsidRDefault="00951F80" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk68162501"/>
+            <w:r w:rsidRPr="005A05A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Nom :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2930" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="541801F1" w14:textId="77777777" w:rsidR="00951F80" w:rsidRPr="00A46A63" w:rsidRDefault="00951F80" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="-210" w:right="-425" w:firstLine="210"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1725" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="380F6998" w14:textId="77777777" w:rsidR="00951F80" w:rsidRPr="00A46A63" w:rsidRDefault="00951F80" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Prénom</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4252CD67" w14:textId="77777777" w:rsidR="00951F80" w:rsidRPr="00A46A63" w:rsidRDefault="00951F80" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00951F80" w:rsidRPr="005A05A0" w14:paraId="021A85D8" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C30AAF0" w14:textId="77777777" w:rsidR="00951F80" w:rsidRPr="005A05A0" w:rsidRDefault="00951F80" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00951F80" w:rsidRPr="00A46A63" w14:paraId="61DD860D" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2035" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E8D5BFA" w14:textId="77777777" w:rsidR="00951F80" w:rsidRPr="005A05A0" w:rsidRDefault="00951F80" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A05A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Fonction :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7463" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="200E5B9E" w14:textId="77777777" w:rsidR="00951F80" w:rsidRPr="00A46A63" w:rsidRDefault="00951F80" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="-2733" w:right="-425" w:firstLine="2733"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D41163" w:rsidRPr="005A05A0" w14:paraId="2CCC42F5" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C2CA00" w14:textId="77777777" w:rsidR="00D41163" w:rsidRPr="005A05A0" w:rsidRDefault="00D41163" w:rsidP="00D41163">
+            <w:pPr>
+              <w:ind w:firstLine="2733"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="2"/>
+      <w:tr w:rsidR="006F4615" w:rsidRPr="00A46A63" w14:paraId="4F988835" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1294" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BE6502B" w14:textId="33AA64FF" w:rsidR="006F4615" w:rsidRPr="005A05A0" w:rsidRDefault="00247CB1" w:rsidP="00AD6C8B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A05A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Tel :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9E6D11" w14:textId="1B8E8570" w:rsidR="006F4615" w:rsidRPr="005A05A0" w:rsidRDefault="006F4615" w:rsidP="00AD6C8B">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1723" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41CB114C" w14:textId="1F92C2E1" w:rsidR="006F4615" w:rsidRPr="00A46A63" w:rsidRDefault="00247CB1" w:rsidP="00247CB1">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mobile :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="26636EA5" w14:textId="45A1D63B" w:rsidR="006F4615" w:rsidRPr="00A46A63" w:rsidRDefault="006F4615" w:rsidP="00AD6C8B">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B32A0D" w:rsidRPr="005A05A0" w14:paraId="04AD2830" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7AC57883" w14:textId="77777777" w:rsidR="00B32A0D" w:rsidRPr="005A05A0" w:rsidRDefault="00B32A0D" w:rsidP="00B32A0D">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B32A0D" w:rsidRPr="00A46A63" w14:paraId="19D00818" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="534D48BE" w14:textId="31609402" w:rsidR="00B32A0D" w:rsidRPr="005A05A0" w:rsidRDefault="00B32A0D" w:rsidP="00291F37">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A05A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Adresse électronique :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C349F4C" w14:textId="022693FC" w:rsidR="00B32A0D" w:rsidRPr="00A46A63" w:rsidRDefault="00B32A0D" w:rsidP="00AD6C8B">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5FA23C2E" w14:textId="77777777" w:rsidR="000A3A20" w:rsidRDefault="000A3A20">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="1541"/>
+        <w:gridCol w:w="549"/>
+        <w:gridCol w:w="4147"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00801826" w:rsidRPr="00A46A63" w14:paraId="49EB6351" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="165B5C2A" w14:textId="6D68917C" w:rsidR="00801826" w:rsidRPr="00D75ED0" w:rsidRDefault="00C71800" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>L’</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5A2C" w:rsidRPr="00D75ED0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Expert</w:t>
+            </w:r>
+            <w:r w:rsidR="00E31EB0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> l’a</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5A2C" w:rsidRPr="00D75ED0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>rchitecte</w:t>
+            </w:r>
+            <w:r w:rsidR="00E31EB0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ou </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">le </w:t>
+            </w:r>
+            <w:r w:rsidR="008E5A2C" w:rsidRPr="00D75ED0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>tiers mandaté</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44290">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00801826" w:rsidRPr="00A46A63" w14:paraId="7843D4AF" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="493458EA" w14:textId="77777777" w:rsidR="00801826" w:rsidRPr="00AE5ED4" w:rsidRDefault="00801826" w:rsidP="002A44A5">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w14:paraId="1231DF11" w14:textId="77777777" w:rsidTr="00672EA9">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-1404288101"/>
+            <w:id w:val="-51784106"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:tcW w:w="567" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:tcPr>
-              <w:p w14:paraId="7AF0A55E" w14:textId="49F1B225" w:rsidR="008F200F" w:rsidRPr="009E3EF8" w:rsidRDefault="00065053" w:rsidP="008F200F">
+              <w:p w14:paraId="514051E5" w14:textId="77777777" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00AE5ED4" w:rsidP="00672EA9">
                 <w:pPr>
+                  <w:spacing w:after="120"/>
                   <w:ind w:right="-425"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
-      </w:tr>
-[...9 lines deleted...]
-              <w:rPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4235" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFB6DD6" w14:textId="60666346" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00AE5ED4" w:rsidP="00672EA9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Personne morale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB1A541" w14:textId="77777777" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00646403" w:rsidP="00672EA9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>NON</w:t>
-[...30 lines deleted...]
-                <w:r w:rsidRPr="009E3EF8">
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-141269516"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00AE5ED4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...2 lines deleted...]
-        </w:sdt>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4147" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="501D617D" w14:textId="77777777" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00AE5ED4" w:rsidP="00672EA9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Particulier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE5ED4" w:rsidRPr="00AE5ED4" w14:paraId="10936F96" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB15194" w14:textId="77777777" w:rsidR="00AE5ED4" w:rsidRPr="00AE5ED4" w:rsidRDefault="00AE5ED4" w:rsidP="005A05A0">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="6"/>
+                <w:szCs w:val="6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w14:paraId="0147636C" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3261" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="269F03BC" w14:textId="77777777" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00AE5ED4" w:rsidP="00672EA9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Dénomination ou raison sociale :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5F04C9" w14:textId="77777777" w:rsidR="00AE5ED4" w:rsidRPr="00A46A63" w:rsidRDefault="00AE5ED4" w:rsidP="00672EA9">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="00AE5ED4" w14:paraId="10362690" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0341D933" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00AE5ED4" w:rsidRDefault="005A05A0" w:rsidP="005A05A0">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="00A46A63" w14:paraId="5171591B" w14:textId="77777777" w:rsidTr="00AE5ED4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="Grilledutableau"/>
+              <w:tblW w:w="9498" w:type="dxa"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="1843"/>
+              <w:gridCol w:w="7655"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="005A05A0" w:rsidRPr="00A46A63" w14:paraId="47F53689" w14:textId="77777777" w:rsidTr="00AE5ED4">
+              <w:trPr>
+                <w:trHeight w:val="300"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1843" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                </w:tcPr>
+                <w:p w14:paraId="75D6D127" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00AE5ED4" w:rsidRDefault="005A05A0" w:rsidP="005A05A0">
+                  <w:pPr>
+                    <w:ind w:left="-102" w:right="-425"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00AE5ED4">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                      <w:color w:val="000000"/>
+                    </w:rPr>
+                    <w:t>Numéro BCE </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00AE5ED4">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">:  </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7655" w:type="dxa"/>
+                  <w:tcBorders>
+                    <w:top w:val="nil"/>
+                    <w:left w:val="nil"/>
+                    <w:bottom w:val="nil"/>
+                    <w:right w:val="nil"/>
+                  </w:tcBorders>
+                  <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+                </w:tcPr>
+                <w:p w14:paraId="4D22B7E2" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="005A05A0">
+                  <w:pPr>
+                    <w:spacing w:before="120"/>
+                    <w:ind w:right="-425"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="0DF37F8F" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56BE030B" w14:textId="77777777" w:rsidR="00490965" w:rsidRPr="00490965" w:rsidRDefault="00490965" w:rsidP="00CB1BED">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="0"/>
+    <w:p w14:paraId="5D4328F2" w14:textId="77777777" w:rsidR="00801826" w:rsidRPr="001657E8" w:rsidRDefault="00801826" w:rsidP="00801826">
+      <w:pPr>
+        <w:spacing w:before="120"/>
         <w:ind w:right="-425"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00490965">
+    </w:p>
+    <w:p w14:paraId="4AAA8290" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="005A05A0">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:ind w:right="-425"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Le demandeur est-il propriétaire du terrain</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00490965">
+      </w:pPr>
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> ?</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">    </w:t>
+        <w:t>Adresse postale :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E913AC" w14:textId="0F5BDEA2" w:rsidR="00FD7AFB" w:rsidRDefault="00FD7AFB" w:rsidP="007808AE">
-[...1 lines deleted...]
-        <w:spacing w:before="120"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1399"/>
+        <w:gridCol w:w="1720"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1552"/>
+        <w:gridCol w:w="1061"/>
+        <w:gridCol w:w="2202"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="00A46A63" w14:paraId="5DB4577E" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5FA276" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>Rue</w:t>
+            </w:r>
+            <w:r>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4831" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E83BAC" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1061" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1545EECF" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:t>° :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2202" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E72CF4" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="002E2B97" w14:paraId="4DE41851" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9493" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8D6838" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="002E2B97" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C7DAE" w:rsidRPr="00A46A63" w14:paraId="019D71F4" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:trPr>
+          <w:trHeight w:val="399"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4285AB73" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Code Postal :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0F3452" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B56E396" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00275318" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:r>
+              <w:t xml:space="preserve">Localité : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F65DB5D" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="00D66AF0" w14:paraId="1D27F16B" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:trPr>
+          <w:trHeight w:val="148"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9493" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1029582A" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00D66AF0" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C7DAE" w:rsidRPr="00A46A63" w14:paraId="096B75C7" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1399" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="206550A8" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Pays : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D3F064" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRDefault="00646403" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="555"/>
+                <w:tab w:val="center" w:pos="1248"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-600414863"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="1"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005A05A0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☒</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="005A05A0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="005A05A0" w:rsidRPr="0027724A">
+              <w:t>Belgique</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BA2D19" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="00646403" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1097"/>
+              </w:tabs>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="95067773"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="005A05A0" w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="005A05A0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="005A05A0" w:rsidRPr="0027724A">
+              <w:t>Autre :</w:t>
+            </w:r>
+            <w:r w:rsidR="005A05A0">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B60BE25" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7A91FFB9" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="005A05A0">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
         <w:ind w:right="-425"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:ind w:right="-425"/>
+      <w:r w:rsidRPr="00A46A63">
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:t>Si non, préciser l’identité du propriétaire du terrain :</w:t>
+        <w:t>Personne de contact :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9501" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="993"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="8"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="402"/>
+        <w:gridCol w:w="1157"/>
+        <w:gridCol w:w="1548"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="1124"/>
+        <w:gridCol w:w="10"/>
+        <w:gridCol w:w="4256"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F200F" w14:paraId="196C631D" w14:textId="77777777" w:rsidTr="008F200F">
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="00A46A63" w14:paraId="1CDE542E" w14:textId="77777777" w:rsidTr="000C7DAE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-              <w:ind w:right="-425"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0C5165" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="005A05A0" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A05A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Nom :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3107" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="499B6CD4" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="-210" w:right="-425" w:firstLine="210"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006A0606">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1135" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AAAD263" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...24 lines deleted...]
-              <w:ind w:left="-212" w:right="-425" w:firstLine="212"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>Prénom</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:ind w:right="-425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006A0606">
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4266" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="365603D8" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-            <w:tcW w:w="4266" w:type="dxa"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="005A05A0" w14:paraId="57C007CB" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9501" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="185032F8" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="005A05A0" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="00A46A63" w14:paraId="32126210" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1395" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF7DD52" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="005A05A0" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A05A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Fonction :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8106" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF2862E" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="-2733" w:right="-425" w:firstLine="2733"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="005A05A0" w14:paraId="3020F7E4" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9501" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0648C101" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="005A05A0" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:firstLine="2733"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C7DAE" w:rsidRPr="00A46A63" w14:paraId="622670A0" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD2A5F7" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="005A05A0" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A05A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Tel :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B35E126" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="005A05A0" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0B68B7" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Mobile :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4256" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BCFC42" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="005A05A0" w14:paraId="74CFF234" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9501" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="77BBA5AE" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="005A05A0" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A05A0" w:rsidRPr="00A46A63" w14:paraId="1BA0E045" w14:textId="77777777" w:rsidTr="000C7DAE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="688BA79B" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="005A05A0" w:rsidRDefault="005A05A0" w:rsidP="002A44A5">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A05A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Adresse électronique :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6949" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="71EC830C" w14:textId="2492FB2B" w:rsidR="008F200F" w:rsidRPr="00301470" w:rsidRDefault="008F200F" w:rsidP="00EC446E">
-[...393 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="50A9C2BE" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRPr="00A46A63" w:rsidRDefault="005A05A0" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32E74321" w14:textId="77777777" w:rsidR="00442176" w:rsidRDefault="00442176" w:rsidP="007808AE">
-[...1 lines deleted...]
-        <w:spacing w:before="120"/>
+    <w:p w14:paraId="4728C848" w14:textId="54859475" w:rsidR="00E426D3" w:rsidRDefault="00E426D3" w:rsidP="001D5F4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="-425"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="420CFC03" w14:textId="77777777" w:rsidR="00442176" w:rsidRPr="008F200F" w:rsidRDefault="00442176" w:rsidP="007808AE">
-[...1 lines deleted...]
-        <w:spacing w:before="120"/>
+    <w:p w14:paraId="30760036" w14:textId="77777777" w:rsidR="009C0B9A" w:rsidRDefault="009C0B9A" w:rsidP="001D5F4A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:right="-425"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B2601F8" w14:textId="77777777" w:rsidR="005A05A0" w:rsidRDefault="005A05A0">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="14377" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="504"/>
+        <w:gridCol w:w="1326"/>
+        <w:gridCol w:w="517"/>
         <w:gridCol w:w="63"/>
-        <w:gridCol w:w="759"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="4836"/>
+        <w:gridCol w:w="1071"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="42"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="524"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="4879"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B2F23" w14:paraId="35C25614" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="04F9A530" w14:textId="77777777" w:rsidTr="00316435">
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="431C7507" w14:textId="627FAB56" w:rsidR="004B2F23" w:rsidRDefault="004B2F23" w:rsidP="004B2F23">
+          <w:p w14:paraId="39F84847" w14:textId="553E9479" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> POUR CE TERRAIN CAR :</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="_Hlk190080033"/>
+            <w:r w:rsidR="00B86CA1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Le c</w:t>
+            </w:r>
+            <w:r w:rsidR="00825BC6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ontexte de la demande - u</w:t>
+            </w:r>
+            <w:r w:rsidR="003A6D93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ne étude d’orientation est requise sur le terrain car</w:t>
+            </w:r>
+            <w:r w:rsidR="00976381" w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00712CCD" w:rsidRPr="00712CCD" w14:paraId="3D7844B9" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:bookmarkEnd w:id="3"/>
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="2F46899D" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9112" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="20451630" w14:textId="3B23893A" w:rsidR="00B93068" w:rsidRPr="003F16E4" w:rsidRDefault="00712CCD" w:rsidP="00E5598D">
+            <w:tcW w:w="8931" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA54750" w14:textId="0D57F8C3" w:rsidR="0012032D" w:rsidRDefault="00976381" w:rsidP="00FA14A3">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="8"/>
+                <w:numId w:val="21"/>
               </w:numPr>
-              <w:spacing w:before="480"/>
-[...63 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="612"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">Le terrain figure en couleur pêche à la BDES et </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED500E" w:rsidRPr="00A46A63">
+              <w:t>j’envisage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> une</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D4A71">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> demande de permis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CB69B0">
-[...13 lines deleted...]
-              <w:t>impactant la gestion des sols</w:t>
+            <w:r w:rsidR="00AD31DD" w:rsidRPr="00A46A63">
+              <w:t>avec</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD31DD" w:rsidRPr="000D4A71">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un volet urbanistique</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD31DD">
+              <w:t xml:space="preserve"> impliquant </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>des travaux</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD31DD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D846F5">
+              <w:t>parmi les suivants :</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD31DD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="505C4EA8" w14:textId="77777777" w:rsidR="008D5E7D" w:rsidRDefault="00D846F5" w:rsidP="00AD0824">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:ind w:left="964" w:hanging="357"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">construction d’un </w:t>
+            </w:r>
+            <w:r w:rsidR="008C0AB5">
+              <w:t>bâtiment</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> ou d’un ouvrage, ou utilisation d’un terrain pour le placement d’une ou plusieurs installations fixes ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61B4C583" w14:textId="77777777" w:rsidR="008D5E7D" w:rsidRDefault="00D846F5" w:rsidP="00AD0824">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="964"/>
+            </w:pPr>
+            <w:r>
+              <w:t>reconstruction ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DB51134" w14:textId="77777777" w:rsidR="008D5E7D" w:rsidRDefault="00D846F5" w:rsidP="00AD0824">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="964"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">modification sensible du </w:t>
+            </w:r>
+            <w:r w:rsidR="008C0AB5">
+              <w:t>relief</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> du sol ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3557B7BA" w14:textId="447B5CCF" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00D846F5" w:rsidP="00AD0824">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="964"/>
+            </w:pPr>
+            <w:r>
+              <w:t>défrichement ou modification de la végétation d’une zone dont le Gouvernement juge la projection nécessaire.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="823245354"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="386" w:type="dxa"/>
+                <w:tcW w:w="567" w:type="dxa"/>
                 <w:tcBorders>
                   <w:left w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="7AC04732" w14:textId="708E879A" w:rsidR="00712CCD" w:rsidRPr="00AC434C" w:rsidRDefault="00E24395" w:rsidP="00E24395">
+              <w:p w14:paraId="013026A0" w14:textId="5D48DF13" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00456F0B" w:rsidP="004B1C05">
                 <w:pPr>
                   <w:spacing w:before="480" w:after="120"/>
                   <w:ind w:right="-425"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00EB3ADA" w:rsidRPr="00712CCD" w14:paraId="593D2DA3" w14:textId="77777777" w:rsidTr="0D0A14DF">
-[...58 lines deleted...]
-      <w:tr w:rsidR="00970219" w:rsidRPr="00712CCD" w14:paraId="383BCC4E" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="5583C7A3" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="4836" w:type="dxa"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="8931" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="401A1C6F" w14:textId="108A940B" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="005C0AA0" w:rsidP="000F218F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="459" w:right="-425" w:hanging="288"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Quel est l’o</w:t>
+            </w:r>
+            <w:r w:rsidR="00976381" w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>bjet du permis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>, la n</w:t>
+            </w:r>
+            <w:r w:rsidR="00976381" w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>ature des travaux envisagés</w:t>
+            </w:r>
+            <w:r w:rsidR="00976381" w:rsidRPr="00A46A63">
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(résumé)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F24C40">
+              <w:t> ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62AACCE3" w14:textId="73AE744B" w:rsidR="00970219" w:rsidRDefault="00970219" w:rsidP="00FA26D1">
+          <w:p w14:paraId="44C1AFD8" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="-425"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...32 lines deleted...]
-              <w:ind w:right="-425"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019691A" w:rsidRPr="00712CCD" w14:paraId="67D63CCD" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00FB5360" w:rsidRPr="00A46A63" w14:paraId="34CC62BA" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9112" w:type="dxa"/>
-[...68 lines deleted...]
-                <w:szCs w:val="32"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DF3C42" w14:textId="77777777" w:rsidR="00FB5360" w:rsidRPr="00A46A63" w:rsidRDefault="00FB5360" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D179236" w14:textId="77777777" w:rsidR="00FB5360" w:rsidRPr="00A46A63" w:rsidRDefault="00FB5360" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C50DA1D" w14:textId="77777777" w:rsidR="00FB5360" w:rsidRPr="00A46A63" w:rsidRDefault="00FB5360" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00712CCD" w:rsidRPr="00712CCD" w14:paraId="55598C32" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="7AF4D818" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9112" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="01EB13B1" w14:textId="77777777" w:rsidR="00B93068" w:rsidRPr="003F16E4" w:rsidRDefault="00B177CA" w:rsidP="003F16E4">
+            <w:tcW w:w="8931" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E5B34B" w14:textId="2A08D4B1" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00FA14A3">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="8"/>
+                <w:numId w:val="21"/>
               </w:numPr>
-              <w:spacing w:before="240"/>
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="612" w:right="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>Le terrain figure en couleur pêche à la BDES et j'</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD31DD">
+              <w:t>envisage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> une </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00296E2A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">demande de </w:t>
             </w:r>
-          </w:p>
-[...22 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F5572B" w:rsidRPr="00296E2A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>permis</w:t>
             </w:r>
-            <w:r w:rsidR="00B177CA" w:rsidRPr="00FF11F1">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00F5572B" w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A06DF9" w:rsidRPr="00A46A63">
+              <w:t>avec</w:t>
+            </w:r>
+            <w:r w:rsidR="00A06DF9" w:rsidRPr="000D4A71">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un volet urbanistique</w:t>
+            </w:r>
+            <w:r w:rsidR="00A06DF9">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F5572B">
+              <w:t>générant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00296E2A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>changement d'affectation ou d'usage de fait du terrain</w:t>
             </w:r>
-            <w:r w:rsidR="00B177CA" w:rsidRPr="00FF11F1">
-[...63 lines deleted...]
-              <w:t>plus contraignant</w:t>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> vers un usage plus contraignant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="882830653"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="386" w:type="dxa"/>
+                <w:tcW w:w="567" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="48252DC4" w14:textId="4A68890D" w:rsidR="00712CCD" w:rsidRPr="00AC434C" w:rsidRDefault="007C0FC9" w:rsidP="00E24395">
+              <w:p w14:paraId="271C1240" w14:textId="742DB9D4" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="001531E9" w:rsidP="00456F0B">
                 <w:pPr>
-                  <w:spacing w:before="480" w:after="120"/>
+                  <w:spacing w:before="360"/>
                   <w:ind w:right="-425"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="0022690F" w:rsidRPr="00712CCD" w14:paraId="77316F38" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="24E1AC3B" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9112" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="045453CB" w14:textId="00DAF232" w:rsidR="0022690F" w:rsidRDefault="00145208" w:rsidP="0077331F">
+            <w:tcW w:w="8931" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E130F6D" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00C945BF">
             <w:pPr>
               <w:spacing w:before="120"/>
-              <w:ind w:left="1028" w:right="-425" w:hanging="459"/>
+              <w:ind w:right="-425"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...37 lines deleted...]
-          <w:p w14:paraId="321F55F5" w14:textId="77777777" w:rsidR="0022690F" w:rsidRDefault="0022690F" w:rsidP="006D42A1">
+              </w:rPr>
+              <w:t>Quel est l’usage effectif actuel du terrain ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C438211" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="-425"/>
               <w:rPr>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00975BE8" w:rsidRPr="00712CCD" w14:paraId="6D104D7C" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00FB5360" w:rsidRPr="00A46A63" w14:paraId="1ED2BA9D" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
+          <w:trHeight w:val="1119"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...24 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA53283" w14:textId="77777777" w:rsidR="00975BE8" w:rsidRPr="006742ED" w:rsidRDefault="00975BE8" w:rsidP="006742ED">
+          <w:p w14:paraId="0BEF9032" w14:textId="77777777" w:rsidR="00FB5360" w:rsidRPr="00A46A63" w:rsidRDefault="00FB5360" w:rsidP="004B1C05">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-246" w:right="-425"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7A9CD124" w14:textId="1063B1B5" w:rsidR="00975BE8" w:rsidRPr="006742ED" w:rsidRDefault="00975BE8" w:rsidP="006742ED">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="007B8CBC" w14:textId="77777777" w:rsidR="00FB5360" w:rsidRPr="00A46A63" w:rsidRDefault="00FB5360" w:rsidP="004B1C05">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:left="-246" w:right="-425" w:firstLine="246"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006742ED" w:rsidRPr="00712CCD" w14:paraId="179EF8A7" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00C945BF" w:rsidRPr="00A46A63" w14:paraId="4285BF54" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="567" w:type="dxa"/>
-[...37 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FE3D62" w14:textId="557F62FA" w:rsidR="00C945BF" w:rsidRPr="00A46A63" w:rsidRDefault="00C945BF" w:rsidP="00C945BF">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Quel est l’u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>sage futur du terrain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et l’objet de la demande de permis</w:t>
+            </w:r>
+            <w:r w:rsidR="00B57F98">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00436341" w:rsidRPr="00712CCD" w14:paraId="36F23FA1" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00FB5360" w:rsidRPr="00A46A63" w14:paraId="3E835FD9" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="4879" w:type="dxa"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9112" w:type="dxa"/>
-[...64 lines deleted...]
-                <w:szCs w:val="32"/>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="342939CB" w14:textId="77777777" w:rsidR="00FB5360" w:rsidRPr="00A46A63" w:rsidRDefault="00FB5360" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C9AE2AF" w14:textId="77777777" w:rsidR="00FB5360" w:rsidRPr="00A46A63" w:rsidRDefault="00FB5360" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CF7276B" w14:textId="77777777" w:rsidR="00FB5360" w:rsidRPr="00A46A63" w:rsidRDefault="00FB5360" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4879" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B01787" w14:textId="77777777" w:rsidR="00FB5360" w:rsidRPr="00A46A63" w:rsidRDefault="00FB5360" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w:rsidRPr="00712CCD" w14:paraId="26E90A9C" w14:textId="1BBECFB2" w:rsidTr="0D0A14DF">
-[...75 lines deleted...]
-      <w:tr w:rsidR="002157C4" w:rsidRPr="00712CCD" w14:paraId="27D9DA7D" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="1E728B3E" w14:textId="77777777" w:rsidTr="00FA14A3">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9112" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1024E22F" w14:textId="77777777" w:rsidR="002157C4" w:rsidRPr="0081664A" w:rsidRDefault="002157C4" w:rsidP="00E5598D">
+            <w:tcW w:w="8931" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="2962BAB8" w14:textId="26FAC543" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00D312BD">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="8"/>
+                <w:numId w:val="21"/>
               </w:numPr>
-              <w:spacing w:before="360"/>
-[...12 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:t xml:space="preserve">Le terrain est occupé par une </w:t>
             </w:r>
-            <w:r w:rsidRPr="0081664A">
-[...31 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>installation ou une activité présentant un risque pour le sol</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="386" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="221557E6" w14:textId="14FC99B7" w:rsidR="002157C4" w:rsidRPr="00AC434C" w:rsidRDefault="002157C4" w:rsidP="00065053">
-            <w:pPr>
+          <w:p w14:paraId="4BA1EF9F" w14:textId="75E72CA8" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00646403" w:rsidP="00830D5A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="388"/>
+              </w:tabs>
               <w:spacing w:before="240"/>
               <w:ind w:right="-425"/>
-              <w:jc w:val="center"/>
-[...4 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-21330083"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A42298">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w:rsidRPr="00712CCD" w14:paraId="627057A6" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="0B04B8D3" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
-        <w:tc>
-[...41 lines deleted...]
-        </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:id w:val="-1979905726"/>
+            <w:id w:val="149408823"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="386" w:type="dxa"/>
+                <w:tcW w:w="1326" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="5E579EB4" w14:textId="3F6D617E" w:rsidR="002157C4" w:rsidRPr="00FB33A3" w:rsidRDefault="00C612FC" w:rsidP="00FB33A3">
+              <w:p w14:paraId="2B549341" w14:textId="3FCCC436" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="00F97BA4" w:rsidP="00984F2F">
                 <w:pPr>
-                  <w:ind w:right="-425"/>
+                  <w:spacing w:before="60" w:after="60"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7605" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1F443" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="00976381" w:rsidP="00984F2F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>qui cesse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E248B66" w14:textId="42C08172" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00B627F9">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w:rsidRPr="00712CCD" w14:paraId="1C9060A5" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="12ED5CD9" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
-        <w:tc>
-[...41 lines deleted...]
-        </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:id w:val="-1000271157"/>
+            <w:id w:val="1628204988"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="386" w:type="dxa"/>
+                <w:tcW w:w="1326" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="74EF54AD" w14:textId="2887AE35" w:rsidR="002157C4" w:rsidRPr="00FB33A3" w:rsidRDefault="007C0FC9" w:rsidP="00FB33A3">
+              <w:p w14:paraId="4F33385D" w14:textId="719E281E" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="001531E9" w:rsidP="00984F2F">
                 <w:pPr>
-                  <w:ind w:right="-425"/>
+                  <w:spacing w:before="60" w:after="60"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00FB33A3">
+                <w:r w:rsidRPr="00984F2F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7605" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B062D16" w14:textId="091204C3" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="00976381" w:rsidP="00984F2F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dont le permis </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA14A3" w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou la</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> déclaration autorisant l'installation arrive à terme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FC9503" w14:textId="397D7087" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00B627F9">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w:rsidRPr="00712CCD" w14:paraId="1674ED88" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="38E5FFDF" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
-        <w:tc>
-[...41 lines deleted...]
-        </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:id w:val="731967508"/>
+            <w:id w:val="-1226066460"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="386" w:type="dxa"/>
+                <w:tcW w:w="1326" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="44449780" w14:textId="5EF00F0A" w:rsidR="002157C4" w:rsidRPr="00FB33A3" w:rsidRDefault="007C0FC9" w:rsidP="00FB33A3">
+              <w:p w14:paraId="370FB29F" w14:textId="22CEC4C2" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="001531E9" w:rsidP="00984F2F">
                 <w:pPr>
-                  <w:ind w:right="-425"/>
+                  <w:spacing w:before="60" w:after="60"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00FB33A3">
+                <w:r w:rsidRPr="00984F2F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7605" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="704443AB" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="00976381" w:rsidP="00984F2F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>dont le permis a été définitivement retiré</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E4E306" w14:textId="24C59F4F" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00B627F9">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w:rsidRPr="00712CCD" w14:paraId="10FBDBD4" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="011F0D34" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
-        <w:tc>
-[...41 lines deleted...]
-        </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:id w:val="90986941"/>
+            <w:id w:val="-490877889"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="386" w:type="dxa"/>
+                <w:tcW w:w="1326" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="410C53E9" w14:textId="54F56746" w:rsidR="002157C4" w:rsidRPr="00FB33A3" w:rsidRDefault="007C0FC9" w:rsidP="00FB33A3">
+              <w:p w14:paraId="6A95EBAB" w14:textId="7D7EF18B" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="001531E9" w:rsidP="00984F2F">
                 <w:pPr>
-                  <w:ind w:right="-425"/>
+                  <w:spacing w:before="60" w:after="60"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00FB33A3">
+                <w:r w:rsidRPr="00984F2F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7605" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="147F0146" w14:textId="74E6CE31" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="00976381" w:rsidP="00984F2F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">qui </w:t>
+            </w:r>
+            <w:r w:rsidR="00FA14A3" w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>est définitivement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> interdite </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>suite à un</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> jugement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6760A176" w14:textId="651C1D2D" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00B627F9">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w:rsidRPr="00712CCD" w14:paraId="064F675C" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="27A1278E" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
-        <w:tc>
-[...41 lines deleted...]
-        </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="24"/>
+              <w:szCs w:val="24"/>
             </w:rPr>
-            <w:id w:val="-321889718"/>
+            <w:id w:val="336206186"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="386" w:type="dxa"/>
+                <w:tcW w:w="1326" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="3DEE9ED0" w14:textId="091F9430" w:rsidR="002157C4" w:rsidRPr="00FB33A3" w:rsidRDefault="007C0FC9" w:rsidP="00FB33A3">
+              <w:p w14:paraId="1F4A357F" w14:textId="6A5EFA72" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="00984F2F" w:rsidP="00984F2F">
                 <w:pPr>
-                  <w:ind w:right="-425"/>
+                  <w:spacing w:before="60" w:after="60"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00FB33A3">
+                <w:r w:rsidRPr="00984F2F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7605" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF3060D" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00984F2F" w:rsidRDefault="00976381" w:rsidP="00984F2F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984F2F">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>qui est en faillite</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="123C1FEB" w14:textId="03A6DF4B" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00B627F9">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w:rsidRPr="00712CCD" w14:paraId="5665CDF0" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="0062255A" w:rsidRPr="00A46A63" w14:paraId="7DC28EB9" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9112" w:type="dxa"/>
-[...110 lines deleted...]
-        </w:sdt>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+          </w:tcPr>
+          <w:p w14:paraId="0892AB4E" w14:textId="77777777" w:rsidR="0062255A" w:rsidRPr="0062255A" w:rsidRDefault="0062255A" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="725099B5" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00345A87" w:rsidRPr="00A46A63" w14:paraId="75037D05" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9498" w:type="dxa"/>
-[...21 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="234C8D17" w14:textId="505D04FD" w:rsidR="00345A87" w:rsidRPr="0062255A" w:rsidRDefault="00345A87" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062255A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Réf</w:t>
+            </w:r>
+            <w:r w:rsidR="00316435">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>érence</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062255A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00316435">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ou n° </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062255A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">du permis : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF51A6C" w14:textId="0814DC1A" w:rsidR="00345A87" w:rsidRPr="00A46A63" w:rsidRDefault="00345A87" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004823D1" w14:paraId="1DEA03B5" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00A13D9B" w:rsidRPr="00A46A63" w14:paraId="1B9EC8DB" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="11"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B93AE9E" w14:textId="77777777" w:rsidR="00A13D9B" w:rsidRPr="0062255A" w:rsidRDefault="00A13D9B" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A13D9B" w:rsidRPr="00A46A63" w14:paraId="1BF9CA04" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C03D095" w14:textId="18CC1BAA" w:rsidR="00A13D9B" w:rsidRPr="0062255A" w:rsidRDefault="00A13D9B" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062255A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date de délivrance : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0965A864" w14:textId="77777777" w:rsidR="00A13D9B" w:rsidRPr="00A46A63" w:rsidRDefault="00A13D9B" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A13D9B" w:rsidRPr="00A46A63" w14:paraId="52F647CE" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD11A99" w14:textId="77777777" w:rsidR="00A13D9B" w:rsidRPr="0062255A" w:rsidRDefault="00A13D9B" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A13D9B" w:rsidRPr="00A46A63" w14:paraId="3157BE4F" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+          <w:trHeight w:val="629"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="1041C947" w14:textId="368DCB29" w:rsidR="00A13D9B" w:rsidRPr="0062255A" w:rsidRDefault="0062255A" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062255A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Réf</w:t>
+            </w:r>
+            <w:r w:rsidR="00316435">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>érences des</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062255A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> autres permis </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE1DA3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0062255A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(si applicable) :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A26E624" w14:textId="72F731E3" w:rsidR="00A13D9B" w:rsidRPr="00A46A63" w:rsidRDefault="00A13D9B" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1AD1" w:rsidRPr="00A46A63" w14:paraId="760256F7" w14:textId="77777777" w:rsidTr="007F2D0B">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F40F78" w14:textId="6BCE703C" w:rsidR="001E1AD1" w:rsidRPr="003A6D93" w:rsidRDefault="00B86D2A" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Justificatifs - </w:t>
+            </w:r>
+            <w:r w:rsidR="00B65AFE" w:rsidRPr="003A6D93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Je</w:t>
+            </w:r>
+            <w:r w:rsidR="002E3424" w:rsidRPr="003A6D93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> demande </w:t>
+            </w:r>
+            <w:r w:rsidR="00B65AFE" w:rsidRPr="003A6D93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>un</w:t>
+            </w:r>
+            <w:r w:rsidR="00326887" w:rsidRPr="003A6D93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="002E3424" w:rsidRPr="003A6D93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dérogation</w:t>
+            </w:r>
+            <w:r w:rsidR="008D2131" w:rsidRPr="003A6D93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="000F5792" w:rsidRPr="003A6D93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">car </w:t>
+            </w:r>
+            <w:r w:rsidR="008D2131" w:rsidRPr="003A6D93">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001E1AD1" w:rsidRPr="00A46A63" w14:paraId="629A1845" w14:textId="77777777" w:rsidTr="00FE1DA3">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="34F218FE" w14:textId="77777777" w:rsidR="004823D1" w:rsidRDefault="004823D1" w:rsidP="002157C4">
+          <w:p w14:paraId="2DDBC179" w14:textId="77777777" w:rsidR="001E1AD1" w:rsidRPr="00305157" w:rsidRDefault="001E1AD1" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
-                <w:b/>
-[...13 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="41FFE2BB" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="61FDB316" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03A6D9AA" w14:textId="77777777" w:rsidR="002157C4" w:rsidRPr="002F129E" w:rsidRDefault="002157C4" w:rsidP="004823D1">
+          <w:p w14:paraId="42D2D4D4" w14:textId="0618B903" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B0C54">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="18"/>
               </w:numPr>
-              <w:spacing w:before="120"/>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="1032" w:right="34" w:hanging="425"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">Des </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">investigations ou des actes et travaux d'assainissement </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">conformes au décret sols ou à un plan de remédiation </w:t>
+            </w:r>
+            <w:r w:rsidR="00630A17" w:rsidDel="008C0AEA">
+              <w:t xml:space="preserve">ou </w:t>
+            </w:r>
+            <w:r w:rsidR="00C01A5A" w:rsidDel="008C0AEA">
+              <w:t xml:space="preserve">à des actes et travaux d’assainissement confiés à la </w:t>
+            </w:r>
+            <w:r w:rsidR="001B6D9D" w:rsidDel="008C0AEA">
+              <w:t xml:space="preserve">SPAQuE </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">sont </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0071348B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00833964">
+              <w:t>en cours de réalisation</w:t>
+            </w:r>
+            <w:r w:rsidR="00D72DE2" w:rsidRPr="0071348B">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Des </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...147 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">et je peux prouver que </w:t>
+            </w:r>
+            <w:r w:rsidR="004B0C54" w:rsidRPr="00A46A63">
+              <w:t>le titulaire</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> remplit ses obligations.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-799065662"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="4EF256FC" w14:textId="7108A650" w:rsidR="002157C4" w:rsidRDefault="00DE6A41" w:rsidP="002157C4">
+              <w:p w14:paraId="2D3B9631" w14:textId="3DCDC269" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="008975AF" w:rsidP="0071348B">
                 <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="263"/>
+                    <w:tab w:val="center" w:pos="601"/>
+                  </w:tabs>
                   <w:spacing w:before="480"/>
                   <w:ind w:right="-425"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="66F22D92" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="20B28F9D" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9498" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="34EC43CF" w14:textId="62AFF031" w:rsidR="002157C4" w:rsidRPr="002833A5" w:rsidRDefault="12CA8E1E" w:rsidP="002157C4">
+          <w:p w14:paraId="5CCC324D" w14:textId="5C415F69" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="714" w:right="737" w:hanging="357"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0D0A14DF">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Je joins à ma demande les documents listés en</w:t>
             </w:r>
-            <w:r w:rsidRPr="0D0A14DF">
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="00AE7F74">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>ANNEXE 2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E5598D" w14:paraId="6F54F747" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="6A0C059A" w14:textId="77777777" w:rsidTr="0086274C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
+          <w:trHeight w:val="208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="244B4A3B" w14:textId="77777777" w:rsidR="00E5598D" w:rsidRPr="00E5598D" w:rsidRDefault="00E5598D" w:rsidP="00E5598D">
+          <w:p w14:paraId="7D3C3321" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="176" w:right="-425"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="776B6D81" w14:textId="77777777" w:rsidR="00E5598D" w:rsidRDefault="00E5598D" w:rsidP="002157C4">
+          <w:p w14:paraId="09826291" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00E042AF" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="-425"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="53C6607D" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="6ACA3577" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8505" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D619068" w14:textId="233D2A97" w:rsidR="002157C4" w:rsidRPr="00502F41" w:rsidRDefault="002157C4" w:rsidP="004823D1">
+          <w:p w14:paraId="6A3FD63C" w14:textId="3C10552E" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="003C0AC1" w:rsidP="003C0AC1">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="18"/>
               </w:numPr>
               <w:spacing w:before="240" w:after="120"/>
-              <w:ind w:left="176" w:right="-425" w:hanging="284"/>
-              <w:rPr>
+              <w:ind w:left="1029" w:right="-425"/>
+            </w:pPr>
+            <w:r w:rsidDel="008C0AEA">
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00D72DE2" w:rsidDel="008C0AEA">
+              <w:t xml:space="preserve">es investigations, plans, actes ou travaux sont </w:t>
+            </w:r>
+            <w:r w:rsidR="00D72DE2" w:rsidRPr="00FD3D90" w:rsidDel="008C0AEA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00502F41">
+              <w:t>déjà réalisés et validés</w:t>
+            </w:r>
+            <w:r w:rsidR="00D72DE2" w:rsidRPr="00FD3D90" w:rsidDel="008C0AEA">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="57BFF291">
-[...26 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:r w:rsidR="00D72DE2" w:rsidDel="008C0AEA">
+              <w:t>par l’administration</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA36D8" w:rsidDel="008C0AEA">
+              <w:t xml:space="preserve">. Je possède </w:t>
+            </w:r>
+            <w:r w:rsidR="00185955" w:rsidDel="008C0AEA">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00185955">
+              <w:t xml:space="preserve">plusieurs choix possibles) </w:t>
+            </w:r>
+            <w:r w:rsidR="00976381" w:rsidRPr="00A46A63">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62EDB1AF" w14:textId="1F93B28C" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
-[...10 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2E0AAE37" w14:textId="5B3AB463" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00646403" w:rsidP="00A20642">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="459"/>
+              </w:tabs>
+              <w:spacing w:before="360"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1507946389"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00C74016">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w14:paraId="31D0314A" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="0C22541D" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C70740C" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="6A720CFD" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="670A3E05" w14:textId="2A058AD1" w:rsidR="002157C4" w:rsidRPr="001710A2" w:rsidRDefault="002157C4" w:rsidP="00472020">
+          <w:p w14:paraId="3469425E" w14:textId="4424766A" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00B51069">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="252" w:right="-425" w:hanging="283"/>
-              <w:rPr>
-[...23 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">Un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>certificat de contrôle du sol</w:t>
+            </w:r>
+            <w:r w:rsidR="00296D6E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="308373140"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="0EFA425A" w14:textId="6624FB96" w:rsidR="002157C4" w:rsidRDefault="00461A08" w:rsidP="002157C4">
+              <w:p w14:paraId="4523DEAC" w14:textId="365A8779" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="001D556E" w:rsidP="001D556E">
                 <w:pPr>
-                  <w:spacing w:before="360"/>
+                  <w:tabs>
+                    <w:tab w:val="center" w:pos="459"/>
+                  </w:tabs>
+                  <w:spacing w:before="120"/>
                   <w:ind w:right="-425"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="4902913A" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="130C1889" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BF55B9E" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="1C019808" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7592" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="05BD44BC" w14:textId="217347DC" w:rsidR="002157C4" w:rsidRPr="00E81652" w:rsidRDefault="12CA8E1E" w:rsidP="002157C4">
+          <w:p w14:paraId="043226EE" w14:textId="4911CBB9" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="003501EF">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="459" w:right="737" w:hanging="425"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0D0A14DF">
+              <w:ind w:left="1386" w:right="737" w:hanging="425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Je joins à ma demande les documents listés en</w:t>
             </w:r>
-            <w:r w:rsidRPr="0D0A14DF">
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="00AE7F74">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>ANNEXE 3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w:rsidRPr="00C612FC" w14:paraId="2B2F433A" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="001073BC" w14:paraId="5437D911" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5215E95B" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="001073BC" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1265F830" w14:textId="77777777" w:rsidR="002157C4" w:rsidRPr="00C612FC" w:rsidRDefault="002157C4" w:rsidP="00F9157F">
+          <w:p w14:paraId="2DA61AA2" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="001073BC" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-425"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...7 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CEF1616" w14:textId="77777777" w:rsidR="002157C4" w:rsidRPr="00C612FC" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="585872C5" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="001073BC" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1B3A" w14:paraId="0DE62401" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="006D5B1D" w:rsidRPr="00A46A63" w14:paraId="57A8B6F6" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AFFBF5F" w14:textId="77777777" w:rsidR="000E1B3A" w:rsidRDefault="000E1B3A" w:rsidP="002157C4">
+          <w:p w14:paraId="5BA3C0AF" w14:textId="77777777" w:rsidR="006D5B1D" w:rsidRPr="00A46A63" w:rsidRDefault="006D5B1D" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C41A38D" w14:textId="77777777" w:rsidR="00B105F8" w:rsidRPr="00FD15EF" w:rsidRDefault="00B105F8" w:rsidP="00472020">
+          <w:p w14:paraId="3423DBBB" w14:textId="72724373" w:rsidR="006D5B1D" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="00C17B01">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
-              <w:ind w:left="252" w:right="-426" w:hanging="252"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="252" w:right="36" w:hanging="283"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...95 lines deleted...]
-              </w:rPr>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">ne </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">étude d'orientation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">ou une </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>étude combinée</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> effectuée sur</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B105F8" w:rsidRPr="00FD15EF">
-[...35 lines deleted...]
-        </w:tc>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">le terrain et approuvée il y a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C17B01">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>moins de dix ans</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> avant le jour de la survenance du fait générateur.  Je peux prouver que le titulaire remplit ses obligations et respecte les prescriptions du document.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="-1940753620"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:top w:val="nil"/>
+                  <w:left w:val="nil"/>
+                  <w:bottom w:val="nil"/>
+                  <w:right w:val="nil"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="5EB16CD3" w14:textId="1C60F7DB" w:rsidR="006D5B1D" w:rsidRPr="00A46A63" w:rsidRDefault="001D556E" w:rsidP="006D1966">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="center" w:pos="459"/>
+                  </w:tabs>
+                  <w:spacing w:before="480"/>
+                  <w:ind w:right="-425"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w14:paraId="14F6B39F" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="006D5B1D" w:rsidRPr="00A46A63" w14:paraId="5FB42DCB" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C72E4DC" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="0B2FDE7D" w14:textId="77777777" w:rsidR="006D5B1D" w:rsidRPr="00A46A63" w:rsidRDefault="006D5B1D" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7592" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="5EC2CAEC" w14:textId="2B0AC410" w:rsidR="002157C4" w:rsidRPr="001831A2" w:rsidRDefault="00C20C85" w:rsidP="002C6AAE">
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="4677097F" w14:textId="5E474B29" w:rsidR="006D5B1D" w:rsidRPr="00A46A63" w:rsidRDefault="006D5B1D" w:rsidP="003501EF">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="9"/>
+                <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:right="-425"/>
-[...2 lines deleted...]
-                <w:bCs/>
+              <w:ind w:left="1386" w:right="737" w:hanging="567"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2B51167A">
+              <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001831A2">
+              </w:rPr>
+              <w:t>Je joins à ma demande les documents listés en</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2B51167A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="002157C4" w:rsidRPr="001831A2">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C17B01" w:rsidRPr="2B51167A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...58 lines deleted...]
-        </w:sdt>
+              </w:rPr>
+              <w:t xml:space="preserve">ANNEXE </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60573" w:rsidRPr="2B51167A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C2280" w14:paraId="5F50A313" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="000676B3" w:rsidRPr="001073BC" w14:paraId="459059A4" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A9572F0" w14:textId="77777777" w:rsidR="007C2280" w:rsidRDefault="007C2280" w:rsidP="002157C4">
+          <w:p w14:paraId="10B129BD" w14:textId="77777777" w:rsidR="000676B3" w:rsidRPr="001073BC" w:rsidRDefault="000676B3" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...7 lines deleted...]
-              </w:numPr>
+          </w:tcPr>
+          <w:p w14:paraId="779AFD7E" w14:textId="77777777" w:rsidR="000676B3" w:rsidRPr="001073BC" w:rsidRDefault="000676B3" w:rsidP="004B1C05">
+            <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="714" w:right="-425" w:hanging="357"/>
-[...40 lines deleted...]
-            </w:hyperlink>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FFBAFB5" w14:textId="77777777" w:rsidR="000676B3" w:rsidRPr="001073BC" w:rsidRDefault="000676B3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082106A" w14:paraId="39DE3B26" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00B43A0E" w:rsidRPr="00A46A63" w14:paraId="1E989F4E" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07ADCE69" w14:textId="77777777" w:rsidR="0082106A" w:rsidRPr="00C612FC" w:rsidRDefault="0082106A" w:rsidP="002157C4">
+          <w:p w14:paraId="1528FADA" w14:textId="77777777" w:rsidR="00B43A0E" w:rsidRPr="00A46A63" w:rsidRDefault="00B43A0E" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-            <w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="602C3C0F" w14:textId="6217F134" w:rsidR="00B43A0E" w:rsidRPr="00A46A63" w:rsidRDefault="006A657E" w:rsidP="00EA75DD">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:right="-425"/>
-[...8 lines deleted...]
-        </w:tc>
+              <w:ind w:left="252" w:right="319" w:hanging="283"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0010647D">
+              <w:t xml:space="preserve">document </w:t>
+            </w:r>
+            <w:r w:rsidR="0010647D" w:rsidRPr="0010647D">
+              <w:t>attestant que le terrain a fait l’objet</w:t>
+            </w:r>
+            <w:r w:rsidR="0010647D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d’actes et travaux d’assainissement </w:t>
+            </w:r>
+            <w:r w:rsidR="0010647D" w:rsidRPr="0010647D">
+              <w:t>confiés à la</w:t>
+            </w:r>
+            <w:r w:rsidR="0010647D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SPAQuE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="2079018973"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:top w:val="nil"/>
+                  <w:left w:val="nil"/>
+                  <w:bottom w:val="nil"/>
+                  <w:right w:val="nil"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="1C08F480" w14:textId="609C201F" w:rsidR="00B43A0E" w:rsidRPr="00A46A63" w:rsidRDefault="006D1966" w:rsidP="006D1966">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="225"/>
+                    <w:tab w:val="center" w:pos="459"/>
+                  </w:tabs>
+                  <w:spacing w:before="120"/>
+                  <w:ind w:right="-425"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00E611E2" w14:paraId="03B09D06" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00B43A0E" w:rsidRPr="00A46A63" w14:paraId="69DAF1DD" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7309DE0E" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="655DA085" w14:textId="77777777" w:rsidR="00B43A0E" w:rsidRPr="00A46A63" w:rsidRDefault="00B43A0E" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7592" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="071F4CA3" w14:textId="3BB7B177" w:rsidR="002157C4" w:rsidRPr="001831A2" w:rsidRDefault="00C20C85" w:rsidP="003C0C51">
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E3EBD3" w14:textId="6E2DDC15" w:rsidR="00B43A0E" w:rsidRPr="00A46A63" w:rsidRDefault="00B43A0E" w:rsidP="004B1C05">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="9"/>
+                <w:numId w:val="1"/>
               </w:numPr>
-              <w:tabs>
-[...6 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="459" w:right="737" w:hanging="425"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001831A2">
+              </w:rPr>
+              <w:t>Je joins à ma demande les documents listés en</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="002157C4" w:rsidRPr="001831A2">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00450CB1">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-              <w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve">ANNEXE </w:t>
+            </w:r>
+            <w:r w:rsidR="00C26CA8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...68 lines deleted...]
-        </w:sdt>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A322B" w14:paraId="413C9F5A" w14:textId="3D1174D3" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00B43A0E" w:rsidRPr="001073BC" w14:paraId="50BB11AD" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="785B5190" w14:textId="77777777" w:rsidR="008A322B" w:rsidRDefault="008A322B" w:rsidP="002157C4">
+          <w:p w14:paraId="0F80A713" w14:textId="77777777" w:rsidR="00B43A0E" w:rsidRPr="001073BC" w:rsidRDefault="00B43A0E" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="4046" w:type="dxa"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31AAE152" w14:textId="320011D9" w:rsidR="00B404A2" w:rsidRDefault="008A322B" w:rsidP="005D5F4F">
-[...68 lines deleted...]
-            <w:tcW w:w="1422" w:type="dxa"/>
+          <w:p w14:paraId="55963CA0" w14:textId="77777777" w:rsidR="00B43A0E" w:rsidRPr="001073BC" w:rsidRDefault="00B43A0E" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6255002A" w14:textId="614EE4A6" w:rsidR="008A322B" w:rsidRPr="00022D51" w:rsidRDefault="008A322B" w:rsidP="00654C3A">
-[...111 lines deleted...]
-            </w:sdt>
+          <w:p w14:paraId="7FA0A3DB" w14:textId="77777777" w:rsidR="00B43A0E" w:rsidRPr="001073BC" w:rsidRDefault="00B43A0E" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E611E2" w14:paraId="58674792" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="11A61D63" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71E02E56" w14:textId="77777777" w:rsidR="00E611E2" w:rsidRDefault="00E611E2" w:rsidP="002157C4">
+          <w:p w14:paraId="7D8F316C" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="4046" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7592" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79E5D225" w14:textId="6C5489EF" w:rsidR="00E611E2" w:rsidRDefault="00E611E2" w:rsidP="00AA2B6E">
+          <w:p w14:paraId="5E3E288A" w14:textId="5153F3DD" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="006E5F63">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
-              <w:tabs>
-[...45 lines deleted...]
-            </w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="12"/>
+              </w:numPr>
+              <w:ind w:left="176" w:right="177" w:hanging="252"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">Des documents attestant qu’un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007016A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">plan de remédiation </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007016A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007016A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> été approuvé</w:t>
+            </w:r>
+            <w:r w:rsidR="007016A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007016A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>et exécuté conformément aux dispositions légales en vigueur.  Ce</w:t>
+            </w:r>
+            <w:r w:rsidR="007016A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>plan de remédiation est</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t> :</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00962DFE" w14:paraId="0E9C07B2" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="4F6B1F08" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54E019C2" w14:textId="77777777" w:rsidR="00962DFE" w:rsidRDefault="00962DFE" w:rsidP="002157C4">
+          <w:p w14:paraId="2CC21DFB" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70768A14" w14:textId="77777777" w:rsidR="00962DFE" w:rsidRPr="00962DFE" w:rsidRDefault="00962DFE" w:rsidP="00654C3A">
-[...11 lines deleted...]
-        </w:tc>
+          <w:p w14:paraId="2E04F6CF" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="006D1966" w:rsidRDefault="00976381" w:rsidP="00976381">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D1966">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un plan de réhabilitation </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="-938911196"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
+                <w:tcBorders>
+                  <w:top w:val="nil"/>
+                  <w:left w:val="nil"/>
+                  <w:bottom w:val="nil"/>
+                  <w:right w:val="nil"/>
+                </w:tcBorders>
+              </w:tcPr>
+              <w:p w14:paraId="0F7D27C3" w14:textId="6BE50550" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="006D1966" w:rsidP="006D1966">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="200"/>
+                    <w:tab w:val="center" w:pos="459"/>
+                  </w:tabs>
+                  <w:spacing w:before="120"/>
+                  <w:ind w:right="-425"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="001831A2" w14:paraId="7E7D5192" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="64F33D11" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BDEFF9C" w14:textId="77777777" w:rsidR="003C0C51" w:rsidRDefault="003C0C51" w:rsidP="002157C4">
+          <w:p w14:paraId="5B9262C7" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7592" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="08BE1020" w14:textId="4B89D3B6" w:rsidR="003C0C51" w:rsidRPr="00FD15EF" w:rsidRDefault="4F690FA2" w:rsidP="00F278A2">
+          <w:p w14:paraId="19E44336" w14:textId="51AEF607" w:rsidR="000A6BF1" w:rsidRPr="000A6BF1" w:rsidRDefault="00976381" w:rsidP="000A6BF1">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="714" w:right="-425" w:hanging="357"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0D0A14DF">
+              <w:ind w:left="1386" w:right="-425" w:hanging="425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Je joins à ma demande les documents listés en</w:t>
             </w:r>
-            <w:r w:rsidRPr="0D0A14DF">
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="00450CB1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANNEXE </w:t>
+            </w:r>
+            <w:r w:rsidR="000A6BF1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00935F74" w14:paraId="0C33F9F9" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="001073BC" w14:paraId="1EA86F11" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73F1A9DD" w14:textId="77777777" w:rsidR="00935F74" w:rsidRPr="00C612FC" w:rsidRDefault="00935F74" w:rsidP="002157C4">
+          <w:p w14:paraId="627A95D5" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="001073BC" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7592" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:pStyle w:val="Paragraphedeliste"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D2F25C" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="001073BC" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="896" w:right="-425"/>
+              <w:ind w:right="-425"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...25 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w14:paraId="1F620B88" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="14B57CAF" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="4879" w:type="dxa"/>
+          <w:gridAfter w:val="5"/>
+          <w:wAfter w:w="6963" w:type="dxa"/>
+          <w:trHeight w:val="641"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="247AA675" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="3EB9A921" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4515" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44BB5401" w14:textId="77777777" w:rsidR="001831A2" w:rsidRPr="001831A2" w:rsidRDefault="00C20C85" w:rsidP="00874E23">
+          <w:p w14:paraId="7EEB1431" w14:textId="533BCCA3" w:rsidR="00976381" w:rsidRPr="006D1966" w:rsidRDefault="00976381" w:rsidP="00FB4C32">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
-              <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:right="-425" w:hanging="357"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2988"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="74" w:hanging="357"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D1966">
+              <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="20"/>
-[...57 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t>Un plan d'assainissement pour une station-service</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-282259169"/>
+            <w:id w:val="1826706505"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="993" w:type="dxa"/>
-                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="7DA789E5" w14:textId="267096F1" w:rsidR="002157C4" w:rsidRDefault="008973B0" w:rsidP="002157C4">
+              <w:p w14:paraId="1B728DC5" w14:textId="39F44B1D" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="006D1966" w:rsidP="006D1966">
                 <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="200"/>
+                    <w:tab w:val="center" w:pos="601"/>
+                  </w:tabs>
                   <w:spacing w:before="120"/>
                   <w:ind w:right="-425"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00063583" w14:paraId="4FB101B9" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="676DB140" w14:textId="77777777" w:rsidTr="00714F87">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50A173DC" w14:textId="77777777" w:rsidR="00063583" w:rsidRDefault="00063583" w:rsidP="002157C4">
+          <w:p w14:paraId="117D0F4F" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4473" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="181744A4" w14:textId="6BEF73E2" w:rsidR="00063583" w:rsidRPr="00063583" w:rsidRDefault="03A90653" w:rsidP="00063583">
+          </w:tcPr>
+          <w:p w14:paraId="56368A9B" w14:textId="60B42CE2" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="009C7EAC">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
-              <w:numPr>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="0D0A14DF">
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2988"/>
+              </w:tabs>
+              <w:ind w:left="896" w:right="178"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cette station-service est-elle toujours</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7EAC">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidRPr="00F025F0">
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>en activité ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05704D14" w14:textId="1C553FAC" w:rsidR="00976381" w:rsidRPr="00D25DCF" w:rsidRDefault="00976381" w:rsidP="006765F4">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2988"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D25DCF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OUI </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
                 <w:rPr>
-                  <w:rStyle w:val="Lienhypertexte"/>
-[...5 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ANNEXE </w:t>
-[...1 lines deleted...]
-              <w:r w:rsidR="523EB739" w:rsidRPr="00F025F0">
+                <w:id w:val="1035013101"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="009C7EAC" w:rsidRPr="00D25DCF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4049B9E7" w14:textId="6EDB9DB1" w:rsidR="00976381" w:rsidRPr="00D25DCF" w:rsidRDefault="00976381" w:rsidP="006765F4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D25DCF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NON </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
                 <w:rPr>
-                  <w:rStyle w:val="Lienhypertexte"/>
-[...5 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>6</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:id w:val="1482431937"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="009C7EAC" w:rsidRPr="00D25DCF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w14:paraId="33B4E6A2" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="6855C117" w14:textId="77777777" w:rsidTr="00B94736">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7635D863" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4473" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ABB3CA3" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2988"/>
+              </w:tabs>
+              <w:spacing w:before="120"/>
+              <w:ind w:left="896" w:right="-425"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Si non, quelle est la date d’arrêt de l’activité ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...43 lines deleted...]
-                <w:szCs w:val="32"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C11F7A1" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w14:paraId="1B36CC60" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="3F8C9613" w14:textId="77777777" w:rsidTr="00B94736">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32702011" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="3CDD74E2" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7592" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6716033A" w14:textId="77777777" w:rsidR="0077252F" w:rsidRPr="0077252F" w:rsidRDefault="002157C4" w:rsidP="00472020">
-[...223 lines deleted...]
-        </w:sdt>
+          <w:p w14:paraId="16D9E0AA" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="33282B2A" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="1FE3D5B3" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3151BBA2" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="0F663936" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7592" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="34837B91" w14:textId="18F1C7D1" w:rsidR="002157C4" w:rsidRPr="00A8120D" w:rsidRDefault="12CA8E1E" w:rsidP="002157C4">
+          <w:p w14:paraId="5FAD8C14" w14:textId="1EAAB287" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="003501EF">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:right="-425"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0D0A14DF">
+              <w:ind w:left="1386" w:right="-425" w:hanging="283"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Je joins à ma demande les documents listés en</w:t>
             </w:r>
-            <w:r w:rsidRPr="0D0A14DF">
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="0069599D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANNEXE </w:t>
+            </w:r>
+            <w:r w:rsidR="00B80D9C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w:rsidRPr="00C612FC" w14:paraId="2952CCCF" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="4347133F" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
-[...21 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="028A063A" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4974946F" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="00C612FC">
-[...20 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+          <w:p w14:paraId="041D9C84" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="896" w:right="-425"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43763818" w14:textId="77777777" w:rsidR="002157C4" w:rsidRPr="00C612FC" w:rsidRDefault="002157C4" w:rsidP="00C612FC">
-[...6 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="7F0A2554" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w14:paraId="05C0C45D" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="0F753830" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="491C75C4" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="18BA3FAA" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...8 lines deleted...]
-            <w:gridSpan w:val="3"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70B9BF01" w14:textId="364D53D9" w:rsidR="002157C4" w:rsidRPr="00056E54" w:rsidRDefault="002157C4" w:rsidP="00472020">
+          <w:p w14:paraId="11AAD994" w14:textId="44AC5421" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="00C70C34">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="12"/>
+                <w:numId w:val="9"/>
               </w:numPr>
-              <w:spacing w:after="120"/>
-[...46 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425" w:hanging="357"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C70C34">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Un plan de remédiation portant sur un site à réaménager (SAR)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-860740592"/>
+            <w:id w:val="-282259169"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="20E17E8E" w14:textId="65EF1B92" w:rsidR="002157C4" w:rsidRDefault="008973B0" w:rsidP="002157C4">
+              <w:p w14:paraId="6269C9F2" w14:textId="2B7A8DBF" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00C70C34" w:rsidP="00C70C34">
                 <w:pPr>
-                  <w:spacing w:before="360"/>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="225"/>
+                    <w:tab w:val="center" w:pos="459"/>
+                  </w:tabs>
+                  <w:spacing w:before="120"/>
                   <w:ind w:right="-425"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="2482E98F" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="06F24B5D" w14:textId="77777777" w:rsidTr="00316435">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="2"/>
+          <w:gridAfter w:val="1"/>
           <w:wAfter w:w="4879" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7909F0C6" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="1EF932CD" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7592" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="71033E88" w14:textId="19ADA817" w:rsidR="002157C4" w:rsidRPr="00A8120D" w:rsidRDefault="12CA8E1E" w:rsidP="002157C4">
+          <w:p w14:paraId="591EA023" w14:textId="1221B095" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:right="-425"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0D0A14DF">
+              <w:ind w:left="714" w:right="-425" w:hanging="357"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Je joins à ma demande les documents listés en</w:t>
             </w:r>
-            <w:r w:rsidRPr="0D0A14DF">
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...24 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="00AE7F74">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANNEXE </w:t>
+            </w:r>
+            <w:r w:rsidR="007420E7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...28 lines deleted...]
-      <w:tr w:rsidR="00022D51" w14:paraId="747A9FAF" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="6948C63E" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1841F0CD" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34BF9CEC" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35F3E945" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="4B202483" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="132A5AFC" w14:textId="1E3BBDD7" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="27EA31FC" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60A9E5A4" w14:textId="77777777" w:rsidR="002D2A0F" w:rsidRPr="002D2A0F" w:rsidRDefault="002157C4" w:rsidP="0079254D">
+          <w:p w14:paraId="0313BD58" w14:textId="4E84D69C" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B0C54">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="252" w:right="-425" w:hanging="218"/>
-[...52 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="176" w:right="180" w:hanging="252"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">Un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0C54">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>document de l’administration</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> approuvant une étude indicative ou une étude de caractérisation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B0C54">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>concluant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00257332">
-[...83 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="004B0C54">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>qu'il n'y a pas lieu de poursuivre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> la procédure (législation</w:t>
+            </w:r>
+            <w:r w:rsidR="004B0C54">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00257332">
-[...11 lines deleted...]
-              <w:t>et respecte les prescriptions du document.</w:t>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>relative aux stations-service)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="464780777"/>
+            <w:id w:val="-1192304652"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="42E208DB" w14:textId="663A9C9F" w:rsidR="002157C4" w:rsidRDefault="008973B0" w:rsidP="002157C4">
+              <w:p w14:paraId="27538B9F" w14:textId="2974457B" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="006765F4" w:rsidP="00C70C34">
                 <w:pPr>
-                  <w:spacing w:before="240"/>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="213"/>
+                    <w:tab w:val="center" w:pos="459"/>
+                  </w:tabs>
+                  <w:spacing w:before="360"/>
                   <w:ind w:right="-425"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="5B2083EE" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00976381" w:rsidRPr="00A46A63" w14:paraId="45D39125" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F90DE4E" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="2B258697" w14:textId="77777777" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7592" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="4406FCE4" w14:textId="7757BE34" w:rsidR="002157C4" w:rsidRPr="00A04728" w:rsidRDefault="12CA8E1E" w:rsidP="002157C4">
+          <w:p w14:paraId="59A90FE4" w14:textId="5FF327E6" w:rsidR="00976381" w:rsidRPr="00A46A63" w:rsidRDefault="00976381" w:rsidP="004B1C05">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="714" w:right="-425" w:hanging="357"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0D0A14DF">
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Je joins à ma demande les documents listés en</w:t>
             </w:r>
-            <w:r w:rsidRPr="0D0A14DF">
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="00AE7F74">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANNEXE </w:t>
+            </w:r>
+            <w:r w:rsidR="00357106">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="0E5A3D2B" w14:textId="77777777" w:rsidTr="0D0A14DF">
-[...3 lines deleted...]
-            <w:gridSpan w:val="3"/>
+      <w:tr w:rsidR="00C17B01" w:rsidRPr="00831884" w14:paraId="3F5A2831" w14:textId="77777777" w:rsidTr="00155967">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="179A1D14" w14:textId="35FAD806" w:rsidR="0077252F" w:rsidRPr="00C612FC" w:rsidRDefault="0077252F" w:rsidP="002157C4">
+          <w:p w14:paraId="2C27D1A8" w14:textId="77777777" w:rsidR="00750CF4" w:rsidRPr="00831884" w:rsidRDefault="00750CF4" w:rsidP="00C17B01">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="314" w:right="-426"/>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20AA7CF0" w14:textId="2A6CD4AE" w:rsidR="00C17B01" w:rsidRPr="00831884" w:rsidRDefault="00C17B01" w:rsidP="00C17B01">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="314" w:right="-426"/>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4787C9EB" w14:textId="77777777" w:rsidR="00C17B01" w:rsidRPr="00831884" w:rsidRDefault="00C17B01" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="0F5CB1AF" w14:textId="77777777" w:rsidTr="0D0A14DF">
-[...3 lines deleted...]
-            <w:gridSpan w:val="2"/>
+      <w:tr w:rsidR="00C17B01" w:rsidRPr="00A46A63" w14:paraId="0D88506D" w14:textId="77777777" w:rsidTr="0086274C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+          <w:trHeight w:val="1044"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8789" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79DAD4B4" w14:textId="77777777" w:rsidR="001C5C20" w:rsidRDefault="002157C4" w:rsidP="00B0517C">
+          <w:p w14:paraId="7191CEE7" w14:textId="623F493C" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="00D37AC2">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="6"/>
+                <w:numId w:val="18"/>
               </w:numPr>
-              <w:ind w:left="314" w:right="-426" w:hanging="422"/>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="318" w:hanging="289"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">Je </w:t>
+            </w:r>
+            <w:r w:rsidR="00600468">
+              <w:t xml:space="preserve">possède </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>d’un rapport réalisé par un expert agréé</w:t>
-[...29 lines deleted...]
-              </w:rPr>
+              <w:t>un rapport réalisé par un expert agréé</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA2540">
-[...10 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00C3788C">
+              <w:t>qui</w:t>
+            </w:r>
+            <w:r w:rsidR="00C3788C" w:rsidRPr="00A46A63">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C5C20">
-[...10 lines deleted...]
-            <w:tcW w:w="993" w:type="dxa"/>
+            <w:r w:rsidR="00C3788C">
+              <w:t>démontre qu</w:t>
+            </w:r>
+            <w:r w:rsidR="00583073">
+              <w:t xml:space="preserve">’en ce </w:t>
+            </w:r>
+            <w:r w:rsidR="00B94736">
+              <w:t>qui concerne</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> l'installation ou activité présentant un risque pour le sol présente sur le terrain</w:t>
+            </w:r>
+            <w:r w:rsidR="00C374F2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B3347E">
+              <w:t xml:space="preserve">(plusieurs choix possibles) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="090E9452" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="01BB67C3" w14:textId="7E28096A" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00646403" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="217255027"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00EC308B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w14:paraId="7D0AEB5A" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00C17B01" w:rsidRPr="00A46A63" w14:paraId="5E8669D9" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21A2424D" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
-            <w:pPr>
+          <w:p w14:paraId="41821C00" w14:textId="77777777" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="00E51350">
+            <w:pPr>
+              <w:spacing w:beforeLines="60" w:before="144"/>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="389B5063" w14:textId="77777777" w:rsidR="001C5C20" w:rsidRDefault="002157C4" w:rsidP="00AF1ECF">
+          <w:p w14:paraId="35D6DDD3" w14:textId="7DDA0435" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="001D41E7">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="120"/>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">être couverte(s) par une étude d'orientation    </w:t>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="391" w:right="36" w:hanging="391"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">son périmètre contient une/des parcelle(s) entière(s) non concernée(s) par ladite activité ou installation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-916859451"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="160FF3DC" w14:textId="355A092B" w:rsidR="002157C4" w:rsidRDefault="00BC607A" w:rsidP="006527E5">
+              <w:p w14:paraId="0F08C551" w14:textId="35F12A8B" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="006765F4" w:rsidP="00015E4A">
                 <w:pPr>
-                  <w:spacing w:before="360"/>
+                  <w:tabs>
+                    <w:tab w:val="center" w:pos="459"/>
+                  </w:tabs>
+                  <w:spacing w:before="240"/>
                   <w:ind w:right="-425"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w:rsidRPr="00BC607A" w14:paraId="53813F68" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00C17B01" w:rsidRPr="00A46A63" w14:paraId="347C9581" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="405DD1ED" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
-            <w:pPr>
+          <w:p w14:paraId="6597973A" w14:textId="77777777" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="00E51350">
+            <w:pPr>
+              <w:spacing w:beforeLines="60" w:before="144"/>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B490BA0" w14:textId="77777777" w:rsidR="001C5C20" w:rsidRDefault="002157C4" w:rsidP="00AF1ECF">
+          <w:p w14:paraId="7D1EE061" w14:textId="643D3E05" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="001D41E7">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="120"/>
-[...17 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="391" w:right="178" w:hanging="391"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>celle-ci</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63" w:rsidDel="00B71425">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C5C20">
-[...29 lines deleted...]
-              <w:t>n'a pas pu causer une pollution du sol</w:t>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">a été </w:t>
+            </w:r>
+            <w:r w:rsidR="00B71425">
+              <w:t xml:space="preserve">et </w:t>
+            </w:r>
+            <w:r w:rsidR="00B71425" w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">est </w:t>
+            </w:r>
+            <w:r w:rsidR="00B71425">
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00B71425" w:rsidRPr="00A46A63">
+              <w:t>ou</w:t>
+            </w:r>
+            <w:r w:rsidR="00B71425">
+              <w:t>jours</w:t>
+            </w:r>
+            <w:r w:rsidR="00B71425" w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">confinée sans contact avec le sol et </w:t>
+            </w:r>
+            <w:r w:rsidR="004A5D0B" w:rsidRPr="00A46A63">
+              <w:t>qu’elle n’a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> pas pu causer une pollution du sol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-671568555"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="695741B9" w14:textId="100CCC56" w:rsidR="002157C4" w:rsidRPr="00BC607A" w:rsidRDefault="00FA6AB4" w:rsidP="00FA6AB4">
+              <w:p w14:paraId="2492F2E2" w14:textId="76E911E3" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="006765F4" w:rsidP="006765F4">
                 <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="center" w:pos="476"/>
+                  </w:tabs>
                   <w:spacing w:before="240"/>
                   <w:ind w:left="40" w:right="-425" w:hanging="6"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w:rsidRPr="00BC607A" w14:paraId="2FCB8189" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00C17B01" w:rsidRPr="00A46A63" w14:paraId="6E530F23" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68B13C2C" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
-            <w:pPr>
+          <w:p w14:paraId="2A8041B1" w14:textId="77777777" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="00E51350">
+            <w:pPr>
+              <w:spacing w:beforeLines="60" w:before="144"/>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52906E5F" w14:textId="741AB1DF" w:rsidR="006527E5" w:rsidRDefault="00AF1ECF" w:rsidP="00AF1ECF">
+          <w:p w14:paraId="2190D433" w14:textId="7B7C86CB" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="001D41E7">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="120"/>
-[...42 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="391" w:right="178" w:hanging="391"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>les dépôts de produits sont uniquement réalisés</w:t>
+            </w:r>
+            <w:r w:rsidR="00C374F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006527E5">
-[...10 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">en petits </w:t>
+            </w:r>
+            <w:r w:rsidR="00C374F2">
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">onditionnements aisément manipulables sans aide mécanique et </w:t>
+            </w:r>
+            <w:r w:rsidR="005C1951" w:rsidRPr="00A46A63">
+              <w:t>le permis ou l'autorisation</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1951">
+              <w:t xml:space="preserve"> contient d</w:t>
+            </w:r>
+            <w:r w:rsidR="005C1951" w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">es </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">conditions particulières liées aux bonnes pratiques en termes de stockage et de conditionnement établies </w:t>
+            </w:r>
+            <w:r w:rsidR="005C1951">
+              <w:t>qui</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63" w:rsidDel="005C1951">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C5C20">
-[...22 lines deleted...]
-              <w:t>permanence</w:t>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>ont été respectées en permanence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="2078627227"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="215E0AA8" w14:textId="478C87C6" w:rsidR="002157C4" w:rsidRPr="00BC607A" w:rsidRDefault="00FA6AB4" w:rsidP="00FA6AB4">
+              <w:p w14:paraId="4C297AA6" w14:textId="1AC74ACF" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="006765F4" w:rsidP="006765F4">
                 <w:pPr>
-                  <w:spacing w:before="240"/>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="250"/>
+                    <w:tab w:val="center" w:pos="479"/>
+                  </w:tabs>
+                  <w:spacing w:before="600"/>
                   <w:ind w:left="40" w:right="-425"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w:rsidRPr="00BC607A" w14:paraId="45E5BF49" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00C17B01" w:rsidRPr="00A46A63" w14:paraId="5B11E7DC" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19C8B972" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
-            <w:pPr>
+          <w:p w14:paraId="0378B3F2" w14:textId="77777777" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="00E51350">
+            <w:pPr>
+              <w:spacing w:beforeLines="60" w:before="144"/>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D549CBD" w14:textId="77777777" w:rsidR="00AF1ECF" w:rsidRDefault="002157C4" w:rsidP="00AF1ECF">
+          <w:p w14:paraId="7F85FCC6" w14:textId="7ABD129A" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="001D41E7">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="120"/>
-[...10 lines deleted...]
-              </w:rPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="391" w:right="320" w:hanging="391"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:t>les produits classés, selon le Règlement (CE) n°1272/2008 du Parlement européen et du Conseil du 16 décembre 2008 relatif</w:t>
             </w:r>
-          </w:p>
-[...21 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00C374F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C5C20">
-[...46 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>à la classification, à l'étiquetage et à l'emballage des substances et des mélanges, comme présentant un risque ou un danger envers la santé autre que corrosif et irritant, ou envers l'environnement autre que pour la couche d'ozone ne sont pas/ n'ont pas été utilisés ou que ces produits ne sont pas de nature</w:t>
+            </w:r>
+            <w:r w:rsidR="00C374F2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001C5C20">
-[...28 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:t xml:space="preserve">à causer une pollution du sol ou des eaux souterraines    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="720867472"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="76CD87F5" w14:textId="14DFAA4A" w:rsidR="002157C4" w:rsidRPr="00BC607A" w:rsidRDefault="00FA6AB4" w:rsidP="00FA6AB4">
+              <w:p w14:paraId="523F2241" w14:textId="7252D006" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="006765F4" w:rsidP="006765F4">
                 <w:pPr>
-                  <w:spacing w:before="240"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
+                  <w:tabs>
+                    <w:tab w:val="center" w:pos="478"/>
+                  </w:tabs>
+                  <w:spacing w:before="720"/>
+                  <w:ind w:left="40" w:right="-425"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w:rsidRPr="00BC607A" w14:paraId="5C4D3DA0" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00C17B01" w:rsidRPr="00A46A63" w14:paraId="105BBBA8" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="307F466C" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
-            <w:pPr>
+          <w:p w14:paraId="58F8D15D" w14:textId="77777777" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="00E51350">
+            <w:pPr>
+              <w:spacing w:beforeLines="60" w:before="144"/>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FBC57E6" w14:textId="77777777" w:rsidR="001C5C20" w:rsidRDefault="002157C4" w:rsidP="00081B43">
+          <w:p w14:paraId="38003972" w14:textId="6769DFE9" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="001D41E7">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="120"/>
-[...86 lines deleted...]
-              <w:t xml:space="preserve">ayant été respectées sur toute la durée du permis ou de l'autorisation   </w:t>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="391" w:right="178" w:hanging="391"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">celle-ci a toujours été régie, ou est régie depuis la délivrance d'un certificat de contrôle du sol relatif aux parcelles concernées, par un permis ou une autorisation faisant référence à des conditions sectorielles comportant des mesures </w:t>
+            </w:r>
+            <w:r w:rsidR="004A5D0B" w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:r w:rsidR="004A5D0B">
+              <w:t>prévention</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve"> spécifiquement dédiées à la protection des sols, ces dernières ayant été respectées sur toute la durée du permis ou de </w:t>
+            </w:r>
+            <w:r w:rsidR="001F7E9A">
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">'autorisation   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="952913204"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="6E4B5D75" w14:textId="09B5A8AE" w:rsidR="002157C4" w:rsidRPr="00BC607A" w:rsidRDefault="00FA6AB4" w:rsidP="00FA6AB4">
+              <w:p w14:paraId="7BA8A8AC" w14:textId="6BF4DF59" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="006765F4" w:rsidP="006765F4">
                 <w:pPr>
-                  <w:spacing w:before="240"/>
-[...1 lines deleted...]
-                  <w:jc w:val="center"/>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="238"/>
+                    <w:tab w:val="center" w:pos="481"/>
+                  </w:tabs>
+                  <w:spacing w:before="480"/>
+                  <w:ind w:left="40" w:right="-425" w:firstLine="6"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00022D51" w:rsidRPr="00BC607A" w14:paraId="1692CB5A" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00C17B01" w:rsidRPr="00A46A63" w14:paraId="27F8D31C" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="528D31E2" w14:textId="77777777" w:rsidR="002157C4" w:rsidRPr="00DB0997" w:rsidRDefault="002157C4" w:rsidP="002157C4">
-            <w:pPr>
+          <w:p w14:paraId="2A3AE889" w14:textId="77777777" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="00E51350">
+            <w:pPr>
+              <w:spacing w:beforeLines="60" w:before="144"/>
               <w:ind w:right="-426"/>
               <w:rPr>
-                <w:sz w:val="32"/>
-[...7 lines deleted...]
-            <w:tcW w:w="6599" w:type="dxa"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6883" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51393DB2" w14:textId="349C9FDA" w:rsidR="001C5C20" w:rsidRDefault="00605255" w:rsidP="00081B43">
+          <w:p w14:paraId="09277CDE" w14:textId="6BC432AA" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="001D41E7">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:before="120" w:after="120"/>
-[...84 lines deleted...]
-              <w:t xml:space="preserve">ou de l'autorisation   </w:t>
+              <w:spacing w:after="60"/>
+              <w:ind w:left="391" w:right="180" w:hanging="391"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t xml:space="preserve">les seuils établis dans les critères relatifs à installation ou l'activité n'ont jamais été atteints sur toute la durée du permis ou de l'autorisation   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:b/>
               <w:bCs/>
-              <w:sz w:val="32"/>
-              <w:szCs w:val="32"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:id w:val="-93091363"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="993" w:type="dxa"/>
+                <w:tcW w:w="709" w:type="dxa"/>
+                <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="nil"/>
                   <w:left w:val="nil"/>
                   <w:bottom w:val="nil"/>
                   <w:right w:val="nil"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="5AF8D1BB" w14:textId="1960F37F" w:rsidR="002157C4" w:rsidRPr="00BC607A" w:rsidRDefault="00FA6AB4" w:rsidP="00FA6AB4">
+              <w:p w14:paraId="4AEE0313" w14:textId="3A3C815D" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="006765F4" w:rsidP="006765F4">
                 <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="center" w:pos="481"/>
+                  </w:tabs>
                   <w:spacing w:before="240"/>
                   <w:ind w:left="39" w:right="-425" w:firstLine="5"/>
-                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
-                    <w:sz w:val="32"/>
-                    <w:szCs w:val="32"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002157C4" w14:paraId="2B13B453" w14:textId="77777777" w:rsidTr="0D0A14DF">
+      <w:tr w:rsidR="00C17B01" w:rsidRPr="00A46A63" w14:paraId="4782C5A8" w14:textId="77777777" w:rsidTr="00316435">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4879" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1906" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26A1F917" w14:textId="77777777" w:rsidR="002157C4" w:rsidRDefault="002157C4" w:rsidP="002157C4">
+          <w:p w14:paraId="0FC79F88" w14:textId="77777777" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="004B1C05">
             <w:pPr>
               <w:ind w:right="-426"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_Hlk190082295"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7592" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="59158ECA" w14:textId="5DAA7D01" w:rsidR="002157C4" w:rsidRPr="005C122B" w:rsidRDefault="12CA8E1E" w:rsidP="002157C4">
+          <w:p w14:paraId="783FED62" w14:textId="11ACA93F" w:rsidR="00C17B01" w:rsidRPr="00A46A63" w:rsidRDefault="00C17B01" w:rsidP="004B1C05">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="714" w:right="-425" w:hanging="357"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="32"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="0D0A14DF">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+              </w:rPr>
+              <w:t>Je joins à ma demande les documents listés en</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE7F74">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>ANNEXE 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="4"/>
+    </w:tbl>
+    <w:p w14:paraId="6F5D8602" w14:textId="77777777" w:rsidR="006B24C8" w:rsidRDefault="006B24C8">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9488" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9488"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004B2F23" w:rsidRPr="00A46A63" w14:paraId="59D84DE3" w14:textId="77777777" w:rsidTr="006B24C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9488" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA1D0EA" w14:textId="4547D259" w:rsidR="004B2F23" w:rsidRPr="003A6D93" w:rsidRDefault="003A6D93" w:rsidP="004B2F23">
+            <w:pPr>
+              <w:ind w:right="-426"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:smallCaps/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Identification du terrain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E426D3" w:rsidRPr="00A46A63" w14:paraId="5682243A" w14:textId="77777777" w:rsidTr="006B24C8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="565D5B3D" w14:textId="47D4D9F1" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:ind w:left="-100"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dénomination </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>du terrain</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E426D3" w:rsidRPr="00A46A63" w14:paraId="01CDFBFC" w14:textId="77777777" w:rsidTr="006B24C8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9488" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B4A294" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1B8031B7" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="00BF37F1">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:ind w:right="-425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Adresse postale du terrain :</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1413"/>
+        <w:gridCol w:w="4667"/>
+        <w:gridCol w:w="1153"/>
+        <w:gridCol w:w="2260"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E426D3" w:rsidRPr="00A46A63" w14:paraId="7498A11F" w14:textId="77777777" w:rsidTr="00D26959">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFFFA99" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>Rue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3D8424" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65033AA2" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-110"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>Numéro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="47ED45B9" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E426D3" w:rsidRPr="00A46A63" w14:paraId="6F04C2F7" w14:textId="77777777" w:rsidTr="00D26959">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6A1714" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="005719B4" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="670414A2" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="005719B4" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="229877CD" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="005719B4" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E38AAFE" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="005719B4" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E426D3" w:rsidRPr="00A46A63" w14:paraId="30EC9E85" w14:textId="77777777" w:rsidTr="00D26959">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B85EC4" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>Localité</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5018415F" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D90ADE1" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:t>CP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="426B7ECF" w14:textId="77777777" w:rsidR="00E426D3" w:rsidRPr="00A46A63" w:rsidRDefault="00E426D3" w:rsidP="004B1C05">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-425"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3F3145F8" w14:textId="14A2B2F9" w:rsidR="007808AE" w:rsidRPr="00A46A63" w:rsidRDefault="007808AE" w:rsidP="00805A93">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Coordonnées cadastrales</w:t>
+      </w:r>
+      <w:r w:rsidR="004965E7" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et statut dans la BDES</w:t>
+      </w:r>
+      <w:r w:rsidR="00805A93">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de chaque parcelle</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5580" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> concernée par la demande</w:t>
+      </w:r>
+      <w:r w:rsidR="000C12E2" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C12E2" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="000C12E2" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>tableau 1</w:t>
+      </w:r>
+      <w:r w:rsidR="000C12E2" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="553"/>
+        <w:gridCol w:w="1384"/>
+        <w:gridCol w:w="878"/>
+        <w:gridCol w:w="828"/>
+        <w:gridCol w:w="876"/>
+        <w:gridCol w:w="1083"/>
+        <w:gridCol w:w="975"/>
+        <w:gridCol w:w="1129"/>
+        <w:gridCol w:w="662"/>
+        <w:gridCol w:w="1130"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="1CBA7A4B" w14:textId="0E86B23D" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2689E50B" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="007808AE">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Je joins à ma demande les documents listés en</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1324A0F4" w14:textId="6567E37A" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="007808AE">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Commune</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F3F7D37" w14:textId="700E51AF" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="007808AE">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Division</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41B3993F" w14:textId="3C3C8640" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="007808AE">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="220ADFE1" w14:textId="0CE488CB" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="007808AE">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bis/Ter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="163B73FD" w14:textId="4B90FC22" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="007808AE">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Numéro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01DD5BB3" w14:textId="35F9A341" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="007808AE">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Exposant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24138AA4" w14:textId="2581A1F3" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="007808AE">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Puissance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10377F87" w14:textId="53AA4D17" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00E61BAD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00B032AC" w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>art</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ie</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60708010" w14:textId="1E064631" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00E61BAD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pêche</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="41CB89FE" w14:textId="55BD8786" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38F24904" w14:textId="5D763AEE" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="41E7FA04" w14:textId="457AF484" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6F43F1" w14:textId="122C385D" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="768E623E" w14:textId="63A02805" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5BE1BA" w14:textId="576548A1" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="12EF8A7E" w14:textId="5F1F8605" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA0C929" w14:textId="438FC5DE" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5551E503" w14:textId="1851CC97" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-1916076003"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="53C089D5" w14:textId="315720D3" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00105BF1" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-729142549"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:tcBorders>
+                  <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                </w:tcBorders>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="63050F19" w14:textId="0C2CF52E" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="003A3E49" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="08389A4D" w14:textId="42AF3D98" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3879B050" w14:textId="634AFC82" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6DBB24" w14:textId="31F45348" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB111E5" w14:textId="2A2A405F" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="67085269" w14:textId="655287A2" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="454E6647" w14:textId="2E35E9AE" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB68D5A" w14:textId="4B0587C2" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5559B48C" w14:textId="798DABD2" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D704CA0" w14:textId="097F73E4" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="928009125"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="707BA508" w14:textId="6C2AA2C8" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00105BF1" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="599062173"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="57DAD18D" w14:textId="4541FD98" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="003A3E49" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="164B5112" w14:textId="037B3A2D" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E843F54" w14:textId="1B1E1AE8" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="327E8509" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC26623" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED52B93" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F57E97" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F065F09" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3278E9F6" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B4486C" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-1125387723"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="3CD63D48" w14:textId="556CB75F" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00105BF1" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="451217623"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="29737A62" w14:textId="6A0CD670" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00CB55C8" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="2AA7A1F4" w14:textId="4FC52D2C" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6271E05A" w14:textId="73844B03" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B8BB1B" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEECF8D" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="169D3EC6" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="297DF0A5" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F85C50D" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E57F22" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="644AF50B" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-2030549847"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="1B36BDD6" w14:textId="0022C1F5" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00105BF1" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="1584107035"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="5A62D277" w14:textId="7B788CAB" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="7CBB465E" w14:textId="28E0FE68" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33B33011" w14:textId="41113B94" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C47C78D" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="68BF6215" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1122B532" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8DF269" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F99AFA4" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F3E60C" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48CD0811" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="1756319420"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="65CE3EF0" w14:textId="01F9D165" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00CB55C8" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-1250807090"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="5A8C9999" w14:textId="2B7960A0" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00CB55C8" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="51048FAC" w14:textId="5D60D3DF" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="437E5423" w14:textId="7FD274E6" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="606E9FD9" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF73F92" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4E818E" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CD034B" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="280444DD" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D2AC59" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2AB8E9" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-104262639"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="06D8BF17" w14:textId="1782E6A6" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-828045898"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="66ACEA80" w14:textId="2ECBDEE9" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="11E872F3" w14:textId="51208335" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35361B03" w14:textId="4BF3B5AE" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B7157B" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C01641" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="75229E24" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C19C5CF" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C6846C" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D2DE21" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A068FC" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="1304276728"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="3A26E5AE" w14:textId="377CA7F6" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00CB55C8" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-1134106156"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="67566D08" w14:textId="72A66C8A" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="37F1A610" w14:textId="32CDA3C0" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BFCEA40" w14:textId="57753040" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B38692" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="723E697A" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F615060" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="335551CF" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B30515B" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AE0420" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E1010A" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="920679603"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="005B7E0B" w14:textId="2CAEE412" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-348333252"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="160FC00A" w14:textId="5609BCBC" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00CB55C8" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="55F70D5E" w14:textId="35DD1785" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C7C8DF3" w14:textId="4741D796" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="615E90D2" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E6B790" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="451CB8AC" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E58283" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CCC83C" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2A8E52" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA2C89D" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="1956520176"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="26A8B576" w14:textId="7A95DFFF" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="890764156"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="7DDC06E7" w14:textId="1FC6314B" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00083C89" w:rsidRPr="00A46A63" w14:paraId="78CBB2CC" w14:textId="4589EEE2" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01C8C34B" w14:textId="2621BD6A" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF8B631" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="19723425" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D473EB7" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="413DD310" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD6EBD1" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F21BD6A" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6C7B86" w14:textId="77777777" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="-1931110585"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="648" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="039A15CD" w14:textId="6AE299BB" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:id w:val="582724179"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1134" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:tcPr>
+              <w:p w14:paraId="579E3A01" w14:textId="4D882F61" w:rsidR="00083C89" w:rsidRPr="00A46A63" w:rsidRDefault="00083C89" w:rsidP="00083C89">
+                <w:pPr>
+                  <w:ind w:right="-17"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00A46A63">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00B43501" w:rsidRPr="00A46A63" w14:paraId="74DE9917" w14:textId="77777777" w:rsidTr="00E24395">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53EEB102" w14:textId="475E4B7E" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0709851A" w14:textId="77777777" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="879" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1343F517" w14:textId="77777777" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="829" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="311E2123" w14:textId="77777777" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="877" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEA14E1" w14:textId="77777777" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1085" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2FDB6D" w14:textId="77777777" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="976" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D01966C" w14:textId="77777777" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F4A56C" w14:textId="77777777" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:ind w:right="-425"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="648" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="647AE132" w14:textId="77777777" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:ind w:right="-17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="591E2782" w14:textId="77777777" w:rsidR="00B43501" w:rsidRPr="00A46A63" w:rsidRDefault="00B43501" w:rsidP="00083C89">
+            <w:pPr>
+              <w:ind w:right="-17"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2FB1AC10" w14:textId="6E29EFD3" w:rsidR="008F200F" w:rsidRPr="00A46A63" w:rsidRDefault="004965E7" w:rsidP="00800557">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:right="-425"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Motif </w:t>
+      </w:r>
+      <w:r w:rsidR="00214206" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>de la couleur pêche</w:t>
+      </w:r>
+      <w:r w:rsidR="00100C9C" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des parcelles </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7D22" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>concernées par la demande</w:t>
+      </w:r>
+      <w:r w:rsidR="00D31C39" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C12E2" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>– tableau 2 -</w:t>
+      </w:r>
+      <w:r w:rsidR="00C474F7" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C474F7" w:rsidRPr="00A46A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="255"/>
+        <w:gridCol w:w="1163"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="4820"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F10F2F" w:rsidRPr="00A46A63" w14:paraId="175873DC" w14:textId="4F0AA5FB" w:rsidTr="001E56B9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A2BCC11" w14:textId="77777777" w:rsidR="00F10F2F" w:rsidRPr="00A46A63" w:rsidRDefault="00F10F2F" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61BFCFFA" w14:textId="0C92D01D" w:rsidR="00F10F2F" w:rsidRPr="00A46A63" w:rsidRDefault="00F10F2F" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N° Parcelle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41883735" w14:textId="48B1E96F" w:rsidR="00F10F2F" w:rsidRPr="00A46A63" w:rsidRDefault="00F10F2F" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MOTIF -Source</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C63341D" w14:textId="29278F76" w:rsidR="00F10F2F" w:rsidRPr="00A46A63" w:rsidRDefault="00F10F2F" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MOTIF - Référence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A4E40" w:rsidRPr="00A46A63" w14:paraId="78941D0B" w14:textId="09D711C0" w:rsidTr="001E56B9">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37618C53" w14:textId="37D9E531" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B199043" w14:textId="3C8E41D5" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF23197" w14:textId="066A716E" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3C2845" w14:textId="7F9807A6" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="005E0247">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A4E40" w:rsidRPr="00A46A63" w14:paraId="3A58F749" w14:textId="319AEF0D" w:rsidTr="001E56B9">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="652B34AB" w14:textId="36A50A62" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B3F158" w14:textId="21F27864" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="287E3075" w14:textId="2F7E78F1" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5EBC9C" w14:textId="38805D0C" w:rsidR="002A4E40" w:rsidRPr="00792C3C" w:rsidRDefault="002A4E40" w:rsidP="005E0247">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="012101"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A4E40" w:rsidRPr="00A46A63" w14:paraId="70BB65DF" w14:textId="01E0D2DB" w:rsidTr="001E56B9">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02137135" w14:textId="4AF32682" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="274DC898" w14:textId="6AD7FA74" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E1959F" w14:textId="424EF9F5" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="50B6098B" w14:textId="6E0148B3" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="005E0247">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A4E40" w:rsidRPr="00A46A63" w14:paraId="71037B5D" w14:textId="78831B46" w:rsidTr="001E56B9">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="603FFE3E" w14:textId="04A72F27" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7403CF99" w14:textId="5EE91936" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4613256E" w14:textId="34132E6F" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2028F94C" w14:textId="6CD332BB" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="005E0247">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A4E40" w:rsidRPr="00A46A63" w14:paraId="276E065E" w14:textId="66C8FF46" w:rsidTr="001E56B9">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DA0A3C9" w14:textId="50060264" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA8FECD" w14:textId="71AEB643" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F2176E" w14:textId="73BE96DE" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="33895973" w14:textId="418B28E7" w:rsidR="002A4E40" w:rsidRPr="00A46A63" w:rsidRDefault="002A4E40" w:rsidP="005E0247">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217174" w:rsidRPr="00A46A63" w14:paraId="5F56C6AA" w14:textId="020A8FE4" w:rsidTr="001E56B9">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42F714B2" w14:textId="5FFC916E" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A23A44" w14:textId="6FD2EC28" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="196E23BC" w14:textId="7F8A184B" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A07FE1" w14:textId="42B62265" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="005E0247">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217174" w:rsidRPr="00A46A63" w14:paraId="1FACCAD6" w14:textId="701FDE1B" w:rsidTr="001E56B9">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F105096" w14:textId="4658A5FC" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C12811" w14:textId="77777777" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D333D16" w14:textId="77777777" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0736D4" w14:textId="1AABA680" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="005E0247">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217174" w:rsidRPr="00A46A63" w14:paraId="24D7B13F" w14:textId="62A45D54" w:rsidTr="001E56B9">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42EE39BA" w14:textId="58515841" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9BC75C" w14:textId="77777777" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C18186" w14:textId="77777777" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="32BDEF0F" w14:textId="48F7938C" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="005E0247">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00217174" w:rsidRPr="00A46A63" w14:paraId="02C527EB" w14:textId="77777777" w:rsidTr="001E56B9">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="10560817" w14:textId="77777777" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8101B1" w14:textId="77777777" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="232ACB01" w14:textId="77777777" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="00183448">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BBAA7D3" w14:textId="77777777" w:rsidR="00217174" w:rsidRPr="00A46A63" w:rsidRDefault="00217174" w:rsidP="005E0247">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="311C7075" w14:textId="77777777" w:rsidR="00C1029A" w:rsidRDefault="00C1029A">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9498" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="5670"/>
+        <w:gridCol w:w="1124"/>
+        <w:gridCol w:w="10"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00183628" w:rsidRPr="00A46A63" w14:paraId="45E446B8" w14:textId="77777777" w:rsidTr="0065089A">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7E301B" w14:textId="77777777" w:rsidR="007514EF" w:rsidRDefault="007514EF" w:rsidP="00183448">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2155CF0B" w14:textId="4D1D6A27" w:rsidR="00EF482A" w:rsidRDefault="00183628" w:rsidP="00183448">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00744AE0">
+              <w:t xml:space="preserve">ne évolution cadastrale des </w:t>
+            </w:r>
+            <w:r w:rsidR="004F402C">
+              <w:t>parcelles</w:t>
+            </w:r>
+            <w:r w:rsidR="004F402C" w:rsidRPr="00744AE0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00744AE0">
+              <w:t>depuis la délivrance d</w:t>
+            </w:r>
+            <w:r>
+              <w:t>u ou des</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00744AE0">
+              <w:t xml:space="preserve"> document</w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00744AE0">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00744AE0">
+              <w:t xml:space="preserve"> soumis </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BA0E9B2" w14:textId="04110ABD" w:rsidR="00183628" w:rsidRPr="00A46A63" w:rsidRDefault="00183628" w:rsidP="00183448">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00744AE0">
+              <w:t>comme justificatif</w:t>
+            </w:r>
+            <w:r>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00744AE0">
+              <w:t xml:space="preserve"> de dérogation</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> a</w:t>
+            </w:r>
+            <w:r w:rsidR="003D657C">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>eu lieu</w:t>
+            </w:r>
+            <w:r w:rsidR="003D657C">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1124" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:id w:val="989907963"/>
+              <w14:checkbox>
+                <w14:checked w14:val="0"/>
+                <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+              </w14:checkbox>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="546BC7FE" w14:textId="1D25FBF9" w:rsidR="00183628" w:rsidRPr="00A46A63" w:rsidRDefault="00183628" w:rsidP="00183448">
+                <w:pPr>
+                  <w:pStyle w:val="Paragraphedeliste"/>
+                  <w:ind w:left="0"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00183628" w:rsidRPr="00A46A63" w14:paraId="1D644596" w14:textId="77777777" w:rsidTr="004D3FE2">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="10" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8364" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="184F1F1D" w14:textId="77777777" w:rsidR="00183628" w:rsidRDefault="00183628" w:rsidP="00183448">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1124" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E696C16" w14:textId="77777777" w:rsidR="00183628" w:rsidRDefault="00183628" w:rsidP="00183448">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB69D4" w:rsidRPr="00A46A63" w14:paraId="27158CD2" w14:textId="77777777" w:rsidTr="00886A17">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7EDDF4" w14:textId="6543356D" w:rsidR="00DB69D4" w:rsidRPr="00A46A63" w:rsidRDefault="00DB69D4" w:rsidP="00183448">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:ind w:left="0" w:hanging="283"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-          </w:p>
+              </w:rPr>
+              <w:t xml:space="preserve">Si oui : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Je joins à ma demande </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>un</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A46A63">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> document </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B4BAA">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>décrivant l’évolution cadastrale </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00183628" w:rsidRPr="00A46A63" w14:paraId="163F6CAF" w14:textId="77777777" w:rsidTr="00884CE0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1844"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5953EFFC" w14:textId="77777777" w:rsidR="00183628" w:rsidRDefault="00183628" w:rsidP="00183448"/>
+          <w:p w14:paraId="2A88CD5C" w14:textId="77777777" w:rsidR="00EF482A" w:rsidRDefault="00EF482A" w:rsidP="00183448"/>
+          <w:p w14:paraId="095ED5DE" w14:textId="77777777" w:rsidR="00183628" w:rsidRPr="00A46A63" w:rsidRDefault="00183628" w:rsidP="00183448"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00183628" w:rsidRPr="00A46A63" w14:paraId="43F3F4C3" w14:textId="77777777" w:rsidTr="00C1029A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA929AA" w14:textId="5DB96C34" w:rsidR="00183628" w:rsidRPr="00A46A63" w:rsidRDefault="00183628" w:rsidP="00183448">
+            <w:r>
+              <w:t xml:space="preserve">Date : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0335D9DF" w14:textId="09FE5901" w:rsidR="00183628" w:rsidRPr="00A46A63" w:rsidRDefault="00183628" w:rsidP="00183448"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00183628" w:rsidRPr="00A46A63" w14:paraId="47C7E500" w14:textId="77777777" w:rsidTr="00C1029A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="190"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9498" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D10C7A5" w14:textId="77777777" w:rsidR="00183628" w:rsidRPr="00064CA5" w:rsidRDefault="00183628" w:rsidP="00183448">
+            <w:pPr>
+              <w:ind w:firstLine="708"/>
+              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00183628" w:rsidRPr="00A46A63" w14:paraId="5A56788E" w14:textId="77777777" w:rsidTr="00884CE0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="1102"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A809EA" w14:textId="010D29D5" w:rsidR="00183628" w:rsidRDefault="00183628" w:rsidP="00183448">
+            <w:r>
+              <w:t xml:space="preserve">Signature du demandeur : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6804" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE30C2B" w14:textId="704BABA9" w:rsidR="00183628" w:rsidRPr="00A46A63" w:rsidRDefault="00183628" w:rsidP="00183448"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73A52510" w14:textId="77777777" w:rsidR="00441F51" w:rsidRPr="00B06DBA" w:rsidRDefault="00441F51" w:rsidP="00B06DBA">
+    <w:p w14:paraId="730161AB" w14:textId="77777777" w:rsidR="005D6821" w:rsidRPr="00A46A63" w:rsidRDefault="005D6821" w:rsidP="005D6821">
       <w:pPr>
         <w:ind w:right="-426"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00441F51" w:rsidRPr="00B06DBA" w:rsidSect="0069089E">
-      <w:footerReference w:type="default" r:id="rId29"/>
+    <w:sectPr w:rsidR="005D6821" w:rsidRPr="00A46A63" w:rsidSect="0069089E">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="991" w:bottom="1417" w:left="1417" w:header="680" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6938D698" w14:textId="77777777" w:rsidR="00E334E7" w:rsidRDefault="00E334E7" w:rsidP="00A47E8C">
+    <w:p w14:paraId="6C2723F2" w14:textId="77777777" w:rsidR="00C0550E" w:rsidRDefault="00C0550E" w:rsidP="00A47E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03A918E5" w14:textId="77777777" w:rsidR="00E334E7" w:rsidRDefault="00E334E7" w:rsidP="00A47E8C">
+    <w:p w14:paraId="380B065F" w14:textId="77777777" w:rsidR="00C0550E" w:rsidRDefault="00C0550E" w:rsidP="00A47E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="13184BC3" w14:textId="77777777" w:rsidR="00E334E7" w:rsidRDefault="00E334E7">
+    <w:p w14:paraId="15E3B289" w14:textId="77777777" w:rsidR="00C0550E" w:rsidRDefault="00C0550E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...30 lines deleted...]
-  <w:p w14:paraId="7F88CCCF" w14:textId="77777777" w:rsidR="00B06DBA" w:rsidRPr="009D674B" w:rsidRDefault="00B06DBA" w:rsidP="0017653A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E43FA17" w14:textId="6A31AAAF" w:rsidR="00805A93" w:rsidRPr="009D674B" w:rsidRDefault="00805A93" w:rsidP="00805A93">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       <w:spacing w:before="240"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009D674B">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Ce formulaire de demande de dérogation est établi sur base des dispositions légales du Décret relatif à la gestion et à l’assainissement des sols du 1er mars 2018 – art.2 31°, art. 23 à 27, art.29 et art. 112 à 115 - et de l’Arrêté du Gouvernent Wallon relatif à la gestion et l’assainissement des sols du 06 décembre 2018 – art. 71 à 74 -.</w:t>
     </w:r>
   </w:p>
+  <w:p w14:paraId="40F8E31C" w14:textId="50410A36" w:rsidR="00A00D40" w:rsidRDefault="00A00D40">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="343A1B11" w14:textId="77777777" w:rsidR="00E334E7" w:rsidRDefault="00E334E7" w:rsidP="00A47E8C">
+    <w:p w14:paraId="3FB91B07" w14:textId="77777777" w:rsidR="00C0550E" w:rsidRDefault="00C0550E" w:rsidP="00A47E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4632224C" w14:textId="77777777" w:rsidR="00E334E7" w:rsidRDefault="00E334E7" w:rsidP="00A47E8C">
+    <w:p w14:paraId="57576DD7" w14:textId="77777777" w:rsidR="00C0550E" w:rsidRDefault="00C0550E" w:rsidP="00A47E8C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="096E3418" w14:textId="77777777" w:rsidR="00E334E7" w:rsidRDefault="00E334E7">
+    <w:p w14:paraId="1D4AD68E" w14:textId="77777777" w:rsidR="00C0550E" w:rsidRDefault="00C0550E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="022B3F87" w14:textId="1AA859C6" w:rsidR="00C612FC" w:rsidRPr="00507CDA" w:rsidRDefault="00C612FC">
+    <w:p w14:paraId="40B8B67A" w14:textId="7DC3A7C0" w:rsidR="00805A93" w:rsidRPr="00805A93" w:rsidRDefault="00805A93">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">BDES : Banque de Données de l’Etat des Sols : </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidR="00B032AC" w:rsidRPr="00746FC8">
+        <w:r w:rsidRPr="00746FC8">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:lang w:val="fr-BE"/>
           </w:rPr>
           <w:t>http://bdes.wallonie.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...20 lines deleted...]
-  <w:p w14:paraId="4211E8C3" w14:textId="77777777" w:rsidR="00461A08" w:rsidRDefault="00461A08">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1318336367"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="57257DDF" w14:textId="77777777" w:rsidR="0059506A" w:rsidRDefault="0059506A">
+        <w:pPr>
+          <w:pStyle w:val="En-tte"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:t xml:space="preserve">Page </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:instrText>PAGE</w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r>
+          <w:t xml:space="preserve"> sur </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:instrText>NUMPAGES</w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="4DD59FC3" w14:textId="77777777" w:rsidR="00A00D40" w:rsidRDefault="00A00D40">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01FA0ED3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5E8204A2"/>
     <w:lvl w:ilvl="0" w:tplc="21A4F460">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="40"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -21290,282 +14842,579 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="21045A86"/>
+    <w:nsid w:val="09F36B69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="61D2264C"/>
-[...2 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="242E63B8"/>
+    <w:lvl w:ilvl="0" w:tplc="12A80208">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="611" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cstheme="minorBidi" w:hint="default"/>
-[...1 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="o"/>
+    <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="971" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1691" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="2411" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:ind w:left="3131" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3851" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
-[...8 lines deleted...]
-      <w:lvlText w:val=""/>
+        <w:ind w:left="4571" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
-[...39 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5291" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6011" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2C711B23"/>
+    <w:nsid w:val="0DCC0796"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="72EC5116"/>
-    <w:lvl w:ilvl="0" w:tplc="4CB8A25C">
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="auto"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F990D09"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="984E5192"/>
+    <w:lvl w:ilvl="0" w:tplc="AED4A532">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0816A792">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0E183526">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="404065DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="632E7888">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="55201312">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="07DCFD3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="3EBC303E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="43EE8332">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21045A86"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61D2264C"/>
+    <w:lvl w:ilvl="0" w:tplc="8DFED570">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Wingdings" w:cstheme="minorBidi" w:hint="default"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C711B23"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="72EC5116"/>
+    <w:lvl w:ilvl="0" w:tplc="4CB8A25C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="32"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FD82680"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A66C1852"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21637,51 +15486,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="346A7C44"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CDA02CC"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21753,51 +15602,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38821721"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4D8E05E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -21866,51 +15715,255 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="438576D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D8167CE4"/>
+    <w:lvl w:ilvl="0" w:tplc="C2E0B99E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="774C0E32">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0AE68250">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="AB9C00EA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5D809604">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C554DD08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2AD6B120">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C0B69BAA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="640CAAFA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46C668E6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5298EDEC"/>
+    <w:lvl w:ilvl="0" w:tplc="080C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="40"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B721B34"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B8DA1E08"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -21982,51 +16035,250 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5163195D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A5621312"/>
+    <w:lvl w:ilvl="0" w:tplc="080C000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="896" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1616" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2336" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3056" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3776" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4496" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5216" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5936" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6656" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52A83C8F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D96EEC88"/>
+    <w:lvl w:ilvl="0" w:tplc="080C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="547E3EBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D54E930E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22068,51 +16320,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C78407A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82824A56"/>
+    <w:lvl w:ilvl="0" w:tplc="4704C728">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="056AF4D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="68C60E3A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04A6C822">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5BD802EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="AB14AA16">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="B1D27D50">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F90E350A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="39144028">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1020" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F4C2582"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AAC702A"/>
     <w:lvl w:ilvl="0" w:tplc="040C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22154,51 +16492,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627318E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F86BCE4"/>
     <w:lvl w:ilvl="0" w:tplc="31F882FC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1616" w:hanging="360"/>
       </w:pPr>
@@ -22269,51 +16607,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6656" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63463130"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EBA50DA"/>
     <w:lvl w:ilvl="0" w:tplc="401CC172">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:color w:val="auto"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -22387,51 +16725,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="648768C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C787CD4"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -22503,51 +16841,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65984763"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57E6ABCA"/>
     <w:lvl w:ilvl="0" w:tplc="E55ECBC8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="A8D08D" w:themeColor="accent6" w:themeTint="99"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -22619,51 +16957,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F6F388B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA4A8012"/>
     <w:lvl w:ilvl="0" w:tplc="1E04E472">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -22709,51 +17047,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74D27CF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="944CD57C"/>
     <w:lvl w:ilvl="0" w:tplc="040C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22795,51 +17133,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D630ACD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2842D458"/>
     <w:lvl w:ilvl="0" w:tplc="040C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -22882,689 +17220,1203 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="706563419">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="34624053">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1388918570">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1934390028">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="60834719">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1934390028">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="733547840">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1280913808">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1178928886">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1802991352">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1794208007">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="427845264">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="488667516">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="143619954">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="820315898">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2129619960">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="172495506">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="721951229">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1031420730">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="17896619">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="197014559">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="143619954">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="21" w16cid:durableId="56174539">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="820315898">
-[...2 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="2129619960">
+  <w:num w:numId="22" w16cid:durableId="1641685531">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="172495506">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="23" w16cid:durableId="1112942268">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1892689209">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D39EB"/>
+    <w:rsid w:val="00000D5D"/>
+    <w:rsid w:val="00003900"/>
+    <w:rsid w:val="000075AA"/>
     <w:rsid w:val="000142EE"/>
+    <w:rsid w:val="00015E4A"/>
     <w:rsid w:val="0001619D"/>
     <w:rsid w:val="00022D51"/>
     <w:rsid w:val="00026372"/>
+    <w:rsid w:val="00030FDD"/>
+    <w:rsid w:val="000340CB"/>
     <w:rsid w:val="00035969"/>
+    <w:rsid w:val="000472DE"/>
     <w:rsid w:val="00050386"/>
+    <w:rsid w:val="00051E5B"/>
+    <w:rsid w:val="00053969"/>
     <w:rsid w:val="00055AC1"/>
+    <w:rsid w:val="00055B5E"/>
     <w:rsid w:val="00055C19"/>
     <w:rsid w:val="00056E54"/>
+    <w:rsid w:val="00057EDA"/>
     <w:rsid w:val="00063583"/>
+    <w:rsid w:val="00064CA5"/>
     <w:rsid w:val="00065053"/>
+    <w:rsid w:val="000676B3"/>
     <w:rsid w:val="00071E6F"/>
+    <w:rsid w:val="0007679C"/>
+    <w:rsid w:val="00076CC3"/>
     <w:rsid w:val="0008066D"/>
     <w:rsid w:val="00081B43"/>
+    <w:rsid w:val="000828E1"/>
     <w:rsid w:val="00083C89"/>
     <w:rsid w:val="000866A1"/>
+    <w:rsid w:val="00090583"/>
     <w:rsid w:val="00092EF3"/>
+    <w:rsid w:val="000937ED"/>
+    <w:rsid w:val="00096386"/>
+    <w:rsid w:val="000A269D"/>
+    <w:rsid w:val="000A3A20"/>
+    <w:rsid w:val="000A6BF1"/>
+    <w:rsid w:val="000B2256"/>
+    <w:rsid w:val="000B303D"/>
+    <w:rsid w:val="000B41B3"/>
+    <w:rsid w:val="000B4BAA"/>
     <w:rsid w:val="000C12E2"/>
     <w:rsid w:val="000C6C2D"/>
+    <w:rsid w:val="000C7DAE"/>
+    <w:rsid w:val="000D38BA"/>
+    <w:rsid w:val="000D4A71"/>
+    <w:rsid w:val="000E0A18"/>
     <w:rsid w:val="000E1B3A"/>
     <w:rsid w:val="000E1CAC"/>
     <w:rsid w:val="000E3AA2"/>
+    <w:rsid w:val="000F218F"/>
+    <w:rsid w:val="000F433D"/>
     <w:rsid w:val="000F5051"/>
+    <w:rsid w:val="000F5792"/>
     <w:rsid w:val="00100C9C"/>
     <w:rsid w:val="00100E0B"/>
+    <w:rsid w:val="00102168"/>
+    <w:rsid w:val="00103540"/>
+    <w:rsid w:val="00105B55"/>
     <w:rsid w:val="00105BF1"/>
+    <w:rsid w:val="0010647D"/>
+    <w:rsid w:val="001073BC"/>
     <w:rsid w:val="00107B67"/>
     <w:rsid w:val="00110EF3"/>
     <w:rsid w:val="001117DB"/>
     <w:rsid w:val="00112FD1"/>
     <w:rsid w:val="001157A6"/>
     <w:rsid w:val="00116145"/>
+    <w:rsid w:val="0012032D"/>
+    <w:rsid w:val="00124ED7"/>
     <w:rsid w:val="00125B8D"/>
     <w:rsid w:val="00125C43"/>
     <w:rsid w:val="0012670E"/>
+    <w:rsid w:val="0012790C"/>
     <w:rsid w:val="0013118E"/>
+    <w:rsid w:val="00135316"/>
+    <w:rsid w:val="0013539F"/>
     <w:rsid w:val="00141262"/>
     <w:rsid w:val="00145208"/>
     <w:rsid w:val="0014673E"/>
     <w:rsid w:val="00147485"/>
     <w:rsid w:val="0015236A"/>
+    <w:rsid w:val="001531E9"/>
+    <w:rsid w:val="00155967"/>
+    <w:rsid w:val="0015636C"/>
     <w:rsid w:val="00161714"/>
     <w:rsid w:val="0016375B"/>
+    <w:rsid w:val="00164A3D"/>
+    <w:rsid w:val="001654C2"/>
     <w:rsid w:val="001657E8"/>
     <w:rsid w:val="001710A2"/>
     <w:rsid w:val="001753CF"/>
     <w:rsid w:val="0017653A"/>
     <w:rsid w:val="0018094A"/>
+    <w:rsid w:val="00180BE2"/>
     <w:rsid w:val="001831A2"/>
+    <w:rsid w:val="00183448"/>
+    <w:rsid w:val="00183628"/>
+    <w:rsid w:val="00185955"/>
+    <w:rsid w:val="00185BB6"/>
     <w:rsid w:val="0018727A"/>
+    <w:rsid w:val="001878A6"/>
+    <w:rsid w:val="001913BB"/>
     <w:rsid w:val="00192B25"/>
     <w:rsid w:val="0019691A"/>
+    <w:rsid w:val="001A3037"/>
     <w:rsid w:val="001A7DEA"/>
     <w:rsid w:val="001B14E7"/>
+    <w:rsid w:val="001B4FCA"/>
+    <w:rsid w:val="001B5CE2"/>
+    <w:rsid w:val="001B6D9D"/>
     <w:rsid w:val="001B72EE"/>
     <w:rsid w:val="001B7A37"/>
     <w:rsid w:val="001C5C20"/>
     <w:rsid w:val="001C66CB"/>
     <w:rsid w:val="001D03D1"/>
     <w:rsid w:val="001D08EA"/>
+    <w:rsid w:val="001D41E7"/>
+    <w:rsid w:val="001D556E"/>
     <w:rsid w:val="001D5F4A"/>
+    <w:rsid w:val="001D71ED"/>
+    <w:rsid w:val="001E038F"/>
+    <w:rsid w:val="001E1AD1"/>
+    <w:rsid w:val="001E3494"/>
+    <w:rsid w:val="001E3DFF"/>
     <w:rsid w:val="001E47EC"/>
     <w:rsid w:val="001E551A"/>
+    <w:rsid w:val="001E56B9"/>
     <w:rsid w:val="001E6A9F"/>
     <w:rsid w:val="001F08C0"/>
     <w:rsid w:val="001F35E4"/>
+    <w:rsid w:val="001F3892"/>
     <w:rsid w:val="001F70DA"/>
     <w:rsid w:val="001F726B"/>
+    <w:rsid w:val="001F7E9A"/>
+    <w:rsid w:val="00200108"/>
+    <w:rsid w:val="0020047E"/>
+    <w:rsid w:val="0020067E"/>
     <w:rsid w:val="00205017"/>
     <w:rsid w:val="00206D8F"/>
+    <w:rsid w:val="00206E2F"/>
     <w:rsid w:val="00214206"/>
     <w:rsid w:val="002157C4"/>
     <w:rsid w:val="00216188"/>
     <w:rsid w:val="00217105"/>
+    <w:rsid w:val="00217174"/>
+    <w:rsid w:val="00225C21"/>
     <w:rsid w:val="0022690F"/>
+    <w:rsid w:val="00226B73"/>
+    <w:rsid w:val="00231693"/>
     <w:rsid w:val="002319F8"/>
+    <w:rsid w:val="00232301"/>
     <w:rsid w:val="00236453"/>
     <w:rsid w:val="00237D9F"/>
     <w:rsid w:val="0024345C"/>
     <w:rsid w:val="00246C49"/>
     <w:rsid w:val="0024778A"/>
+    <w:rsid w:val="00247CB1"/>
+    <w:rsid w:val="00250F07"/>
+    <w:rsid w:val="002527CE"/>
     <w:rsid w:val="00257332"/>
+    <w:rsid w:val="00261640"/>
     <w:rsid w:val="002617D3"/>
     <w:rsid w:val="00267DED"/>
     <w:rsid w:val="0027353F"/>
+    <w:rsid w:val="00275318"/>
+    <w:rsid w:val="0027724A"/>
     <w:rsid w:val="002833A5"/>
+    <w:rsid w:val="00285712"/>
+    <w:rsid w:val="00291F37"/>
     <w:rsid w:val="0029268A"/>
     <w:rsid w:val="00292FCA"/>
     <w:rsid w:val="002940D0"/>
+    <w:rsid w:val="00296D6E"/>
+    <w:rsid w:val="00296E2A"/>
     <w:rsid w:val="002A0193"/>
     <w:rsid w:val="002A0BF9"/>
+    <w:rsid w:val="002A44A5"/>
+    <w:rsid w:val="002A4E40"/>
     <w:rsid w:val="002A4F7E"/>
     <w:rsid w:val="002A6D24"/>
+    <w:rsid w:val="002A6FDB"/>
+    <w:rsid w:val="002B1999"/>
     <w:rsid w:val="002B2E77"/>
     <w:rsid w:val="002C103F"/>
+    <w:rsid w:val="002C177B"/>
     <w:rsid w:val="002C6AAE"/>
     <w:rsid w:val="002D0168"/>
     <w:rsid w:val="002D255B"/>
     <w:rsid w:val="002D2A0F"/>
+    <w:rsid w:val="002D5258"/>
+    <w:rsid w:val="002D5377"/>
+    <w:rsid w:val="002D7841"/>
+    <w:rsid w:val="002E2B97"/>
+    <w:rsid w:val="002E3424"/>
     <w:rsid w:val="002F129E"/>
+    <w:rsid w:val="002F4AA2"/>
     <w:rsid w:val="00301470"/>
+    <w:rsid w:val="00305157"/>
+    <w:rsid w:val="003051DC"/>
+    <w:rsid w:val="00307166"/>
     <w:rsid w:val="003105D3"/>
     <w:rsid w:val="00310EB7"/>
     <w:rsid w:val="00315DC0"/>
+    <w:rsid w:val="00316435"/>
+    <w:rsid w:val="0032233A"/>
+    <w:rsid w:val="003244C4"/>
+    <w:rsid w:val="00326887"/>
+    <w:rsid w:val="0033188F"/>
+    <w:rsid w:val="003335AF"/>
+    <w:rsid w:val="0033367A"/>
     <w:rsid w:val="003358C0"/>
+    <w:rsid w:val="00335D28"/>
+    <w:rsid w:val="003371D2"/>
+    <w:rsid w:val="003373E4"/>
+    <w:rsid w:val="003375D3"/>
+    <w:rsid w:val="003400AC"/>
+    <w:rsid w:val="00345A87"/>
     <w:rsid w:val="00345E87"/>
     <w:rsid w:val="003468E4"/>
+    <w:rsid w:val="003501EF"/>
+    <w:rsid w:val="00357106"/>
     <w:rsid w:val="00363DAE"/>
     <w:rsid w:val="003642E2"/>
+    <w:rsid w:val="00372DD5"/>
     <w:rsid w:val="0037514B"/>
+    <w:rsid w:val="003767B1"/>
+    <w:rsid w:val="00383514"/>
     <w:rsid w:val="00383627"/>
     <w:rsid w:val="003966FF"/>
     <w:rsid w:val="003A0AA3"/>
     <w:rsid w:val="003A3E49"/>
     <w:rsid w:val="003A4250"/>
+    <w:rsid w:val="003A4B0B"/>
+    <w:rsid w:val="003A540C"/>
+    <w:rsid w:val="003A6D93"/>
+    <w:rsid w:val="003B0766"/>
     <w:rsid w:val="003B46B1"/>
+    <w:rsid w:val="003B7E77"/>
     <w:rsid w:val="003C0745"/>
+    <w:rsid w:val="003C0AC1"/>
     <w:rsid w:val="003C0C51"/>
     <w:rsid w:val="003C1B21"/>
     <w:rsid w:val="003C2093"/>
+    <w:rsid w:val="003C7B91"/>
     <w:rsid w:val="003D25F2"/>
     <w:rsid w:val="003D2878"/>
     <w:rsid w:val="003D4E8F"/>
     <w:rsid w:val="003D5580"/>
+    <w:rsid w:val="003D657C"/>
     <w:rsid w:val="003D7132"/>
     <w:rsid w:val="003E25CA"/>
+    <w:rsid w:val="003E4181"/>
+    <w:rsid w:val="003E5832"/>
+    <w:rsid w:val="003F0ADB"/>
     <w:rsid w:val="003F0B49"/>
     <w:rsid w:val="003F16E4"/>
+    <w:rsid w:val="003F3364"/>
+    <w:rsid w:val="003F53E8"/>
     <w:rsid w:val="00406A30"/>
     <w:rsid w:val="00406D3F"/>
     <w:rsid w:val="004076D1"/>
     <w:rsid w:val="00412705"/>
     <w:rsid w:val="0041340E"/>
+    <w:rsid w:val="00413786"/>
     <w:rsid w:val="00414964"/>
+    <w:rsid w:val="00414AF3"/>
+    <w:rsid w:val="00415920"/>
     <w:rsid w:val="00415D2E"/>
+    <w:rsid w:val="00417606"/>
+    <w:rsid w:val="00421BAA"/>
+    <w:rsid w:val="00423717"/>
     <w:rsid w:val="00424B3C"/>
     <w:rsid w:val="004268D1"/>
     <w:rsid w:val="00435B1B"/>
     <w:rsid w:val="00436341"/>
+    <w:rsid w:val="004416E8"/>
     <w:rsid w:val="00441F51"/>
     <w:rsid w:val="00442176"/>
+    <w:rsid w:val="00443946"/>
+    <w:rsid w:val="00445352"/>
     <w:rsid w:val="0044630C"/>
+    <w:rsid w:val="00450CB1"/>
+    <w:rsid w:val="00455F63"/>
+    <w:rsid w:val="004561B9"/>
+    <w:rsid w:val="004568A2"/>
+    <w:rsid w:val="00456F0B"/>
     <w:rsid w:val="00461A08"/>
+    <w:rsid w:val="004666E3"/>
+    <w:rsid w:val="004678B3"/>
     <w:rsid w:val="00472020"/>
     <w:rsid w:val="004720DF"/>
+    <w:rsid w:val="004746B2"/>
     <w:rsid w:val="00476416"/>
     <w:rsid w:val="004809E5"/>
     <w:rsid w:val="00480E80"/>
     <w:rsid w:val="004823D1"/>
+    <w:rsid w:val="00486434"/>
     <w:rsid w:val="00486C69"/>
     <w:rsid w:val="00490965"/>
     <w:rsid w:val="00490B91"/>
     <w:rsid w:val="00492A4B"/>
     <w:rsid w:val="004965E7"/>
     <w:rsid w:val="00497B85"/>
     <w:rsid w:val="00497C58"/>
     <w:rsid w:val="004A3001"/>
+    <w:rsid w:val="004A5D0B"/>
+    <w:rsid w:val="004A6572"/>
+    <w:rsid w:val="004B0C54"/>
+    <w:rsid w:val="004B1C05"/>
     <w:rsid w:val="004B2F23"/>
+    <w:rsid w:val="004B6F53"/>
+    <w:rsid w:val="004B7FE2"/>
+    <w:rsid w:val="004D0D0E"/>
     <w:rsid w:val="004D2423"/>
+    <w:rsid w:val="004D256A"/>
+    <w:rsid w:val="004D3FE2"/>
+    <w:rsid w:val="004E1556"/>
     <w:rsid w:val="004E283B"/>
     <w:rsid w:val="004E701D"/>
+    <w:rsid w:val="004F1A07"/>
+    <w:rsid w:val="004F2014"/>
+    <w:rsid w:val="004F2E74"/>
+    <w:rsid w:val="004F402C"/>
     <w:rsid w:val="004F566C"/>
+    <w:rsid w:val="004F5E74"/>
+    <w:rsid w:val="004F6558"/>
     <w:rsid w:val="004F6694"/>
     <w:rsid w:val="004F6E60"/>
     <w:rsid w:val="00502F41"/>
     <w:rsid w:val="00504933"/>
     <w:rsid w:val="005056A5"/>
     <w:rsid w:val="00507CDA"/>
+    <w:rsid w:val="00510AFD"/>
     <w:rsid w:val="00511BF5"/>
+    <w:rsid w:val="00513C7E"/>
     <w:rsid w:val="005170F4"/>
+    <w:rsid w:val="00520F0B"/>
     <w:rsid w:val="005241C8"/>
     <w:rsid w:val="0053198C"/>
     <w:rsid w:val="005365D5"/>
+    <w:rsid w:val="00536FB1"/>
     <w:rsid w:val="00543450"/>
+    <w:rsid w:val="00544177"/>
     <w:rsid w:val="0054489B"/>
     <w:rsid w:val="0055275F"/>
     <w:rsid w:val="00552C8A"/>
     <w:rsid w:val="00556C88"/>
+    <w:rsid w:val="00560B2B"/>
     <w:rsid w:val="005679F3"/>
     <w:rsid w:val="005719B4"/>
+    <w:rsid w:val="005719B8"/>
     <w:rsid w:val="00572AB4"/>
+    <w:rsid w:val="00574ACC"/>
+    <w:rsid w:val="005779F0"/>
+    <w:rsid w:val="00583073"/>
+    <w:rsid w:val="00583618"/>
     <w:rsid w:val="00583EF9"/>
+    <w:rsid w:val="0058438E"/>
     <w:rsid w:val="00592B21"/>
+    <w:rsid w:val="0059506A"/>
+    <w:rsid w:val="005A05A0"/>
     <w:rsid w:val="005B02BC"/>
+    <w:rsid w:val="005B0945"/>
+    <w:rsid w:val="005B1D01"/>
+    <w:rsid w:val="005B4D46"/>
+    <w:rsid w:val="005C0AA0"/>
     <w:rsid w:val="005C122B"/>
+    <w:rsid w:val="005C1951"/>
     <w:rsid w:val="005C2CE5"/>
+    <w:rsid w:val="005C40A4"/>
     <w:rsid w:val="005D3BC1"/>
     <w:rsid w:val="005D5F4F"/>
+    <w:rsid w:val="005D6566"/>
+    <w:rsid w:val="005D6821"/>
+    <w:rsid w:val="005D7C86"/>
+    <w:rsid w:val="005D7DD8"/>
+    <w:rsid w:val="005E0247"/>
     <w:rsid w:val="005E0ED7"/>
     <w:rsid w:val="005E0EE4"/>
     <w:rsid w:val="005E1F52"/>
     <w:rsid w:val="005E2129"/>
+    <w:rsid w:val="005E3A95"/>
     <w:rsid w:val="005E4F9A"/>
     <w:rsid w:val="005E5844"/>
+    <w:rsid w:val="005E6F53"/>
+    <w:rsid w:val="005F0DF3"/>
     <w:rsid w:val="005F3F47"/>
+    <w:rsid w:val="00600468"/>
     <w:rsid w:val="0060207B"/>
+    <w:rsid w:val="00602AE8"/>
     <w:rsid w:val="00605255"/>
     <w:rsid w:val="0062215E"/>
+    <w:rsid w:val="0062255A"/>
     <w:rsid w:val="00623357"/>
     <w:rsid w:val="00623839"/>
+    <w:rsid w:val="00630368"/>
+    <w:rsid w:val="00630A17"/>
+    <w:rsid w:val="00630B2B"/>
+    <w:rsid w:val="0063213E"/>
+    <w:rsid w:val="0063515A"/>
     <w:rsid w:val="006368CA"/>
     <w:rsid w:val="00640B93"/>
     <w:rsid w:val="006420C7"/>
+    <w:rsid w:val="00644B6F"/>
+    <w:rsid w:val="00646403"/>
+    <w:rsid w:val="0065089A"/>
     <w:rsid w:val="006527E5"/>
     <w:rsid w:val="00654C3A"/>
+    <w:rsid w:val="00654C7C"/>
     <w:rsid w:val="0066398B"/>
     <w:rsid w:val="00664201"/>
     <w:rsid w:val="0066566B"/>
+    <w:rsid w:val="00665C7B"/>
     <w:rsid w:val="0066724B"/>
+    <w:rsid w:val="00672EA9"/>
     <w:rsid w:val="006742ED"/>
+    <w:rsid w:val="006765F4"/>
     <w:rsid w:val="00680038"/>
     <w:rsid w:val="0069089E"/>
     <w:rsid w:val="006908F5"/>
     <w:rsid w:val="00693659"/>
+    <w:rsid w:val="00693820"/>
+    <w:rsid w:val="0069599D"/>
+    <w:rsid w:val="006959C3"/>
     <w:rsid w:val="006A0606"/>
     <w:rsid w:val="006A3E12"/>
     <w:rsid w:val="006A4B39"/>
     <w:rsid w:val="006A5A0B"/>
+    <w:rsid w:val="006A657E"/>
+    <w:rsid w:val="006B24C8"/>
+    <w:rsid w:val="006B3102"/>
     <w:rsid w:val="006B4B87"/>
+    <w:rsid w:val="006C19F7"/>
     <w:rsid w:val="006C3314"/>
     <w:rsid w:val="006D1858"/>
+    <w:rsid w:val="006D1966"/>
     <w:rsid w:val="006D39EB"/>
     <w:rsid w:val="006D42A1"/>
+    <w:rsid w:val="006D5123"/>
+    <w:rsid w:val="006D5B1D"/>
     <w:rsid w:val="006E0F45"/>
+    <w:rsid w:val="006E270D"/>
     <w:rsid w:val="006E59A6"/>
     <w:rsid w:val="006E5F2C"/>
+    <w:rsid w:val="006E5F63"/>
+    <w:rsid w:val="006E7357"/>
     <w:rsid w:val="006F4615"/>
+    <w:rsid w:val="006F76FE"/>
+    <w:rsid w:val="007008F2"/>
+    <w:rsid w:val="007016A8"/>
     <w:rsid w:val="0070715C"/>
     <w:rsid w:val="00707417"/>
+    <w:rsid w:val="0070766B"/>
     <w:rsid w:val="00710DB1"/>
     <w:rsid w:val="00712CCD"/>
     <w:rsid w:val="00713012"/>
+    <w:rsid w:val="0071348B"/>
+    <w:rsid w:val="00714F87"/>
     <w:rsid w:val="007150B5"/>
     <w:rsid w:val="00715B79"/>
     <w:rsid w:val="0072340A"/>
     <w:rsid w:val="00723EBA"/>
     <w:rsid w:val="007241E6"/>
+    <w:rsid w:val="0072794B"/>
+    <w:rsid w:val="007307DE"/>
     <w:rsid w:val="0073525D"/>
     <w:rsid w:val="007352F2"/>
     <w:rsid w:val="00736EDB"/>
+    <w:rsid w:val="007420E7"/>
+    <w:rsid w:val="00742CEA"/>
+    <w:rsid w:val="00744AE0"/>
+    <w:rsid w:val="00750CF4"/>
+    <w:rsid w:val="007514EF"/>
     <w:rsid w:val="00756A92"/>
     <w:rsid w:val="00756AA2"/>
+    <w:rsid w:val="00762383"/>
     <w:rsid w:val="00763185"/>
     <w:rsid w:val="007640E2"/>
     <w:rsid w:val="00766658"/>
     <w:rsid w:val="0077252F"/>
     <w:rsid w:val="007731E3"/>
     <w:rsid w:val="0077331F"/>
     <w:rsid w:val="0077491A"/>
+    <w:rsid w:val="0078085C"/>
     <w:rsid w:val="007808AE"/>
     <w:rsid w:val="0079254D"/>
+    <w:rsid w:val="00792C3C"/>
+    <w:rsid w:val="007A4FB0"/>
     <w:rsid w:val="007B7571"/>
     <w:rsid w:val="007C0FC9"/>
     <w:rsid w:val="007C2280"/>
     <w:rsid w:val="007C341C"/>
+    <w:rsid w:val="007D0BB8"/>
+    <w:rsid w:val="007D19D4"/>
     <w:rsid w:val="007D1B6D"/>
+    <w:rsid w:val="007E0E1D"/>
     <w:rsid w:val="007E1964"/>
+    <w:rsid w:val="007E4E8C"/>
+    <w:rsid w:val="007F2D0B"/>
     <w:rsid w:val="007F3173"/>
     <w:rsid w:val="007F3DE3"/>
     <w:rsid w:val="007F4BDE"/>
     <w:rsid w:val="008004F8"/>
     <w:rsid w:val="00800557"/>
+    <w:rsid w:val="00801826"/>
     <w:rsid w:val="008056CA"/>
+    <w:rsid w:val="00805A93"/>
+    <w:rsid w:val="0080667A"/>
     <w:rsid w:val="00806A1E"/>
     <w:rsid w:val="008125A9"/>
     <w:rsid w:val="008136F6"/>
     <w:rsid w:val="008157FC"/>
     <w:rsid w:val="0081664A"/>
     <w:rsid w:val="0081735A"/>
     <w:rsid w:val="0082106A"/>
+    <w:rsid w:val="00825BC6"/>
     <w:rsid w:val="00827AED"/>
     <w:rsid w:val="00830941"/>
+    <w:rsid w:val="00830D5A"/>
+    <w:rsid w:val="00831884"/>
     <w:rsid w:val="00833264"/>
     <w:rsid w:val="00833964"/>
     <w:rsid w:val="0083691B"/>
     <w:rsid w:val="008440FE"/>
     <w:rsid w:val="00846494"/>
     <w:rsid w:val="0085285D"/>
+    <w:rsid w:val="00852EB5"/>
     <w:rsid w:val="00855BB1"/>
+    <w:rsid w:val="00860251"/>
+    <w:rsid w:val="0086274C"/>
     <w:rsid w:val="00871BAB"/>
     <w:rsid w:val="00874AFB"/>
     <w:rsid w:val="00874E23"/>
+    <w:rsid w:val="0087709A"/>
     <w:rsid w:val="008771C0"/>
     <w:rsid w:val="00881600"/>
+    <w:rsid w:val="00884CE0"/>
+    <w:rsid w:val="00886A17"/>
+    <w:rsid w:val="00890214"/>
     <w:rsid w:val="00893708"/>
     <w:rsid w:val="008973B0"/>
+    <w:rsid w:val="008975AF"/>
     <w:rsid w:val="008A09FB"/>
     <w:rsid w:val="008A322B"/>
     <w:rsid w:val="008A410E"/>
     <w:rsid w:val="008B4F1F"/>
     <w:rsid w:val="008B5591"/>
     <w:rsid w:val="008B6712"/>
     <w:rsid w:val="008B6FE1"/>
+    <w:rsid w:val="008C0AB5"/>
+    <w:rsid w:val="008C0AEA"/>
     <w:rsid w:val="008C30BD"/>
     <w:rsid w:val="008C57A1"/>
     <w:rsid w:val="008C61E7"/>
     <w:rsid w:val="008D0890"/>
+    <w:rsid w:val="008D2131"/>
+    <w:rsid w:val="008D2E09"/>
     <w:rsid w:val="008D32A6"/>
     <w:rsid w:val="008D4056"/>
     <w:rsid w:val="008D4146"/>
+    <w:rsid w:val="008D5E7D"/>
+    <w:rsid w:val="008D7974"/>
     <w:rsid w:val="008E38D3"/>
+    <w:rsid w:val="008E40DB"/>
+    <w:rsid w:val="008E5A2C"/>
     <w:rsid w:val="008E7738"/>
     <w:rsid w:val="008F072A"/>
+    <w:rsid w:val="008F1112"/>
     <w:rsid w:val="008F1FB8"/>
     <w:rsid w:val="008F200F"/>
     <w:rsid w:val="008F68A8"/>
     <w:rsid w:val="00902B3A"/>
+    <w:rsid w:val="00906C10"/>
     <w:rsid w:val="00911979"/>
+    <w:rsid w:val="00915413"/>
     <w:rsid w:val="00916380"/>
     <w:rsid w:val="0092094B"/>
+    <w:rsid w:val="00922D30"/>
     <w:rsid w:val="0093170E"/>
+    <w:rsid w:val="00934AD2"/>
     <w:rsid w:val="00934D73"/>
     <w:rsid w:val="00935DF0"/>
     <w:rsid w:val="00935F74"/>
+    <w:rsid w:val="00937F25"/>
+    <w:rsid w:val="0094189C"/>
+    <w:rsid w:val="00951F80"/>
+    <w:rsid w:val="009575F7"/>
     <w:rsid w:val="00960FA2"/>
     <w:rsid w:val="00961ED1"/>
     <w:rsid w:val="00962DFE"/>
+    <w:rsid w:val="0096356F"/>
+    <w:rsid w:val="009671FB"/>
     <w:rsid w:val="00970219"/>
     <w:rsid w:val="00975BE8"/>
     <w:rsid w:val="00975F1A"/>
+    <w:rsid w:val="00976381"/>
+    <w:rsid w:val="00977049"/>
+    <w:rsid w:val="00984F2F"/>
     <w:rsid w:val="00987990"/>
     <w:rsid w:val="00990343"/>
+    <w:rsid w:val="0099167F"/>
     <w:rsid w:val="00992828"/>
+    <w:rsid w:val="009A1BA7"/>
     <w:rsid w:val="009A1FD4"/>
+    <w:rsid w:val="009A2A64"/>
+    <w:rsid w:val="009A400E"/>
+    <w:rsid w:val="009A4EFA"/>
     <w:rsid w:val="009A64E3"/>
     <w:rsid w:val="009B071F"/>
+    <w:rsid w:val="009B609E"/>
+    <w:rsid w:val="009B6300"/>
+    <w:rsid w:val="009C0B9A"/>
+    <w:rsid w:val="009C7EAC"/>
     <w:rsid w:val="009D4921"/>
+    <w:rsid w:val="009D5BEE"/>
     <w:rsid w:val="009D674B"/>
     <w:rsid w:val="009E26D2"/>
     <w:rsid w:val="009E3EF8"/>
     <w:rsid w:val="009E5D69"/>
+    <w:rsid w:val="009E7B11"/>
     <w:rsid w:val="009F1607"/>
     <w:rsid w:val="009F37D1"/>
+    <w:rsid w:val="009F4C53"/>
     <w:rsid w:val="009F5F52"/>
+    <w:rsid w:val="009F6790"/>
+    <w:rsid w:val="00A00D40"/>
+    <w:rsid w:val="00A02463"/>
     <w:rsid w:val="00A04728"/>
+    <w:rsid w:val="00A06DF9"/>
+    <w:rsid w:val="00A1020B"/>
+    <w:rsid w:val="00A13D9B"/>
+    <w:rsid w:val="00A171EA"/>
+    <w:rsid w:val="00A20642"/>
+    <w:rsid w:val="00A206A5"/>
     <w:rsid w:val="00A2326C"/>
+    <w:rsid w:val="00A34FDC"/>
     <w:rsid w:val="00A36384"/>
     <w:rsid w:val="00A4126B"/>
+    <w:rsid w:val="00A42298"/>
     <w:rsid w:val="00A434EC"/>
+    <w:rsid w:val="00A459F7"/>
+    <w:rsid w:val="00A45B52"/>
+    <w:rsid w:val="00A46187"/>
+    <w:rsid w:val="00A46A63"/>
+    <w:rsid w:val="00A47557"/>
     <w:rsid w:val="00A4779D"/>
     <w:rsid w:val="00A47E8C"/>
+    <w:rsid w:val="00A47EA6"/>
+    <w:rsid w:val="00A539E0"/>
+    <w:rsid w:val="00A55A23"/>
     <w:rsid w:val="00A564AD"/>
+    <w:rsid w:val="00A6026C"/>
+    <w:rsid w:val="00A60EA9"/>
+    <w:rsid w:val="00A67E78"/>
     <w:rsid w:val="00A7404B"/>
     <w:rsid w:val="00A80FCD"/>
     <w:rsid w:val="00A8120D"/>
     <w:rsid w:val="00A8201A"/>
     <w:rsid w:val="00A82F49"/>
     <w:rsid w:val="00A83F22"/>
+    <w:rsid w:val="00A87073"/>
+    <w:rsid w:val="00A924D3"/>
     <w:rsid w:val="00A927BB"/>
+    <w:rsid w:val="00A95262"/>
     <w:rsid w:val="00AA1564"/>
+    <w:rsid w:val="00AA23FE"/>
     <w:rsid w:val="00AA2B6E"/>
+    <w:rsid w:val="00AA36D8"/>
+    <w:rsid w:val="00AA4C4C"/>
+    <w:rsid w:val="00AA6364"/>
+    <w:rsid w:val="00AB2B8C"/>
+    <w:rsid w:val="00AC0D5F"/>
     <w:rsid w:val="00AC19BC"/>
     <w:rsid w:val="00AC434C"/>
     <w:rsid w:val="00AC5FD4"/>
+    <w:rsid w:val="00AD036B"/>
+    <w:rsid w:val="00AD0824"/>
+    <w:rsid w:val="00AD31DD"/>
+    <w:rsid w:val="00AD4BD5"/>
+    <w:rsid w:val="00AD5AB7"/>
     <w:rsid w:val="00AD6C8B"/>
     <w:rsid w:val="00AD7943"/>
     <w:rsid w:val="00AE1D79"/>
     <w:rsid w:val="00AE24C2"/>
     <w:rsid w:val="00AE3AA5"/>
+    <w:rsid w:val="00AE5ED4"/>
+    <w:rsid w:val="00AE6BDE"/>
+    <w:rsid w:val="00AE7F74"/>
     <w:rsid w:val="00AF1ECF"/>
+    <w:rsid w:val="00AF2235"/>
+    <w:rsid w:val="00AF6195"/>
     <w:rsid w:val="00B00371"/>
     <w:rsid w:val="00B01C76"/>
     <w:rsid w:val="00B032AC"/>
+    <w:rsid w:val="00B037B6"/>
     <w:rsid w:val="00B0517C"/>
+    <w:rsid w:val="00B06D71"/>
     <w:rsid w:val="00B06DBA"/>
+    <w:rsid w:val="00B075A4"/>
     <w:rsid w:val="00B105F8"/>
     <w:rsid w:val="00B177CA"/>
+    <w:rsid w:val="00B216F5"/>
+    <w:rsid w:val="00B244E3"/>
     <w:rsid w:val="00B31F57"/>
+    <w:rsid w:val="00B32A0D"/>
+    <w:rsid w:val="00B32C11"/>
+    <w:rsid w:val="00B3347E"/>
     <w:rsid w:val="00B35ADD"/>
+    <w:rsid w:val="00B36A7B"/>
     <w:rsid w:val="00B404A2"/>
+    <w:rsid w:val="00B41D29"/>
+    <w:rsid w:val="00B43501"/>
+    <w:rsid w:val="00B43A0E"/>
+    <w:rsid w:val="00B44290"/>
     <w:rsid w:val="00B4631D"/>
     <w:rsid w:val="00B50F8F"/>
+    <w:rsid w:val="00B51069"/>
     <w:rsid w:val="00B5232E"/>
     <w:rsid w:val="00B555D7"/>
     <w:rsid w:val="00B55C14"/>
     <w:rsid w:val="00B57CEF"/>
+    <w:rsid w:val="00B57F98"/>
+    <w:rsid w:val="00B57FC4"/>
+    <w:rsid w:val="00B627F9"/>
     <w:rsid w:val="00B62C00"/>
+    <w:rsid w:val="00B65AFE"/>
+    <w:rsid w:val="00B71425"/>
     <w:rsid w:val="00B748D3"/>
+    <w:rsid w:val="00B80D9C"/>
     <w:rsid w:val="00B811AC"/>
     <w:rsid w:val="00B8294B"/>
+    <w:rsid w:val="00B86CA1"/>
+    <w:rsid w:val="00B86D2A"/>
     <w:rsid w:val="00B93068"/>
+    <w:rsid w:val="00B94736"/>
+    <w:rsid w:val="00B95762"/>
     <w:rsid w:val="00BA1334"/>
     <w:rsid w:val="00BA1F9D"/>
+    <w:rsid w:val="00BA39D1"/>
     <w:rsid w:val="00BB3AF0"/>
     <w:rsid w:val="00BB3CBB"/>
+    <w:rsid w:val="00BB4081"/>
+    <w:rsid w:val="00BB595C"/>
     <w:rsid w:val="00BB7A7F"/>
     <w:rsid w:val="00BC22F8"/>
+    <w:rsid w:val="00BC284C"/>
     <w:rsid w:val="00BC607A"/>
+    <w:rsid w:val="00BE648F"/>
     <w:rsid w:val="00BF0667"/>
+    <w:rsid w:val="00BF21E4"/>
+    <w:rsid w:val="00BF37F1"/>
+    <w:rsid w:val="00C01A5A"/>
     <w:rsid w:val="00C02C52"/>
     <w:rsid w:val="00C04F55"/>
+    <w:rsid w:val="00C0550E"/>
+    <w:rsid w:val="00C1029A"/>
     <w:rsid w:val="00C11401"/>
     <w:rsid w:val="00C13B3E"/>
     <w:rsid w:val="00C151E5"/>
+    <w:rsid w:val="00C17B01"/>
     <w:rsid w:val="00C20C85"/>
+    <w:rsid w:val="00C260F6"/>
+    <w:rsid w:val="00C26CA8"/>
     <w:rsid w:val="00C31FC2"/>
+    <w:rsid w:val="00C374F2"/>
     <w:rsid w:val="00C37672"/>
+    <w:rsid w:val="00C3788C"/>
+    <w:rsid w:val="00C445B5"/>
     <w:rsid w:val="00C46BF2"/>
     <w:rsid w:val="00C474F7"/>
     <w:rsid w:val="00C557B8"/>
     <w:rsid w:val="00C612FC"/>
     <w:rsid w:val="00C617C6"/>
     <w:rsid w:val="00C620CF"/>
+    <w:rsid w:val="00C679DF"/>
+    <w:rsid w:val="00C70C34"/>
+    <w:rsid w:val="00C71800"/>
+    <w:rsid w:val="00C74016"/>
+    <w:rsid w:val="00C77F57"/>
+    <w:rsid w:val="00C81256"/>
+    <w:rsid w:val="00C945BF"/>
     <w:rsid w:val="00C94B02"/>
+    <w:rsid w:val="00C9543E"/>
+    <w:rsid w:val="00C975DD"/>
+    <w:rsid w:val="00CA087E"/>
     <w:rsid w:val="00CA11EA"/>
     <w:rsid w:val="00CA2540"/>
     <w:rsid w:val="00CA2846"/>
     <w:rsid w:val="00CA3A03"/>
     <w:rsid w:val="00CA53B5"/>
     <w:rsid w:val="00CA53B9"/>
     <w:rsid w:val="00CA7324"/>
+    <w:rsid w:val="00CB1763"/>
+    <w:rsid w:val="00CB1BCD"/>
     <w:rsid w:val="00CB1BED"/>
     <w:rsid w:val="00CB24CC"/>
     <w:rsid w:val="00CB2CDF"/>
     <w:rsid w:val="00CB2F7E"/>
+    <w:rsid w:val="00CB3632"/>
     <w:rsid w:val="00CB55C8"/>
     <w:rsid w:val="00CB69B0"/>
+    <w:rsid w:val="00CB7A74"/>
     <w:rsid w:val="00CC094B"/>
+    <w:rsid w:val="00CC6F67"/>
+    <w:rsid w:val="00CD78F5"/>
+    <w:rsid w:val="00CE3C2F"/>
+    <w:rsid w:val="00CE5244"/>
     <w:rsid w:val="00CE567F"/>
     <w:rsid w:val="00CF0D8C"/>
+    <w:rsid w:val="00CF2C4E"/>
+    <w:rsid w:val="00CF390F"/>
     <w:rsid w:val="00D07F8B"/>
     <w:rsid w:val="00D15165"/>
+    <w:rsid w:val="00D160B8"/>
+    <w:rsid w:val="00D16CD9"/>
     <w:rsid w:val="00D22091"/>
+    <w:rsid w:val="00D22414"/>
     <w:rsid w:val="00D228C2"/>
+    <w:rsid w:val="00D25DCF"/>
+    <w:rsid w:val="00D26959"/>
+    <w:rsid w:val="00D26D2E"/>
+    <w:rsid w:val="00D312BD"/>
     <w:rsid w:val="00D31C39"/>
+    <w:rsid w:val="00D3312C"/>
+    <w:rsid w:val="00D33BB4"/>
+    <w:rsid w:val="00D37AC2"/>
     <w:rsid w:val="00D37EB4"/>
+    <w:rsid w:val="00D41163"/>
+    <w:rsid w:val="00D41EEB"/>
     <w:rsid w:val="00D4226C"/>
     <w:rsid w:val="00D42BD4"/>
+    <w:rsid w:val="00D42D78"/>
     <w:rsid w:val="00D47736"/>
     <w:rsid w:val="00D47EB2"/>
+    <w:rsid w:val="00D542E5"/>
+    <w:rsid w:val="00D601E0"/>
+    <w:rsid w:val="00D60403"/>
+    <w:rsid w:val="00D60573"/>
+    <w:rsid w:val="00D66AF0"/>
+    <w:rsid w:val="00D6703B"/>
+    <w:rsid w:val="00D6795D"/>
     <w:rsid w:val="00D72D0A"/>
+    <w:rsid w:val="00D72DE2"/>
+    <w:rsid w:val="00D75ED0"/>
     <w:rsid w:val="00D76AF1"/>
     <w:rsid w:val="00D841AB"/>
+    <w:rsid w:val="00D846F5"/>
     <w:rsid w:val="00D906D1"/>
+    <w:rsid w:val="00D91B9D"/>
     <w:rsid w:val="00D9286D"/>
     <w:rsid w:val="00D9301E"/>
     <w:rsid w:val="00D93B6E"/>
+    <w:rsid w:val="00D953F5"/>
+    <w:rsid w:val="00D95654"/>
     <w:rsid w:val="00D96CC3"/>
     <w:rsid w:val="00DA0842"/>
+    <w:rsid w:val="00DA0846"/>
+    <w:rsid w:val="00DA0D3C"/>
+    <w:rsid w:val="00DA2D34"/>
     <w:rsid w:val="00DB0997"/>
+    <w:rsid w:val="00DB69D4"/>
+    <w:rsid w:val="00DB6C25"/>
     <w:rsid w:val="00DC4895"/>
+    <w:rsid w:val="00DC4C48"/>
     <w:rsid w:val="00DC5F42"/>
     <w:rsid w:val="00DD1FCD"/>
     <w:rsid w:val="00DD431A"/>
     <w:rsid w:val="00DE16F8"/>
+    <w:rsid w:val="00DE1FF7"/>
     <w:rsid w:val="00DE6A41"/>
     <w:rsid w:val="00DF0F80"/>
+    <w:rsid w:val="00DF6EEF"/>
     <w:rsid w:val="00DF70FA"/>
+    <w:rsid w:val="00E042AF"/>
+    <w:rsid w:val="00E05F6E"/>
+    <w:rsid w:val="00E11F67"/>
+    <w:rsid w:val="00E13DCE"/>
+    <w:rsid w:val="00E17E8C"/>
     <w:rsid w:val="00E23449"/>
     <w:rsid w:val="00E24395"/>
     <w:rsid w:val="00E26492"/>
     <w:rsid w:val="00E306C9"/>
+    <w:rsid w:val="00E31EB0"/>
     <w:rsid w:val="00E334E7"/>
     <w:rsid w:val="00E33BF1"/>
     <w:rsid w:val="00E36966"/>
+    <w:rsid w:val="00E4080A"/>
+    <w:rsid w:val="00E426D3"/>
     <w:rsid w:val="00E4353C"/>
+    <w:rsid w:val="00E4517A"/>
+    <w:rsid w:val="00E51350"/>
     <w:rsid w:val="00E51A53"/>
     <w:rsid w:val="00E53166"/>
     <w:rsid w:val="00E53B53"/>
     <w:rsid w:val="00E5598D"/>
     <w:rsid w:val="00E55BF0"/>
     <w:rsid w:val="00E611E2"/>
     <w:rsid w:val="00E61BAD"/>
+    <w:rsid w:val="00E62E6B"/>
+    <w:rsid w:val="00E71814"/>
+    <w:rsid w:val="00E722B6"/>
+    <w:rsid w:val="00E7373B"/>
+    <w:rsid w:val="00E75C9D"/>
+    <w:rsid w:val="00E8149D"/>
     <w:rsid w:val="00E81652"/>
     <w:rsid w:val="00E8700C"/>
     <w:rsid w:val="00E8711B"/>
+    <w:rsid w:val="00E91AE9"/>
+    <w:rsid w:val="00E93FD6"/>
     <w:rsid w:val="00E96242"/>
+    <w:rsid w:val="00EA264F"/>
+    <w:rsid w:val="00EA75DD"/>
     <w:rsid w:val="00EB2C49"/>
     <w:rsid w:val="00EB3240"/>
     <w:rsid w:val="00EB3ADA"/>
+    <w:rsid w:val="00EB6011"/>
+    <w:rsid w:val="00EC12F0"/>
+    <w:rsid w:val="00EC308B"/>
     <w:rsid w:val="00EC446E"/>
     <w:rsid w:val="00EC6248"/>
     <w:rsid w:val="00EC7D22"/>
+    <w:rsid w:val="00ED500E"/>
     <w:rsid w:val="00ED62AD"/>
     <w:rsid w:val="00EE174E"/>
     <w:rsid w:val="00EE3D84"/>
     <w:rsid w:val="00EE499B"/>
     <w:rsid w:val="00EE54AE"/>
+    <w:rsid w:val="00EF0D3F"/>
     <w:rsid w:val="00EF12F8"/>
+    <w:rsid w:val="00EF482A"/>
     <w:rsid w:val="00EF72C3"/>
+    <w:rsid w:val="00EF756D"/>
     <w:rsid w:val="00F025F0"/>
+    <w:rsid w:val="00F10F2F"/>
+    <w:rsid w:val="00F10FD0"/>
+    <w:rsid w:val="00F13F03"/>
     <w:rsid w:val="00F207F9"/>
     <w:rsid w:val="00F2276D"/>
     <w:rsid w:val="00F2364F"/>
     <w:rsid w:val="00F24738"/>
+    <w:rsid w:val="00F24C40"/>
+    <w:rsid w:val="00F26398"/>
     <w:rsid w:val="00F26B2D"/>
     <w:rsid w:val="00F278A2"/>
+    <w:rsid w:val="00F31DA0"/>
+    <w:rsid w:val="00F37DFC"/>
     <w:rsid w:val="00F41216"/>
+    <w:rsid w:val="00F428DA"/>
     <w:rsid w:val="00F45A1D"/>
     <w:rsid w:val="00F5268C"/>
+    <w:rsid w:val="00F53B9D"/>
+    <w:rsid w:val="00F5572B"/>
     <w:rsid w:val="00F60784"/>
     <w:rsid w:val="00F66918"/>
+    <w:rsid w:val="00F719DA"/>
     <w:rsid w:val="00F738D3"/>
+    <w:rsid w:val="00F8324A"/>
+    <w:rsid w:val="00F84537"/>
     <w:rsid w:val="00F845D9"/>
     <w:rsid w:val="00F8692F"/>
+    <w:rsid w:val="00F90B62"/>
     <w:rsid w:val="00F9157F"/>
     <w:rsid w:val="00F94FF2"/>
     <w:rsid w:val="00F95BFB"/>
+    <w:rsid w:val="00F97BA4"/>
+    <w:rsid w:val="00FA14A3"/>
     <w:rsid w:val="00FA1B80"/>
     <w:rsid w:val="00FA25A3"/>
     <w:rsid w:val="00FA26D1"/>
+    <w:rsid w:val="00FA5640"/>
     <w:rsid w:val="00FA5A42"/>
     <w:rsid w:val="00FA6AB4"/>
     <w:rsid w:val="00FB002C"/>
     <w:rsid w:val="00FB33A3"/>
+    <w:rsid w:val="00FB3E6A"/>
+    <w:rsid w:val="00FB4C32"/>
+    <w:rsid w:val="00FB5360"/>
     <w:rsid w:val="00FB65EE"/>
     <w:rsid w:val="00FB70C4"/>
+    <w:rsid w:val="00FC3680"/>
     <w:rsid w:val="00FC4BAB"/>
+    <w:rsid w:val="00FD00C2"/>
     <w:rsid w:val="00FD15EF"/>
     <w:rsid w:val="00FD192E"/>
+    <w:rsid w:val="00FD3D90"/>
     <w:rsid w:val="00FD7AFB"/>
+    <w:rsid w:val="00FE1DA3"/>
     <w:rsid w:val="00FE202C"/>
     <w:rsid w:val="00FE6A66"/>
+    <w:rsid w:val="00FE75CB"/>
+    <w:rsid w:val="00FF03FF"/>
     <w:rsid w:val="00FF11F1"/>
+    <w:rsid w:val="00FF472D"/>
     <w:rsid w:val="03A90653"/>
     <w:rsid w:val="0885B340"/>
     <w:rsid w:val="09586050"/>
     <w:rsid w:val="0D0A14DF"/>
     <w:rsid w:val="0E83D98D"/>
     <w:rsid w:val="12CA8E1E"/>
+    <w:rsid w:val="1ABBCCAC"/>
+    <w:rsid w:val="27EDEBD4"/>
+    <w:rsid w:val="27F1A7F4"/>
+    <w:rsid w:val="2B51167A"/>
+    <w:rsid w:val="3161BE96"/>
     <w:rsid w:val="3EBFE245"/>
+    <w:rsid w:val="3F5C055E"/>
     <w:rsid w:val="4F690FA2"/>
     <w:rsid w:val="523EB739"/>
     <w:rsid w:val="57BFF291"/>
     <w:rsid w:val="5D88E56C"/>
+    <w:rsid w:val="60A83BA2"/>
+    <w:rsid w:val="6F60E99C"/>
     <w:rsid w:val="70A02445"/>
     <w:rsid w:val="71F8606B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-FR"/>
+  <w:themeFontLang w:val="fr-FR" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="48C0340B"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{87C414D0-EAC1-4F02-A341-6FCF163DE5E6}"/>
+  <w15:docId w15:val="{BEFA1221-228D-4196-BE7B-5A73EED7867C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -23917,50 +18769,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00CE3C2F"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -24145,108 +18998,168 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D7132"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00267DED"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentaireCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00267DED"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
     <w:name w:val="Commentaire Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Commentaire"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00267DED"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Commentaire"/>
     <w:next w:val="Commentaire"/>
     <w:link w:val="ObjetducommentaireCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00267DED"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00267DED"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Notedefin">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotedefinCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D601E0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedefinCar">
+    <w:name w:val="Note de fin Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedefin"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D601E0"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Appeldenotedefin">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D601E0"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0072794B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="314340744">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="545603642">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="993070436">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -24326,51 +19239,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2073582342">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:assainissement.sols@spw.wallonie.be?subject=Demande%20de%20d&#233;rogation" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE6.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE1.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE5.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE4.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE8.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE3.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE10.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE7.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE2.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/Formulaires/Formulaires%20decret%20sols/ANNEXE9.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:assainissement.sols@spw.wallonie.be?subject=Demande%20de%20d&#233;rogation" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bdes.wallonie.be" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -24645,113 +19558,259 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <Mot_x002d_Cl_x00e9_ xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xsi:nil="true"/>
+    <TaxCatchAll xmlns="9dd70855-4555-4fc6-8fbc-e6f843257071" xsi:nil="true"/>
+    <datecr_x00e9_ation xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Partage xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xsi:nil="true"/>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010032A775C039647F45A75D7B6F0AE37EFC" ma:contentTypeVersion="4" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="0d95aa203afb35f55062ef00bebd4f1d">
-[...1 lines deleted...]
-    <xsd:import namespace="120c2686-80fa-464a-b509-2fd59c8e6f91"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B128FA6667BEE4409F0B480276429A7C" ma:contentTypeVersion="22" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="54633934a8e3676bfa5e5d02bb04ef26">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" xmlns:ns3="9dd70855-4555-4fc6-8fbc-e6f843257071" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2425225df2ba46ceae5191c5710b8b4f" ns2:_="" ns3:_="">
+    <xsd:import namespace="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8"/>
+    <xsd:import namespace="9dd70855-4555-4fc6-8fbc-e6f843257071"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:Partage" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:datecr_x00e9_ation" minOccurs="0"/>
+                <xsd:element ref="ns2:Mot_x002d_Cl_x00e9_" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="120c2686-80fa-464a-b509-2fd59c8e6f91" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Partage" ma:index="17" nillable="true" ma:displayName="Partage" ma:format="Dropdown" ma:internalName="Partage">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="19" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="20" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cc4018d8-b214-4a48-af45-02710e18d619" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="datecr_x00e9_ation" ma:index="27" nillable="true" ma:displayName="date création" ma:format="DateOnly" ma:internalName="datecr_x00e9_ation">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Mot_x002d_Cl_x00e9_" ma:index="28" nillable="true" ma:displayName="Mot-Clé" ma:format="Dropdown" ma:internalName="Mot_x002d_Cl_x00e9_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="29" nillable="true" ma:displayName="État de validation" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9dd70855-4555-4fc6-8fbc-e6f843257071" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="24" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{75ba000f-80cf-498b-908b-698d80370fa6}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="9dd70855-4555-4fc6-8fbc-e6f843257071">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Type de contenu"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titre"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -24810,131 +19869,152 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{889E7894-128C-4441-92C5-2F88E4986231}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE2DCEC5-CEEE-4809-910D-E2DBCCAEAC9B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE2DCEC5-CEEE-4809-910D-E2DBCCAEAC9B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{889E7894-128C-4441-92C5-2F88E4986231}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07ED7F58-3981-4557-9389-02EEEAECC6CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8"/>
+    <ds:schemaRef ds:uri="9dd70855-4555-4fc6-8fbc-e6f843257071"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02F0B7C8-7075-48EA-B591-55838A40C94A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6A90E04-2BC6-4E7C-A0B8-BE988AD42323}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="120c2686-80fa-464a-b509-2fd59c8e6f91"/>
+    <ds:schemaRef ds:uri="ccdb75ce-c0b7-4ff5-9fa7-cc4f5a87d5d8"/>
+    <ds:schemaRef ds:uri="9dd70855-4555-4fc6-8fbc-e6f843257071"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7305</Characters>
+  <Pages>8</Pages>
+  <Words>1190</Words>
+  <Characters>6548</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Titre</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8616</CharactersWithSpaces>
+  <CharactersWithSpaces>7723</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>BONNIVER Isabelle</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_SetDate">
     <vt:lpwstr>2021-03-26T14:07:09Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Name">
     <vt:lpwstr>97a477d1-147d-4e34-b5e3-7b26d2f44870</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_SiteId">
     <vt:lpwstr>1f816a84-7aa6-4a56-b22a-7b3452fa8681</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_ActionId">
     <vt:lpwstr>5d596937-29dd-406d-aa6c-ca3e110055c2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-    <vt:lpwstr>0x01010032A775C039647F45A75D7B6F0AE37EFC</vt:lpwstr>
+    <vt:lpwstr>0x010100B128FA6667BEE4409F0B480276429A7C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>