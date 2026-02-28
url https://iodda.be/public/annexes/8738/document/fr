--- v0 (2025-10-27)
+++ v1 (2026-02-28)
@@ -1,1129 +1,245 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\O50400_DeAs\Budget_05N\Pratiques de contrôle des subventions\Manuels\Adaptations\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\O50400_DeAs\Budget_05N\GT subventions\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{968BF031-CCA7-4549-9FDF-90541C596EA2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{63F65927-2725-49B5-A8BE-3C706BF8574D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-15" yWindow="-15" windowWidth="15600" windowHeight="8820" tabRatio="872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-3105" windowWidth="38640" windowHeight="21120" tabRatio="872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Identification de l'opérateur" sheetId="13" r:id="rId1"/>
     <sheet name="Frais de personnel" sheetId="9" r:id="rId2"/>
     <sheet name="Frais de fonctionnement" sheetId="11" r:id="rId3"/>
     <sheet name="Recettes" sheetId="12" r:id="rId4"/>
     <sheet name="Menus déroulants" sheetId="15" r:id="rId5"/>
-    <sheet name="RVC" sheetId="14" r:id="rId6"/>
-    <sheet name="Validation" sheetId="8" state="hidden" r:id="rId7"/>
+    <sheet name="Validation" sheetId="8" state="hidden" r:id="rId6"/>
   </sheets>
   <externalReferences>
-    <externalReference r:id="rId8"/>
+    <externalReference r:id="rId7"/>
   </externalReferences>
   <definedNames>
     <definedName name="Agrément">[1]Coordonnées!$A:$A</definedName>
     <definedName name="Aide">Validation!$C$2:$C$5</definedName>
     <definedName name="codification">Validation!$E$2:$E$5</definedName>
     <definedName name="données">[1]Coordonnées!$A$1:$H$32</definedName>
     <definedName name="Fonction">Validation!$F$2:$F$3</definedName>
     <definedName name="paiement">Validation!$D$2:$D$4</definedName>
     <definedName name="Reponse">Validation!$B$2:$B$3</definedName>
     <definedName name="sexe">Validation!$A$2:$A$3</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Frais de fonctionnement'!$A$5:$M$950</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Frais de fonctionnement'!$A$1:$M$47</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Recettes!$A$2:$M$8</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="5">RVC!$A$1:$I$62</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="R3" i="9" l="1"/>
-[...1 lines deleted...]
-  <c r="AA3" i="9" s="1"/>
+  <c r="J48" i="11" l="1"/>
+  <c r="I48" i="11"/>
+  <c r="H48" i="11"/>
+  <c r="H2" i="11"/>
+  <c r="I2" i="11"/>
+  <c r="J2" i="11"/>
+  <c r="AF14" i="9"/>
+  <c r="AE14" i="9"/>
+  <c r="AD14" i="9"/>
+  <c r="AF13" i="9"/>
+  <c r="AF12" i="9"/>
+  <c r="AF11" i="9"/>
+  <c r="AF10" i="9"/>
+  <c r="AF9" i="9"/>
+  <c r="AF8" i="9"/>
+  <c r="AF7" i="9"/>
+  <c r="AF6" i="9"/>
+  <c r="AF5" i="9"/>
+  <c r="AF4" i="9"/>
+  <c r="AF3" i="9"/>
+  <c r="D28" i="13"/>
+  <c r="G48" i="11"/>
+  <c r="G3" i="12" l="1"/>
+  <c r="G24" i="12" s="1"/>
+  <c r="A3" i="12" l="1"/>
+  <c r="S3" i="9" l="1"/>
+  <c r="G2" i="11"/>
+  <c r="B3" i="12"/>
+  <c r="B24" i="12" s="1"/>
+  <c r="S13" i="9"/>
+  <c r="Z13" i="9"/>
+  <c r="S12" i="9"/>
+  <c r="Z12" i="9"/>
+  <c r="S11" i="9"/>
+  <c r="Z11" i="9"/>
+  <c r="S10" i="9"/>
   <c r="Z10" i="9"/>
+  <c r="S9" i="9"/>
+  <c r="Z9" i="9"/>
+  <c r="S8" i="9"/>
+  <c r="Z8" i="9"/>
+  <c r="S7" i="9"/>
+  <c r="Z7" i="9"/>
+  <c r="S6" i="9"/>
   <c r="Z6" i="9"/>
-  <c r="I6" i="11"/>
-[...956 lines deleted...]
-  <c r="J48" i="11"/>
+  <c r="S5" i="9"/>
+  <c r="Z5" i="9"/>
+  <c r="S4" i="9"/>
+  <c r="Z4" i="9"/>
+  <c r="Z3" i="9"/>
   <c r="J47" i="11"/>
   <c r="J46" i="11"/>
   <c r="J45" i="11"/>
   <c r="J44" i="11"/>
   <c r="J43" i="11"/>
   <c r="J42" i="11"/>
   <c r="J41" i="11"/>
   <c r="J40" i="11"/>
   <c r="J39" i="11"/>
   <c r="J38" i="11"/>
   <c r="J37" i="11"/>
   <c r="J36" i="11"/>
   <c r="J35" i="11"/>
   <c r="J34" i="11"/>
   <c r="J33" i="11"/>
   <c r="J32" i="11"/>
   <c r="J31" i="11"/>
   <c r="J30" i="11"/>
   <c r="J29" i="11"/>
   <c r="J28" i="11"/>
   <c r="J27" i="11"/>
   <c r="J26" i="11"/>
   <c r="J25" i="11"/>
   <c r="J24" i="11"/>
   <c r="J23" i="11"/>
   <c r="J22" i="11"/>
   <c r="J21" i="11"/>
   <c r="J20" i="11"/>
   <c r="J19" i="11"/>
   <c r="J18" i="11"/>
   <c r="J17" i="11"/>
   <c r="J16" i="11"/>
   <c r="J15" i="11"/>
   <c r="J14" i="11"/>
   <c r="J13" i="11"/>
   <c r="J12" i="11"/>
   <c r="J11" i="11"/>
   <c r="J10" i="11"/>
+  <c r="J9" i="11"/>
+  <c r="J8" i="11"/>
   <c r="J7" i="11"/>
-  <c r="J8" i="11"/>
-[...3 lines deleted...]
-  <c r="R14" i="9"/>
+  <c r="J6" i="11"/>
+  <c r="J3" i="11"/>
+  <c r="J4" i="11"/>
+  <c r="J5" i="11"/>
+  <c r="AA9" i="9" l="1"/>
+  <c r="AC9" i="9" s="1"/>
+  <c r="AA11" i="9"/>
+  <c r="AC11" i="9" s="1"/>
+  <c r="AA5" i="9"/>
+  <c r="AC5" i="9" s="1"/>
+  <c r="AA7" i="9"/>
+  <c r="AC7" i="9" s="1"/>
+  <c r="Z14" i="9"/>
+  <c r="AA6" i="9"/>
+  <c r="AC6" i="9" s="1"/>
+  <c r="AA10" i="9"/>
+  <c r="AC10" i="9" s="1"/>
+  <c r="AA13" i="9"/>
+  <c r="AC13" i="9" s="1"/>
+  <c r="AA4" i="9"/>
+  <c r="AA8" i="9"/>
+  <c r="AC8" i="9" s="1"/>
+  <c r="AA12" i="9"/>
+  <c r="AC12" i="9" s="1"/>
+  <c r="AA3" i="9"/>
+  <c r="AC3" i="9" s="1"/>
+  <c r="S14" i="9"/>
+  <c r="AA14" i="9" l="1"/>
+  <c r="AC4" i="9"/>
+  <c r="AC14" i="9" s="1"/>
+  <c r="D27" i="13" s="1"/>
+  <c r="D29" i="13" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>DGO5-DEFECHE Christophe</author>
     <author>DEFECHE CHRISTOPHE</author>
     <author>DGO5 - BARTHOLOME Isabelle</author>
     <author>DGO5 - Christophe HAULET</author>
     <author>DGO5 - SWERTS Delphine</author>
     <author>DGO5 - MAHY Nathalie</author>
   </authors>
   <commentList>
-    <comment ref="S1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
+    <comment ref="T1" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Utiliser le menu déroulant</t>
         </r>
       </text>
     </comment>
     <comment ref="D2" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0200-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>A titre d'exemple : coordinateur, éducateur, assistant social, ...</t>
         </r>
       </text>
@@ -1340,104 +456,101 @@
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">: il y a lieu de proratiser le montant de la facture pour ne tenir compte que des travailleurs à charge de la subvention.
 </t>
         </r>
       </text>
     </comment>
     <comment ref="P2" authorId="5" shapeId="0" xr:uid="{00000000-0006-0000-0200-00000B000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Frais de transport entre le domicile et le lieu de travail repris sur la fiche de salaire.
 Reprendre les frais de mission dans les frais de fonctionnement.</t>
         </r>
       </text>
     </comment>
-    <comment ref="Q2" authorId="4" shapeId="0" xr:uid="{00000000-0006-0000-0200-00000C000000}">
+    <comment ref="R2" authorId="4" shapeId="0" xr:uid="{00000000-0006-0000-0200-00000C000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Indiquer le montant "net" réellement pris en charge par l'employeur.
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="204">
   <si>
     <t>Nature de la dépense</t>
   </si>
   <si>
     <t>Nom du fournisseur</t>
   </si>
   <si>
     <t>Date de la facture</t>
   </si>
   <si>
     <t>Numéro de la facture</t>
   </si>
   <si>
     <t>Montant de la facture</t>
   </si>
   <si>
     <t>Fonction</t>
   </si>
   <si>
     <t>Sexe</t>
   </si>
   <si>
     <t>Date de paiement</t>
   </si>
   <si>
     <t>Personnel intérimaire et personnes mises à la disposition de l'association</t>
   </si>
   <si>
     <t>Référence extrait de compte ou livre de caisse</t>
   </si>
   <si>
-    <t>Nature de la recette</t>
-[...1 lines deleted...]
-  <si>
     <t>Autres</t>
   </si>
   <si>
     <t>Féminin</t>
   </si>
   <si>
     <t>Masculin</t>
   </si>
   <si>
     <t>Réponse</t>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>Non</t>
   </si>
   <si>
     <t>Aide</t>
   </si>
   <si>
     <t>APE</t>
   </si>
   <si>
     <t>Maribel</t>
@@ -1493,100 +606,87 @@
   <si>
     <t>Total justifié :</t>
   </si>
   <si>
     <t>Charges de personnel</t>
   </si>
   <si>
     <t>Diminution des charges de personnel</t>
   </si>
   <si>
     <t>Rémunérations brutes</t>
   </si>
   <si>
     <t>Prime de fin d'année</t>
   </si>
   <si>
     <t>Pécule de vacances</t>
   </si>
   <si>
     <t>Cotisations ONSS patronales</t>
   </si>
   <si>
     <t>Assurance accident loi - RC</t>
   </si>
   <si>
-    <t>Service médical</t>
-[...1 lines deleted...]
-  <si>
     <t>Abonnements sociaux</t>
   </si>
   <si>
     <t>Travailleur 1</t>
   </si>
   <si>
-    <t>ABC</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Coordinateur </t>
   </si>
   <si>
     <t>Travailleur 2</t>
   </si>
   <si>
     <t>Travailleur 3</t>
   </si>
   <si>
     <t>Travailleur 4</t>
   </si>
   <si>
     <t>Travailleur 5</t>
   </si>
   <si>
     <t>Travailleur 6</t>
   </si>
   <si>
     <t>Travailleur 7</t>
   </si>
   <si>
     <t>Travailleur 8</t>
   </si>
   <si>
     <t>Travailleur 9</t>
   </si>
   <si>
     <t>Travailleur 10</t>
   </si>
   <si>
     <t>Exemple</t>
-  </si>
-[...2 lines deleted...]
-(en ETP)</t>
   </si>
   <si>
     <t>0.5</t>
   </si>
   <si>
     <t>Chèques repas
 (quote-part patronale)</t>
   </si>
   <si>
     <t>Données pour chaque travailleur mis à charge de la subvention SPW Action sociale</t>
   </si>
   <si>
     <t>Nom du travailleur</t>
   </si>
   <si>
     <t>Prénom du travailleur</t>
   </si>
   <si>
     <t>Fonction du travailleur</t>
   </si>
   <si>
     <t>CDI</t>
   </si>
   <si>
     <t>Type de contrat</t>
@@ -1597,299 +697,158 @@
   <si>
     <t>Frais de fonctionnement imputés sur la subvention</t>
   </si>
   <si>
     <t>Numéro d'ordre du document dans votre comptabilité</t>
   </si>
   <si>
     <t>Sponsoring</t>
   </si>
   <si>
     <t>Autres recettes</t>
   </si>
   <si>
     <t>Subsides Fédération Wallonie-Bruxelles</t>
   </si>
   <si>
     <t>Subsides Fédéral</t>
   </si>
   <si>
     <t>Autres subsides Wallonie</t>
   </si>
   <si>
     <t>Montant de la recette</t>
   </si>
   <si>
-    <t>Recettes liées par l'activité subventionnée</t>
-[...1 lines deleted...]
-  <si>
     <t>Département de l'Action sociale</t>
   </si>
   <si>
     <t>Données relatives à l'institution subventionnée</t>
   </si>
   <si>
     <t>Numéro d’entreprise :</t>
   </si>
   <si>
     <t>Numéro de compte (IBAN) :</t>
   </si>
   <si>
     <t>Données relatives à la subvention octroyée</t>
   </si>
   <si>
     <t>Montant de la subvention :</t>
   </si>
   <si>
     <t>Téléphone : 081/327 211</t>
   </si>
   <si>
     <t>Avenue Gouverneur Bovesse, 100, 5100 NAMUR (Jambes)</t>
   </si>
   <si>
     <t>SPW Intérieur et Action sociale</t>
   </si>
   <si>
-    <t>Nom :</t>
-[...1 lines deleted...]
-  <si>
     <t>Adresse :</t>
   </si>
   <si>
     <t>Localité</t>
   </si>
   <si>
     <t>Rue</t>
   </si>
   <si>
     <t>Personne de contact :</t>
   </si>
   <si>
     <t>Nom/prénom :</t>
   </si>
   <si>
     <t>Fonction :</t>
   </si>
   <si>
     <t>N° téléphone/GSM :</t>
   </si>
   <si>
     <t>Adresse mail :</t>
   </si>
   <si>
     <t>Date de l'arrêté ministériel d'octroi :</t>
   </si>
   <si>
     <t>Objet de la subvention :</t>
   </si>
   <si>
-    <t>RAPPORT DE VERIFICATION COMPTABLE</t>
-[...19 lines deleted...]
-  <si>
     <t>Période :</t>
   </si>
   <si>
     <t>du</t>
   </si>
   <si>
     <t>au</t>
   </si>
   <si>
-    <t xml:space="preserve">Montant de la subvention octroyée :  </t>
-[...85 lines deleted...]
-  <si>
     <t>Montant de l'avance reçue :</t>
   </si>
   <si>
-    <t>DO :</t>
-[...1 lines deleted...]
-  <si>
     <t>Montant pris en charge sur fonds propres</t>
   </si>
   <si>
     <t>Subsides Union Européenne</t>
   </si>
   <si>
-    <t>Numéro bénéficiaire GCOM :</t>
-[...1 lines deleted...]
-  <si>
     <t>Assujetissement à la TVA :</t>
   </si>
   <si>
     <t>pas assujetti à la TVA</t>
   </si>
   <si>
     <t>assujetti ordinaire à la TVA</t>
   </si>
   <si>
     <t>assujetti mixte ou partiel à la TVA</t>
   </si>
   <si>
     <t>Proximus</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>avril 2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Charges de personnel nettes</t>
   </si>
   <si>
     <t>Frais de fonctionnement</t>
   </si>
   <si>
     <t>Recettes</t>
   </si>
   <si>
     <t>----------------------</t>
   </si>
   <si>
-    <r>
-[...16 lines deleted...]
-  <si>
     <t>Services d'aide et de soins aux personnes prostituées</t>
   </si>
   <si>
     <t>Achat de marchandises/denrées alimentaires</t>
   </si>
   <si>
     <t>Cotisations organismes/partenaires aide alimentaire</t>
   </si>
   <si>
     <t>CPE (convention premier emploi)</t>
   </si>
   <si>
     <t>Location de matériel</t>
   </si>
   <si>
     <t>Location de mobilier</t>
   </si>
   <si>
     <t>Petit entretien/Réparation de matériel et de mobilier</t>
   </si>
   <si>
     <t>Chauffage</t>
   </si>
   <si>
     <t>Livres et documentation</t>
@@ -1948,104 +907,78 @@
   <si>
     <t>Participation aux foires et expositions</t>
   </si>
   <si>
     <t>Cotisations</t>
   </si>
   <si>
     <t>Frais postaux</t>
   </si>
   <si>
     <t>Frais d'inscription</t>
   </si>
   <si>
     <t>Pécule de sortie</t>
   </si>
   <si>
     <t>Eau</t>
   </si>
   <si>
     <t>Gaz</t>
   </si>
   <si>
     <t>Electricité</t>
   </si>
   <si>
-    <r>
-[...21 lines deleted...]
-  <si>
     <t>Début de période</t>
   </si>
   <si>
     <t>Fin de période</t>
   </si>
   <si>
     <t>Téléphone, Fax, GSM, Internet (consommations)</t>
   </si>
   <si>
     <t>Total des charges de personnel</t>
   </si>
   <si>
     <t>Total des diminutions de charges de personnel</t>
   </si>
   <si>
     <t>Liste des travailleurs mis à charge de la subvention</t>
   </si>
   <si>
     <t>Montant imputé sur d’autres subventions</t>
   </si>
   <si>
     <t>Loyers</t>
   </si>
   <si>
     <t>Entretien des locaux</t>
   </si>
   <si>
     <t>Autres charges locatives</t>
-  </si>
-[...1 lines deleted...]
-    <t>Petit matériel (valeur unitaire inférieure à 1.000,00 euros HTVA)</t>
   </si>
   <si>
     <t>Frais de réunion</t>
   </si>
   <si>
     <t>Honoraires Avocat</t>
   </si>
   <si>
     <t>Frais de déplacement dans le cadre des missions de service</t>
   </si>
   <si>
     <t>Mirabel</t>
   </si>
   <si>
     <t>Sine</t>
   </si>
   <si>
     <t>Congé formation</t>
   </si>
   <si>
     <t>FSE / PWDR</t>
   </si>
   <si>
     <t>PCS</t>
   </si>
@@ -2108,63 +1041,150 @@
   </si>
   <si>
     <t>Code postal</t>
   </si>
   <si>
     <t>Nom de l'institution :</t>
   </si>
   <si>
     <r>
       <t>(Exemple !!)</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Téléphone, Fax, GSM, Internet (consommations)</t>
     </r>
   </si>
   <si>
     <t>Autres frais (à préciser dans la colonne "Remarques et commentaires"</t>
   </si>
+  <si>
+    <t>Période de subvention</t>
+  </si>
+  <si>
+    <t>Acquisition de biens d’une valeur cumulée inférieure à 500 EUR</t>
+  </si>
+  <si>
+    <t>Pouvoir subsidiant</t>
+  </si>
+  <si>
+    <t>Nature de la recette</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Objet de subvention
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Century Gothic"/>
+        <family val="2"/>
+      </rPr>
+      <t>(tel que mentionné dans l'arrêté, le contrat, la convention,….)</t>
+    </r>
+  </si>
+  <si>
+    <t>A compléter si la recette est une subvention</t>
+  </si>
+  <si>
+    <t>Montant des dépenses imputées sur cette subvention</t>
+  </si>
+  <si>
+    <t>Recettes liées à l'activité subventionnée</t>
+  </si>
+  <si>
+    <t>Taux d'affectation</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Indemnités de télétravail </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Century Gothic"/>
+        <family val="2"/>
+      </rPr>
+      <t>(max 40,00 euros par mois)</t>
+    </r>
+  </si>
+  <si>
+    <t>Médecine du travail</t>
+  </si>
+  <si>
+    <t>Dupont</t>
+  </si>
+  <si>
+    <t>François</t>
+  </si>
+  <si>
+    <t>Régime de travail
+(en ETP - temps plein = 1,0 ETP)</t>
+  </si>
+  <si>
+    <t>avril 2025</t>
+  </si>
+  <si>
+    <t>Montant imputé sur d'autres subventions</t>
+  </si>
+  <si>
+    <t>Montants pris en charge sur fonds propres</t>
+  </si>
+  <si>
+    <t>Vérification</t>
+  </si>
+  <si>
+    <t>Montant imputé sur la subvention facultative SPW IAS</t>
+  </si>
+  <si>
+    <t>Montant imputé sur la subvention facultative du SPW IAS</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="5">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="#,##0.00_ ;[Red]\-#,##0.00\ "/>
     <numFmt numFmtId="165" formatCode="d/mm/yyyy;@"/>
-    <numFmt numFmtId="166" formatCode="#,##0.00\ &quot;€&quot;"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="168" formatCode="0.00_ ;[Red]\-0.00\ "/>
+    <numFmt numFmtId="166" formatCode="0.00_ ;[Red]\-0.00\ "/>
   </numFmts>
-  <fonts count="39" x14ac:knownFonts="1">
+  <fonts count="37" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
@@ -2299,83 +1319,53 @@
     <font>
       <b/>
       <u val="double"/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <u val="double"/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="16"/>
-[...22 lines deleted...]
-    <font>
       <u val="double"/>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Century Gothic"/>
-[...4 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
@@ -2388,52 +1378,76 @@
       <color rgb="FFFF0000"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u val="double"/>
       <sz val="10"/>
       <color theme="5" tint="-0.249977111117893"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Century Gothic"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <u/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Century Gothic"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="14">
+  <fills count="19">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -2457,60 +1471,90 @@
     <fill>
       <patternFill patternType="gray125">
         <fgColor theme="0" tint="-0.14993743705557422"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39994506668294322"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor theme="0" tint="-0.14990691854609822"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
+      <patternFill patternType="gray0625"/>
+    </fill>
+    <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFF00"/>
+        <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
-      <patternFill patternType="gray0625"/>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
-  <borders count="71">
+  <borders count="77">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -3150,94 +2194,65 @@
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="dashed">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="dashed">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-[...18 lines deleted...]
-      <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...7 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="dashed">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -3336,345 +2351,249 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="double">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="double">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="36" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="334">
+  <cellXfs count="265">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="10" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...196 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
@@ -3709,440 +2628,501 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="8" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="9" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...13 lines deleted...]
-    <xf numFmtId="164" fontId="10" fillId="9" borderId="61" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="10" fillId="9" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="4" fontId="18" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="10" fillId="9" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
-    </xf>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="8" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="15" fillId="8" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="8" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="8" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="8" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="8" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="8" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="15" fillId="8" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="4" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="10" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="15" fillId="10" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="10" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="15" fillId="10" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...11 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="13" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="12" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="13" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="6" fillId="12" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="13" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="12" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="6" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="6" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="6" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" readingOrder="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="15" fillId="8" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="15" fillId="8" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="168" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="168" fontId="9" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="9" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="6" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="6" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="15" fillId="8" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="15" fillId="8" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="57" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="9" fillId="0" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="8" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="165" fontId="9" fillId="0" borderId="63" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="13" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="8" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="8" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="8" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="9" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="8" borderId="69" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="14" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="15" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="15" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="15" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="15" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="15" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="9" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="18" fillId="16" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="16" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="10" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="10" borderId="66" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="55" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="76" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="60" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
@@ -4185,324 +3165,268 @@
     </xf>
     <xf numFmtId="0" fontId="24" fillId="6" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="6" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="6" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...38 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="7" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="33" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="33" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="11" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="4" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="56" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="36" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="13" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="13" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="4" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="15" fillId="8" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="166" fontId="17" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="73" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="15" borderId="74" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="18" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="17" fillId="0" borderId="58" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="18" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="18" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="17" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...28 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Pourcentage" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\120435\AppData\Local\Temp\Decompte%20recapitulatif%20Modele%20SIS%20exemple%20.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Identification du service"/>
       <sheetName val="Validation"/>
       <sheetName val="Frais de fonctionnement"/>
       <sheetName val="Nature de la recette"/>
       <sheetName val="Charges de personnel"/>
       <sheetName val="Charges d'amortissements"/>
       <sheetName val="Listes"/>
       <sheetName val="Coordonnées"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
       <sheetData sheetId="7">
         <row r="1">
           <cell r="A1" t="str">
             <v>Agrément</v>
           </cell>
           <cell r="B1" t="str">
@@ -5318,197 +4242,163 @@
             <v>11 place Delcourt</v>
           </cell>
           <cell r="D32">
             <v>4180</v>
           </cell>
           <cell r="E32" t="str">
             <v>HAMOIR</v>
           </cell>
           <cell r="F32" t="str">
             <v>BE05 8002 2453 5375</v>
           </cell>
           <cell r="G32">
             <v>225893</v>
           </cell>
           <cell r="H32">
             <v>460362394</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -5660,85871 +4550,3496 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:XFD1048574"/>
+  <dimension ref="A1:XFD1048571"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="52.42578125" style="134" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="11.42578125" style="134"/>
+    <col min="1" max="1" width="57.21875" style="59" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.88671875" style="59" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="71.44140625" style="59" customWidth="1"/>
+    <col min="4" max="6" width="20.77734375" style="59" customWidth="1"/>
+    <col min="7" max="16384" width="11.44140625" style="59"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="139" t="s">
+    <row r="1" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="64" t="s">
+        <v>81</v>
+      </c>
+      <c r="B1" s="65"/>
+      <c r="C1" s="70"/>
+      <c r="XFD1" s="60"/>
+    </row>
+    <row r="2" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="66" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" s="67"/>
+    </row>
+    <row r="3" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="66" t="s">
+        <v>80</v>
+      </c>
+      <c r="B3" s="67"/>
+    </row>
+    <row r="4" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="68" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" s="69"/>
+    </row>
+    <row r="5" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="6" spans="1:6 16384:16384" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="206" t="s">
+        <v>74</v>
+      </c>
+      <c r="B6" s="207"/>
+      <c r="C6" s="207"/>
+      <c r="D6" s="207"/>
+      <c r="E6" s="207"/>
+      <c r="F6" s="208"/>
+    </row>
+    <row r="7" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="198" t="s">
+        <v>181</v>
+      </c>
+      <c r="B7" s="199"/>
+      <c r="C7" s="211"/>
+      <c r="D7" s="212"/>
+      <c r="E7" s="212"/>
+      <c r="F7" s="213"/>
+    </row>
+    <row r="8" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="109" t="s">
+        <v>82</v>
+      </c>
+      <c r="B8" s="110" t="s">
+        <v>84</v>
+      </c>
+      <c r="C8" s="214"/>
+      <c r="D8" s="215"/>
+      <c r="E8" s="215"/>
+      <c r="F8" s="216"/>
+    </row>
+    <row r="9" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="111"/>
+      <c r="B9" s="112" t="s">
+        <v>180</v>
+      </c>
+      <c r="C9" s="217"/>
+      <c r="D9" s="218"/>
+      <c r="E9" s="218"/>
+      <c r="F9" s="219"/>
+    </row>
+    <row r="10" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="113"/>
+      <c r="B10" s="114" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" s="220"/>
+      <c r="D10" s="221"/>
+      <c r="E10" s="221"/>
+      <c r="F10" s="222"/>
+    </row>
+    <row r="11" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="198" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" s="200"/>
+      <c r="C11" s="223"/>
+      <c r="D11" s="224"/>
+      <c r="E11" s="224"/>
+      <c r="F11" s="225"/>
+    </row>
+    <row r="12" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="115" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" s="114"/>
+      <c r="C12" s="226"/>
+      <c r="D12" s="227"/>
+      <c r="E12" s="227"/>
+      <c r="F12" s="228"/>
+    </row>
+    <row r="13" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="201" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" s="202"/>
+      <c r="C13" s="223"/>
+      <c r="D13" s="224"/>
+      <c r="E13" s="224"/>
+      <c r="F13" s="225"/>
+    </row>
+    <row r="14" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="109" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" s="110" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" s="214"/>
+      <c r="D14" s="215"/>
+      <c r="E14" s="215"/>
+      <c r="F14" s="216"/>
+    </row>
+    <row r="15" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="111"/>
+      <c r="B15" s="110" t="s">
         <v>87</v>
       </c>
-      <c r="B1" s="140"/>
-[...55 lines deleted...]
-      <c r="A11" s="198" t="s">
+      <c r="C15" s="217"/>
+      <c r="D15" s="218"/>
+      <c r="E15" s="218"/>
+      <c r="F15" s="219"/>
+    </row>
+    <row r="16" spans="1:6 16384:16384" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="111"/>
+      <c r="B16" s="110" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" s="217"/>
+      <c r="D16" s="218"/>
+      <c r="E16" s="218"/>
+      <c r="F16" s="219"/>
+    </row>
+    <row r="17" spans="1:6" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="116"/>
+      <c r="B17" s="117" t="s">
         <v>89</v>
       </c>
-      <c r="B11" s="199" t="s">
+      <c r="C17" s="229"/>
+      <c r="D17" s="230"/>
+      <c r="E17" s="230"/>
+      <c r="F17" s="231"/>
+    </row>
+    <row r="18" spans="1:6" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="19" spans="1:6" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="206" t="s">
+        <v>77</v>
+      </c>
+      <c r="B19" s="207"/>
+      <c r="C19" s="207"/>
+      <c r="D19" s="209"/>
+      <c r="E19" s="209"/>
+      <c r="F19" s="210"/>
+    </row>
+    <row r="20" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="198" t="s">
+        <v>90</v>
+      </c>
+      <c r="B20" s="199"/>
+      <c r="C20" s="186"/>
+      <c r="D20" s="187"/>
+      <c r="E20" s="187"/>
+      <c r="F20" s="188"/>
+    </row>
+    <row r="21" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="201" t="s">
         <v>91</v>
       </c>
-      <c r="C11" s="264"/>
-[...55 lines deleted...]
-      <c r="A17" s="198" t="s">
+      <c r="B21" s="203"/>
+      <c r="C21" s="189"/>
+      <c r="D21" s="190"/>
+      <c r="E21" s="190"/>
+      <c r="F21" s="191"/>
+    </row>
+    <row r="22" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="201" t="s">
         <v>92</v>
       </c>
-      <c r="B17" s="199" t="s">
+      <c r="B22" s="203"/>
+      <c r="C22" s="118" t="s">
         <v>93</v>
       </c>
-      <c r="C17" s="264"/>
-[...6 lines deleted...]
-      <c r="B18" s="199" t="s">
+      <c r="D22" s="61"/>
+      <c r="E22" s="119" t="s">
         <v>94</v>
       </c>
-      <c r="C18" s="267"/>
-[...6 lines deleted...]
-      <c r="B19" s="199" t="s">
+      <c r="F22" s="62"/>
+    </row>
+    <row r="23" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="201" t="s">
+        <v>78</v>
+      </c>
+      <c r="B23" s="203"/>
+      <c r="C23" s="192"/>
+      <c r="D23" s="193"/>
+      <c r="E23" s="193"/>
+      <c r="F23" s="194"/>
+    </row>
+    <row r="24" spans="1:6" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="204" t="s">
         <v>95</v>
       </c>
-      <c r="C19" s="267"/>
-[...96 lines deleted...]
-        <v>145</v>
+      <c r="B24" s="205"/>
+      <c r="C24" s="195"/>
+      <c r="D24" s="196"/>
+      <c r="E24" s="196"/>
+      <c r="F24" s="197"/>
+    </row>
+    <row r="25" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="26" spans="1:6" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="27" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C27" s="81" t="s">
+        <v>64</v>
+      </c>
+      <c r="D27" s="20">
+        <f>'Frais de personnel'!AC14</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C28" s="81" t="s">
+        <v>65</v>
+      </c>
+      <c r="D28" s="20">
+        <f>'Frais de fonctionnement'!G48</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="19.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C29" s="173" t="s">
+        <v>35</v>
+      </c>
+      <c r="D29" s="174">
+        <f>SUM(D27:D27)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1048569" spans="1:2" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1048569" s="60"/>
+      <c r="B1048569" s="63" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="1048570" spans="1:2" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1048570" s="60"/>
+      <c r="B1048570" s="63" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="1048571" spans="1:2" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1048571" s="60"/>
+      <c r="B1048571" s="63" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="25">
-    <mergeCell ref="A9:F9"/>
-    <mergeCell ref="A22:F22"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="A19:F19"/>
+    <mergeCell ref="C7:F7"/>
+    <mergeCell ref="C8:F8"/>
+    <mergeCell ref="C9:F9"/>
     <mergeCell ref="C10:F10"/>
     <mergeCell ref="C11:F11"/>
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="C13:F13"/>
     <mergeCell ref="C14:F14"/>
     <mergeCell ref="C15:F15"/>
     <mergeCell ref="C16:F16"/>
     <mergeCell ref="C17:F17"/>
-    <mergeCell ref="C18:F18"/>
-    <mergeCell ref="C19:F19"/>
     <mergeCell ref="C20:F20"/>
+    <mergeCell ref="C21:F21"/>
     <mergeCell ref="C23:F23"/>
     <mergeCell ref="C24:F24"/>
-    <mergeCell ref="C26:F26"/>
-[...3 lines deleted...]
-    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="A23:B23"/>
     <mergeCell ref="A24:B24"/>
-    <mergeCell ref="A26:B26"/>
-[...2 lines deleted...]
-    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="A20:B20"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C15" xr:uid="{00000000-0002-0000-0100-000000000000}">
-      <formula1>$B$1048572:$B$1048574</formula1>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C12" xr:uid="{00000000-0002-0000-0100-000000000000}">
+      <formula1>$B$1048569:$B$1048571</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" fitToHeight="100" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;F - &amp;A</oddHeader>
     <oddFooter>Page &amp;P de &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BMQ39"/>
+  <dimension ref="A1:BMU39"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="J4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="B4" sqref="B4"/>
+      <selection pane="bottomRight" activeCell="AD1" sqref="AD1:AD2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14.7109375" style="134" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="29" max="16384" width="11.42578125" style="134"/>
+    <col min="1" max="1" width="14.6640625" style="59" customWidth="1"/>
+    <col min="2" max="3" width="11.44140625" style="59"/>
+    <col min="4" max="4" width="13.109375" style="59" bestFit="1" customWidth="1"/>
+    <col min="5" max="27" width="11.44140625" style="59"/>
+    <col min="28" max="32" width="13.44140625" style="59" customWidth="1"/>
+    <col min="33" max="33" width="54.6640625" style="59" customWidth="1"/>
+    <col min="34" max="16384" width="11.44140625" style="59"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28 1707:1707" s="162" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="282" t="s">
+    <row r="1" spans="1:33 1711:1711" s="82" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="234" t="s">
+        <v>148</v>
+      </c>
+      <c r="B1" s="238" t="s">
+        <v>58</v>
+      </c>
+      <c r="C1" s="238"/>
+      <c r="D1" s="238"/>
+      <c r="E1" s="238"/>
+      <c r="F1" s="238"/>
+      <c r="G1" s="238"/>
+      <c r="H1" s="238"/>
+      <c r="I1" s="239" t="s">
+        <v>36</v>
+      </c>
+      <c r="J1" s="240"/>
+      <c r="K1" s="240"/>
+      <c r="L1" s="240"/>
+      <c r="M1" s="240"/>
+      <c r="N1" s="240"/>
+      <c r="O1" s="240"/>
+      <c r="P1" s="240"/>
+      <c r="Q1" s="240"/>
+      <c r="R1" s="240"/>
+      <c r="S1" s="241"/>
+      <c r="T1" s="242" t="s">
+        <v>37</v>
+      </c>
+      <c r="U1" s="243"/>
+      <c r="V1" s="243"/>
+      <c r="W1" s="243"/>
+      <c r="X1" s="243"/>
+      <c r="Y1" s="243"/>
+      <c r="Z1" s="244"/>
+      <c r="AA1" s="245" t="s">
+        <v>105</v>
+      </c>
+      <c r="AB1" s="147"/>
+      <c r="AC1" s="236" t="s">
+        <v>202</v>
+      </c>
+      <c r="AD1" s="259" t="s">
+        <v>199</v>
+      </c>
+      <c r="AE1" s="259" t="s">
+        <v>200</v>
+      </c>
+      <c r="AF1" s="260" t="s">
+        <v>201</v>
+      </c>
+      <c r="AG1" s="232" t="s">
+        <v>33</v>
+      </c>
+      <c r="BMU1" s="83"/>
+    </row>
+    <row r="2" spans="1:33 1711:1711" ht="81" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="235"/>
+      <c r="B2" s="137" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" s="23" t="s">
+        <v>60</v>
+      </c>
+      <c r="D2" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="E2" s="23" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" s="23" t="s">
+        <v>144</v>
+      </c>
+      <c r="G2" s="23" t="s">
+        <v>197</v>
+      </c>
+      <c r="H2" s="23" t="s">
+        <v>63</v>
+      </c>
+      <c r="I2" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="J2" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="K2" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="L2" s="25" t="s">
+        <v>139</v>
+      </c>
+      <c r="M2" s="25" t="s">
+        <v>41</v>
+      </c>
+      <c r="N2" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="O2" s="25" t="s">
+        <v>194</v>
+      </c>
+      <c r="P2" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q2" s="133" t="s">
+        <v>193</v>
+      </c>
+      <c r="R2" s="133" t="s">
+        <v>57</v>
+      </c>
+      <c r="S2" s="136" t="s">
+        <v>146</v>
+      </c>
+      <c r="T2" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="U2" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="V2" s="27"/>
+      <c r="W2" s="27"/>
+      <c r="X2" s="27"/>
+      <c r="Y2" s="131"/>
+      <c r="Z2" s="132" t="s">
+        <v>147</v>
+      </c>
+      <c r="AA2" s="246"/>
+      <c r="AB2" s="149" t="s">
+        <v>192</v>
+      </c>
+      <c r="AC2" s="237"/>
+      <c r="AD2" s="261"/>
+      <c r="AE2" s="261"/>
+      <c r="AF2" s="262"/>
+      <c r="AG2" s="233"/>
+      <c r="BMU2" s="84"/>
+    </row>
+    <row r="3" spans="1:33 1711:1711" s="85" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="141" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" s="138" t="s">
+        <v>195</v>
+      </c>
+      <c r="C3" s="88" t="s">
         <v>196</v>
       </c>
-      <c r="B1" s="286" t="s">
-[...66 lines deleted...]
-      <c r="J2" s="26" t="s">
+      <c r="D3" s="88" t="s">
+        <v>45</v>
+      </c>
+      <c r="E3" s="89">
+        <v>45658</v>
+      </c>
+      <c r="F3" s="89">
+        <v>46022</v>
+      </c>
+      <c r="G3" s="127" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" s="90" t="s">
+        <v>62</v>
+      </c>
+      <c r="I3" s="91">
+        <v>26981.46</v>
+      </c>
+      <c r="J3" s="92">
+        <v>851.2</v>
+      </c>
+      <c r="K3" s="92">
+        <v>1964.48</v>
+      </c>
+      <c r="L3" s="92">
+        <v>0</v>
+      </c>
+      <c r="M3" s="92">
+        <v>3804.15</v>
+      </c>
+      <c r="N3" s="92">
+        <v>345.15</v>
+      </c>
+      <c r="O3" s="92">
+        <v>56.29</v>
+      </c>
+      <c r="P3" s="92">
+        <v>542.5</v>
+      </c>
+      <c r="Q3" s="93">
         <v>40</v>
       </c>
-      <c r="K2" s="26" t="s">
-[...11 lines deleted...]
-      <c r="O2" s="26" t="s">
+      <c r="R3" s="93">
+        <v>128.30000000000001</v>
+      </c>
+      <c r="S3" s="45">
+        <f>SUM(I3:R3)</f>
+        <v>34713.530000000006</v>
+      </c>
+      <c r="T3" s="91">
+        <v>12450</v>
+      </c>
+      <c r="U3" s="92">
+        <v>0</v>
+      </c>
+      <c r="V3" s="92">
+        <v>0</v>
+      </c>
+      <c r="W3" s="93">
+        <v>0</v>
+      </c>
+      <c r="X3" s="93">
+        <v>0</v>
+      </c>
+      <c r="Y3" s="94">
+        <v>0</v>
+      </c>
+      <c r="Z3" s="45">
+        <f>SUM(T3:Y3)</f>
+        <v>12450</v>
+      </c>
+      <c r="AA3" s="150">
+        <f>S3-Z3</f>
+        <v>22263.530000000006</v>
+      </c>
+      <c r="AB3" s="157">
+        <v>0.5</v>
+      </c>
+      <c r="AC3" s="148">
+        <f>AA3*AB3</f>
+        <v>11131.765000000003</v>
+      </c>
+      <c r="AD3" s="253">
+        <v>10954.62</v>
+      </c>
+      <c r="AE3" s="253">
+        <v>177.15</v>
+      </c>
+      <c r="AF3" s="253">
+        <f>AA3-AC3-AD3-AE3</f>
+        <v>-4.9999999977501375E-3</v>
+      </c>
+      <c r="AG3" s="151"/>
+      <c r="BMU3" s="84"/>
+    </row>
+    <row r="4" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="142" t="s">
         <v>44</v>
       </c>
-      <c r="P2" s="26" t="s">
-[...30 lines deleted...]
-      <c r="B3" s="229" t="s">
+      <c r="B4" s="139"/>
+      <c r="C4" s="28"/>
+      <c r="D4" s="28"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="128"/>
+      <c r="H4" s="43"/>
+      <c r="I4" s="46"/>
+      <c r="J4" s="33"/>
+      <c r="K4" s="33"/>
+      <c r="L4" s="33"/>
+      <c r="M4" s="33"/>
+      <c r="N4" s="33"/>
+      <c r="O4" s="33"/>
+      <c r="P4" s="33"/>
+      <c r="Q4" s="134"/>
+      <c r="R4" s="134"/>
+      <c r="S4" s="162">
+        <f t="shared" ref="S4:S13" si="0">SUM(I4:R4)</f>
+        <v>0</v>
+      </c>
+      <c r="T4" s="47"/>
+      <c r="U4" s="48"/>
+      <c r="V4" s="48"/>
+      <c r="W4" s="49"/>
+      <c r="X4" s="49"/>
+      <c r="Y4" s="50"/>
+      <c r="Z4" s="167">
+        <f t="shared" ref="Z4:Z13" si="1">SUM(T4:Y4)</f>
+        <v>0</v>
+      </c>
+      <c r="AA4" s="168">
+        <f t="shared" ref="AA4:AA13" si="2">S4-Z4</f>
+        <v>0</v>
+      </c>
+      <c r="AB4" s="158"/>
+      <c r="AC4" s="164">
+        <f t="shared" ref="AC4:AC13" si="3">AA4*AB4</f>
+        <v>0</v>
+      </c>
+      <c r="AD4" s="254"/>
+      <c r="AE4" s="254"/>
+      <c r="AF4" s="254">
+        <f t="shared" ref="AF4:AF13" si="4">AA4-AC4-AD4-AE4</f>
+        <v>0</v>
+      </c>
+      <c r="AG4" s="152"/>
+      <c r="BMU4" s="84"/>
+    </row>
+    <row r="5" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="143" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" s="139"/>
+      <c r="C5" s="28"/>
+      <c r="D5" s="28"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="128"/>
+      <c r="H5" s="43"/>
+      <c r="I5" s="46"/>
+      <c r="J5" s="33"/>
+      <c r="K5" s="33"/>
+      <c r="L5" s="33"/>
+      <c r="M5" s="33"/>
+      <c r="N5" s="33"/>
+      <c r="O5" s="33"/>
+      <c r="P5" s="33"/>
+      <c r="Q5" s="134"/>
+      <c r="R5" s="134"/>
+      <c r="S5" s="162">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="T5" s="47"/>
+      <c r="U5" s="48"/>
+      <c r="V5" s="48"/>
+      <c r="W5" s="49"/>
+      <c r="X5" s="49"/>
+      <c r="Y5" s="50"/>
+      <c r="Z5" s="169">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AA5" s="168">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AB5" s="159"/>
+      <c r="AC5" s="165">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AD5" s="255"/>
+      <c r="AE5" s="255"/>
+      <c r="AF5" s="255">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AG5" s="153"/>
+      <c r="BMU5" s="84"/>
+    </row>
+    <row r="6" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="143" t="s">
         <v>47</v>
       </c>
-      <c r="C3" s="168" t="s">
+      <c r="B6" s="139"/>
+      <c r="C6" s="28"/>
+      <c r="D6" s="28"/>
+      <c r="E6" s="41"/>
+      <c r="F6" s="41"/>
+      <c r="G6" s="128"/>
+      <c r="H6" s="43"/>
+      <c r="I6" s="46"/>
+      <c r="J6" s="33"/>
+      <c r="K6" s="33"/>
+      <c r="L6" s="33"/>
+      <c r="M6" s="33"/>
+      <c r="N6" s="33"/>
+      <c r="O6" s="33"/>
+      <c r="P6" s="33"/>
+      <c r="Q6" s="134"/>
+      <c r="R6" s="134"/>
+      <c r="S6" s="162">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="T6" s="47"/>
+      <c r="U6" s="48"/>
+      <c r="V6" s="48"/>
+      <c r="W6" s="49"/>
+      <c r="X6" s="49"/>
+      <c r="Y6" s="50"/>
+      <c r="Z6" s="169">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AA6" s="168">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AB6" s="159"/>
+      <c r="AC6" s="165">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AD6" s="255"/>
+      <c r="AE6" s="255"/>
+      <c r="AF6" s="255">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AG6" s="153"/>
+      <c r="BMU6" s="84"/>
+    </row>
+    <row r="7" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="143" t="s">
         <v>48</v>
       </c>
-      <c r="D3" s="168" t="s">
+      <c r="B7" s="139"/>
+      <c r="C7" s="28"/>
+      <c r="D7" s="28"/>
+      <c r="E7" s="41"/>
+      <c r="F7" s="41"/>
+      <c r="G7" s="128"/>
+      <c r="H7" s="43"/>
+      <c r="I7" s="46"/>
+      <c r="J7" s="33"/>
+      <c r="K7" s="33"/>
+      <c r="L7" s="33"/>
+      <c r="M7" s="33"/>
+      <c r="N7" s="33"/>
+      <c r="O7" s="33"/>
+      <c r="P7" s="33"/>
+      <c r="Q7" s="134"/>
+      <c r="R7" s="134"/>
+      <c r="S7" s="162">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="T7" s="47"/>
+      <c r="U7" s="48"/>
+      <c r="V7" s="48"/>
+      <c r="W7" s="49"/>
+      <c r="X7" s="49"/>
+      <c r="Y7" s="50"/>
+      <c r="Z7" s="169">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AA7" s="168">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AB7" s="159"/>
+      <c r="AC7" s="165">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AD7" s="255"/>
+      <c r="AE7" s="255"/>
+      <c r="AF7" s="255">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AG7" s="153"/>
+      <c r="BMU7" s="84"/>
+    </row>
+    <row r="8" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="143" t="s">
         <v>49</v>
       </c>
-      <c r="E3" s="169">
-[...118 lines deleted...]
-      <c r="A5" s="234" t="s">
+      <c r="B8" s="139"/>
+      <c r="C8" s="28"/>
+      <c r="D8" s="28"/>
+      <c r="E8" s="41"/>
+      <c r="F8" s="41"/>
+      <c r="G8" s="128"/>
+      <c r="H8" s="43"/>
+      <c r="I8" s="46"/>
+      <c r="J8" s="33"/>
+      <c r="K8" s="33"/>
+      <c r="L8" s="33"/>
+      <c r="M8" s="33"/>
+      <c r="N8" s="33"/>
+      <c r="O8" s="33"/>
+      <c r="P8" s="33"/>
+      <c r="Q8" s="134"/>
+      <c r="R8" s="134"/>
+      <c r="S8" s="162">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="T8" s="47"/>
+      <c r="U8" s="48"/>
+      <c r="V8" s="48"/>
+      <c r="W8" s="49"/>
+      <c r="X8" s="49"/>
+      <c r="Y8" s="50"/>
+      <c r="Z8" s="169">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="AA8" s="168">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AB8" s="159"/>
+      <c r="AC8" s="165">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AD8" s="255"/>
+      <c r="AE8" s="255"/>
+      <c r="AF8" s="255">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AG8" s="153"/>
+      <c r="BMU8" s="84"/>
+    </row>
+    <row r="9" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="143" t="s">
         <v>50</v>
       </c>
-      <c r="B5" s="230"/>
-[...15 lines deleted...]
-      <c r="R5" s="226">
+      <c r="B9" s="139"/>
+      <c r="C9" s="28"/>
+      <c r="D9" s="28"/>
+      <c r="E9" s="41"/>
+      <c r="F9" s="41"/>
+      <c r="G9" s="128"/>
+      <c r="H9" s="43"/>
+      <c r="I9" s="46"/>
+      <c r="J9" s="33"/>
+      <c r="K9" s="33"/>
+      <c r="L9" s="33"/>
+      <c r="M9" s="33"/>
+      <c r="N9" s="33"/>
+      <c r="O9" s="33"/>
+      <c r="P9" s="33"/>
+      <c r="Q9" s="134"/>
+      <c r="R9" s="134"/>
+      <c r="S9" s="162">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S5" s="116"/>
-[...5 lines deleted...]
-      <c r="Y5" s="121">
+      <c r="T9" s="47"/>
+      <c r="U9" s="48"/>
+      <c r="V9" s="48"/>
+      <c r="W9" s="49"/>
+      <c r="X9" s="49"/>
+      <c r="Y9" s="50"/>
+      <c r="Z9" s="169">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Z5" s="120">
+      <c r="AA9" s="168">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AA5" s="130"/>
-[...4 lines deleted...]
-      <c r="A6" s="234" t="s">
+      <c r="AB9" s="159"/>
+      <c r="AC9" s="165">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AD9" s="255"/>
+      <c r="AE9" s="255"/>
+      <c r="AF9" s="255">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AG9" s="153"/>
+      <c r="BMU9" s="84"/>
+    </row>
+    <row r="10" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="143" t="s">
         <v>51</v>
       </c>
-      <c r="B6" s="230"/>
-[...15 lines deleted...]
-      <c r="R6" s="226">
+      <c r="B10" s="139"/>
+      <c r="C10" s="28"/>
+      <c r="D10" s="28"/>
+      <c r="E10" s="41"/>
+      <c r="F10" s="41"/>
+      <c r="G10" s="128"/>
+      <c r="H10" s="43"/>
+      <c r="I10" s="46"/>
+      <c r="J10" s="33"/>
+      <c r="K10" s="33"/>
+      <c r="L10" s="33"/>
+      <c r="M10" s="33"/>
+      <c r="N10" s="33"/>
+      <c r="O10" s="33"/>
+      <c r="P10" s="33"/>
+      <c r="Q10" s="134"/>
+      <c r="R10" s="134"/>
+      <c r="S10" s="162">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S6" s="116"/>
-[...5 lines deleted...]
-      <c r="Y6" s="121">
+      <c r="T10" s="47"/>
+      <c r="U10" s="48"/>
+      <c r="V10" s="48"/>
+      <c r="W10" s="49"/>
+      <c r="X10" s="49"/>
+      <c r="Y10" s="50"/>
+      <c r="Z10" s="169">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Z6" s="120">
+      <c r="AA10" s="168">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AA6" s="130"/>
-[...4 lines deleted...]
-      <c r="A7" s="234" t="s">
+      <c r="AB10" s="159"/>
+      <c r="AC10" s="165">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AD10" s="255"/>
+      <c r="AE10" s="255"/>
+      <c r="AF10" s="255">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AG10" s="153"/>
+      <c r="BMU10" s="84"/>
+    </row>
+    <row r="11" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="143" t="s">
         <v>52</v>
       </c>
-      <c r="B7" s="230"/>
-[...15 lines deleted...]
-      <c r="R7" s="226">
+      <c r="B11" s="139"/>
+      <c r="C11" s="28"/>
+      <c r="D11" s="28"/>
+      <c r="E11" s="41"/>
+      <c r="F11" s="41"/>
+      <c r="G11" s="128"/>
+      <c r="H11" s="43"/>
+      <c r="I11" s="46"/>
+      <c r="J11" s="33"/>
+      <c r="K11" s="33"/>
+      <c r="L11" s="33"/>
+      <c r="M11" s="33"/>
+      <c r="N11" s="33"/>
+      <c r="O11" s="33"/>
+      <c r="P11" s="33"/>
+      <c r="Q11" s="134"/>
+      <c r="R11" s="134"/>
+      <c r="S11" s="162">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S7" s="116"/>
-[...5 lines deleted...]
-      <c r="Y7" s="121">
+      <c r="T11" s="47"/>
+      <c r="U11" s="48"/>
+      <c r="V11" s="48"/>
+      <c r="W11" s="49"/>
+      <c r="X11" s="49"/>
+      <c r="Y11" s="50"/>
+      <c r="Z11" s="169">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Z7" s="120">
+      <c r="AA11" s="168">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AA7" s="130"/>
-[...4 lines deleted...]
-      <c r="A8" s="234" t="s">
+      <c r="AB11" s="159"/>
+      <c r="AC11" s="165">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AD11" s="255"/>
+      <c r="AE11" s="255"/>
+      <c r="AF11" s="255">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AG11" s="153"/>
+      <c r="BMU11" s="84"/>
+    </row>
+    <row r="12" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="143" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="230"/>
-[...15 lines deleted...]
-      <c r="R8" s="226">
+      <c r="B12" s="139"/>
+      <c r="C12" s="28"/>
+      <c r="D12" s="28"/>
+      <c r="E12" s="41"/>
+      <c r="F12" s="41"/>
+      <c r="G12" s="128"/>
+      <c r="H12" s="43"/>
+      <c r="I12" s="46"/>
+      <c r="J12" s="33"/>
+      <c r="K12" s="33"/>
+      <c r="L12" s="33"/>
+      <c r="M12" s="33"/>
+      <c r="N12" s="33"/>
+      <c r="O12" s="33"/>
+      <c r="P12" s="33"/>
+      <c r="Q12" s="134"/>
+      <c r="R12" s="134"/>
+      <c r="S12" s="162">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S8" s="116"/>
-[...5 lines deleted...]
-      <c r="Y8" s="121">
+      <c r="T12" s="47"/>
+      <c r="U12" s="48"/>
+      <c r="V12" s="48"/>
+      <c r="W12" s="49"/>
+      <c r="X12" s="49"/>
+      <c r="Y12" s="50"/>
+      <c r="Z12" s="169">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Z8" s="120">
+      <c r="AA12" s="168">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AA8" s="130"/>
-[...4 lines deleted...]
-      <c r="A9" s="234" t="s">
+      <c r="AB12" s="159"/>
+      <c r="AC12" s="165">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AD12" s="255"/>
+      <c r="AE12" s="255"/>
+      <c r="AF12" s="255">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AG12" s="153"/>
+      <c r="BMU12" s="84"/>
+    </row>
+    <row r="13" spans="1:33 1711:1711" s="85" customFormat="1" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="144" t="s">
         <v>54</v>
       </c>
-      <c r="B9" s="230"/>
-[...15 lines deleted...]
-      <c r="R9" s="226">
+      <c r="B13" s="140"/>
+      <c r="C13" s="29"/>
+      <c r="D13" s="29"/>
+      <c r="E13" s="42"/>
+      <c r="F13" s="42"/>
+      <c r="G13" s="129"/>
+      <c r="H13" s="44"/>
+      <c r="I13" s="51"/>
+      <c r="J13" s="52"/>
+      <c r="K13" s="52"/>
+      <c r="L13" s="52"/>
+      <c r="M13" s="52"/>
+      <c r="N13" s="52"/>
+      <c r="O13" s="52"/>
+      <c r="P13" s="52"/>
+      <c r="Q13" s="135"/>
+      <c r="R13" s="135"/>
+      <c r="S13" s="163">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="S9" s="116"/>
-[...5 lines deleted...]
-      <c r="Y9" s="121">
+      <c r="T13" s="53"/>
+      <c r="U13" s="54"/>
+      <c r="V13" s="54"/>
+      <c r="W13" s="55"/>
+      <c r="X13" s="55"/>
+      <c r="Y13" s="56"/>
+      <c r="Z13" s="170">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="Z9" s="120">
+      <c r="AA13" s="171">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="AA9" s="130"/>
-[...196 lines deleted...]
-      <c r="Z14" s="161">
+      <c r="AB13" s="160"/>
+      <c r="AC13" s="166">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AD13" s="256"/>
+      <c r="AE13" s="256"/>
+      <c r="AF13" s="256">
+        <f t="shared" si="4"/>
+        <v>0</v>
+      </c>
+      <c r="AG13" s="154"/>
+      <c r="BMU13" s="84"/>
+    </row>
+    <row r="14" spans="1:33 1711:1711" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="71"/>
+      <c r="I14" s="86"/>
+      <c r="J14" s="86"/>
+      <c r="K14" s="86"/>
+      <c r="L14" s="86"/>
+      <c r="M14" s="86"/>
+      <c r="N14" s="86"/>
+      <c r="O14" s="86"/>
+      <c r="P14" s="86"/>
+      <c r="Q14" s="86"/>
+      <c r="R14" s="86"/>
+      <c r="S14" s="161">
+        <f>SUM(S4:S13)</f>
+        <v>0</v>
+      </c>
+      <c r="T14" s="86"/>
+      <c r="U14" s="86"/>
+      <c r="V14" s="86"/>
+      <c r="W14" s="86"/>
+      <c r="X14" s="86"/>
+      <c r="Y14" s="86"/>
+      <c r="Z14" s="155">
         <f>SUM(Z4:Z13)</f>
         <v>0</v>
       </c>
-      <c r="AA14" s="159">
+      <c r="AA14" s="172">
         <f>SUM(AA4:AA13)</f>
         <v>0</v>
       </c>
-      <c r="BMQ14" s="164"/>
-[...84 lines deleted...]
-      <c r="S39" s="164"/>
+      <c r="AB14" s="156"/>
+      <c r="AC14" s="155">
+        <f>SUM(AC4:AC13)</f>
+        <v>0</v>
+      </c>
+      <c r="AD14" s="155">
+        <f>SUM(AD4:AD13)</f>
+        <v>0</v>
+      </c>
+      <c r="AE14" s="155">
+        <f>SUM(AE4:AE13)</f>
+        <v>0</v>
+      </c>
+      <c r="AF14" s="155">
+        <f>SUM(AF4:AF13)</f>
+        <v>0</v>
+      </c>
+      <c r="BMU14" s="84"/>
+    </row>
+    <row r="15" spans="1:33 1711:1711" x14ac:dyDescent="0.25">
+      <c r="A15" s="71"/>
+      <c r="BMU15" s="84"/>
+    </row>
+    <row r="16" spans="1:33 1711:1711" x14ac:dyDescent="0.25">
+      <c r="A16" s="71"/>
+      <c r="T16" s="87"/>
+      <c r="BMU16" s="84"/>
+    </row>
+    <row r="17" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T17" s="84"/>
+      <c r="BMU17" s="84"/>
+    </row>
+    <row r="18" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T18" s="84"/>
+      <c r="BMU18" s="84"/>
+    </row>
+    <row r="19" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T19" s="84"/>
+      <c r="BMU19" s="84"/>
+    </row>
+    <row r="20" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T20" s="84"/>
+      <c r="BMU20" s="84"/>
+    </row>
+    <row r="21" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T21" s="84"/>
+      <c r="BMU21" s="84"/>
+    </row>
+    <row r="22" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T22" s="84"/>
+      <c r="BMU22" s="84"/>
+    </row>
+    <row r="23" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T23" s="84"/>
+      <c r="BMU23" s="84"/>
+    </row>
+    <row r="24" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T24" s="84"/>
+    </row>
+    <row r="25" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T25" s="84"/>
+    </row>
+    <row r="26" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T26" s="84"/>
+    </row>
+    <row r="27" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T27" s="84"/>
+    </row>
+    <row r="28" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T28" s="84"/>
+    </row>
+    <row r="29" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T29" s="84"/>
+    </row>
+    <row r="30" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T30" s="84"/>
+    </row>
+    <row r="31" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T31" s="84"/>
+    </row>
+    <row r="32" spans="20:20 1711:1711" x14ac:dyDescent="0.25">
+      <c r="T32" s="84"/>
+    </row>
+    <row r="33" spans="20:20" x14ac:dyDescent="0.25">
+      <c r="T33" s="84"/>
+    </row>
+    <row r="34" spans="20:20" x14ac:dyDescent="0.25">
+      <c r="T34" s="84"/>
+    </row>
+    <row r="35" spans="20:20" x14ac:dyDescent="0.25">
+      <c r="T35" s="84"/>
+    </row>
+    <row r="36" spans="20:20" x14ac:dyDescent="0.25">
+      <c r="T36" s="84"/>
+    </row>
+    <row r="37" spans="20:20" x14ac:dyDescent="0.25">
+      <c r="T37" s="84"/>
+    </row>
+    <row r="38" spans="20:20" x14ac:dyDescent="0.25">
+      <c r="T38" s="84"/>
+    </row>
+    <row r="39" spans="20:20" x14ac:dyDescent="0.25">
+      <c r="T39" s="84"/>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange password="CBEB" sqref="I4:M13" name="charges"/>
     <protectedRange password="CBEB" sqref="N4:N13" name="charges_1"/>
     <protectedRange password="CBEB" sqref="O4:O13" name="charges_2"/>
-    <protectedRange password="CBEB" sqref="P4:R13" name="charges_3"/>
+    <protectedRange password="CBEB" sqref="P4:S13" name="charges_3"/>
     <protectedRange password="CBEB" sqref="I3:M3" name="charges_4"/>
     <protectedRange password="CBEB" sqref="N3" name="charges_1_1"/>
     <protectedRange password="CBEB" sqref="O3" name="charges_2_1"/>
-    <protectedRange password="CBEB" sqref="P3:R3" name="charges_3_2"/>
+    <protectedRange password="CBEB" sqref="P3:S3" name="charges_3_2"/>
   </protectedRanges>
-  <mergeCells count="7">
+  <mergeCells count="10">
+    <mergeCell ref="AG1:AG2"/>
     <mergeCell ref="A1:A2"/>
-    <mergeCell ref="AB1:AB2"/>
+    <mergeCell ref="AC1:AC2"/>
     <mergeCell ref="B1:H1"/>
-    <mergeCell ref="I1:R1"/>
-    <mergeCell ref="S1:Y1"/>
+    <mergeCell ref="I1:S1"/>
+    <mergeCell ref="T1:Z1"/>
     <mergeCell ref="AA1:AA2"/>
-    <mergeCell ref="Z1:Z2"/>
+    <mergeCell ref="AE1:AE2"/>
+    <mergeCell ref="AF1:AF2"/>
+    <mergeCell ref="AD1:AD2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="60" fitToHeight="100" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;F - &amp;A</oddHeader>
     <oddFooter>Page &amp;P de &amp;N</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{60AE1294-122F-4E9F-8AFE-B3BC0C96CCE0}">
           <x14:formula1>
-            <xm:f>'Menus déroulants'!$A$4:$A$28</xm:f>
+            <xm:f>'Menus déroulants'!$A$4:$A$29</xm:f>
           </x14:formula1>
-          <xm:sqref>S2:T2</xm:sqref>
+          <xm:sqref>T2:U2</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{181CF22A-C288-40C7-A059-29394FF879DC}">
           <x14:formula1>
-            <xm:f>'Menus déroulants'!$A$4:$A$31</xm:f>
+            <xm:f>'Menus déroulants'!$A$4:$A$32</xm:f>
           </x14:formula1>
-          <xm:sqref>U2:X2</xm:sqref>
+          <xm:sqref>V2:Y2</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:XFC998"/>
+  <dimension ref="A1:AB95"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
+      <pane ySplit="2" topLeftCell="A15" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="H48" sqref="H48"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="72.7109375" style="146" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="29" max="16384" width="11.42578125" style="134"/>
+    <col min="1" max="1" width="72.6640625" style="71" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="18.6640625" style="77" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21" style="77" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="18.6640625" style="77" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="21.33203125" style="77" customWidth="1"/>
+    <col min="8" max="8" width="18.6640625" style="77" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="18.6640625" style="77" customWidth="1"/>
+    <col min="11" max="12" width="18.6640625" style="77" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="86.6640625" style="77" customWidth="1"/>
+    <col min="14" max="28" width="11.44140625" style="12"/>
+    <col min="29" max="16384" width="11.44140625" style="59"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16383" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-[...65500 lines deleted...]
-      <c r="C5" s="178" t="s">
+    <row r="1" spans="1:28" s="73" customFormat="1" ht="50.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="95" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="96" t="s">
+        <v>66</v>
+      </c>
+      <c r="C1" s="97" t="s">
         <v>1</v>
       </c>
-      <c r="D5" s="178" t="s">
+      <c r="D1" s="97" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="177" t="s">
+      <c r="E1" s="96" t="s">
         <v>2</v>
       </c>
-      <c r="F5" s="26" t="s">
+      <c r="F1" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="G5" s="26" t="s">
-[...11 lines deleted...]
-      <c r="K5" s="179" t="s">
+      <c r="G1" s="258" t="s">
+        <v>203</v>
+      </c>
+      <c r="H1" s="263" t="s">
+        <v>149</v>
+      </c>
+      <c r="I1" s="264" t="s">
+        <v>96</v>
+      </c>
+      <c r="J1" s="257" t="s">
+        <v>201</v>
+      </c>
+      <c r="K1" s="178" t="s">
         <v>7</v>
       </c>
-      <c r="L5" s="179" t="s">
+      <c r="L1" s="98" t="s">
         <v>9</v>
       </c>
-      <c r="M5" s="180" t="s">
-[...28 lines deleted...]
-      <c r="D6" s="181">
+      <c r="M1" s="99" t="s">
+        <v>33</v>
+      </c>
+      <c r="N1" s="72"/>
+      <c r="O1" s="72"/>
+      <c r="P1" s="72"/>
+      <c r="Q1" s="72"/>
+      <c r="R1" s="72"/>
+      <c r="S1" s="72"/>
+      <c r="T1" s="72"/>
+      <c r="U1" s="72"/>
+      <c r="V1" s="72"/>
+      <c r="W1" s="72"/>
+      <c r="X1" s="72"/>
+      <c r="Y1" s="72"/>
+      <c r="Z1" s="72"/>
+      <c r="AA1" s="72"/>
+      <c r="AB1" s="72"/>
+    </row>
+    <row r="2" spans="1:28" s="75" customFormat="1" ht="39.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="19" t="s">
+        <v>182</v>
+      </c>
+      <c r="B2" s="100" t="s">
+        <v>103</v>
+      </c>
+      <c r="C2" s="100" t="s">
+        <v>102</v>
+      </c>
+      <c r="D2" s="100">
         <v>6803837749</v>
       </c>
-      <c r="E6" s="182">
-[...2 lines deleted...]
-      <c r="F6" s="183">
+      <c r="E2" s="101">
+        <v>45754</v>
+      </c>
+      <c r="F2" s="102">
         <v>133.19999999999999</v>
       </c>
-      <c r="G6" s="183">
-        <f>F6*0.5</f>
+      <c r="G2" s="102">
+        <f>F2*0.5</f>
         <v>66.599999999999994</v>
       </c>
-      <c r="H6" s="183">
-        <f>F6*0.3</f>
+      <c r="H2" s="102">
+        <f>F2*0.3</f>
         <v>39.959999999999994</v>
       </c>
-      <c r="I6" s="183">
-        <f>F6*0.2</f>
+      <c r="I2" s="175">
+        <f>F2*0.2</f>
         <v>26.64</v>
       </c>
+      <c r="J2" s="183">
+        <f>F2-SUM(G2:I2)</f>
+        <v>0</v>
+      </c>
+      <c r="K2" s="179">
+        <v>45774</v>
+      </c>
+      <c r="L2" s="100" t="s">
+        <v>104</v>
+      </c>
+      <c r="M2" s="103" t="s">
+        <v>198</v>
+      </c>
+      <c r="N2" s="74"/>
+      <c r="O2" s="74"/>
+      <c r="P2" s="74"/>
+      <c r="Q2" s="74"/>
+      <c r="R2" s="74"/>
+      <c r="S2" s="74"/>
+      <c r="T2" s="74"/>
+      <c r="U2" s="74"/>
+      <c r="V2" s="74"/>
+      <c r="W2" s="74"/>
+      <c r="X2" s="74"/>
+      <c r="Y2" s="74"/>
+      <c r="Z2" s="74"/>
+      <c r="AA2" s="74"/>
+      <c r="AB2" s="74"/>
+    </row>
+    <row r="3" spans="1:28" ht="20.100000000000001" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="76"/>
+      <c r="B3" s="17"/>
+      <c r="C3" s="17"/>
+      <c r="D3" s="17"/>
+      <c r="E3" s="35"/>
+      <c r="F3" s="33"/>
+      <c r="G3" s="33"/>
+      <c r="H3" s="33"/>
+      <c r="I3" s="134"/>
+      <c r="J3" s="162">
+        <f t="shared" ref="J3:J5" si="0">F3-SUM(G3:I3)</f>
+        <v>0</v>
+      </c>
+      <c r="K3" s="180"/>
+      <c r="L3" s="17"/>
+      <c r="M3" s="38"/>
+    </row>
+    <row r="4" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="76"/>
+      <c r="B4" s="21"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="36"/>
+      <c r="F4" s="32"/>
+      <c r="G4" s="32"/>
+      <c r="H4" s="32"/>
+      <c r="I4" s="176"/>
+      <c r="J4" s="184">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="K4" s="181"/>
+      <c r="L4" s="21"/>
+      <c r="M4" s="39"/>
+    </row>
+    <row r="5" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="76"/>
+      <c r="B5" s="21"/>
+      <c r="C5" s="21"/>
+      <c r="D5" s="21"/>
+      <c r="E5" s="36"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="32"/>
+      <c r="I5" s="176"/>
+      <c r="J5" s="184">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="K5" s="181"/>
+      <c r="L5" s="21"/>
+      <c r="M5" s="39"/>
+    </row>
+    <row r="6" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="76"/>
+      <c r="B6" s="21"/>
+      <c r="C6" s="21"/>
+      <c r="D6" s="21"/>
+      <c r="E6" s="36"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="32"/>
+      <c r="I6" s="176"/>
       <c r="J6" s="184">
-        <f>F6-SUM(G6:I6)</f>
-[...109 lines deleted...]
-      <c r="J11" s="187">
+        <f t="shared" ref="J6:J45" si="1">F6-SUM(G6:I6)</f>
+        <v>0</v>
+      </c>
+      <c r="K6" s="181"/>
+      <c r="L6" s="21"/>
+      <c r="M6" s="39"/>
+    </row>
+    <row r="7" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="76"/>
+      <c r="B7" s="21"/>
+      <c r="C7" s="21"/>
+      <c r="D7" s="21"/>
+      <c r="E7" s="36"/>
+      <c r="F7" s="32"/>
+      <c r="G7" s="32"/>
+      <c r="H7" s="32"/>
+      <c r="I7" s="176"/>
+      <c r="J7" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K11" s="105"/>
-[...13 lines deleted...]
-      <c r="J12" s="187">
+      <c r="K7" s="181"/>
+      <c r="L7" s="21"/>
+      <c r="M7" s="39"/>
+    </row>
+    <row r="8" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="76"/>
+      <c r="B8" s="21"/>
+      <c r="C8" s="21"/>
+      <c r="D8" s="21"/>
+      <c r="E8" s="36"/>
+      <c r="F8" s="32"/>
+      <c r="G8" s="32"/>
+      <c r="H8" s="32"/>
+      <c r="I8" s="176"/>
+      <c r="J8" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K12" s="105"/>
-[...13 lines deleted...]
-      <c r="J13" s="187">
+      <c r="K8" s="181"/>
+      <c r="L8" s="21"/>
+      <c r="M8" s="39"/>
+    </row>
+    <row r="9" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="76"/>
+      <c r="B9" s="21"/>
+      <c r="C9" s="21"/>
+      <c r="D9" s="21"/>
+      <c r="E9" s="36"/>
+      <c r="F9" s="32"/>
+      <c r="G9" s="32"/>
+      <c r="H9" s="32"/>
+      <c r="I9" s="176"/>
+      <c r="J9" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K13" s="105"/>
-[...13 lines deleted...]
-      <c r="J14" s="187">
+      <c r="K9" s="181"/>
+      <c r="L9" s="21"/>
+      <c r="M9" s="39"/>
+    </row>
+    <row r="10" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="76"/>
+      <c r="B10" s="21"/>
+      <c r="C10" s="21"/>
+      <c r="D10" s="21"/>
+      <c r="E10" s="36"/>
+      <c r="F10" s="32"/>
+      <c r="G10" s="32"/>
+      <c r="H10" s="32"/>
+      <c r="I10" s="176"/>
+      <c r="J10" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K14" s="105"/>
-[...13 lines deleted...]
-      <c r="J15" s="187">
+      <c r="K10" s="181"/>
+      <c r="L10" s="21"/>
+      <c r="M10" s="39"/>
+    </row>
+    <row r="11" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="76"/>
+      <c r="B11" s="21"/>
+      <c r="C11" s="21"/>
+      <c r="D11" s="21"/>
+      <c r="E11" s="36"/>
+      <c r="F11" s="32"/>
+      <c r="G11" s="32"/>
+      <c r="H11" s="32"/>
+      <c r="I11" s="176"/>
+      <c r="J11" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K15" s="105"/>
-[...13 lines deleted...]
-      <c r="J16" s="187">
+      <c r="K11" s="181"/>
+      <c r="L11" s="21"/>
+      <c r="M11" s="39"/>
+    </row>
+    <row r="12" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="76"/>
+      <c r="B12" s="21"/>
+      <c r="C12" s="21"/>
+      <c r="D12" s="21"/>
+      <c r="E12" s="36"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="32"/>
+      <c r="I12" s="176"/>
+      <c r="J12" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K16" s="105"/>
-[...13 lines deleted...]
-      <c r="J17" s="187">
+      <c r="K12" s="181"/>
+      <c r="L12" s="21"/>
+      <c r="M12" s="39"/>
+    </row>
+    <row r="13" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="76"/>
+      <c r="B13" s="21"/>
+      <c r="C13" s="21"/>
+      <c r="D13" s="21"/>
+      <c r="E13" s="36"/>
+      <c r="F13" s="32"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="32"/>
+      <c r="I13" s="176"/>
+      <c r="J13" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K17" s="105"/>
-[...13 lines deleted...]
-      <c r="J18" s="187">
+      <c r="K13" s="181"/>
+      <c r="L13" s="21"/>
+      <c r="M13" s="39"/>
+    </row>
+    <row r="14" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="76"/>
+      <c r="B14" s="21"/>
+      <c r="C14" s="21"/>
+      <c r="D14" s="21"/>
+      <c r="E14" s="36"/>
+      <c r="F14" s="32"/>
+      <c r="G14" s="32"/>
+      <c r="H14" s="32"/>
+      <c r="I14" s="176"/>
+      <c r="J14" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K18" s="105"/>
-[...13 lines deleted...]
-      <c r="J19" s="187">
+      <c r="K14" s="181"/>
+      <c r="L14" s="21"/>
+      <c r="M14" s="39"/>
+    </row>
+    <row r="15" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="76"/>
+      <c r="B15" s="21"/>
+      <c r="C15" s="21"/>
+      <c r="D15" s="21"/>
+      <c r="E15" s="36"/>
+      <c r="F15" s="32"/>
+      <c r="G15" s="32"/>
+      <c r="H15" s="32"/>
+      <c r="I15" s="176"/>
+      <c r="J15" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K19" s="105"/>
-[...13 lines deleted...]
-      <c r="J20" s="187">
+      <c r="K15" s="181"/>
+      <c r="L15" s="21"/>
+      <c r="M15" s="39"/>
+    </row>
+    <row r="16" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="76"/>
+      <c r="B16" s="21"/>
+      <c r="C16" s="21"/>
+      <c r="D16" s="21"/>
+      <c r="E16" s="36"/>
+      <c r="F16" s="32"/>
+      <c r="G16" s="32"/>
+      <c r="H16" s="32"/>
+      <c r="I16" s="176"/>
+      <c r="J16" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K20" s="105"/>
-[...13 lines deleted...]
-      <c r="J21" s="187">
+      <c r="K16" s="181"/>
+      <c r="L16" s="21"/>
+      <c r="M16" s="39"/>
+    </row>
+    <row r="17" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="76"/>
+      <c r="B17" s="21"/>
+      <c r="C17" s="21"/>
+      <c r="D17" s="21"/>
+      <c r="E17" s="36"/>
+      <c r="F17" s="32"/>
+      <c r="G17" s="32"/>
+      <c r="H17" s="32"/>
+      <c r="I17" s="176"/>
+      <c r="J17" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K21" s="105"/>
-[...13 lines deleted...]
-      <c r="J22" s="187">
+      <c r="K17" s="181"/>
+      <c r="L17" s="21"/>
+      <c r="M17" s="39"/>
+    </row>
+    <row r="18" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="76"/>
+      <c r="B18" s="21"/>
+      <c r="C18" s="21"/>
+      <c r="D18" s="21"/>
+      <c r="E18" s="36"/>
+      <c r="F18" s="32"/>
+      <c r="G18" s="32"/>
+      <c r="H18" s="32"/>
+      <c r="I18" s="176"/>
+      <c r="J18" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K22" s="105"/>
-[...13 lines deleted...]
-      <c r="J23" s="187">
+      <c r="K18" s="181"/>
+      <c r="L18" s="21"/>
+      <c r="M18" s="39"/>
+    </row>
+    <row r="19" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="76"/>
+      <c r="B19" s="21"/>
+      <c r="C19" s="21"/>
+      <c r="D19" s="21"/>
+      <c r="E19" s="36"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="176"/>
+      <c r="J19" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K23" s="105"/>
-[...13 lines deleted...]
-      <c r="J24" s="187">
+      <c r="K19" s="181"/>
+      <c r="L19" s="21"/>
+      <c r="M19" s="39"/>
+    </row>
+    <row r="20" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="76"/>
+      <c r="B20" s="21"/>
+      <c r="C20" s="21"/>
+      <c r="D20" s="21"/>
+      <c r="E20" s="36"/>
+      <c r="F20" s="32"/>
+      <c r="G20" s="32"/>
+      <c r="H20" s="32"/>
+      <c r="I20" s="176"/>
+      <c r="J20" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K24" s="105"/>
-[...13 lines deleted...]
-      <c r="J25" s="187">
+      <c r="K20" s="181"/>
+      <c r="L20" s="21"/>
+      <c r="M20" s="39"/>
+    </row>
+    <row r="21" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="76"/>
+      <c r="B21" s="21"/>
+      <c r="C21" s="21"/>
+      <c r="D21" s="21"/>
+      <c r="E21" s="36"/>
+      <c r="F21" s="32"/>
+      <c r="G21" s="32"/>
+      <c r="H21" s="32"/>
+      <c r="I21" s="176"/>
+      <c r="J21" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K25" s="105"/>
-[...13 lines deleted...]
-      <c r="J26" s="187">
+      <c r="K21" s="181"/>
+      <c r="L21" s="21"/>
+      <c r="M21" s="39"/>
+    </row>
+    <row r="22" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="76"/>
+      <c r="B22" s="21"/>
+      <c r="C22" s="21"/>
+      <c r="D22" s="21"/>
+      <c r="E22" s="36"/>
+      <c r="F22" s="32"/>
+      <c r="G22" s="32"/>
+      <c r="H22" s="32"/>
+      <c r="I22" s="176"/>
+      <c r="J22" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K26" s="105"/>
-[...13 lines deleted...]
-      <c r="J27" s="187">
+      <c r="K22" s="181"/>
+      <c r="L22" s="21"/>
+      <c r="M22" s="39"/>
+    </row>
+    <row r="23" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="76"/>
+      <c r="B23" s="21"/>
+      <c r="C23" s="21"/>
+      <c r="D23" s="21"/>
+      <c r="E23" s="36"/>
+      <c r="F23" s="32"/>
+      <c r="G23" s="32"/>
+      <c r="H23" s="32"/>
+      <c r="I23" s="176"/>
+      <c r="J23" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K27" s="105"/>
-[...13 lines deleted...]
-      <c r="J28" s="187">
+      <c r="K23" s="181"/>
+      <c r="L23" s="21"/>
+      <c r="M23" s="39"/>
+    </row>
+    <row r="24" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="76"/>
+      <c r="B24" s="21"/>
+      <c r="C24" s="21"/>
+      <c r="D24" s="21"/>
+      <c r="E24" s="36"/>
+      <c r="F24" s="32"/>
+      <c r="G24" s="32"/>
+      <c r="H24" s="32"/>
+      <c r="I24" s="176"/>
+      <c r="J24" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K28" s="105"/>
-[...13 lines deleted...]
-      <c r="J29" s="187">
+      <c r="K24" s="181"/>
+      <c r="L24" s="21"/>
+      <c r="M24" s="39"/>
+    </row>
+    <row r="25" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="76"/>
+      <c r="B25" s="21"/>
+      <c r="C25" s="21"/>
+      <c r="D25" s="21"/>
+      <c r="E25" s="36"/>
+      <c r="F25" s="32"/>
+      <c r="G25" s="32"/>
+      <c r="H25" s="32"/>
+      <c r="I25" s="176"/>
+      <c r="J25" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K29" s="105"/>
-[...13 lines deleted...]
-      <c r="J30" s="187">
+      <c r="K25" s="181"/>
+      <c r="L25" s="21"/>
+      <c r="M25" s="39"/>
+    </row>
+    <row r="26" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="76"/>
+      <c r="B26" s="21"/>
+      <c r="C26" s="21"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="36"/>
+      <c r="F26" s="32"/>
+      <c r="G26" s="32"/>
+      <c r="H26" s="32"/>
+      <c r="I26" s="176"/>
+      <c r="J26" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K30" s="105"/>
-[...13 lines deleted...]
-      <c r="J31" s="187">
+      <c r="K26" s="181"/>
+      <c r="L26" s="21"/>
+      <c r="M26" s="39"/>
+    </row>
+    <row r="27" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="76"/>
+      <c r="B27" s="21"/>
+      <c r="C27" s="21"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="36"/>
+      <c r="F27" s="32"/>
+      <c r="G27" s="32"/>
+      <c r="H27" s="32"/>
+      <c r="I27" s="176"/>
+      <c r="J27" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K31" s="105"/>
-[...13 lines deleted...]
-      <c r="J32" s="187">
+      <c r="K27" s="181"/>
+      <c r="L27" s="21"/>
+      <c r="M27" s="39"/>
+    </row>
+    <row r="28" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="76"/>
+      <c r="B28" s="21"/>
+      <c r="C28" s="21"/>
+      <c r="D28" s="21"/>
+      <c r="E28" s="36"/>
+      <c r="F28" s="32"/>
+      <c r="G28" s="32"/>
+      <c r="H28" s="32"/>
+      <c r="I28" s="176"/>
+      <c r="J28" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K32" s="105"/>
-[...13 lines deleted...]
-      <c r="J33" s="187">
+      <c r="K28" s="181"/>
+      <c r="L28" s="21"/>
+      <c r="M28" s="39"/>
+    </row>
+    <row r="29" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="76"/>
+      <c r="B29" s="21"/>
+      <c r="C29" s="21"/>
+      <c r="D29" s="21"/>
+      <c r="E29" s="36"/>
+      <c r="F29" s="32"/>
+      <c r="G29" s="32"/>
+      <c r="H29" s="32"/>
+      <c r="I29" s="176"/>
+      <c r="J29" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K33" s="105"/>
-[...13 lines deleted...]
-      <c r="J34" s="187">
+      <c r="K29" s="181"/>
+      <c r="L29" s="21"/>
+      <c r="M29" s="39"/>
+    </row>
+    <row r="30" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="76"/>
+      <c r="B30" s="21"/>
+      <c r="C30" s="21"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="36"/>
+      <c r="F30" s="32"/>
+      <c r="G30" s="32"/>
+      <c r="H30" s="32"/>
+      <c r="I30" s="176"/>
+      <c r="J30" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K34" s="105"/>
-[...13 lines deleted...]
-      <c r="J35" s="187">
+      <c r="K30" s="181"/>
+      <c r="L30" s="21"/>
+      <c r="M30" s="39"/>
+    </row>
+    <row r="31" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="76"/>
+      <c r="B31" s="21"/>
+      <c r="C31" s="21"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="36"/>
+      <c r="F31" s="32"/>
+      <c r="G31" s="32"/>
+      <c r="H31" s="32"/>
+      <c r="I31" s="176"/>
+      <c r="J31" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K35" s="105"/>
-[...13 lines deleted...]
-      <c r="J36" s="187">
+      <c r="K31" s="181"/>
+      <c r="L31" s="21"/>
+      <c r="M31" s="39"/>
+    </row>
+    <row r="32" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="76"/>
+      <c r="B32" s="21"/>
+      <c r="C32" s="21"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="36"/>
+      <c r="F32" s="32"/>
+      <c r="G32" s="32"/>
+      <c r="H32" s="32"/>
+      <c r="I32" s="176"/>
+      <c r="J32" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K36" s="105"/>
-[...13 lines deleted...]
-      <c r="J37" s="187">
+      <c r="K32" s="181"/>
+      <c r="L32" s="21"/>
+      <c r="M32" s="39"/>
+    </row>
+    <row r="33" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="76"/>
+      <c r="B33" s="21"/>
+      <c r="C33" s="21"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="36"/>
+      <c r="F33" s="32"/>
+      <c r="G33" s="32"/>
+      <c r="H33" s="32"/>
+      <c r="I33" s="176"/>
+      <c r="J33" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K37" s="105"/>
-[...13 lines deleted...]
-      <c r="J38" s="187">
+      <c r="K33" s="181"/>
+      <c r="L33" s="21"/>
+      <c r="M33" s="39"/>
+    </row>
+    <row r="34" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="76"/>
+      <c r="B34" s="21"/>
+      <c r="C34" s="21"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="36"/>
+      <c r="F34" s="32"/>
+      <c r="G34" s="32"/>
+      <c r="H34" s="32"/>
+      <c r="I34" s="176"/>
+      <c r="J34" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K38" s="105"/>
-[...13 lines deleted...]
-      <c r="J39" s="187">
+      <c r="K34" s="181"/>
+      <c r="L34" s="21"/>
+      <c r="M34" s="39"/>
+    </row>
+    <row r="35" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="76"/>
+      <c r="B35" s="21"/>
+      <c r="C35" s="21"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="36"/>
+      <c r="F35" s="32"/>
+      <c r="G35" s="32"/>
+      <c r="H35" s="32"/>
+      <c r="I35" s="176"/>
+      <c r="J35" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K39" s="105"/>
-[...13 lines deleted...]
-      <c r="J40" s="187">
+      <c r="K35" s="181"/>
+      <c r="L35" s="21"/>
+      <c r="M35" s="39"/>
+    </row>
+    <row r="36" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="76"/>
+      <c r="B36" s="21"/>
+      <c r="C36" s="21"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="36"/>
+      <c r="F36" s="32"/>
+      <c r="G36" s="32"/>
+      <c r="H36" s="32"/>
+      <c r="I36" s="176"/>
+      <c r="J36" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K40" s="105"/>
-[...13 lines deleted...]
-      <c r="J41" s="187">
+      <c r="K36" s="181"/>
+      <c r="L36" s="21"/>
+      <c r="M36" s="39"/>
+    </row>
+    <row r="37" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="76"/>
+      <c r="B37" s="21"/>
+      <c r="C37" s="21"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="36"/>
+      <c r="F37" s="32"/>
+      <c r="G37" s="32"/>
+      <c r="H37" s="32"/>
+      <c r="I37" s="176"/>
+      <c r="J37" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K41" s="105"/>
-[...13 lines deleted...]
-      <c r="J42" s="187">
+      <c r="K37" s="181"/>
+      <c r="L37" s="21"/>
+      <c r="M37" s="39"/>
+    </row>
+    <row r="38" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="76"/>
+      <c r="B38" s="21"/>
+      <c r="C38" s="21"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="36"/>
+      <c r="F38" s="32"/>
+      <c r="G38" s="32"/>
+      <c r="H38" s="32"/>
+      <c r="I38" s="176"/>
+      <c r="J38" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K42" s="105"/>
-[...13 lines deleted...]
-      <c r="J43" s="187">
+      <c r="K38" s="181"/>
+      <c r="L38" s="21"/>
+      <c r="M38" s="39"/>
+    </row>
+    <row r="39" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="76"/>
+      <c r="B39" s="21"/>
+      <c r="C39" s="21"/>
+      <c r="D39" s="21"/>
+      <c r="E39" s="36"/>
+      <c r="F39" s="32"/>
+      <c r="G39" s="32"/>
+      <c r="H39" s="32"/>
+      <c r="I39" s="176"/>
+      <c r="J39" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K43" s="105"/>
-[...13 lines deleted...]
-      <c r="J44" s="187">
+      <c r="K39" s="181"/>
+      <c r="L39" s="21"/>
+      <c r="M39" s="39"/>
+    </row>
+    <row r="40" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="76"/>
+      <c r="B40" s="21"/>
+      <c r="C40" s="21"/>
+      <c r="D40" s="21"/>
+      <c r="E40" s="36"/>
+      <c r="F40" s="32"/>
+      <c r="G40" s="32"/>
+      <c r="H40" s="32"/>
+      <c r="I40" s="176"/>
+      <c r="J40" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K44" s="105"/>
-[...13 lines deleted...]
-      <c r="J45" s="187">
+      <c r="K40" s="181"/>
+      <c r="L40" s="21"/>
+      <c r="M40" s="39"/>
+    </row>
+    <row r="41" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="76"/>
+      <c r="B41" s="21"/>
+      <c r="C41" s="21"/>
+      <c r="D41" s="21"/>
+      <c r="E41" s="36"/>
+      <c r="F41" s="32"/>
+      <c r="G41" s="32"/>
+      <c r="H41" s="32"/>
+      <c r="I41" s="176"/>
+      <c r="J41" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K45" s="105"/>
-[...13 lines deleted...]
-      <c r="J46" s="187">
+      <c r="K41" s="181"/>
+      <c r="L41" s="21"/>
+      <c r="M41" s="39"/>
+    </row>
+    <row r="42" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="76"/>
+      <c r="B42" s="21"/>
+      <c r="C42" s="21"/>
+      <c r="D42" s="21"/>
+      <c r="E42" s="36"/>
+      <c r="F42" s="32"/>
+      <c r="G42" s="32"/>
+      <c r="H42" s="32"/>
+      <c r="I42" s="176"/>
+      <c r="J42" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K46" s="105"/>
-[...13 lines deleted...]
-      <c r="J47" s="187">
+      <c r="K42" s="181"/>
+      <c r="L42" s="21"/>
+      <c r="M42" s="39"/>
+    </row>
+    <row r="43" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="76"/>
+      <c r="B43" s="21"/>
+      <c r="C43" s="21"/>
+      <c r="D43" s="21"/>
+      <c r="E43" s="36"/>
+      <c r="F43" s="32"/>
+      <c r="G43" s="32"/>
+      <c r="H43" s="32"/>
+      <c r="I43" s="176"/>
+      <c r="J43" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K47" s="105"/>
-[...13 lines deleted...]
-      <c r="J48" s="187">
+      <c r="K43" s="181"/>
+      <c r="L43" s="21"/>
+      <c r="M43" s="39"/>
+    </row>
+    <row r="44" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="76"/>
+      <c r="B44" s="21"/>
+      <c r="C44" s="21"/>
+      <c r="D44" s="21"/>
+      <c r="E44" s="36"/>
+      <c r="F44" s="32"/>
+      <c r="G44" s="32"/>
+      <c r="H44" s="32"/>
+      <c r="I44" s="176"/>
+      <c r="J44" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K48" s="105"/>
-[...13 lines deleted...]
-      <c r="J49" s="187">
+      <c r="K44" s="181"/>
+      <c r="L44" s="21"/>
+      <c r="M44" s="39"/>
+    </row>
+    <row r="45" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="76"/>
+      <c r="B45" s="21"/>
+      <c r="C45" s="21"/>
+      <c r="D45" s="21"/>
+      <c r="E45" s="36"/>
+      <c r="F45" s="32"/>
+      <c r="G45" s="32"/>
+      <c r="H45" s="32"/>
+      <c r="I45" s="176"/>
+      <c r="J45" s="184">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="K49" s="105"/>
-[...463 lines deleted...]
-      <c r="J75" s="187">
+      <c r="K45" s="181"/>
+      <c r="L45" s="21"/>
+      <c r="M45" s="39"/>
+    </row>
+    <row r="46" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="76"/>
+      <c r="B46" s="21"/>
+      <c r="C46" s="21"/>
+      <c r="D46" s="21"/>
+      <c r="E46" s="36"/>
+      <c r="F46" s="32"/>
+      <c r="G46" s="32"/>
+      <c r="H46" s="32"/>
+      <c r="I46" s="176"/>
+      <c r="J46" s="184">
+        <f t="shared" ref="J46:J47" si="2">F46-SUM(G46:I46)</f>
+        <v>0</v>
+      </c>
+      <c r="K46" s="181"/>
+      <c r="L46" s="21"/>
+      <c r="M46" s="39"/>
+    </row>
+    <row r="47" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="130"/>
+      <c r="B47" s="18"/>
+      <c r="C47" s="18"/>
+      <c r="D47" s="18"/>
+      <c r="E47" s="37"/>
+      <c r="F47" s="34"/>
+      <c r="G47" s="34"/>
+      <c r="H47" s="34"/>
+      <c r="I47" s="177"/>
+      <c r="J47" s="185">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="K75" s="105"/>
-[...1147 lines deleted...]
-      <c r="J139" s="187">
+      <c r="K47" s="182"/>
+      <c r="L47" s="18"/>
+      <c r="M47" s="40"/>
+    </row>
+    <row r="48" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="G48" s="161">
+        <f>SUM(G3:G47)</f>
+        <v>0</v>
+      </c>
+      <c r="H48" s="161">
+        <f t="shared" ref="H48:J48" si="3">SUM(H3:H47)</f>
+        <v>0</v>
+      </c>
+      <c r="I48" s="161">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K139" s="105"/>
-[...13 lines deleted...]
-      <c r="J140" s="187">
+      <c r="J48" s="161">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="K140" s="105"/>
-[...14748 lines deleted...]
-      <c r="A998" s="155"/>
+      <c r="K48" s="78"/>
+      <c r="L48" s="78"/>
+      <c r="M48" s="78"/>
+    </row>
+    <row r="49" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="H49" s="78"/>
+      <c r="I49" s="78"/>
+      <c r="K49" s="78"/>
+      <c r="L49" s="78"/>
+      <c r="M49" s="78"/>
+    </row>
+    <row r="50" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A50" s="79"/>
+      <c r="H50" s="78"/>
+      <c r="I50" s="78"/>
+      <c r="K50" s="78"/>
+      <c r="L50" s="78"/>
+      <c r="M50" s="78"/>
+    </row>
+    <row r="51" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A51" s="79"/>
+      <c r="H51" s="78"/>
+      <c r="I51" s="78"/>
+      <c r="K51" s="78"/>
+      <c r="L51" s="78"/>
+      <c r="M51" s="78"/>
+    </row>
+    <row r="52" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A52" s="80"/>
+      <c r="H52" s="78"/>
+      <c r="I52" s="78"/>
+      <c r="K52" s="78"/>
+      <c r="L52" s="78"/>
+      <c r="M52" s="78"/>
+    </row>
+    <row r="53" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A53" s="80"/>
+    </row>
+    <row r="54" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A54" s="80"/>
+    </row>
+    <row r="55" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A55" s="80"/>
+    </row>
+    <row r="56" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A56" s="80"/>
+    </row>
+    <row r="57" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A57" s="80"/>
+    </row>
+    <row r="58" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A58" s="80"/>
+    </row>
+    <row r="59" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A59" s="80"/>
+    </row>
+    <row r="60" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A60" s="80"/>
+    </row>
+    <row r="61" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A61" s="80"/>
+    </row>
+    <row r="62" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A62" s="80"/>
+    </row>
+    <row r="63" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A63" s="80"/>
+    </row>
+    <row r="64" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A64" s="80"/>
+    </row>
+    <row r="65" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A65" s="80"/>
+    </row>
+    <row r="66" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A66" s="80"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="80"/>
+    </row>
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A68" s="80"/>
+    </row>
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A69" s="80"/>
+    </row>
+    <row r="70" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A70" s="80"/>
+    </row>
+    <row r="71" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A71" s="80"/>
+    </row>
+    <row r="72" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A72" s="80"/>
+    </row>
+    <row r="73" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A73" s="80"/>
+    </row>
+    <row r="74" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A74" s="80"/>
+    </row>
+    <row r="75" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A75" s="80"/>
+    </row>
+    <row r="76" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A76" s="80"/>
+    </row>
+    <row r="77" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A77" s="80"/>
+    </row>
+    <row r="78" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A78" s="80"/>
+    </row>
+    <row r="79" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A79" s="80"/>
+    </row>
+    <row r="80" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A80" s="80"/>
+    </row>
+    <row r="81" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A81" s="80"/>
+    </row>
+    <row r="82" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A82" s="79"/>
+    </row>
+    <row r="83" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A83" s="80"/>
+    </row>
+    <row r="84" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A84" s="80"/>
+    </row>
+    <row r="85" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A85" s="80"/>
+    </row>
+    <row r="86" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A86" s="80"/>
+    </row>
+    <row r="87" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A87" s="80"/>
+    </row>
+    <row r="88" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A88" s="80"/>
+    </row>
+    <row r="89" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A89" s="80"/>
+    </row>
+    <row r="90" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A90" s="80"/>
+    </row>
+    <row r="91" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A91" s="80"/>
+    </row>
+    <row r="92" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A92" s="80"/>
+    </row>
+    <row r="93" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A93" s="80"/>
+    </row>
+    <row r="94" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A94" s="80"/>
+    </row>
+    <row r="95" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A95" s="80"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="52" fitToHeight="100" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;F - &amp;A</oddHeader>
     <oddFooter>Page &amp;P de &amp;N</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{044C2DDC-C86B-4738-AC0F-FE6B9F372010}">
           <x14:formula1>
             <xm:f>'Menus déroulants'!$B$4:$B$44</xm:f>
           </x14:formula1>
-          <xm:sqref>A7:A950</xm:sqref>
+          <xm:sqref>A3:A47</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AB25"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="67" style="146" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="29" max="16384" width="11.42578125" style="134"/>
+    <col min="1" max="1" width="67" style="71" customWidth="1"/>
+    <col min="2" max="3" width="18.6640625" style="77" bestFit="1" customWidth="1"/>
+    <col min="4" max="6" width="18.6640625" style="77" customWidth="1"/>
+    <col min="7" max="8" width="18.6640625" style="77" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="18.6640625" style="77" customWidth="1"/>
+    <col min="11" max="13" width="18.6640625" style="77" bestFit="1" customWidth="1"/>
+    <col min="14" max="28" width="11.44140625" style="12"/>
+    <col min="29" max="16384" width="11.44140625" style="59"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="G2" s="14"/>
+    <row r="1" spans="1:28" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="247" t="s">
+        <v>191</v>
+      </c>
+      <c r="B1" s="248"/>
+      <c r="C1" s="249"/>
+      <c r="D1" s="250" t="s">
+        <v>189</v>
+      </c>
+      <c r="E1" s="251"/>
+      <c r="F1" s="251"/>
+      <c r="G1" s="251"/>
+    </row>
+    <row r="2" spans="1:28" s="73" customFormat="1" ht="90.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="125" t="s">
+        <v>187</v>
+      </c>
+      <c r="B2" s="126" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" s="126" t="s">
+        <v>33</v>
+      </c>
+      <c r="D2" s="146" t="s">
+        <v>186</v>
+      </c>
+      <c r="E2" s="146" t="s">
+        <v>184</v>
+      </c>
+      <c r="F2" s="146" t="s">
+        <v>188</v>
+      </c>
+      <c r="G2" s="146" t="s">
+        <v>190</v>
+      </c>
       <c r="H2" s="14"/>
       <c r="I2" s="14"/>
       <c r="J2" s="14"/>
       <c r="K2" s="14"/>
       <c r="L2" s="14"/>
       <c r="M2" s="14"/>
-      <c r="N2" s="147"/>
-[...17 lines deleted...]
-        <f>'Identification de l''opérateur'!A26:B26</f>
+      <c r="N2" s="72"/>
+      <c r="O2" s="72"/>
+      <c r="P2" s="72"/>
+      <c r="Q2" s="72"/>
+      <c r="R2" s="72"/>
+      <c r="S2" s="72"/>
+      <c r="T2" s="72"/>
+      <c r="U2" s="72"/>
+      <c r="V2" s="72"/>
+      <c r="W2" s="72"/>
+      <c r="X2" s="72"/>
+      <c r="Y2" s="72"/>
+      <c r="Z2" s="72"/>
+      <c r="AA2" s="72"/>
+      <c r="AB2" s="72"/>
+    </row>
+    <row r="3" spans="1:28" s="73" customFormat="1" ht="39.9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="105" t="str">
+        <f>'Identification de l''opérateur'!A23:B23</f>
         <v>Montant de la subvention :</v>
       </c>
-      <c r="B3" s="193">
-[...9 lines deleted...]
-      <c r="G3" s="14"/>
+      <c r="B3" s="106">
+        <f>'Identification de l''opérateur'!C23</f>
+        <v>0</v>
+      </c>
+      <c r="C3" s="107" t="s">
+        <v>108</v>
+      </c>
+      <c r="D3" s="107"/>
+      <c r="E3" s="106"/>
+      <c r="F3" s="106"/>
+      <c r="G3" s="106">
+        <f>'Identification de l''opérateur'!G23</f>
+        <v>0</v>
+      </c>
       <c r="H3" s="14"/>
       <c r="I3" s="14"/>
       <c r="J3" s="14"/>
       <c r="K3" s="14"/>
       <c r="L3" s="14"/>
       <c r="M3" s="14"/>
-      <c r="N3" s="147"/>
-[...316 lines deleted...]
-      <c r="B24" s="132">
+      <c r="N3" s="72"/>
+      <c r="O3" s="72"/>
+      <c r="P3" s="72"/>
+      <c r="Q3" s="72"/>
+      <c r="R3" s="72"/>
+      <c r="S3" s="72"/>
+      <c r="T3" s="72"/>
+      <c r="U3" s="72"/>
+      <c r="V3" s="72"/>
+      <c r="W3" s="72"/>
+      <c r="X3" s="72"/>
+      <c r="Y3" s="72"/>
+      <c r="Z3" s="72"/>
+      <c r="AA3" s="72"/>
+      <c r="AB3" s="72"/>
+    </row>
+    <row r="4" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="104"/>
+      <c r="B4" s="32"/>
+      <c r="C4" s="58"/>
+      <c r="D4" s="58"/>
+      <c r="E4" s="32"/>
+      <c r="F4" s="32"/>
+      <c r="G4" s="32"/>
+      <c r="H4" s="15"/>
+      <c r="I4" s="15"/>
+      <c r="J4" s="15"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16"/>
+      <c r="M4" s="16"/>
+    </row>
+    <row r="5" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="104"/>
+      <c r="B5" s="32"/>
+      <c r="C5" s="58"/>
+      <c r="D5" s="58"/>
+      <c r="E5" s="32"/>
+      <c r="F5" s="32"/>
+      <c r="G5" s="32"/>
+      <c r="H5" s="15"/>
+      <c r="I5" s="15"/>
+      <c r="J5" s="15"/>
+      <c r="K5" s="16"/>
+      <c r="L5" s="16"/>
+      <c r="M5" s="16"/>
+    </row>
+    <row r="6" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="104"/>
+      <c r="B6" s="32"/>
+      <c r="C6" s="58"/>
+      <c r="D6" s="58"/>
+      <c r="E6" s="32"/>
+      <c r="F6" s="32"/>
+      <c r="G6" s="32"/>
+      <c r="H6" s="15"/>
+      <c r="I6" s="15"/>
+      <c r="J6" s="15"/>
+      <c r="K6" s="16"/>
+      <c r="L6" s="16"/>
+      <c r="M6" s="16"/>
+    </row>
+    <row r="7" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="104"/>
+      <c r="B7" s="32"/>
+      <c r="C7" s="58"/>
+      <c r="D7" s="58"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="32"/>
+      <c r="G7" s="32"/>
+      <c r="H7" s="15"/>
+      <c r="I7" s="15"/>
+      <c r="J7" s="15"/>
+      <c r="K7" s="16"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="16"/>
+    </row>
+    <row r="8" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="104"/>
+      <c r="B8" s="32"/>
+      <c r="C8" s="58"/>
+      <c r="D8" s="58"/>
+      <c r="E8" s="32"/>
+      <c r="F8" s="32"/>
+      <c r="G8" s="32"/>
+      <c r="H8" s="15"/>
+      <c r="I8" s="15"/>
+      <c r="J8" s="15"/>
+      <c r="K8" s="16"/>
+      <c r="L8" s="16"/>
+      <c r="M8" s="16"/>
+    </row>
+    <row r="9" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="104"/>
+      <c r="B9" s="32"/>
+      <c r="C9" s="58"/>
+      <c r="D9" s="58"/>
+      <c r="E9" s="32"/>
+      <c r="F9" s="32"/>
+      <c r="G9" s="32"/>
+      <c r="H9" s="15"/>
+      <c r="I9" s="15"/>
+      <c r="J9" s="15"/>
+      <c r="K9" s="16"/>
+      <c r="L9" s="16"/>
+      <c r="M9" s="16"/>
+    </row>
+    <row r="10" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="104"/>
+      <c r="B10" s="32"/>
+      <c r="C10" s="58"/>
+      <c r="D10" s="58"/>
+      <c r="E10" s="32"/>
+      <c r="F10" s="32"/>
+      <c r="G10" s="32"/>
+      <c r="H10" s="15"/>
+      <c r="I10" s="15"/>
+      <c r="J10" s="15"/>
+      <c r="K10" s="16"/>
+      <c r="L10" s="16"/>
+      <c r="M10" s="16"/>
+    </row>
+    <row r="11" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="104"/>
+      <c r="B11" s="32"/>
+      <c r="C11" s="58"/>
+      <c r="D11" s="58"/>
+      <c r="E11" s="32"/>
+      <c r="F11" s="32"/>
+      <c r="G11" s="32"/>
+      <c r="H11" s="15"/>
+      <c r="I11" s="15"/>
+      <c r="J11" s="15"/>
+      <c r="K11" s="16"/>
+      <c r="L11" s="16"/>
+      <c r="M11" s="16"/>
+    </row>
+    <row r="12" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="104"/>
+      <c r="B12" s="32"/>
+      <c r="C12" s="58"/>
+      <c r="D12" s="58"/>
+      <c r="E12" s="32"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="15"/>
+      <c r="I12" s="15"/>
+      <c r="J12" s="15"/>
+      <c r="K12" s="16"/>
+      <c r="L12" s="16"/>
+      <c r="M12" s="16"/>
+    </row>
+    <row r="13" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="104"/>
+      <c r="B13" s="32"/>
+      <c r="C13" s="58"/>
+      <c r="D13" s="58"/>
+      <c r="E13" s="32"/>
+      <c r="F13" s="32"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="15"/>
+      <c r="I13" s="15"/>
+      <c r="J13" s="15"/>
+      <c r="K13" s="16"/>
+      <c r="L13" s="16"/>
+      <c r="M13" s="16"/>
+    </row>
+    <row r="14" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="104"/>
+      <c r="B14" s="32"/>
+      <c r="C14" s="58"/>
+      <c r="D14" s="58"/>
+      <c r="E14" s="32"/>
+      <c r="F14" s="32"/>
+      <c r="G14" s="32"/>
+      <c r="H14" s="15"/>
+      <c r="I14" s="15"/>
+      <c r="J14" s="15"/>
+      <c r="K14" s="16"/>
+      <c r="L14" s="16"/>
+      <c r="M14" s="16"/>
+    </row>
+    <row r="15" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="104"/>
+      <c r="B15" s="32"/>
+      <c r="C15" s="58"/>
+      <c r="D15" s="58"/>
+      <c r="E15" s="32"/>
+      <c r="F15" s="32"/>
+      <c r="G15" s="32"/>
+      <c r="H15" s="15"/>
+      <c r="I15" s="15"/>
+      <c r="J15" s="15"/>
+      <c r="K15" s="16"/>
+      <c r="L15" s="16"/>
+      <c r="M15" s="16"/>
+    </row>
+    <row r="16" spans="1:28" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="104"/>
+      <c r="B16" s="32"/>
+      <c r="C16" s="58"/>
+      <c r="D16" s="58"/>
+      <c r="E16" s="32"/>
+      <c r="F16" s="32"/>
+      <c r="G16" s="32"/>
+      <c r="H16" s="15"/>
+      <c r="I16" s="15"/>
+      <c r="J16" s="15"/>
+      <c r="K16" s="16"/>
+      <c r="L16" s="16"/>
+      <c r="M16" s="16"/>
+    </row>
+    <row r="17" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="104"/>
+      <c r="B17" s="32"/>
+      <c r="C17" s="58"/>
+      <c r="D17" s="58"/>
+      <c r="E17" s="32"/>
+      <c r="F17" s="32"/>
+      <c r="G17" s="32"/>
+      <c r="H17" s="15"/>
+      <c r="I17" s="15"/>
+      <c r="J17" s="15"/>
+      <c r="K17" s="16"/>
+      <c r="L17" s="16"/>
+      <c r="M17" s="16"/>
+    </row>
+    <row r="18" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="104"/>
+      <c r="B18" s="32"/>
+      <c r="C18" s="58"/>
+      <c r="D18" s="58"/>
+      <c r="E18" s="32"/>
+      <c r="F18" s="32"/>
+      <c r="G18" s="32"/>
+      <c r="H18" s="15"/>
+      <c r="I18" s="15"/>
+      <c r="J18" s="15"/>
+      <c r="K18" s="16"/>
+      <c r="L18" s="16"/>
+      <c r="M18" s="16"/>
+    </row>
+    <row r="19" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="104"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="58"/>
+      <c r="D19" s="58"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="15"/>
+      <c r="I19" s="15"/>
+      <c r="J19" s="15"/>
+      <c r="K19" s="16"/>
+      <c r="L19" s="16"/>
+      <c r="M19" s="16"/>
+    </row>
+    <row r="20" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="104"/>
+      <c r="B20" s="32"/>
+      <c r="C20" s="58"/>
+      <c r="D20" s="58"/>
+      <c r="E20" s="32"/>
+      <c r="F20" s="32"/>
+      <c r="G20" s="32"/>
+      <c r="H20" s="15"/>
+      <c r="I20" s="15"/>
+      <c r="J20" s="15"/>
+      <c r="K20" s="16"/>
+      <c r="L20" s="16"/>
+      <c r="M20" s="16"/>
+    </row>
+    <row r="21" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="104"/>
+      <c r="B21" s="32"/>
+      <c r="C21" s="58"/>
+      <c r="D21" s="58"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="32"/>
+      <c r="G21" s="32"/>
+      <c r="H21" s="15"/>
+      <c r="I21" s="15"/>
+      <c r="J21" s="15"/>
+      <c r="K21" s="16"/>
+      <c r="L21" s="16"/>
+      <c r="M21" s="16"/>
+    </row>
+    <row r="22" spans="1:13" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="104"/>
+      <c r="B22" s="32"/>
+      <c r="C22" s="58"/>
+      <c r="D22" s="58"/>
+      <c r="E22" s="32"/>
+      <c r="F22" s="32"/>
+      <c r="G22" s="32"/>
+      <c r="H22" s="15"/>
+      <c r="I22" s="15"/>
+      <c r="J22" s="15"/>
+      <c r="K22" s="16"/>
+      <c r="L22" s="16"/>
+      <c r="M22" s="16"/>
+    </row>
+    <row r="23" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="104"/>
+      <c r="B23" s="32"/>
+      <c r="C23" s="58"/>
+      <c r="D23" s="58"/>
+      <c r="E23" s="32"/>
+      <c r="F23" s="32"/>
+      <c r="G23" s="32"/>
+      <c r="H23" s="15"/>
+      <c r="I23" s="15"/>
+      <c r="J23" s="15"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+    </row>
+    <row r="24" spans="1:13" ht="13.8" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="57">
         <f>SUM(B3:B23)</f>
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="154"/>
+      <c r="E24" s="145"/>
+      <c r="F24" s="145"/>
+      <c r="G24" s="57">
+        <f>SUM(G3:G23)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="A25" s="79"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
+    <mergeCell ref="D1:G1"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="66" fitToHeight="100" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;F - &amp;A</oddHeader>
     <oddFooter>Page &amp;P de &amp;N</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D76FE9AF-D607-4E55-84D8-A2EC20E06E5F}">
           <x14:formula1>
             <xm:f>'Menus déroulants'!$C$4:$C$12</xm:f>
           </x14:formula1>
           <xm:sqref>A4:A23</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C45"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="98.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="36.140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="98.44140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="68.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="36.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-      <c r="B3" s="154" t="s">
+    <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.4">
+      <c r="A1" s="252" t="s">
+        <v>179</v>
+      </c>
+      <c r="B1" s="252"/>
+      <c r="C1" s="252"/>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A3" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" s="79" t="s">
+        <v>106</v>
+      </c>
+      <c r="C3" s="31" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A4" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="121" t="s">
+        <v>150</v>
+      </c>
+      <c r="C4" s="13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A5" s="22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="80" t="s">
+        <v>152</v>
+      </c>
+      <c r="C5" s="13" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A6" s="22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B6" s="121" t="s">
         <v>151</v>
       </c>
-      <c r="C3" s="100" t="s">
-[...15 lines deleted...]
-      <c r="A5" s="23" t="s">
+      <c r="C6" s="13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A7" s="22" t="s">
         <v>19</v>
       </c>
-      <c r="B5" s="155" t="s">
-[...22 lines deleted...]
-        <v>187</v>
+      <c r="B7" s="80" t="s">
+        <v>140</v>
       </c>
       <c r="C7" s="13" t="s">
-        <v>140</v>
-[...7 lines deleted...]
-        <v>188</v>
+        <v>97</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A8" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B8" s="80" t="s">
+        <v>141</v>
       </c>
       <c r="C8" s="13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A9" s="22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B9" s="80" t="s">
+        <v>142</v>
+      </c>
+      <c r="C9" s="13" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="B10" s="155" t="s">
+    <row r="10" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A10" s="22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B10" s="80" t="s">
+        <v>116</v>
+      </c>
+      <c r="C10" s="13" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A11" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B11" s="80" t="s">
+        <v>113</v>
+      </c>
+      <c r="C11" s="120" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A12" s="22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B12" s="80" t="s">
+        <v>114</v>
+      </c>
+      <c r="C12" s="120" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A13" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="B13" s="80" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A14" s="22" t="s">
+        <v>170</v>
+      </c>
+      <c r="B14" s="80" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A15" s="22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B15" s="80" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A16" s="22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B16" s="80" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A17" s="123" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" s="80" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" s="22"/>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A18" s="123"/>
+      <c r="B18" s="80" t="s">
+        <v>185</v>
+      </c>
+      <c r="C18" s="22"/>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A19" s="22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B19" s="80" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A20" s="22" t="s">
+        <v>162</v>
+      </c>
+      <c r="B20" s="80" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A21" s="22" t="s">
+        <v>173</v>
+      </c>
+      <c r="B21" s="80" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A22" s="124" t="s">
+        <v>178</v>
+      </c>
+      <c r="B22" s="80" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A23" s="22" t="s">
+        <v>177</v>
+      </c>
+      <c r="B23" s="80" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A24" s="123" t="s">
+        <v>112</v>
+      </c>
+      <c r="B24" s="80" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A25" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" s="80" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A26" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B26" s="80" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A27" s="22" t="s">
         <v>163</v>
       </c>
-      <c r="C10" s="13" t="s">
-[...61 lines deleted...]
-      <c r="B17" s="155" t="s">
+      <c r="B27" s="80" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A28" s="22" t="s">
         <v>167</v>
       </c>
-      <c r="C17" s="23"/>
-[...13 lines deleted...]
-      <c r="B19" s="155" t="s">
+      <c r="B28" s="80" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A29" s="22" t="s">
         <v>168</v>
       </c>
-    </row>
-[...76 lines deleted...]
-      <c r="B29" s="155" t="s">
+      <c r="B29" s="80" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A30" s="22" t="s">
         <v>174</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B30" s="155" t="s">
+      <c r="B30" s="80" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A31" s="22" t="s">
         <v>175</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="B32" s="155" t="s">
+      <c r="B31" s="122" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A32" s="22" t="s">
         <v>176</v>
       </c>
-    </row>
-[...36 lines deleted...]
-      <c r="B40" s="155" t="s">
+      <c r="B32" s="80" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="33" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B33" s="121" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="34" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B34" s="80" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="35" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B35" s="80" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="36" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B36" s="80" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="37" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B37" s="80" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="38" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B38" s="80" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="39" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B39" s="80" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="40" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B40" s="80" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="41" spans="2:2" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="B42" s="155" t="s">
+    <row r="41" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B41" s="80" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="42" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B42" s="80" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="43" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B43" s="80" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="44" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B44" s="80" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="43" spans="2:2" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="B45" s="197"/>
+    <row r="45" spans="2:2" x14ac:dyDescent="0.3">
+      <c r="B45" s="108"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-[...908 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Feuil7"/>
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="3" max="3" width="16.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="24.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.6640625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="24.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="8" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C1" s="10" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D1" s="10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="E1" s="10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F1" s="10" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" s="5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B2" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" s="7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A3" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="C2" s="7" t="s">
+      <c r="C3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="D2" s="7" t="s">
+      <c r="D3" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E3" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="F2" s="7" t="s">
+      <c r="F3" s="2" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C3" s="1" t="s">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="C4" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="1" t="s">
+      <c r="D4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="F3" s="2" t="s">
-[...10 lines deleted...]
-      <c r="E4" s="1" t="s">
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="C5" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="2" t="s">
         <v>27</v>
-      </c>
-[...6 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection password="CBEB" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Identification de l'opérateur</vt:lpstr>
       <vt:lpstr>Frais de personnel</vt:lpstr>
       <vt:lpstr>Frais de fonctionnement</vt:lpstr>
       <vt:lpstr>Recettes</vt:lpstr>
       <vt:lpstr>Menus déroulants</vt:lpstr>
-      <vt:lpstr>RVC</vt:lpstr>
       <vt:lpstr>Validation</vt:lpstr>
       <vt:lpstr>Aide</vt:lpstr>
       <vt:lpstr>codification</vt:lpstr>
       <vt:lpstr>Fonction</vt:lpstr>
       <vt:lpstr>paiement</vt:lpstr>
       <vt:lpstr>Reponse</vt:lpstr>
       <vt:lpstr>sexe</vt:lpstr>
       <vt:lpstr>'Frais de fonctionnement'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>Recettes!Zone_d_impression</vt:lpstr>
-      <vt:lpstr>RVC!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Service Public de Wallonie</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>DEFECHE CHRISTOPHE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Enabled">
-    <vt:lpwstr>True</vt:lpwstr>
+    <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_SetDate">
+    <vt:lpwstr>2021-08-02T06:47:10Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Name">
+    <vt:lpwstr>e72a09c5-6e26-4737-a926-47ef1ab198ae</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_SiteId">
     <vt:lpwstr>1f816a84-7aa6-4a56-b22a-7b3452fa8681</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Owner">
-[...11 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_ActionId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_ActionId">
     <vt:lpwstr>d6983e0d-22e0-4de5-a918-e59dc69fa09a</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Extended_MSFT_Method">
-[...3 lines deleted...]
-    <vt:lpwstr>Confidentiel</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_ContentBits">
+    <vt:lpwstr>8</vt:lpwstr>
   </property>
 </Properties>
 </file>