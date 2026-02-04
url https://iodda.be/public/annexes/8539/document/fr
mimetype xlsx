--- v0 (2025-11-08)
+++ v1 (2026-02-04)
@@ -4,86 +4,93 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\SIS\FORMULAIRES\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://walloniegov-my.sharepoint.com/personal/rodrigue_soyer_spw_wallonie_be/Documents/Bureau/modèles docs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B588CEAF-5CF9-4574-90F2-D23A57CDB572}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="30" documentId="8_{12C97545-9FF7-4709-98EF-CDD8E2009622}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AC6483FC-4005-4C20-89C9-BED6E577C400}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11625" xr2:uid="{B1BE6B8D-A170-4E70-B153-E01B7EA514C5}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B1BE6B8D-A170-4E70-B153-E01B7EA514C5}"/>
   </bookViews>
   <sheets>
     <sheet name="DH" sheetId="1" r:id="rId1"/>
     <sheet name="DONNEES" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="ANNEE_DH">DH!$B$4</definedName>
+    <definedName name="ANNEE_DH">DH!#REF!</definedName>
     <definedName name="CAT_AGREM">DH!$B$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E2" i="2" l="1"/>
+  <c r="A17" i="1" l="1"/>
+  <c r="E2" i="2"/>
   <c r="E3" i="2"/>
   <c r="E4" i="2"/>
   <c r="E5" i="2"/>
   <c r="E6" i="2"/>
   <c r="E7" i="2"/>
   <c r="E8" i="2"/>
   <c r="E9" i="2"/>
   <c r="E10" i="2"/>
   <c r="E11" i="2"/>
   <c r="E12" i="2"/>
   <c r="E13" i="2"/>
   <c r="E14" i="2"/>
   <c r="E15" i="2"/>
   <c r="E16" i="2"/>
   <c r="E17" i="2"/>
   <c r="E18" i="2"/>
   <c r="E19" i="2"/>
   <c r="E20" i="2"/>
   <c r="E21" i="2"/>
   <c r="E22" i="2"/>
   <c r="E23" i="2"/>
   <c r="E24" i="2"/>
   <c r="E25" i="2"/>
   <c r="E26" i="2"/>
   <c r="E27" i="2"/>
@@ -96,87 +103,85 @@
   <c r="E34" i="2"/>
   <c r="E35" i="2"/>
   <c r="E36" i="2"/>
   <c r="E37" i="2"/>
   <c r="E38" i="2"/>
   <c r="E39" i="2"/>
   <c r="E40" i="2"/>
   <c r="E41" i="2"/>
   <c r="E42" i="2"/>
   <c r="E43" i="2"/>
   <c r="E44" i="2"/>
   <c r="E45" i="2"/>
   <c r="E46" i="2"/>
   <c r="E47" i="2"/>
   <c r="E48" i="2"/>
   <c r="E49" i="2"/>
   <c r="E50" i="2"/>
   <c r="E51" i="2"/>
   <c r="E52" i="2"/>
   <c r="E53" i="2"/>
   <c r="E54" i="2"/>
   <c r="E55" i="2"/>
   <c r="E56" i="2"/>
   <c r="E57" i="2"/>
   <c r="E58" i="2"/>
-  <c r="E59" i="2"/>
-[...4 lines deleted...]
-  <c r="E64" i="2"/>
   <c r="E65" i="2"/>
   <c r="E66" i="2"/>
   <c r="E67" i="2"/>
   <c r="E68" i="2"/>
   <c r="E69" i="2"/>
   <c r="E70" i="2"/>
   <c r="E71" i="2"/>
   <c r="E72" i="2"/>
   <c r="E73" i="2"/>
   <c r="E74" i="2"/>
   <c r="E75" i="2"/>
   <c r="E76" i="2"/>
   <c r="E77" i="2"/>
   <c r="E78" i="2"/>
   <c r="E79" i="2"/>
   <c r="E80" i="2"/>
   <c r="E81" i="2"/>
   <c r="E82" i="2"/>
   <c r="E83" i="2"/>
   <c r="E84" i="2"/>
   <c r="E85" i="2"/>
   <c r="E86" i="2"/>
   <c r="E87" i="2"/>
+  <c r="E88" i="2"/>
+  <c r="E89" i="2"/>
+  <c r="E90" i="2"/>
+  <c r="E91" i="2"/>
+  <c r="E92" i="2"/>
+  <c r="E93" i="2"/>
   <c r="D2" i="2"/>
   <c r="I2" i="2"/>
-  <c r="A17" i="1"/>
   <c r="A19" i="1"/>
   <c r="A18" i="1"/>
   <c r="A16" i="1"/>
   <c r="B6" i="1" l="1"/>
-  <c r="D4" i="1"/>
   <c r="I3" i="2"/>
   <c r="I4" i="2"/>
   <c r="I5" i="2"/>
   <c r="I6" i="2"/>
   <c r="I7" i="2"/>
   <c r="I8" i="2"/>
   <c r="I9" i="2"/>
   <c r="I10" i="2"/>
   <c r="I11" i="2"/>
   <c r="I12" i="2"/>
   <c r="I13" i="2"/>
   <c r="I14" i="2"/>
   <c r="I15" i="2"/>
   <c r="I16" i="2"/>
   <c r="I17" i="2"/>
   <c r="I18" i="2"/>
   <c r="I19" i="2"/>
   <c r="I20" i="2"/>
   <c r="I21" i="2"/>
   <c r="I22" i="2"/>
   <c r="I23" i="2"/>
   <c r="I24" i="2"/>
   <c r="I25" i="2"/>
   <c r="I26" i="2"/>
   <c r="I27" i="2"/>
@@ -189,87 +194,87 @@
   <c r="I34" i="2"/>
   <c r="I35" i="2"/>
   <c r="I36" i="2"/>
   <c r="I37" i="2"/>
   <c r="I38" i="2"/>
   <c r="I39" i="2"/>
   <c r="I40" i="2"/>
   <c r="I41" i="2"/>
   <c r="I42" i="2"/>
   <c r="I43" i="2"/>
   <c r="I44" i="2"/>
   <c r="I45" i="2"/>
   <c r="I46" i="2"/>
   <c r="I47" i="2"/>
   <c r="I48" i="2"/>
   <c r="I49" i="2"/>
   <c r="I50" i="2"/>
   <c r="I51" i="2"/>
   <c r="I52" i="2"/>
   <c r="I53" i="2"/>
   <c r="I54" i="2"/>
   <c r="I55" i="2"/>
   <c r="I56" i="2"/>
   <c r="I57" i="2"/>
   <c r="I58" i="2"/>
-  <c r="I59" i="2"/>
-[...5 lines deleted...]
-  <c r="I64" i="2"/>
   <c r="I65" i="2"/>
   <c r="I66" i="2"/>
+  <c r="B10" i="1" s="1"/>
   <c r="I67" i="2"/>
   <c r="I68" i="2"/>
   <c r="I69" i="2"/>
   <c r="I70" i="2"/>
   <c r="I71" i="2"/>
   <c r="I72" i="2"/>
   <c r="I73" i="2"/>
   <c r="I74" i="2"/>
   <c r="I75" i="2"/>
   <c r="I76" i="2"/>
   <c r="I77" i="2"/>
   <c r="I78" i="2"/>
   <c r="I79" i="2"/>
   <c r="I80" i="2"/>
   <c r="I81" i="2"/>
   <c r="I82" i="2"/>
   <c r="I83" i="2"/>
   <c r="I84" i="2"/>
   <c r="I85" i="2"/>
   <c r="I86" i="2"/>
   <c r="I87" i="2"/>
+  <c r="I88" i="2"/>
+  <c r="I89" i="2"/>
+  <c r="I90" i="2"/>
+  <c r="I91" i="2"/>
+  <c r="I92" i="2"/>
+  <c r="I93" i="2"/>
   <c r="B9" i="1"/>
   <c r="B7" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="542" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="565" uniqueCount="378">
   <si>
     <t>CAT_AGREM</t>
   </si>
   <si>
     <t>CAT_PO_PRIVES</t>
   </si>
   <si>
     <t>CAT_BCE_ID_PO</t>
   </si>
   <si>
     <t>ORG_NOM</t>
   </si>
   <si>
     <t>ORG_ADRRUE</t>
   </si>
   <si>
     <t>ORG_ADRNR</t>
   </si>
   <si>
     <t>ORG_ADRBOITE</t>
   </si>
   <si>
     <t>ORG_ADRCP</t>
   </si>
   <si>
@@ -1247,105 +1252,174 @@
   <si>
     <t>La Teignouse Hamoir</t>
   </si>
   <si>
     <t>Place Delcour</t>
   </si>
   <si>
     <t>HAMOIR</t>
   </si>
   <si>
     <t>Déclaration sur l'honneur</t>
   </si>
   <si>
     <t xml:space="preserve">Je/Nous soussigné(e)(s) </t>
   </si>
   <si>
     <t xml:space="preserve">agissant en qualité de </t>
   </si>
   <si>
     <t xml:space="preserve">dûment mandaté(e)(s) par l’organisme mentionné ci-dessus, </t>
   </si>
   <si>
     <t xml:space="preserve">déclare(ons) </t>
   </si>
   <si>
-    <t>Secteur d'activité (agrément) : 05401/SIS</t>
-[...1 lines deleted...]
-  <si>
     <t>Année</t>
-  </si>
-[...1 lines deleted...]
-    <t>Article de base :</t>
   </si>
   <si>
     <t>Objet de la déclaration sur l’honneur : subvention aux services d’insertion sociale</t>
   </si>
   <si>
     <t>Dénomination de l’organisme :</t>
   </si>
   <si>
     <t>N° d'entreprise :</t>
   </si>
   <si>
     <t>N° d’agrément :</t>
   </si>
   <si>
     <t>Adresse :</t>
   </si>
   <si>
     <t>Signature</t>
   </si>
   <si>
     <t>, le</t>
   </si>
   <si>
     <t xml:space="preserve">Fait à </t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>CP_LOC</t>
   </si>
   <si>
     <t>SPW IAS
 Département de l'Action sociale
 Direction de l'Action sociale</t>
   </si>
   <si>
     <t>Sélection</t>
+  </si>
+  <si>
+    <t>Secteur d'activité (agrément) : SIS</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Quaregnon</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Comines-Warneton</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Bernissart</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Binche</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Wanze</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S de Vielsalm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue Jules Destrée, 352 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue de Ten-Brielen(COM), 160 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue Joseph Wauters(BLA), 10 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue de la Triperie(BIN), 16 </t>
+  </si>
+  <si>
+    <t>Chaussée de Wavre, 39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue des Combattants, 5 </t>
+  </si>
+  <si>
+    <t>7390 QUAREGNON</t>
+  </si>
+  <si>
+    <t>7780 Comines-Warneton</t>
+  </si>
+  <si>
+    <t>7321 Bernissart</t>
+  </si>
+  <si>
+    <t>7130 Binche</t>
+  </si>
+  <si>
+    <t>4520 Wanze</t>
+  </si>
+  <si>
+    <t>6690 VIELSALM</t>
+  </si>
+  <si>
+    <t>QUAREGNON</t>
+  </si>
+  <si>
+    <t>Comines-Warneton</t>
+  </si>
+  <si>
+    <t>Bernissart</t>
+  </si>
+  <si>
+    <t>Binche</t>
+  </si>
+  <si>
+    <t>Wanze</t>
+  </si>
+  <si>
+    <t>VIELSALM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0000000000"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1358,50 +1432,56 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="gray0625"/>
     </fill>
     <fill>
       <patternFill patternType="gray0625">
         <bgColor theme="9" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
@@ -1499,197 +1579,161 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal_Feuil1" xfId="2" xr:uid="{EF54C9D2-703A-4F9E-A34A-D34A5358B38E}"/>
     <cellStyle name="Normal_Feuil2" xfId="1" xr:uid="{A2F7B05B-FB88-4B34-9BFC-75A9DECBD2FF}"/>
   </cellStyles>
   <dxfs count="17">
-    <dxf>
-[...40 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color indexed="8"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
@@ -1968,50 +2012,92 @@
         <right style="thin">
           <color indexed="22"/>
         </right>
         <top style="thin">
           <color indexed="22"/>
         </top>
         <bottom style="thin">
           <color indexed="22"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color indexed="8"/>
         <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="22"/>
+        </left>
+        <right style="thin">
+          <color indexed="22"/>
+        </right>
+        <top style="thin">
+          <color indexed="22"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="22"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="8"/>
+        <color indexed="8"/>
+        <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="22"/>
         </left>
         <right style="thin">
           <color indexed="22"/>
         </right>
         <top style="thin">
           <color indexed="22"/>
         </top>
         <bottom style="thin">
           <color indexed="22"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
@@ -2255,117 +2341,117 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="1736471" cy="759706"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5768613E-4FB4-4480-843F-EB79F0168CD6}" name="Tableau1" displayName="Tableau1" ref="A1:M87" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13" headerRowCellStyle="Normal_Feuil2" dataCellStyle="Normal_Feuil2">
-  <autoFilter ref="A1:M87" xr:uid="{D9378278-593D-485E-B428-5586EC71E01A}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5768613E-4FB4-4480-843F-EB79F0168CD6}" name="Tableau1" displayName="Tableau1" ref="A1:M93" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13" headerRowCellStyle="Normal_Feuil2" dataCellStyle="Normal_Feuil2">
+  <autoFilter ref="A1:M93" xr:uid="{D9378278-593D-485E-B428-5586EC71E01A}"/>
   <tableColumns count="13">
     <tableColumn id="1" xr3:uid="{21889583-7D0F-47AF-831F-7CD8C8D31393}" name="CAT_AGREM" dataDxfId="12" dataCellStyle="Normal_Feuil2"/>
     <tableColumn id="4" xr3:uid="{5E43E824-43B8-4599-B732-13FD16BECDD7}" name="CAT_PO_PRIVES" dataDxfId="11" dataCellStyle="Normal_Feuil2"/>
     <tableColumn id="5" xr3:uid="{C8693D9F-DB3F-485F-AE7A-69AEB2550B48}" name="CAT_BCE_ID_PO" dataDxfId="10" dataCellStyle="Normal_Feuil2"/>
     <tableColumn id="7" xr3:uid="{06368E82-8F87-49B5-8591-8EF5CCE168D8}" name="ORG_NOM" dataDxfId="9" dataCellStyle="Normal_Feuil2"/>
-    <tableColumn id="15" xr3:uid="{D9623228-11EF-4301-B394-4C08C79D6B87}" name="ADRESSE" dataDxfId="0" dataCellStyle="Normal_Feuil2">
+    <tableColumn id="15" xr3:uid="{D9623228-11EF-4301-B394-4C08C79D6B87}" name="ADRESSE" dataDxfId="8" dataCellStyle="Normal_Feuil2">
       <calculatedColumnFormula>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="8" xr3:uid="{643DBF77-4001-41D3-BE3C-8669A901F0C7}" name="ORG_ADRRUE" dataDxfId="8" dataCellStyle="Normal_Feuil2"/>
-[...2 lines deleted...]
-    <tableColumn id="16" xr3:uid="{5949D70C-EF0C-40C2-900E-154640432CDD}" name="CP_LOC" dataDxfId="5" dataCellStyle="Normal_Feuil2">
+    <tableColumn id="8" xr3:uid="{643DBF77-4001-41D3-BE3C-8669A901F0C7}" name="ORG_ADRRUE" dataDxfId="7" dataCellStyle="Normal_Feuil2"/>
+    <tableColumn id="9" xr3:uid="{27E4D327-2EFA-4BA0-9362-7B3FB93D9DB1}" name="ORG_ADRNR" dataDxfId="6" dataCellStyle="Normal_Feuil2"/>
+    <tableColumn id="10" xr3:uid="{7C79ADED-EAB2-4059-9415-FBEC9DB6BC79}" name="ORG_ADRBOITE" dataDxfId="5" dataCellStyle="Normal_Feuil2"/>
+    <tableColumn id="16" xr3:uid="{5949D70C-EF0C-40C2-900E-154640432CDD}" name="CP_LOC" dataDxfId="4" dataCellStyle="Normal_Feuil2">
       <calculatedColumnFormula>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="11" xr3:uid="{2DD5B726-CBF1-48AB-B787-B73860E9FD34}" name="ORG_ADRCP" dataDxfId="4" dataCellStyle="Normal_Feuil2"/>
-[...2 lines deleted...]
-    <tableColumn id="14" xr3:uid="{CF0EFAA8-4FE5-4C04-811F-2950747E22D6}" name="COM_LIB" dataDxfId="1" dataCellStyle="Normal_Feuil2"/>
+    <tableColumn id="11" xr3:uid="{2DD5B726-CBF1-48AB-B787-B73860E9FD34}" name="ORG_ADRCP" dataDxfId="3" dataCellStyle="Normal_Feuil2"/>
+    <tableColumn id="12" xr3:uid="{971E9121-1340-49FE-902B-074ADD547A75}" name="ORG_ADRLOC" dataDxfId="2" dataCellStyle="Normal_Feuil2"/>
+    <tableColumn id="13" xr3:uid="{E21F2D64-1222-4432-B209-DBF49613397E}" name="ORG_INS_FK" dataDxfId="1" dataCellStyle="Normal_Feuil2"/>
+    <tableColumn id="14" xr3:uid="{CF0EFAA8-4FE5-4C04-811F-2950747E22D6}" name="COM_LIB" dataDxfId="0" dataCellStyle="Normal_Feuil2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2427,51 +2513,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2569,395 +2655,387 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88A4C320-98FC-4366-B352-710703F432A7}">
   <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="4" width="21.7109375" customWidth="1"/>
+    <col min="1" max="4" width="21.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="29" t="s">
+    <row r="1" spans="1:10" ht="65.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="21" t="s">
+        <v>351</v>
+      </c>
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+    </row>
+    <row r="2" spans="1:10" ht="63.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="24" t="s">
+        <v>335</v>
+      </c>
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="H2" s="23"/>
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A3" s="9" t="s">
         <v>353</v>
-      </c>
-[...17 lines deleted...]
-        <v>340</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="10"/>
     </row>
-    <row r="4" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A4" s="11" t="s">
+        <v>340</v>
+      </c>
+      <c r="B4" s="7">
+        <v>2025</v>
+      </c>
+      <c r="C4" s="12"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A5" s="13" t="s">
         <v>341</v>
-      </c>
-[...11 lines deleted...]
-        <v>343</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="12"/>
     </row>
-    <row r="6" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="16" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="B6" s="21" t="str">
+        <v>342</v>
+      </c>
+      <c r="B6" s="30" t="str">
         <f>VLOOKUP(CAT_AGREM,Tableau1[],4)</f>
         <v xml:space="preserve"> - </v>
       </c>
-      <c r="C6" s="21"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="C6" s="30"/>
+      <c r="D6" s="31"/>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A7" s="13" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="B7" s="34">
+        <v>343</v>
+      </c>
+      <c r="B7" s="18">
         <f>VLOOKUP(B8,Tableau1[],3)</f>
         <v>0</v>
       </c>
       <c r="C7" s="7"/>
       <c r="D7" s="12"/>
     </row>
-    <row r="8" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>344</v>
+      </c>
+      <c r="B8" s="19" t="s">
+        <v>352</v>
       </c>
       <c r="C8" s="7"/>
       <c r="D8" s="12"/>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B9" s="23" t="str">
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A9" s="34" t="s">
+        <v>345</v>
+      </c>
+      <c r="B9" s="32" t="str">
         <f>VLOOKUP(CAT_AGREM,Tableau1[],5)</f>
         <v xml:space="preserve">,  </v>
       </c>
-      <c r="C9" s="23"/>
-[...4 lines deleted...]
-      <c r="B10" s="18" t="str">
+      <c r="C9" s="32"/>
+      <c r="D9" s="33"/>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A10" s="35"/>
+      <c r="B10" s="25" t="str">
         <f>VLOOKUP(CAT_AGREM,Tableau1[],9)</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="C10" s="18"/>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="C10" s="25"/>
+      <c r="D10" s="26"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A11" s="5"/>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
     </row>
-    <row r="12" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="14" t="s">
         <v>336</v>
       </c>
-      <c r="B12" s="31"/>
-[...3 lines deleted...]
-    <row r="13" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="28"/>
+      <c r="C12" s="28"/>
+      <c r="D12" s="28"/>
+    </row>
+    <row r="13" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="14" t="s">
         <v>337</v>
       </c>
-      <c r="B13" s="32"/>
-[...3 lines deleted...]
-    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="B13" s="27"/>
+      <c r="C13" s="27"/>
+      <c r="D13" s="27"/>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A14" s="15" t="s">
         <v>338</v>
       </c>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
     </row>
-    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A15" s="15" t="s">
         <v>339</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
     </row>
-    <row r="16" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="27" t="str">
+    <row r="16" spans="1:10" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="36" t="str">
         <f>" - qu’il a été porté à la connaissance su SPW Intérieur et de l’Action sociale toute modification intervenue dans le courant de l’exercice comptable subventionné ;"</f>
         <v xml:space="preserve"> - qu’il a été porté à la connaissance su SPW Intérieur et de l’Action sociale toute modification intervenue dans le courant de l’exercice comptable subventionné ;</v>
       </c>
-      <c r="B16" s="27"/>
-[...13 lines deleted...]
-      <c r="A18" s="27" t="str">
+      <c r="B16" s="36"/>
+      <c r="C16" s="36"/>
+      <c r="D16" s="36"/>
+    </row>
+    <row r="17" spans="1:4" ht="44.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="36" t="str">
+        <f>"- que les frais pris en charge par la subvention se rapportant à la période du 1er janvier au 31 décembre 2025 ne font à aucun moment l'objet d'une double subvention ou d'un remboursement ;"</f>
+        <v>- que les frais pris en charge par la subvention se rapportant à la période du 1er janvier au 31 décembre 2025 ne font à aucun moment l'objet d'une double subvention ou d'un remboursement ;</v>
+      </c>
+      <c r="B17" s="36"/>
+      <c r="C17" s="36"/>
+      <c r="D17" s="36"/>
+    </row>
+    <row r="18" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="36" t="str">
         <f>"- que toutes les informations contenues dans le décompte récapitulatif sont sincères, exactes et complètes ;"</f>
         <v>- que toutes les informations contenues dans le décompte récapitulatif sont sincères, exactes et complètes ;</v>
       </c>
-      <c r="B18" s="27"/>
-[...4 lines deleted...]
-      <c r="A19" s="27" t="str">
+      <c r="B18" s="36"/>
+      <c r="C18" s="36"/>
+      <c r="D18" s="36"/>
+    </row>
+    <row r="19" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="36" t="str">
         <f>"- et que toutes les dépenses déclarées ont été effectuées pour l’accomplissement, par l’organisme précité, de la mission qui fait l’objet de la subvention."</f>
         <v>- et que toutes les dépenses déclarées ont été effectuées pour l’accomplissement, par l’organisme précité, de la mission qui fait l’objet de la subvention.</v>
       </c>
-      <c r="B19" s="27"/>
-[...3 lines deleted...]
-    <row r="20" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="36"/>
+      <c r="C19" s="36"/>
+      <c r="D19" s="36"/>
+    </row>
+    <row r="20" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="8" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="B20" s="33"/>
+        <v>348</v>
+      </c>
+      <c r="B20" s="17"/>
       <c r="C20" s="8" t="s">
-        <v>349</v>
-[...3 lines deleted...]
-    <row r="21" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>347</v>
+      </c>
+      <c r="D20" s="17"/>
+    </row>
+    <row r="21" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="8" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      <c r="D21" s="20"/>
+        <v>346</v>
+      </c>
+      <c r="B21" s="29"/>
+      <c r="C21" s="29"/>
+      <c r="D21" s="29"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="3oGHGyVXoYng8pxm8jWuU2NEo/8hN6Oo9zu15t6iVJKUqcXBvOoz6RkgPRW/2V1OOVJzgWJmBbZg3WsT/nsClw==" saltValue="yySVFPmEr5CsXxfn8cU59A==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gYxF8r61+xAZorb6i1qG318yVLdBAIE9fjeCWqbbtCzN45aRVBv4dadVpOdLskT6jXwIfmnjgUPBM9kTHR5QEA==" saltValue="r7bbLcHGzPgRZuBoa2X7Qg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="14">
-    <mergeCell ref="A1:D1"/>
-[...4 lines deleted...]
-    <mergeCell ref="B12:D12"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="H2:J2"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B12:D12"/>
   </mergeCells>
-  <dataValidations xWindow="388" yWindow="584" count="2">
-[...3 lines deleted...]
-    </dataValidation>
+  <dataValidations xWindow="388" yWindow="584" count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Signataire(s)" error="Doit être rempli" sqref="B12:D12" xr:uid="{42F8BEB1-2463-4B75-BAD7-4AD57781B125}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="388" yWindow="584" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Numéro d'agrément" prompt="Format = 6320xx pour les SIS publics, 6321xx pour les sis privés_x000a_Si vous ne connaissez pas votre N°, vérifiez dans la liste se trouvant dans l'onglet &quot;données&quot;,_x000a_" xr:uid="{7363D8B7-BEFB-4143-AE9F-E4FAC4437756}">
           <x14:formula1>
-            <xm:f>DONNEES!$A$2:$A$87</xm:f>
+            <xm:f>DONNEES!$A$2:$A$93</xm:f>
           </x14:formula1>
           <xm:sqref>B8</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D465F191-5433-4754-A16B-297FB82D9CBD}">
-  <dimension ref="A1:M87"/>
+  <dimension ref="A1:M93"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="L3" sqref="L3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="13.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.88671875" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="3" width="16" style="2" bestFit="1" customWidth="1"/>
-    <col min="4" max="5" width="54.85546875" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="10" max="10" width="13.7109375" style="2" hidden="1" customWidth="1"/>
+    <col min="4" max="5" width="54.88671875" style="2" customWidth="1"/>
+    <col min="6" max="6" width="23.109375" style="2" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="13.88671875" style="2" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="15.6640625" style="2" hidden="1" customWidth="1"/>
+    <col min="9" max="9" width="15.6640625" style="2" customWidth="1"/>
+    <col min="10" max="10" width="13.6640625" style="2" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="31" style="2" hidden="1" customWidth="1"/>
-    <col min="12" max="12" width="13.5703125" style="2" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="16384" width="11.42578125" style="2"/>
+    <col min="12" max="12" width="13.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="19.109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="16384" width="11.44140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="4" t="str">
         <f>" - "</f>
         <v xml:space="preserve"> - </v>
       </c>
-      <c r="E2" s="36" t="str">
+      <c r="E2" s="20" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">,  </v>
       </c>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
-      <c r="I2" s="36" t="str">
+      <c r="I2" s="20" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="J2" s="3"/>
       <c r="K2" s="4"/>
       <c r="L2" s="3"/>
       <c r="M2" s="4"/>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A3" s="3">
         <v>632001</v>
       </c>
       <c r="B3" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C3" s="3">
         <v>216694436</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E3" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">Rue de la Vieille Fosse, 1 </v>
       </c>
@@ -3008,51 +3086,51 @@
         <v>17</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>7000 MONS</v>
       </c>
       <c r="J4" s="3">
         <v>7000</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="3">
         <v>53053</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:13" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A5" s="3">
         <v>632003</v>
       </c>
       <c r="B5" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C5" s="3">
         <v>212149292</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">Boulevard du midi, 20 </v>
       </c>
       <c r="F5" s="4" t="s">
         <v>21</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>14</v>
       </c>
@@ -3352,51 +3430,51 @@
         <v>51</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>52</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>53</v>
       </c>
       <c r="I12" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>4540 AMAY</v>
       </c>
       <c r="J12" s="3">
         <v>4540</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L12" s="3">
         <v>61003</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="13" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:13" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A13" s="3">
         <v>632014</v>
       </c>
       <c r="B13" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C13" s="3">
         <v>212353091</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>55</v>
       </c>
       <c r="E13" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">Place de L'église, 24 </v>
       </c>
       <c r="F13" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>57</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>14</v>
       </c>
@@ -3696,137 +3774,137 @@
         <v>83</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>84</v>
       </c>
       <c r="H20" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I20" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>4800 VERVIERS</v>
       </c>
       <c r="J20" s="3">
         <v>4800</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L20" s="3">
         <v>63079</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="21" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:13" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A21" s="3">
         <v>632028</v>
       </c>
       <c r="B21" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C21" s="3">
         <v>212368137</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>86</v>
       </c>
       <c r="E21" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">Rue Ferrer, 18 </v>
       </c>
       <c r="F21" s="4" t="s">
         <v>87</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>88</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I21" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>6224 WANFERCEE-BAULET</v>
       </c>
       <c r="J21" s="3">
         <v>6224</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L21" s="3">
         <v>52021</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="22" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:13" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A22" s="3">
         <v>632029</v>
       </c>
       <c r="B22" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C22" s="3">
         <v>212358536</v>
       </c>
       <c r="D22" s="4" t="s">
         <v>91</v>
       </c>
       <c r="E22" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">rue Jean Ester, 169 </v>
       </c>
       <c r="F22" s="4" t="s">
         <v>92</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>93</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I22" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>6030 MARCHIENNE-DOCHERIE</v>
       </c>
       <c r="J22" s="3">
         <v>6030</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L22" s="3">
         <v>52011</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="23" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:13" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A23" s="3">
         <v>632030</v>
       </c>
       <c r="B23" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C23" s="3">
         <v>212358536</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>96</v>
       </c>
       <c r="E23" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">rue de la Providence, 20 </v>
       </c>
       <c r="F23" s="4" t="s">
         <v>97</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>14</v>
       </c>
@@ -3954,51 +4032,51 @@
         <v>107</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I26" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>4670 BLEGNY</v>
       </c>
       <c r="J26" s="3">
         <v>4670</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L26" s="3">
         <v>62119</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="27" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A27" s="3">
         <v>632034</v>
       </c>
       <c r="B27" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C27" s="3">
         <v>212360714</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>110</v>
       </c>
       <c r="E27" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">Rue des Frères Dulait, 19 </v>
       </c>
       <c r="F27" s="4" t="s">
         <v>111</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>112</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>14</v>
       </c>
@@ -4298,51 +4376,51 @@
         <v>137</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>13</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I34" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>7080 FRAMERIES</v>
       </c>
       <c r="J34" s="3">
         <v>7080</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L34" s="3">
         <v>53028</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="35" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A35" s="3">
         <v>632042</v>
       </c>
       <c r="B35" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C35" s="3">
         <v>212354180</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>139</v>
       </c>
       <c r="E35" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">Rue des combattants, 28 </v>
       </c>
       <c r="F35" s="4" t="s">
         <v>140</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>120</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>14</v>
       </c>
@@ -4427,51 +4505,51 @@
         <v>147</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>148</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I37" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>6700 ARLON</v>
       </c>
       <c r="J37" s="3">
         <v>6700</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L37" s="3">
         <v>81001</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="38" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:13" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A38" s="3">
         <v>632052</v>
       </c>
       <c r="B38" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C38" s="3">
         <v>212360417</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>150</v>
       </c>
       <c r="E38" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">Place Cornille, 3 </v>
       </c>
       <c r="F38" s="4" t="s">
         <v>151</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>152</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>14</v>
       </c>
@@ -4943,51 +5021,51 @@
         <v>199</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>200</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>4040 HERSTAL</v>
       </c>
       <c r="J49" s="3">
         <v>4040</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L49" s="3">
         <v>62051</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="50" spans="1:13" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:13" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A50" s="3">
         <v>632068</v>
       </c>
       <c r="B50" s="3" t="b">
         <v>0</v>
       </c>
       <c r="C50" s="3">
         <v>862947632</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>202</v>
       </c>
       <c r="E50" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">Chainrue, 3 </v>
       </c>
       <c r="F50" s="4" t="s">
         <v>203</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>152</v>
       </c>
       <c r="H50" s="4" t="s">
         <v>14</v>
       </c>
@@ -5332,1358 +5410,1528 @@
       <c r="G58" s="4" t="s">
         <v>235</v>
       </c>
       <c r="H58" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I58" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>1480 TUBIZE</v>
       </c>
       <c r="J58" s="3">
         <v>1480</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>236</v>
       </c>
       <c r="L58" s="3">
         <v>25105</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A59" s="3">
-        <v>632102</v>
+        <v>632086</v>
       </c>
       <c r="B59" s="3" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C59" s="3">
-        <v>411532002</v>
+        <v>212159586</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>237</v>
-[...31 lines deleted...]
-    <row r="60" spans="1:13" x14ac:dyDescent="0.2">
+        <v>354</v>
+      </c>
+      <c r="E59" s="20" t="s">
+        <v>360</v>
+      </c>
+      <c r="F59" s="4"/>
+      <c r="G59" s="4"/>
+      <c r="H59" s="4"/>
+      <c r="I59" s="20" t="s">
+        <v>366</v>
+      </c>
+      <c r="J59" s="3"/>
+      <c r="K59" s="4"/>
+      <c r="L59" s="3"/>
+      <c r="M59" s="37" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="A60" s="3">
-        <v>632104</v>
+        <v>632087</v>
       </c>
       <c r="B60" s="3" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C60" s="3">
-        <v>432224476</v>
+        <v>212357348</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>242</v>
-[...28 lines deleted...]
-        <v>44</v>
+        <v>355</v>
+      </c>
+      <c r="E60" s="20" t="s">
+        <v>361</v>
+      </c>
+      <c r="F60" s="4"/>
+      <c r="G60" s="4"/>
+      <c r="H60" s="4"/>
+      <c r="I60" s="20" t="s">
+        <v>367</v>
+      </c>
+      <c r="J60" s="3"/>
+      <c r="K60" s="4"/>
+      <c r="L60" s="3"/>
+      <c r="M60" s="38" t="s">
+        <v>373</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A61" s="3">
-        <v>632105</v>
+        <v>632088</v>
       </c>
       <c r="B61" s="3" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C61" s="3">
-        <v>465659089</v>
+        <v>212350717</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>246</v>
-[...28 lines deleted...]
-        <v>229</v>
+        <v>356</v>
+      </c>
+      <c r="E61" s="20" t="s">
+        <v>362</v>
+      </c>
+      <c r="F61" s="4"/>
+      <c r="G61" s="4"/>
+      <c r="H61" s="4"/>
+      <c r="I61" s="20" t="s">
+        <v>368</v>
+      </c>
+      <c r="J61" s="3"/>
+      <c r="K61" s="4"/>
+      <c r="L61" s="3"/>
+      <c r="M61" s="38" t="s">
+        <v>374</v>
       </c>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A62" s="3">
-        <v>632106</v>
+        <v>632089</v>
       </c>
       <c r="B62" s="3" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C62" s="3">
-        <v>408018622</v>
+        <v>212156321</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>248</v>
-[...28 lines deleted...]
-        <v>95</v>
+        <v>357</v>
+      </c>
+      <c r="E62" s="20" t="s">
+        <v>363</v>
+      </c>
+      <c r="F62" s="4"/>
+      <c r="G62" s="4"/>
+      <c r="H62" s="4"/>
+      <c r="I62" s="20" t="s">
+        <v>369</v>
+      </c>
+      <c r="J62" s="3"/>
+      <c r="K62" s="4"/>
+      <c r="L62" s="3"/>
+      <c r="M62" s="38" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A63" s="3">
-        <v>632107</v>
+        <v>632090</v>
       </c>
       <c r="B63" s="3" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C63" s="3">
-        <v>445076580</v>
+        <v>212231743</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>252</v>
-[...28 lines deleted...]
-        <v>255</v>
+        <v>358</v>
+      </c>
+      <c r="E63" s="20" t="s">
+        <v>364</v>
+      </c>
+      <c r="F63" s="4"/>
+      <c r="G63" s="4"/>
+      <c r="H63" s="4"/>
+      <c r="I63" s="20" t="s">
+        <v>370</v>
+      </c>
+      <c r="J63" s="3"/>
+      <c r="K63" s="4"/>
+      <c r="L63" s="3"/>
+      <c r="M63" s="38" t="s">
+        <v>376</v>
       </c>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A64" s="3">
-        <v>632114</v>
+        <v>632091</v>
       </c>
       <c r="B64" s="3" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C64" s="3">
-        <v>409115415</v>
+        <v>207845264</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>256</v>
-[...28 lines deleted...]
-        <v>201</v>
+        <v>359</v>
+      </c>
+      <c r="E64" s="20" t="s">
+        <v>365</v>
+      </c>
+      <c r="F64" s="4"/>
+      <c r="G64" s="4"/>
+      <c r="H64" s="4"/>
+      <c r="I64" s="20" t="s">
+        <v>371</v>
+      </c>
+      <c r="J64" s="3"/>
+      <c r="K64" s="4"/>
+      <c r="L64" s="3"/>
+      <c r="M64" s="38" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="65" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A65" s="3">
-        <v>632115</v>
+        <v>632102</v>
       </c>
       <c r="B65" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C65" s="3">
-        <v>477431723</v>
+        <v>411532002</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>259</v>
+        <v>237</v>
       </c>
       <c r="E65" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue Jean-Hubert Cavens, 49 </v>
+        <v xml:space="preserve">Rue Haute, 8 </v>
       </c>
       <c r="F65" s="4" t="s">
-        <v>260</v>
+        <v>238</v>
       </c>
       <c r="G65" s="4" t="s">
-        <v>261</v>
+        <v>239</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I65" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4960 MALMEDY</v>
+        <v>5190 SPY</v>
       </c>
       <c r="J65" s="3">
-        <v>4960</v>
+        <v>5190</v>
       </c>
       <c r="K65" s="4" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="L65" s="3">
-        <v>63049</v>
+        <v>92140</v>
       </c>
       <c r="M65" s="4" t="s">
-        <v>262</v>
+        <v>241</v>
       </c>
     </row>
     <row r="66" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A66" s="3">
-        <v>632117</v>
+        <v>632104</v>
       </c>
       <c r="B66" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C66" s="3">
-        <v>456562469</v>
+        <v>432224476</v>
       </c>
       <c r="D66" s="4" t="s">
-        <v>263</v>
+        <v>242</v>
       </c>
       <c r="E66" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue de Charleville, 36c </v>
+        <v xml:space="preserve">rue Puits-en-Sock, 86-88 </v>
       </c>
       <c r="F66" s="4" t="s">
-        <v>264</v>
+        <v>243</v>
       </c>
       <c r="G66" s="4" t="s">
-        <v>265</v>
+        <v>244</v>
       </c>
       <c r="H66" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I66" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>6000 CHARLEROI</v>
+        <v>4020 LIEGE</v>
       </c>
       <c r="J66" s="3">
-        <v>6000</v>
+        <v>4020</v>
       </c>
       <c r="K66" s="4" t="s">
-        <v>95</v>
+        <v>245</v>
       </c>
       <c r="L66" s="3">
-        <v>52011</v>
+        <v>62063</v>
       </c>
       <c r="M66" s="4" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
     </row>
     <row r="67" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A67" s="3">
-        <v>632118</v>
+        <v>632105</v>
       </c>
       <c r="B67" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C67" s="3">
-        <v>423570195</v>
+        <v>465659089</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="E67" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue Maghin, 76-78 </v>
+        <v xml:space="preserve">Rue aux Souris, 7 </v>
       </c>
       <c r="F67" s="4" t="s">
-        <v>267</v>
+        <v>247</v>
       </c>
       <c r="G67" s="4" t="s">
-        <v>268</v>
+        <v>208</v>
       </c>
       <c r="H67" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I67" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4000 LIEGE</v>
+        <v>1400 NIVELLES</v>
       </c>
       <c r="J67" s="3">
-        <v>4000</v>
+        <v>1400</v>
       </c>
       <c r="K67" s="4" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="L67" s="3">
-        <v>62063</v>
+        <v>25072</v>
       </c>
       <c r="M67" s="4" t="s">
-        <v>44</v>
+        <v>229</v>
       </c>
     </row>
     <row r="68" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A68" s="3">
-        <v>632120</v>
+        <v>632106</v>
       </c>
       <c r="B68" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C68" s="3">
-        <v>460322804</v>
+        <v>408018622</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>269</v>
+        <v>248</v>
       </c>
       <c r="E68" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue du Papillon, 45 </v>
+        <v xml:space="preserve">Place du prieuré, 16 </v>
       </c>
       <c r="F68" s="4" t="s">
-        <v>270</v>
+        <v>249</v>
       </c>
       <c r="G68" s="4" t="s">
-        <v>105</v>
+        <v>250</v>
       </c>
       <c r="H68" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I68" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4100 SERAING</v>
+        <v>6040 Jumet</v>
       </c>
       <c r="J68" s="3">
-        <v>4100</v>
+        <v>6040</v>
       </c>
       <c r="K68" s="4" t="s">
-        <v>76</v>
+        <v>251</v>
       </c>
       <c r="L68" s="3">
-        <v>62096</v>
+        <v>52011</v>
       </c>
       <c r="M68" s="4" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
     </row>
     <row r="69" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A69" s="3">
-        <v>632122</v>
+        <v>632107</v>
       </c>
       <c r="B69" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C69" s="3">
-        <v>479209395</v>
+        <v>445076580</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>271</v>
+        <v>252</v>
       </c>
       <c r="E69" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue Saint-Laurent, 174 </v>
+        <v xml:space="preserve">Rue Zénobe Gramme, 42 </v>
       </c>
       <c r="F69" s="4" t="s">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="G69" s="4" t="s">
-        <v>273</v>
+        <v>254</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I69" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4000 LIEGE</v>
+        <v>4280 HANNUT</v>
       </c>
       <c r="J69" s="3">
-        <v>4000</v>
+        <v>4280</v>
       </c>
       <c r="K69" s="4" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="L69" s="3">
-        <v>62063</v>
+        <v>64034</v>
       </c>
       <c r="M69" s="4" t="s">
-        <v>44</v>
+        <v>255</v>
       </c>
     </row>
     <row r="70" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A70" s="3">
-        <v>632124</v>
+        <v>632114</v>
       </c>
       <c r="B70" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C70" s="3">
-        <v>874941483</v>
+        <v>409115415</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>274</v>
+        <v>256</v>
       </c>
       <c r="E70" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue du Moulin, 65 </v>
+        <v xml:space="preserve">Chée W.Churchill, 28 </v>
       </c>
       <c r="F70" s="4" t="s">
-        <v>275</v>
+        <v>257</v>
       </c>
       <c r="G70" s="4" t="s">
-        <v>276</v>
+        <v>120</v>
       </c>
       <c r="H70" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I70" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4684 HACCOURT</v>
+        <v>4420 Montegnée</v>
       </c>
       <c r="J70" s="3">
-        <v>4684</v>
+        <v>4420</v>
       </c>
       <c r="K70" s="4" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="L70" s="3">
-        <v>62079</v>
+        <v>62051</v>
       </c>
       <c r="M70" s="4" t="s">
-        <v>81</v>
+        <v>201</v>
       </c>
     </row>
     <row r="71" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A71" s="3">
-        <v>632125</v>
+        <v>632115</v>
       </c>
       <c r="B71" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C71" s="3">
-        <v>415450703</v>
+        <v>477431723</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>278</v>
+        <v>259</v>
       </c>
       <c r="E71" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Avenue Wuidar, 79 </v>
+        <v xml:space="preserve">Rue Jean-Hubert Cavens, 49 </v>
       </c>
       <c r="F71" s="4" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="G71" s="4" t="s">
-        <v>280</v>
+        <v>261</v>
       </c>
       <c r="H71" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I71" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4102 Ougrée</v>
+        <v>4960 MALMEDY</v>
       </c>
       <c r="J71" s="3">
-        <v>4102</v>
+        <v>4960</v>
       </c>
       <c r="K71" s="4" t="s">
-        <v>281</v>
+        <v>262</v>
       </c>
       <c r="L71" s="3">
-        <v>62096</v>
+        <v>63049</v>
       </c>
       <c r="M71" s="4" t="s">
-        <v>76</v>
+        <v>262</v>
       </c>
     </row>
     <row r="72" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A72" s="3">
-        <v>632126</v>
+        <v>632117</v>
       </c>
       <c r="B72" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C72" s="3">
-        <v>460362394</v>
+        <v>456562469</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>282</v>
+        <v>263</v>
       </c>
       <c r="E72" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Avenue François Cornesse, 61 </v>
+        <v xml:space="preserve">Rue de Charleville, 36c </v>
       </c>
       <c r="F72" s="4" t="s">
-        <v>283</v>
+        <v>264</v>
       </c>
       <c r="G72" s="4" t="s">
-        <v>284</v>
+        <v>265</v>
       </c>
       <c r="H72" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I72" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>6920 Aywaille</v>
+        <v>6000 CHARLEROI</v>
       </c>
       <c r="J72" s="3">
-        <v>6920</v>
+        <v>6000</v>
       </c>
       <c r="K72" s="4" t="s">
-        <v>285</v>
+        <v>95</v>
       </c>
       <c r="L72" s="3">
-        <v>62026</v>
+        <v>52011</v>
       </c>
       <c r="M72" s="4" t="s">
-        <v>286</v>
+        <v>95</v>
       </c>
     </row>
     <row r="73" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A73" s="3">
-        <v>632128</v>
+        <v>632118</v>
       </c>
       <c r="B73" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C73" s="3">
-        <v>424707174</v>
+        <v>423570195</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
       <c r="E73" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue de la Fontaine, 53 </v>
+        <v xml:space="preserve">Rue Maghin, 76-78 </v>
       </c>
       <c r="F73" s="4" t="s">
-        <v>123</v>
+        <v>267</v>
       </c>
       <c r="G73" s="4" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="H73" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I73" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4600 VISE</v>
+        <v>4000 LIEGE</v>
       </c>
       <c r="J73" s="3">
-        <v>4600</v>
+        <v>4000</v>
       </c>
       <c r="K73" s="4" t="s">
-        <v>289</v>
+        <v>245</v>
       </c>
       <c r="L73" s="3">
-        <v>62051</v>
+        <v>62063</v>
       </c>
       <c r="M73" s="4" t="s">
-        <v>201</v>
+        <v>44</v>
       </c>
     </row>
     <row r="74" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A74" s="3">
-        <v>632129</v>
+        <v>632120</v>
       </c>
       <c r="B74" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C74" s="3">
-        <v>542668775</v>
+        <v>460322804</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="E74" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">place du Nord Michel Levie, 22 </v>
+        <v xml:space="preserve">Rue du Papillon, 45 </v>
       </c>
       <c r="F74" s="4" t="s">
-        <v>291</v>
+        <v>270</v>
       </c>
       <c r="G74" s="4" t="s">
-        <v>70</v>
+        <v>105</v>
       </c>
       <c r="H74" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I74" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>6000 Charleroi</v>
+        <v>4100 SERAING</v>
       </c>
       <c r="J74" s="3">
-        <v>6000</v>
+        <v>4100</v>
       </c>
       <c r="K74" s="4" t="s">
-        <v>292</v>
+        <v>76</v>
       </c>
       <c r="L74" s="3">
-        <v>52011</v>
+        <v>62096</v>
       </c>
       <c r="M74" s="4" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
     </row>
     <row r="75" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A75" s="3">
-        <v>632135</v>
+        <v>632122</v>
       </c>
       <c r="B75" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C75" s="3">
-        <v>418658928</v>
+        <v>479209395</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>293</v>
+        <v>271</v>
       </c>
       <c r="E75" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue Defuisseaux, 96 </v>
+        <v xml:space="preserve">Rue Saint-Laurent, 174 </v>
       </c>
       <c r="F75" s="4" t="s">
-        <v>294</v>
+        <v>272</v>
       </c>
       <c r="G75" s="4" t="s">
-        <v>295</v>
+        <v>273</v>
       </c>
       <c r="H75" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I75" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>7333 TERTRE</v>
+        <v>4000 LIEGE</v>
       </c>
       <c r="J75" s="3">
-        <v>7333</v>
+        <v>4000</v>
       </c>
       <c r="K75" s="4" t="s">
-        <v>296</v>
+        <v>245</v>
       </c>
       <c r="L75" s="3">
-        <v>53070</v>
+        <v>62063</v>
       </c>
       <c r="M75" s="4" t="s">
-        <v>188</v>
+        <v>44</v>
       </c>
     </row>
     <row r="76" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A76" s="3">
-        <v>632137</v>
+        <v>632124</v>
       </c>
       <c r="B76" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C76" s="3">
-        <v>434080443</v>
+        <v>874941483</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>297</v>
+        <v>274</v>
       </c>
       <c r="E76" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v>Av. Georges-Truffaut, 18 bte 1</v>
+        <v xml:space="preserve">Rue du Moulin, 65 </v>
       </c>
       <c r="F76" s="4" t="s">
-        <v>298</v>
+        <v>275</v>
       </c>
       <c r="G76" s="4" t="s">
-        <v>88</v>
+        <v>276</v>
       </c>
       <c r="H76" s="4" t="s">
-        <v>299</v>
+        <v>14</v>
       </c>
       <c r="I76" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4020 BRESSOUX</v>
+        <v>4684 HACCOURT</v>
       </c>
       <c r="J76" s="3">
-        <v>4020</v>
+        <v>4684</v>
       </c>
       <c r="K76" s="4" t="s">
-        <v>300</v>
+        <v>277</v>
       </c>
       <c r="L76" s="3">
-        <v>62063</v>
+        <v>62079</v>
       </c>
       <c r="M76" s="4" t="s">
-        <v>44</v>
+        <v>81</v>
       </c>
     </row>
     <row r="77" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A77" s="3">
-        <v>632138</v>
+        <v>632125</v>
       </c>
       <c r="B77" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C77" s="3">
-        <v>409201329</v>
+        <v>415450703</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>301</v>
+        <v>278</v>
       </c>
       <c r="E77" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Place de Ghlin, 19 </v>
+        <v xml:space="preserve">Avenue Wuidar, 79 </v>
       </c>
       <c r="F77" s="4" t="s">
-        <v>302</v>
+        <v>279</v>
       </c>
       <c r="G77" s="4" t="s">
-        <v>112</v>
+        <v>280</v>
       </c>
       <c r="H77" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I77" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>7011 GHLIN</v>
+        <v>4102 Ougrée</v>
       </c>
       <c r="J77" s="3">
-        <v>7011</v>
+        <v>4102</v>
       </c>
       <c r="K77" s="4" t="s">
-        <v>303</v>
+        <v>281</v>
       </c>
       <c r="L77" s="3">
-        <v>53053</v>
+        <v>62096</v>
       </c>
       <c r="M77" s="4" t="s">
-        <v>19</v>
+        <v>76</v>
       </c>
     </row>
     <row r="78" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A78" s="3">
-        <v>632139</v>
+        <v>632126</v>
       </c>
       <c r="B78" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C78" s="3">
-        <v>441372467</v>
+        <v>460362394</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>304</v>
+        <v>282</v>
       </c>
       <c r="E78" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">rue Xhrouet, 10 </v>
+        <v xml:space="preserve">Avenue François Cornesse, 61 </v>
       </c>
       <c r="F78" s="4" t="s">
-        <v>305</v>
+        <v>283</v>
       </c>
       <c r="G78" s="4" t="s">
-        <v>47</v>
+        <v>284</v>
       </c>
       <c r="H78" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I78" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4900 SPA</v>
+        <v>6920 Aywaille</v>
       </c>
       <c r="J78" s="3">
-        <v>4900</v>
+        <v>6920</v>
       </c>
       <c r="K78" s="4" t="s">
-        <v>306</v>
+        <v>285</v>
       </c>
       <c r="L78" s="3">
-        <v>63072</v>
+        <v>62026</v>
       </c>
       <c r="M78" s="4" t="s">
-        <v>306</v>
+        <v>286</v>
       </c>
     </row>
     <row r="79" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A79" s="3">
-        <v>632143</v>
+        <v>632128</v>
       </c>
       <c r="B79" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C79" s="3">
-        <v>460065753</v>
+        <v>424707174</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="E79" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue Xhovémont, 172 </v>
+        <v xml:space="preserve">Rue de la Fontaine, 53 </v>
       </c>
       <c r="F79" s="4" t="s">
-        <v>308</v>
+        <v>123</v>
       </c>
       <c r="G79" s="4" t="s">
-        <v>309</v>
+        <v>288</v>
       </c>
       <c r="H79" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I79" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4000 LIEGE</v>
+        <v>4600 VISE</v>
       </c>
       <c r="J79" s="3">
-        <v>4000</v>
+        <v>4600</v>
       </c>
       <c r="K79" s="4" t="s">
-        <v>245</v>
+        <v>289</v>
       </c>
       <c r="L79" s="3">
-        <v>62063</v>
+        <v>62051</v>
       </c>
       <c r="M79" s="4" t="s">
-        <v>44</v>
+        <v>201</v>
       </c>
     </row>
     <row r="80" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A80" s="3">
-        <v>632144</v>
+        <v>632129</v>
       </c>
       <c r="B80" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C80" s="3">
-        <v>458205432</v>
+        <v>542668775</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>310</v>
+        <v>290</v>
       </c>
       <c r="E80" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue de l'abbaye de Liessies, 2 </v>
+        <v xml:space="preserve">place du Nord Michel Levie, 22 </v>
       </c>
       <c r="F80" s="4" t="s">
-        <v>311</v>
+        <v>291</v>
       </c>
       <c r="G80" s="4" t="s">
-        <v>213</v>
+        <v>70</v>
       </c>
       <c r="H80" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I80" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>6044 ROUX</v>
+        <v>6000 Charleroi</v>
       </c>
       <c r="J80" s="3">
-        <v>6044</v>
+        <v>6000</v>
       </c>
       <c r="K80" s="4" t="s">
-        <v>312</v>
+        <v>292</v>
       </c>
       <c r="L80" s="3">
         <v>52011</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="81" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A81" s="3">
-        <v>632147</v>
+        <v>632135</v>
       </c>
       <c r="B81" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C81" s="3">
-        <v>456157148</v>
+        <v>418658928</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>313</v>
+        <v>293</v>
       </c>
       <c r="E81" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">avenue de la Gare, 88 </v>
+        <v xml:space="preserve">Rue Defuisseaux, 96 </v>
       </c>
       <c r="F81" s="4" t="s">
-        <v>314</v>
+        <v>294</v>
       </c>
       <c r="G81" s="4" t="s">
-        <v>315</v>
+        <v>295</v>
       </c>
       <c r="H81" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I81" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>6990 MELREUX</v>
+        <v>7333 TERTRE</v>
       </c>
       <c r="J81" s="3">
-        <v>6990</v>
+        <v>7333</v>
       </c>
       <c r="K81" s="4" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="L81" s="3">
-        <v>83028</v>
+        <v>53070</v>
       </c>
       <c r="M81" s="4" t="s">
-        <v>317</v>
+        <v>188</v>
       </c>
     </row>
     <row r="82" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A82" s="3">
-        <v>632148</v>
+        <v>632137</v>
       </c>
       <c r="B82" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C82" s="3">
-        <v>446997081</v>
+        <v>434080443</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>318</v>
+        <v>297</v>
       </c>
       <c r="E82" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue du Brutz, 3 </v>
+        <v>Av. Georges-Truffaut, 18 bte 1</v>
       </c>
       <c r="F82" s="4" t="s">
-        <v>319</v>
+        <v>298</v>
       </c>
       <c r="G82" s="4" t="s">
-        <v>152</v>
+        <v>88</v>
       </c>
       <c r="H82" s="4" t="s">
-        <v>14</v>
+        <v>299</v>
       </c>
       <c r="I82" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>6830 BOUILLON</v>
+        <v>4020 BRESSOUX</v>
       </c>
       <c r="J82" s="3">
-        <v>6830</v>
+        <v>4020</v>
       </c>
       <c r="K82" s="4" t="s">
-        <v>320</v>
+        <v>300</v>
       </c>
       <c r="L82" s="3">
-        <v>84010</v>
+        <v>62063</v>
       </c>
       <c r="M82" s="4" t="s">
-        <v>320</v>
+        <v>44</v>
       </c>
     </row>
     <row r="83" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A83" s="3">
-        <v>632149</v>
+        <v>632138</v>
       </c>
       <c r="B83" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C83" s="3">
-        <v>887067473</v>
+        <v>409201329</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>321</v>
+        <v>301</v>
       </c>
       <c r="E83" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">allée des Mélèzes, 13/7 </v>
+        <v xml:space="preserve">Place de Ghlin, 19 </v>
       </c>
       <c r="F83" s="4" t="s">
-        <v>322</v>
+        <v>302</v>
       </c>
       <c r="G83" s="4" t="s">
-        <v>323</v>
+        <v>112</v>
       </c>
       <c r="H83" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I83" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>7000 MONS</v>
+        <v>7011 GHLIN</v>
       </c>
       <c r="J83" s="3">
-        <v>7000</v>
+        <v>7011</v>
       </c>
       <c r="K83" s="4" t="s">
-        <v>19</v>
+        <v>303</v>
       </c>
       <c r="L83" s="3">
         <v>53053</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A84" s="3">
-        <v>632152</v>
+        <v>632139</v>
       </c>
       <c r="B84" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C84" s="3">
-        <v>863787374</v>
+        <v>441372467</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>324</v>
+        <v>304</v>
       </c>
       <c r="E84" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue Saint Roch, 4 </v>
+        <v xml:space="preserve">rue Xhrouet, 10 </v>
       </c>
       <c r="F84" s="4" t="s">
-        <v>325</v>
+        <v>305</v>
       </c>
       <c r="G84" s="4" t="s">
-        <v>116</v>
+        <v>47</v>
       </c>
       <c r="H84" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I84" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>6180 COURCELLES</v>
+        <v>4900 SPA</v>
       </c>
       <c r="J84" s="3">
-        <v>6180</v>
+        <v>4900</v>
       </c>
       <c r="K84" s="4" t="s">
-        <v>39</v>
+        <v>306</v>
       </c>
       <c r="L84" s="3">
-        <v>52015</v>
+        <v>63072</v>
       </c>
       <c r="M84" s="4" t="s">
-        <v>39</v>
+        <v>306</v>
       </c>
     </row>
     <row r="85" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A85" s="3">
-        <v>632153</v>
+        <v>632143</v>
       </c>
       <c r="B85" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C85" s="3">
-        <v>431879038</v>
+        <v>460065753</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>326</v>
+        <v>307</v>
       </c>
       <c r="E85" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue Grande Campagne, 56 </v>
+        <v xml:space="preserve">Rue Xhovémont, 172 </v>
       </c>
       <c r="F85" s="4" t="s">
-        <v>327</v>
+        <v>308</v>
       </c>
       <c r="G85" s="4" t="s">
-        <v>223</v>
+        <v>309</v>
       </c>
       <c r="H85" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I85" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>7301 HORNU</v>
+        <v>4000 LIEGE</v>
       </c>
       <c r="J85" s="3">
-        <v>7301</v>
+        <v>4000</v>
       </c>
       <c r="K85" s="4" t="s">
-        <v>328</v>
+        <v>245</v>
       </c>
       <c r="L85" s="3">
-        <v>53014</v>
+        <v>62063</v>
       </c>
       <c r="M85" s="4" t="s">
-        <v>125</v>
+        <v>44</v>
       </c>
     </row>
     <row r="86" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A86" s="3">
-        <v>632154</v>
+        <v>632144</v>
       </c>
       <c r="B86" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C86" s="3">
-        <v>410901106</v>
+        <v>458205432</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>329</v>
+        <v>310</v>
       </c>
       <c r="E86" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
-        <v xml:space="preserve">Rue Paul Janson, 21 </v>
+        <v xml:space="preserve">Rue de l'abbaye de Liessies, 2 </v>
       </c>
       <c r="F86" s="4" t="s">
-        <v>330</v>
+        <v>311</v>
       </c>
       <c r="G86" s="4" t="s">
-        <v>331</v>
+        <v>213</v>
       </c>
       <c r="H86" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I86" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
-        <v>4800 VERVIERS</v>
+        <v>6044 ROUX</v>
       </c>
       <c r="J86" s="3">
-        <v>4800</v>
+        <v>6044</v>
       </c>
       <c r="K86" s="4" t="s">
-        <v>85</v>
+        <v>312</v>
       </c>
       <c r="L86" s="3">
-        <v>63079</v>
+        <v>52011</v>
       </c>
       <c r="M86" s="4" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="87" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A87" s="3">
-        <v>632157</v>
+        <v>632147</v>
       </c>
       <c r="B87" s="3" t="b">
         <v>1</v>
       </c>
       <c r="C87" s="3">
+        <v>456157148</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="E87" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
+        <v xml:space="preserve">avenue de la Gare, 88 </v>
+      </c>
+      <c r="F87" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="G87" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="H87" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I87" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
+        <v>6990 MELREUX</v>
+      </c>
+      <c r="J87" s="3">
+        <v>6990</v>
+      </c>
+      <c r="K87" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="L87" s="3">
+        <v>83028</v>
+      </c>
+      <c r="M87" s="4" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A88" s="3">
+        <v>632148</v>
+      </c>
+      <c r="B88" s="3" t="b">
+        <v>1</v>
+      </c>
+      <c r="C88" s="3">
+        <v>446997081</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="E88" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
+        <v xml:space="preserve">Rue du Brutz, 3 </v>
+      </c>
+      <c r="F88" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="G88" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="H88" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I88" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
+        <v>6830 BOUILLON</v>
+      </c>
+      <c r="J88" s="3">
+        <v>6830</v>
+      </c>
+      <c r="K88" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="L88" s="3">
+        <v>84010</v>
+      </c>
+      <c r="M88" s="4" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A89" s="3">
+        <v>632149</v>
+      </c>
+      <c r="B89" s="3" t="b">
+        <v>1</v>
+      </c>
+      <c r="C89" s="3">
+        <v>887067473</v>
+      </c>
+      <c r="D89" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="E89" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
+        <v xml:space="preserve">allée des Mélèzes, 13/7 </v>
+      </c>
+      <c r="F89" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="G89" s="4" t="s">
+        <v>323</v>
+      </c>
+      <c r="H89" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I89" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
+        <v>7000 MONS</v>
+      </c>
+      <c r="J89" s="3">
+        <v>7000</v>
+      </c>
+      <c r="K89" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L89" s="3">
+        <v>53053</v>
+      </c>
+      <c r="M89" s="4" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A90" s="3">
+        <v>632152</v>
+      </c>
+      <c r="B90" s="3" t="b">
+        <v>1</v>
+      </c>
+      <c r="C90" s="3">
+        <v>863787374</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="E90" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
+        <v xml:space="preserve">Rue Saint Roch, 4 </v>
+      </c>
+      <c r="F90" s="4" t="s">
+        <v>325</v>
+      </c>
+      <c r="G90" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="H90" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I90" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
+        <v>6180 COURCELLES</v>
+      </c>
+      <c r="J90" s="3">
+        <v>6180</v>
+      </c>
+      <c r="K90" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L90" s="3">
+        <v>52015</v>
+      </c>
+      <c r="M90" s="4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A91" s="3">
+        <v>632153</v>
+      </c>
+      <c r="B91" s="3" t="b">
+        <v>1</v>
+      </c>
+      <c r="C91" s="3">
+        <v>431879038</v>
+      </c>
+      <c r="D91" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="E91" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
+        <v xml:space="preserve">Rue Grande Campagne, 56 </v>
+      </c>
+      <c r="F91" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="G91" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="H91" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I91" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
+        <v>7301 HORNU</v>
+      </c>
+      <c r="J91" s="3">
+        <v>7301</v>
+      </c>
+      <c r="K91" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="L91" s="3">
+        <v>53014</v>
+      </c>
+      <c r="M91" s="4" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A92" s="3">
+        <v>632154</v>
+      </c>
+      <c r="B92" s="3" t="b">
+        <v>1</v>
+      </c>
+      <c r="C92" s="3">
+        <v>410901106</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="E92" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
+        <v xml:space="preserve">Rue Paul Janson, 21 </v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="G92" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="H92" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I92" s="4" t="str">
+        <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
+        <v>4800 VERVIERS</v>
+      </c>
+      <c r="J92" s="3">
+        <v>4800</v>
+      </c>
+      <c r="K92" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L92" s="3">
+        <v>63079</v>
+      </c>
+      <c r="M92" s="4" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="A93" s="3">
+        <v>632157</v>
+      </c>
+      <c r="B93" s="3" t="b">
+        <v>1</v>
+      </c>
+      <c r="C93" s="3">
         <v>460362394</v>
       </c>
-      <c r="D87" s="4" t="s">
+      <c r="D93" s="4" t="s">
         <v>332</v>
       </c>
-      <c r="E87" s="4" t="str">
+      <c r="E93" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRRUE]]&amp;", "&amp;Tableau1[[#This Row],[ORG_ADRNR]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRBOITE]]</f>
         <v xml:space="preserve">Place Delcour, 1 </v>
       </c>
-      <c r="F87" s="4" t="s">
+      <c r="F93" s="4" t="s">
         <v>333</v>
       </c>
-      <c r="G87" s="4" t="s">
+      <c r="G93" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="H87" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I87" s="4" t="str">
+      <c r="H93" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="I93" s="4" t="str">
         <f>Tableau1[[#This Row],[ORG_ADRCP]]&amp;" "&amp;Tableau1[[#This Row],[ORG_ADRLOC]]</f>
         <v>4180 HAMOIR</v>
       </c>
-      <c r="J87" s="3">
+      <c r="J93" s="3">
         <v>4180</v>
       </c>
-      <c r="K87" s="4" t="s">
+      <c r="K93" s="4" t="s">
         <v>334</v>
       </c>
-      <c r="L87" s="3">
+      <c r="L93" s="3">
         <v>61024</v>
       </c>
-      <c r="M87" s="4" t="s">
+      <c r="M93" s="4" t="s">
         <v>334</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="xSB3Ug00sQbsyLAiZ78OEO/k9kLAE/U7B3ObRAEbU0yT2GiK+npthikXxViCkN/kvKLpYFJrjDJSWDluOyjxjg==" saltValue="4S8I3T7j29EbevGiDR/upw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ViuX/zHk1kDrWRAifhdsS/pzBG5CoOc4zIK/oD8OHOvxZz7hXHrNeVfJ54RseWKoWkiJ0tMezBfZk5iVh1XvoA==" saltValue="AziQpJJi7K+4ozbIq6Xe4w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>DH</vt:lpstr>
       <vt:lpstr>DONNEES</vt:lpstr>
-      <vt:lpstr>ANNEE_DH</vt:lpstr>
       <vt:lpstr>CAT_AGREM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>DEGAILLIER Pascal</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Enabled">
-    <vt:lpwstr>True</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_SetDate">
+    <vt:lpwstr>2025-12-09T10:03:10Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_Name">
+    <vt:lpwstr>8903f633-4a78-4eed-bb49-365e45b1f3e8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_SiteId">
     <vt:lpwstr>1f816a84-7aa6-4a56-b22a-7b3452fa8681</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Owner">
-    <vt:lpwstr>pascal.degaillier@spw.wallonie.be</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_ActionId">
+    <vt:lpwstr>c5114c3a-41a8-425c-bfa0-06ebc2884e1c</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_SetDate">
-    <vt:lpwstr>2020-01-07T09:39:14.5059767Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Name">
-[...12 lines deleted...]
-    <vt:lpwstr>Confidentiel</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>