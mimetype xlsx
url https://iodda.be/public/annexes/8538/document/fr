--- v0 (2025-11-08)
+++ v1 (2026-02-04)
@@ -2,136 +2,151 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
-  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\O50401_DiAs\RelSocInsSoc_14\SIS\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://walloniegov-my.sharepoint.com/personal/rodrigue_soyer_spw_wallonie_be/Documents/Bureau/modèles docs/2026/Modèles déf/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9FAD8F93-24BC-4F14-AFBC-66D9F40EB840}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="115" documentId="8_{FB7473ED-ECFD-4A71-A911-25A4B98E358C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FD70E087-AB57-44B2-BACA-C519865CFEDA}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Identification du service" sheetId="1" r:id="rId1"/>
     <sheet name="Validation" sheetId="8" state="hidden" r:id="rId2"/>
     <sheet name="Frais de fonctionnement" sheetId="10" r:id="rId3"/>
     <sheet name="Nature de la recette" sheetId="9" r:id="rId4"/>
     <sheet name="Charges de personnel" sheetId="7" r:id="rId5"/>
     <sheet name="Charges d'amortissements" sheetId="5" r:id="rId6"/>
     <sheet name="Listes" sheetId="11" r:id="rId7"/>
-    <sheet name="DONNEES" sheetId="13" state="hidden" r:id="rId8"/>
+    <sheet name="DONNEES" sheetId="13" r:id="rId8"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId9"/>
   </externalReferences>
   <definedNames>
     <definedName name="Agrément">#REF!</definedName>
     <definedName name="Aide">Validation!$C$2:$C$5</definedName>
     <definedName name="CAT_AGREM">'Identification du service'!$B$7</definedName>
     <definedName name="codification">Validation!$E$2:$E$5</definedName>
     <definedName name="Exercice_budgétaire">'Identification du service'!$B$5</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="4">'Charges de personnel'!$A:$A</definedName>
     <definedName name="Nature_de_la_dépense">Listes!$B$3:$B$63</definedName>
     <definedName name="Nature_de_la_recette">Listes!$E$3:$E$8</definedName>
-    <definedName name="NOMS_ZONE_VISAS">DONNEES!$B$90:$B$90</definedName>
+    <definedName name="NOMS_ZONE_VISAS">DONNEES!#REF!</definedName>
     <definedName name="Numéros">[1]Coordonnées!$A$1:$A$28</definedName>
     <definedName name="paiement">Validation!$D$2:$D$4</definedName>
     <definedName name="Référence_PCMN" localSheetId="3">Listes!$D$3:$D$8</definedName>
     <definedName name="Référence_PCMN">'Frais de fonctionnement'!$P$3:$P$64</definedName>
     <definedName name="Reponse">Validation!$B$2:$B$3</definedName>
     <definedName name="sexe">Validation!$A$2:$A$3</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'Charges d''amortissements'!$A$2:$M$42</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'Charges de personnel'!$A$1:$R$18</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Frais de fonctionnement'!$A$1:$L$30</definedName>
   </definedNames>
-  <calcPr calcId="191028"/>
+  <calcPr calcId="191029"/>
   <extLst>
-    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
-[...1 lines deleted...]
-    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
-        <xcalcf:feature name="microsoft.com:LET_WF"/>
-[...1 lines deleted...]
-        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="A2" i="9" l="1"/>
+  <c r="A3" i="9"/>
+  <c r="A4" i="9"/>
+  <c r="A5" i="9"/>
+  <c r="A6" i="9"/>
+  <c r="A7" i="9"/>
+  <c r="A8" i="9"/>
+  <c r="A9" i="9"/>
+  <c r="A10" i="9"/>
+  <c r="G94" i="13" l="1"/>
+  <c r="K94" i="13"/>
+  <c r="K58" i="13"/>
+  <c r="G120" i="10"/>
+  <c r="F13" i="9"/>
+  <c r="G29" i="13"/>
   <c r="G54" i="13" l="1"/>
   <c r="K54" i="13"/>
   <c r="F2" i="13" l="1"/>
   <c r="G2" i="13"/>
   <c r="K2" i="13"/>
-  <c r="B8" i="1" l="1"/>
+  <c r="B13" i="1" l="1"/>
+  <c r="B12" i="1"/>
+  <c r="B11" i="1"/>
+  <c r="B8" i="1"/>
   <c r="K3" i="13"/>
   <c r="K4" i="13"/>
   <c r="K5" i="13"/>
   <c r="K6" i="13"/>
   <c r="K7" i="13"/>
   <c r="K8" i="13"/>
   <c r="K9" i="13"/>
   <c r="K10" i="13"/>
   <c r="K11" i="13"/>
   <c r="K12" i="13"/>
   <c r="K13" i="13"/>
   <c r="K14" i="13"/>
   <c r="K15" i="13"/>
   <c r="K16" i="13"/>
   <c r="K17" i="13"/>
   <c r="K18" i="13"/>
   <c r="K19" i="13"/>
   <c r="K20" i="13"/>
   <c r="K21" i="13"/>
   <c r="K22" i="13"/>
   <c r="K23" i="13"/>
   <c r="K24" i="13"/>
   <c r="K25" i="13"/>
   <c r="K26" i="13"/>
   <c r="K27" i="13"/>
@@ -142,289 +157,223 @@
   <c r="K32" i="13"/>
   <c r="K33" i="13"/>
   <c r="K34" i="13"/>
   <c r="K35" i="13"/>
   <c r="K36" i="13"/>
   <c r="K37" i="13"/>
   <c r="K38" i="13"/>
   <c r="K39" i="13"/>
   <c r="K40" i="13"/>
   <c r="K41" i="13"/>
   <c r="K42" i="13"/>
   <c r="K43" i="13"/>
   <c r="K44" i="13"/>
   <c r="K45" i="13"/>
   <c r="K46" i="13"/>
   <c r="K47" i="13"/>
   <c r="K48" i="13"/>
   <c r="K49" i="13"/>
   <c r="K50" i="13"/>
   <c r="K51" i="13"/>
   <c r="K52" i="13"/>
   <c r="K53" i="13"/>
   <c r="K55" i="13"/>
   <c r="K56" i="13"/>
   <c r="K57" i="13"/>
-  <c r="K58" i="13"/>
-[...5 lines deleted...]
-  <c r="K64" i="13"/>
   <c r="K65" i="13"/>
   <c r="K66" i="13"/>
   <c r="K67" i="13"/>
   <c r="K68" i="13"/>
   <c r="K69" i="13"/>
   <c r="K70" i="13"/>
   <c r="K71" i="13"/>
   <c r="K72" i="13"/>
   <c r="K73" i="13"/>
   <c r="K74" i="13"/>
   <c r="K75" i="13"/>
   <c r="K76" i="13"/>
   <c r="K77" i="13"/>
   <c r="K78" i="13"/>
   <c r="K79" i="13"/>
   <c r="K80" i="13"/>
   <c r="K81" i="13"/>
   <c r="K82" i="13"/>
   <c r="K83" i="13"/>
   <c r="K84" i="13"/>
   <c r="K85" i="13"/>
+  <c r="K86" i="13"/>
+  <c r="K87" i="13"/>
+  <c r="K88" i="13"/>
+  <c r="K89" i="13"/>
+  <c r="K90" i="13"/>
+  <c r="K91" i="13"/>
+  <c r="K92" i="13"/>
+  <c r="K93" i="13"/>
   <c r="G3" i="13"/>
   <c r="G4" i="13"/>
   <c r="G5" i="13"/>
   <c r="G6" i="13"/>
   <c r="G7" i="13"/>
   <c r="G8" i="13"/>
   <c r="G9" i="13"/>
   <c r="G10" i="13"/>
   <c r="G11" i="13"/>
   <c r="G12" i="13"/>
   <c r="G13" i="13"/>
   <c r="G14" i="13"/>
   <c r="G15" i="13"/>
   <c r="G16" i="13"/>
   <c r="G17" i="13"/>
   <c r="G18" i="13"/>
   <c r="G19" i="13"/>
   <c r="G20" i="13"/>
   <c r="G21" i="13"/>
   <c r="G22" i="13"/>
   <c r="G23" i="13"/>
   <c r="G24" i="13"/>
   <c r="G25" i="13"/>
   <c r="G26" i="13"/>
   <c r="G27" i="13"/>
   <c r="G28" i="13"/>
-  <c r="G29" i="13"/>
   <c r="G30" i="13"/>
   <c r="G31" i="13"/>
   <c r="G32" i="13"/>
   <c r="G33" i="13"/>
   <c r="G34" i="13"/>
   <c r="G35" i="13"/>
   <c r="G36" i="13"/>
   <c r="G37" i="13"/>
   <c r="G38" i="13"/>
   <c r="G39" i="13"/>
   <c r="G40" i="13"/>
   <c r="G41" i="13"/>
   <c r="G42" i="13"/>
   <c r="G43" i="13"/>
   <c r="G44" i="13"/>
   <c r="G45" i="13"/>
   <c r="G46" i="13"/>
   <c r="G47" i="13"/>
   <c r="G48" i="13"/>
   <c r="G49" i="13"/>
   <c r="G50" i="13"/>
   <c r="G51" i="13"/>
   <c r="G52" i="13"/>
   <c r="G53" i="13"/>
   <c r="G55" i="13"/>
   <c r="G56" i="13"/>
   <c r="G57" i="13"/>
   <c r="G58" i="13"/>
-  <c r="G59" i="13"/>
-[...4 lines deleted...]
-  <c r="G64" i="13"/>
   <c r="G65" i="13"/>
   <c r="G66" i="13"/>
   <c r="G67" i="13"/>
   <c r="G68" i="13"/>
   <c r="G69" i="13"/>
   <c r="G70" i="13"/>
   <c r="G71" i="13"/>
   <c r="G72" i="13"/>
   <c r="G73" i="13"/>
   <c r="G74" i="13"/>
   <c r="G75" i="13"/>
   <c r="G76" i="13"/>
   <c r="G77" i="13"/>
   <c r="G78" i="13"/>
   <c r="G79" i="13"/>
   <c r="G80" i="13"/>
   <c r="G81" i="13"/>
   <c r="G82" i="13"/>
   <c r="G83" i="13"/>
   <c r="G84" i="13"/>
   <c r="G85" i="13"/>
-  <c r="A3" i="10" l="1"/>
-[...7 lines deleted...]
-  <c r="A10" i="9"/>
+  <c r="G86" i="13"/>
+  <c r="G87" i="13"/>
+  <c r="G88" i="13"/>
+  <c r="G89" i="13"/>
+  <c r="G90" i="13"/>
+  <c r="G91" i="13"/>
+  <c r="G92" i="13"/>
+  <c r="G93" i="13"/>
+  <c r="B10" i="1" l="1"/>
+  <c r="B9" i="1"/>
   <c r="A11" i="9"/>
   <c r="A12" i="9"/>
-  <c r="A2" i="9"/>
-[...79 lines deleted...]
-  <c r="A120" i="10"/>
+  <c r="A3" i="10" l="1"/>
   <c r="A4" i="10"/>
   <c r="A5" i="10"/>
   <c r="A6" i="10"/>
   <c r="A7" i="10"/>
   <c r="A8" i="10"/>
   <c r="A9" i="10"/>
   <c r="A10" i="10"/>
   <c r="A11" i="10"/>
   <c r="A12" i="10"/>
   <c r="A13" i="10"/>
   <c r="A14" i="10"/>
   <c r="A15" i="10"/>
   <c r="A16" i="10"/>
   <c r="A17" i="10"/>
   <c r="A18" i="10"/>
   <c r="A19" i="10"/>
   <c r="A20" i="10"/>
   <c r="A21" i="10"/>
   <c r="A22" i="10"/>
   <c r="A23" i="10"/>
   <c r="A24" i="10"/>
   <c r="A25" i="10"/>
   <c r="A26" i="10"/>
   <c r="A27" i="10"/>
   <c r="A28" i="10"/>
   <c r="A29" i="10"/>
   <c r="A30" i="10"/>
   <c r="A31" i="10"/>
   <c r="A32" i="10"/>
   <c r="A33" i="10"/>
   <c r="A34" i="10"/>
   <c r="A35" i="10"/>
   <c r="A36" i="10"/>
   <c r="A37" i="10"/>
   <c r="A38" i="10"/>
   <c r="A39" i="10"/>
   <c r="A40" i="10"/>
+  <c r="A41" i="10"/>
+  <c r="A42" i="10"/>
+  <c r="A43" i="10"/>
+  <c r="A44" i="10"/>
+  <c r="A45" i="10"/>
+  <c r="A46" i="10"/>
+  <c r="A47" i="10"/>
+  <c r="A48" i="10"/>
+  <c r="A49" i="10"/>
+  <c r="A50" i="10"/>
+  <c r="A51" i="10"/>
+  <c r="A52" i="10"/>
+  <c r="A53" i="10"/>
+  <c r="A54" i="10"/>
+  <c r="A55" i="10"/>
+  <c r="A56" i="10"/>
+  <c r="A57" i="10"/>
+  <c r="A58" i="10"/>
+  <c r="A59" i="10"/>
   <c r="L43" i="5" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>DGO5 - SWERTS Delphine</author>
     <author>DEFECHE CHRISTOPHE</author>
   </authors>
   <commentList>
     <comment ref="F2" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Si ticket de caisse, indiquer "LC" pour livre de caisse</t>
         </r>
         <r>
           <rPr>
@@ -835,2143 +784,2276 @@
             <family val="2"/>
           </rPr>
           <t>frais exposés pour l'organisation des ateliers de cuisine, de bricolage, de peinture, ...</t>
         </r>
       </text>
     </comment>
     <comment ref="B56" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0600-000005000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>précompte immobilier, taxes immondices, ...</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="959" uniqueCount="687">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1014" uniqueCount="730">
+  <si>
+    <t>Numéro d’agrément :</t>
+  </si>
+  <si>
+    <t>Référence
+PCMN</t>
+  </si>
+  <si>
+    <t>Nature de la dépense</t>
+  </si>
+  <si>
+    <t>Nom du fournisseur</t>
+  </si>
+  <si>
+    <t>Date de la facture</t>
+  </si>
+  <si>
+    <t>Numéro de la facture</t>
+  </si>
+  <si>
+    <t>Montant de la facture</t>
+  </si>
+  <si>
+    <t>Montant imputé à la subvention</t>
+  </si>
+  <si>
+    <t>Mode de paiement</t>
+  </si>
+  <si>
+    <t>Nom</t>
+  </si>
+  <si>
+    <t>Prénom</t>
+  </si>
+  <si>
+    <t>Données relatives à l'institution subventionnée</t>
+  </si>
+  <si>
+    <t>Sexe</t>
+  </si>
+  <si>
+    <t>Date de paiement</t>
+  </si>
+  <si>
+    <t>Charges locatives et entretiens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Location de matériel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Petit entretien/Réparation de construction</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Petit entretien/Réparation de matériel et de mobilier</t>
+  </si>
+  <si>
+    <t>Fournitures</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Eau/Gaz/Electricité</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Chauffage</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Produits d'entretien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Livres et documentation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Imprimés et fournitures de bureau</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Fournitures informatiques</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Frais de photocopies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Petit matériel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Frais de cafétéria</t>
+  </si>
+  <si>
+    <t>Rétributions de tiers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Honoraires Avocats</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Autres honoraires</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Secrétariat social</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Service de nettoyage</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Assurance incendie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Assurance vol</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Assurance responsabilité civile</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Autres assurances</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Formations</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Autres rétributions de tiers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Honoraires Reviseur/Expert-Comptable</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Honoraires Notaire</t>
+  </si>
+  <si>
+    <t>Transports et frais y afférents</t>
+  </si>
+  <si>
+    <t>Promotion des activités développées</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Brochures informatives</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Frais de publicité (pages jaunes, ...)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Participation aux foires et expositions</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Cotisations</t>
+  </si>
+  <si>
+    <t>PTT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Téléphone, Fax, Gsm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Internet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Frais postaux</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Autres frais de PTT</t>
+  </si>
+  <si>
+    <t>Personnel intérimaire et personnes mises à la disposition de l'association</t>
+  </si>
+  <si>
+    <t>Amortissements, réductions de valeur et provisions pour risques et charges</t>
+  </si>
+  <si>
+    <t>Autres charges d'exploitation</t>
+  </si>
+  <si>
+    <t>Charges fiscales d'exploitation</t>
+  </si>
+  <si>
+    <t>Charges financières</t>
+  </si>
+  <si>
+    <t>Charges des dettes</t>
+  </si>
+  <si>
+    <t>Intérêts, commissions et frais afférents aux dettes</t>
+  </si>
+  <si>
+    <t>657-659</t>
+  </si>
+  <si>
+    <t>Charges financières diverses</t>
+  </si>
+  <si>
+    <t>Frais bancaires</t>
+  </si>
+  <si>
+    <t>Numéro national</t>
+  </si>
+  <si>
+    <t>Référence extrait de compte ou livre de caisse</t>
+  </si>
+  <si>
+    <t>Nature de la recette</t>
+  </si>
+  <si>
+    <t>Travailleur 1</t>
+  </si>
+  <si>
+    <t>Travailleur 2</t>
+  </si>
+  <si>
+    <t>Travailleur 3</t>
+  </si>
+  <si>
+    <t>Travailleur 4</t>
+  </si>
+  <si>
+    <t>Données relatives
+au personnel émargeant
+à la subvention</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Autres fournitures diverses </t>
+  </si>
+  <si>
+    <t>Autres</t>
+  </si>
+  <si>
+    <t>Référence   PCMN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONTANT TOTAL DÉJÀ AMORTI(EXERCICES ANTERIEURS) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">NUMERO  FACTURE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DATE  FACTURE </t>
+  </si>
+  <si>
+    <t>POURCENTAGE PRIS
+EN CONSIDERATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DUREE DE
+L'AMORTISSEMEMENT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAUX DE
+L'AMORTISSEMENT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">ANNEE DU PREMIER
+AMORTISSEMENT </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MONTANT AMORTISSEMENT
+POUR L'EXERCICE EN COURS </t>
+  </si>
+  <si>
+    <t>Féminin</t>
+  </si>
+  <si>
+    <t>Masculin</t>
+  </si>
+  <si>
+    <t>Réponse</t>
+  </si>
+  <si>
+    <t>Oui</t>
+  </si>
+  <si>
+    <t>Non</t>
+  </si>
+  <si>
+    <t>Aide</t>
+  </si>
+  <si>
+    <t>APE</t>
+  </si>
+  <si>
+    <t>Maribel</t>
+  </si>
+  <si>
+    <t>PTP</t>
+  </si>
+  <si>
+    <t>Ref_pcmn</t>
+  </si>
+  <si>
+    <t>Dep_nature</t>
+  </si>
+  <si>
+    <t>Dep_nomfrs</t>
+  </si>
+  <si>
+    <t>Dep_datefacture</t>
+  </si>
+  <si>
+    <t>Dep_numfacture</t>
+  </si>
+  <si>
+    <t>_Dep_montfacture</t>
+  </si>
+  <si>
+    <t>Dep_montsubv</t>
+  </si>
+  <si>
+    <t>Dep_modepmt</t>
+  </si>
+  <si>
+    <t>Dep_datepmt</t>
+  </si>
+  <si>
+    <t>Dep_refextrait</t>
+  </si>
+  <si>
+    <t>Dep_remarques</t>
+  </si>
+  <si>
+    <t>Id_personnel</t>
+  </si>
+  <si>
+    <t>Id_nom</t>
+  </si>
+  <si>
+    <t>Id_prenom</t>
+  </si>
+  <si>
+    <t>Id_nn</t>
+  </si>
+  <si>
+    <t>Id_regimew</t>
+  </si>
+  <si>
+    <t>Id_repartition</t>
+  </si>
+  <si>
+    <t>Paiement</t>
+  </si>
+  <si>
+    <t>Virement</t>
+  </si>
+  <si>
+    <t>Liquide (caisse)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Location de construction</t>
+  </si>
+  <si>
+    <t>Travailleur 5</t>
+  </si>
+  <si>
+    <t>Travailleur 6</t>
+  </si>
+  <si>
+    <t>Travailleur 7</t>
+  </si>
+  <si>
+    <t>Travailleur 8</t>
+  </si>
+  <si>
+    <t>Travailleur 9</t>
+  </si>
+  <si>
+    <t>Travailleur 10</t>
+  </si>
+  <si>
+    <t>Travailleur 11</t>
+  </si>
+  <si>
+    <t>Travailleur 12</t>
+  </si>
+  <si>
+    <t>Travailleur 13</t>
+  </si>
+  <si>
+    <t>Travailleur 14</t>
+  </si>
+  <si>
+    <t>Travailleur 15</t>
+  </si>
+  <si>
+    <t>Travailleur 16</t>
+  </si>
+  <si>
+    <t>Travailleur 17</t>
+  </si>
+  <si>
+    <t>Travailleur 18</t>
+  </si>
+  <si>
+    <t>Travailleur 19</t>
+  </si>
+  <si>
+    <t>Travailleur 20</t>
+  </si>
+  <si>
+    <t>Travailleur 21</t>
+  </si>
+  <si>
+    <t>Travailleur 22</t>
+  </si>
+  <si>
+    <t>Travailleur 23</t>
+  </si>
+  <si>
+    <t>Travailleur 24</t>
+  </si>
+  <si>
+    <t>Travailleur 25</t>
+  </si>
+  <si>
+    <t>Travailleur 26</t>
+  </si>
+  <si>
+    <t>Travailleur 27</t>
+  </si>
+  <si>
+    <t>Travailleur 28</t>
+  </si>
+  <si>
+    <t>Travailleur 29</t>
+  </si>
+  <si>
+    <t>Travailleur 30</t>
+  </si>
+  <si>
+    <t>Travailleur 31</t>
+  </si>
+  <si>
+    <t>Travailleur 32</t>
+  </si>
+  <si>
+    <t>Travailleur 33</t>
+  </si>
+  <si>
+    <t>Travailleur 34</t>
+  </si>
+  <si>
+    <t>Travailleur 35</t>
+  </si>
+  <si>
+    <t>Travailleur 36</t>
+  </si>
+  <si>
+    <t>Travailleur 37</t>
+  </si>
+  <si>
+    <t>Travailleur 38</t>
+  </si>
+  <si>
+    <t>Travailleur 39</t>
+  </si>
+  <si>
+    <t>Travailleur 40</t>
+  </si>
+  <si>
+    <t>Travailleur 41</t>
+  </si>
+  <si>
+    <t>Travailleur 42</t>
+  </si>
+  <si>
+    <t>Travailleur 43</t>
+  </si>
+  <si>
+    <t>Travailleur 44</t>
+  </si>
+  <si>
+    <t>Travailleur 45</t>
+  </si>
+  <si>
+    <t>Travailleur 46</t>
+  </si>
+  <si>
+    <t>Travailleur 47</t>
+  </si>
+  <si>
+    <t>Travailleur 48</t>
+  </si>
+  <si>
+    <t>Travailleur 49</t>
+  </si>
+  <si>
+    <t>Travailleur 50</t>
+  </si>
+  <si>
+    <t>Travailleur 51</t>
+  </si>
+  <si>
+    <t>Travailleur 52</t>
+  </si>
+  <si>
+    <t>Travailleur 53</t>
+  </si>
+  <si>
+    <t>Travailleur 54</t>
+  </si>
+  <si>
+    <t>Travailleur 55</t>
+  </si>
+  <si>
+    <t>Travailleur 56</t>
+  </si>
+  <si>
+    <t>Travailleur 57</t>
+  </si>
+  <si>
+    <t>Travailleur 58</t>
+  </si>
+  <si>
+    <t>Travailleur 59</t>
+  </si>
+  <si>
+    <t>Travailleur 60</t>
+  </si>
+  <si>
+    <t>Travailleur 61</t>
+  </si>
+  <si>
+    <t>Travailleur 62</t>
+  </si>
+  <si>
+    <t>Travailleur 63</t>
+  </si>
+  <si>
+    <t>Travailleur 64</t>
+  </si>
+  <si>
+    <t>Travailleur 65</t>
+  </si>
+  <si>
+    <t>Travailleur 66</t>
+  </si>
+  <si>
+    <t>Travailleur 67</t>
+  </si>
+  <si>
+    <t>Travailleur 68</t>
+  </si>
+  <si>
+    <t>Travailleur 69</t>
+  </si>
+  <si>
+    <t>Travailleur 70</t>
+  </si>
+  <si>
+    <t>Travailleur 71</t>
+  </si>
+  <si>
+    <t>Travailleur 72</t>
+  </si>
+  <si>
+    <t>Travailleur 73</t>
+  </si>
+  <si>
+    <t>Travailleur 74</t>
+  </si>
+  <si>
+    <t>Travailleur 75</t>
+  </si>
+  <si>
+    <t>Travailleur 76</t>
+  </si>
+  <si>
+    <t>Travailleur 77</t>
+  </si>
+  <si>
+    <t>Travailleur 78</t>
+  </si>
+  <si>
+    <t>Travailleur 79</t>
+  </si>
+  <si>
+    <t>Travailleur 80</t>
+  </si>
+  <si>
+    <t>Travailleur 81</t>
+  </si>
+  <si>
+    <t>Travailleur 82</t>
+  </si>
+  <si>
+    <t>Travailleur 83</t>
+  </si>
+  <si>
+    <t>Travailleur 84</t>
+  </si>
+  <si>
+    <t>Travailleur 85</t>
+  </si>
+  <si>
+    <t>Travailleur 86</t>
+  </si>
+  <si>
+    <t>Travailleur 87</t>
+  </si>
+  <si>
+    <t>Travailleur 88</t>
+  </si>
+  <si>
+    <t>Travailleur 89</t>
+  </si>
+  <si>
+    <t>Travailleur 90</t>
+  </si>
+  <si>
+    <t>Travailleur 91</t>
+  </si>
+  <si>
+    <t>Travailleur 92</t>
+  </si>
+  <si>
+    <t>Travailleur 93</t>
+  </si>
+  <si>
+    <t>Travailleur 94</t>
+  </si>
+  <si>
+    <t>Travailleur 95</t>
+  </si>
+  <si>
+    <t>Travailleur 96</t>
+  </si>
+  <si>
+    <t>Travailleur 97</t>
+  </si>
+  <si>
+    <t>Travailleur 98</t>
+  </si>
+  <si>
+    <t>Travailleur 99</t>
+  </si>
+  <si>
+    <t>Travailleur 100</t>
+  </si>
+  <si>
+    <t>Codification</t>
+  </si>
+  <si>
+    <t>10 : Matériel</t>
+  </si>
+  <si>
+    <t>11 : Matériel informatique</t>
+  </si>
+  <si>
+    <t>20 : Mobilier</t>
+  </si>
+  <si>
+    <t>30 : Matériel roulant</t>
+  </si>
+  <si>
+    <t>Amts_Refpcmn</t>
+  </si>
+  <si>
+    <t>Amts_frs</t>
+  </si>
+  <si>
+    <t>Amts_numfact</t>
+  </si>
+  <si>
+    <t>Amts_datefact</t>
+  </si>
+  <si>
+    <t>Amts_pourcentage</t>
+  </si>
+  <si>
+    <t>Amts_duree</t>
+  </si>
+  <si>
+    <t>Amts_tauxamts</t>
+  </si>
+  <si>
+    <t>Amts_1eanneamts</t>
+  </si>
+  <si>
+    <t>Amts_montamorti</t>
+  </si>
+  <si>
+    <t>Amts_montant_N</t>
+  </si>
+  <si>
+    <t>Agent traitant :</t>
+  </si>
+  <si>
+    <t>Services et biens divers</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Location de mobilier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Honoraires généralistes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Honoraires animateurs</t>
+  </si>
+  <si>
+    <t>Provisions pour dons et legs avec droit de reprise</t>
+  </si>
+  <si>
+    <t>Provisions à caractère financier</t>
+  </si>
+  <si>
+    <t>Charges exceptionnelles portées à l'actif au titre de frais de restructuration</t>
+  </si>
+  <si>
+    <t>Participation des usagers</t>
+  </si>
+  <si>
+    <t>Contribution des membres</t>
+  </si>
+  <si>
+    <t>Autres subventions perçues Fédération Wallonie-Bruxelles</t>
+  </si>
+  <si>
+    <t>Autres subventions perçues Fédéral</t>
+  </si>
+  <si>
+    <t>Autres subventions perçues Wallonie</t>
+  </si>
+  <si>
+    <t>Autres subventions perçues Autres pouvoirs subsidiants</t>
+  </si>
+  <si>
+    <t>Sous-traitants</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Autres charges locatives et entretiens</t>
+  </si>
+  <si>
+    <t>Rémunérations, primes pour assurances extra-légale, pensions de retraite et de survie des administrateurs,
+gérants et associés actifs qui ne sont pas attribuées en vertu d'un contrat de travail</t>
+  </si>
+  <si>
+    <t>Maribel social</t>
+  </si>
+  <si>
+    <t>Id_maribel</t>
+  </si>
+  <si>
+    <t>Id_APE</t>
+  </si>
+  <si>
+    <t>Id_PTP</t>
+  </si>
+  <si>
+    <t>SUBVENTIONS RECUES D'UNE AUTRE AUTORITE POUR L'ACQUISITION</t>
+  </si>
+  <si>
+    <t>Amts_subv</t>
+  </si>
+  <si>
+    <t>NOM DU FOURNISSEUR :</t>
+  </si>
+  <si>
+    <t>Id_remun_empl</t>
+  </si>
+  <si>
+    <t>Id_ONSS</t>
+  </si>
+  <si>
+    <t>Id_ass_RC</t>
+  </si>
+  <si>
+    <t>Id_servmed</t>
+  </si>
+  <si>
+    <t>Id_Abonsociaux</t>
+  </si>
+  <si>
+    <t>Cotisations ONSS</t>
+  </si>
+  <si>
+    <t>Assurance accident loi - RC</t>
+  </si>
+  <si>
+    <t>Service médical</t>
+  </si>
+  <si>
+    <t>Abonnements sociaux</t>
+  </si>
+  <si>
+    <t>Dep_Docinterne</t>
+  </si>
+  <si>
+    <t>Numéro interne du document</t>
+  </si>
+  <si>
+    <t>Paiment éléctronique</t>
+  </si>
+  <si>
+    <t>Remarques et commentaires</t>
+  </si>
+  <si>
+    <t>Id_chqrepas</t>
+  </si>
+  <si>
+    <t>Chèques repas</t>
+  </si>
+  <si>
+    <t>Dépenses liées aux bénévoles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      Frais d'activités</t>
+  </si>
+  <si>
+    <t>Exercice budgétaire :</t>
+  </si>
+  <si>
+    <t>Amts_bam</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIEN A AMORTIR </t>
+  </si>
+  <si>
+    <t>Amts_valacq</t>
+  </si>
+  <si>
+    <t>VALEUR D'ACQUISITION DU BIEN</t>
+  </si>
+  <si>
+    <t>Régime de travail
+(heures/
+semaine)</t>
+  </si>
+  <si>
+    <t>Répartition du temps de travail
+(heures/
+semaine)</t>
+  </si>
+  <si>
+    <t>Rémunérations travailleurs</t>
+  </si>
+  <si>
+    <t>Id_remarques</t>
+  </si>
+  <si>
+    <t>Id_periodew_in</t>
+  </si>
+  <si>
+    <t>Id_periodew_out</t>
+  </si>
+  <si>
+    <t>Période de travail
+(début - du …)</t>
+  </si>
+  <si>
+    <t>Période de travail
+(fin - au …)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montant </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Date </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nom </t>
+  </si>
+  <si>
+    <t>BE88 0011 4498 2441</t>
+  </si>
+  <si>
+    <t>BE51 0012 3285 6862</t>
+  </si>
+  <si>
+    <t>BE63 7775 9871 6008</t>
+  </si>
+  <si>
+    <t>BE11 0910 0332 9048</t>
+  </si>
+  <si>
+    <t>BE73 0014 5119 3960</t>
+  </si>
+  <si>
+    <t>BE35 7765 9913 3937</t>
+  </si>
+  <si>
+    <t>BE02 7322 0421 3040</t>
+  </si>
+  <si>
+    <t>BE04 0682 2320 7131</t>
+  </si>
+  <si>
+    <t>BE69 0003 2511 3078</t>
+  </si>
+  <si>
+    <t>BE86 5230 8028 4450</t>
+  </si>
+  <si>
+    <t>BE23 0682 4529 0391</t>
+  </si>
+  <si>
+    <t>BE05 8002 2453 5375</t>
+  </si>
+  <si>
+    <t>BE22 0682 0306 1847</t>
+  </si>
+  <si>
+    <t>BE67 3631 2898 5687</t>
+  </si>
+  <si>
+    <t>BE80 0014 7363 1777</t>
+  </si>
+  <si>
+    <t>BE06 0682 2298 3122</t>
+  </si>
+  <si>
+    <t>BE29 7995 2835 5564</t>
+  </si>
+  <si>
+    <t>BE62 0014 8333 0161</t>
+  </si>
+  <si>
+    <t>BE48 0682 3909 5327</t>
+  </si>
+  <si>
+    <t>BE20 2500 0505 0856</t>
+  </si>
+  <si>
+    <t>BE56 0910 1758 2388</t>
+  </si>
+  <si>
+    <t>BE03 0682 4259 3084</t>
+  </si>
+  <si>
+    <t>LIEGE</t>
+  </si>
+  <si>
+    <t>NIVELLES</t>
+  </si>
+  <si>
+    <t>CHARLEROI</t>
+  </si>
+  <si>
+    <t>HANNUT</t>
+  </si>
+  <si>
+    <t>MALMEDY</t>
+  </si>
+  <si>
+    <t>SERAING</t>
+  </si>
+  <si>
+    <t>HACCOURT</t>
+  </si>
+  <si>
+    <t>GHLIN</t>
+  </si>
+  <si>
+    <t>SPA</t>
+  </si>
+  <si>
+    <t>BOUILLON</t>
+  </si>
+  <si>
+    <t>MONS</t>
+  </si>
+  <si>
+    <t>HORNU</t>
+  </si>
+  <si>
+    <t>VERVIERS</t>
+  </si>
+  <si>
+    <t>ROUX</t>
+  </si>
+  <si>
+    <t>HOTTON</t>
+  </si>
+  <si>
+    <t>COURCELLES</t>
+  </si>
   <si>
     <t>SPW IAS
 Département de l'Action sociale
 Direction de l'Action sociale</t>
   </si>
   <si>
-    <t>Agent traitant :</t>
+    <t>BE78 0910 0097 5786</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de FLEMALLE</t>
+  </si>
+  <si>
+    <t>Rue de la Vieille Fosse</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>FLEMALLE</t>
+  </si>
+  <si>
+    <t>BE16 0910 0096 4874</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Mons</t>
+  </si>
+  <si>
+    <t>Chemin de la Procession</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>BE69 0910 0100 4078</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Marche-en-Famenne</t>
+  </si>
+  <si>
+    <t>Boulevard du midi</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>MARCHE-EN-FAMENNE</t>
+  </si>
+  <si>
+    <t>BE72 0910 0096 8716</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de CHIMAY "Coup de Pouce"</t>
+  </si>
+  <si>
+    <t>Rue de Boulers</t>
+  </si>
+  <si>
+    <t>Chimay</t>
+  </si>
+  <si>
+    <t>CHIMAY</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de SOIGNIES</t>
+  </si>
+  <si>
+    <t>Chée de Braine</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>SOIGNIES</t>
+  </si>
+  <si>
+    <t>BE72 0910 0095 9016</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de ECAUSSINNES</t>
+  </si>
+  <si>
+    <t>Rue de la Marlière</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>ECAUSSINNES</t>
+  </si>
+  <si>
+    <t>BE10 0910 0095 7804</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de COURCELLES</t>
+  </si>
+  <si>
+    <t>Rue Churchill</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>BE70 0910 0097 9325</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Liège "Ferme de la Vache"</t>
+  </si>
+  <si>
+    <t>Rue Pierreuse</t>
+  </si>
+  <si>
+    <t>113/117</t>
+  </si>
+  <si>
+    <t>Liège</t>
+  </si>
+  <si>
+    <t>LIÈGE</t>
+  </si>
+  <si>
+    <t>BE60 0910 0096 4470</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Manage</t>
+  </si>
+  <si>
+    <t>Rue du vivier</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Manage</t>
+  </si>
+  <si>
+    <t>MANAGE</t>
+  </si>
+  <si>
+    <t>BE55 0910 0097 1544</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Amay</t>
+  </si>
+  <si>
+    <t>Allée du Rivage</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>2a</t>
+  </si>
+  <si>
+    <t>AMAY</t>
+  </si>
+  <si>
+    <t>BE82 0910 0095 4568</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de CHAPELLE-LEZ-HERLAIMONT</t>
+  </si>
+  <si>
+    <t>Place de L'église</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>CHAPELLE-LEZ-HERLAIMONT</t>
+  </si>
+  <si>
+    <t>BE86 0910 0096 2450</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de La Louvière "Ateliers citoyens"</t>
+  </si>
+  <si>
+    <t>Place de la Concorde</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>LA LOUVIERE</t>
+  </si>
+  <si>
+    <t>LA LOUVIÈRE</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de La Louvière "Développement personnel"</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Liège "Maison de la Citoyenneté"</t>
+  </si>
+  <si>
+    <t>Rue Général Bertrand</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>BE37 0910 0100 8728</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de EGHEZEE</t>
+  </si>
+  <si>
+    <t>Rue du Saiwiat</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>EGHEZEE</t>
+  </si>
+  <si>
+    <t>BE38 0910 0098 4072</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Seraing</t>
+  </si>
+  <si>
+    <t>Rue Val Saint Lambert</t>
+  </si>
+  <si>
+    <t>101-103</t>
+  </si>
+  <si>
+    <t>Seraing</t>
+  </si>
+  <si>
+    <t>BE73 0910 0098 2860</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Oupeye "Maison de quartier"</t>
+  </si>
+  <si>
+    <t>Rue fût voie</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>Vivegnis</t>
+  </si>
+  <si>
+    <t>OUPEYE</t>
+  </si>
+  <si>
+    <t>BE89 0910 0983 1785</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Verviers "Ateliers du mieux-être"</t>
+  </si>
+  <si>
+    <t>Rue de Pepinster</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>BE79 0910 0096 0733</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de FLEURUS</t>
+  </si>
+  <si>
+    <t>Rue Ferrer</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>WANFERCEE-BAULET</t>
+  </si>
+  <si>
+    <t>FLEURUS</t>
+  </si>
+  <si>
+    <t>BE49 0910 0095 4871</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Charleroi "Espace Citoyen de Marchienne Docherie"</t>
+  </si>
+  <si>
+    <t>rue Jean Ester</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>MARCHIENNE-DOCHERIE</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Charleroi "Espace Citoyen de Charleroi-Porte Ouest"</t>
+  </si>
+  <si>
+    <t>rue de la Providence</t>
+  </si>
+  <si>
+    <t>MARCHIENNE-AU-PONT</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Charleroi "Espace Citoyen de Dampremy"</t>
+  </si>
+  <si>
+    <t>Place du Crawhay</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>DAMPREMY</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Charleroi "Passage 45"</t>
+  </si>
+  <si>
+    <t>rue Marie Danse</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>BE73 0910 0097 3160</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de BLEGNY</t>
+  </si>
+  <si>
+    <t>Rue de la Station</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>BLEGNY</t>
+  </si>
+  <si>
+    <t>BE40 0910 0095 4063</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de BRAINE-LE-COMTE</t>
+  </si>
+  <si>
+    <t>Rue des Frères Dulait</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>BRAINE-LE-COMTE</t>
+  </si>
+  <si>
+    <t>BE79 0910 0100 9233</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de FLORENNES</t>
+  </si>
+  <si>
+    <t>Rue Jean-Baptiste Degrange</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>FLORENNES</t>
+  </si>
+  <si>
+    <t>BE86 0910 1229 2050</t>
+  </si>
+  <si>
+    <t>D.E.F.I.T.S.</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>TELLIN</t>
+  </si>
+  <si>
+    <t>BE62 0910 0095 3861</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de BOUSSU</t>
+  </si>
+  <si>
+    <t>Rue de la Fontaine</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>BOUSSU</t>
+  </si>
+  <si>
+    <t>BE36 0910 0095 5881</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de CHÂTELET</t>
+  </si>
+  <si>
+    <t>Rue du Beau Moulin</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>CHATELET</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Liège "Maison Carrefour"</t>
+  </si>
+  <si>
+    <t>Rue du Martyr</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>BE84 0910 0097 3059</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Beyne-Heusay</t>
+  </si>
+  <si>
+    <t>Rue Joseph Leclercq</t>
+  </si>
+  <si>
+    <t>BEYNE-HEUSAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BE02 0910 0096 1440 </t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Frameries "Framaction"</t>
+  </si>
+  <si>
+    <t>Rue du Chapitre</t>
+  </si>
+  <si>
+    <t>FRAMERIES</t>
+  </si>
+  <si>
+    <t>BE93 0910 0097 3867</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de CHAUDFONTAINE</t>
+  </si>
+  <si>
+    <t>Rue des combattants</t>
+  </si>
+  <si>
+    <t>CHAUDFONTAINE</t>
+  </si>
+  <si>
+    <t>BE08 0910 0098 7813</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Waremme "PEPS"</t>
+  </si>
+  <si>
+    <t>Rue Sous-le-Château</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>WAREMME</t>
+  </si>
+  <si>
+    <t>BE64 0910 1050 7452</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Arlon</t>
+  </si>
+  <si>
+    <t>Rue Godefroid Kurth</t>
+  </si>
+  <si>
+    <t>2/i</t>
+  </si>
+  <si>
+    <t>ARLON</t>
+  </si>
+  <si>
+    <t>BE24 0910 0096 1238</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de FONTAINE L'EVEQUE</t>
+  </si>
+  <si>
+    <t>Place Cornille</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>FONTAINE-L'EVEQUE</t>
+  </si>
+  <si>
+    <t>BE53 0910 0098 2153</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Marchin</t>
+  </si>
+  <si>
+    <t>Rue E. Vandervelde</t>
+  </si>
+  <si>
+    <t>6a</t>
+  </si>
+  <si>
+    <t>MARCHIN</t>
+  </si>
+  <si>
+    <t>BE32 0910 0095 7602</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Colfontaine</t>
+  </si>
+  <si>
+    <t>place de Pâturages</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>PATURAGES</t>
+  </si>
+  <si>
+    <t>COLFONTAINE</t>
+  </si>
+  <si>
+    <t>BE91 0910 0098 4476</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Soumagne "La maison 88"</t>
+  </si>
+  <si>
+    <t>Rue de la siroperie</t>
+  </si>
+  <si>
+    <t>7/1</t>
+  </si>
+  <si>
+    <t>SOUMAGNE</t>
+  </si>
+  <si>
+    <t>BE71 0910 0100 3169</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de HOUFFALIZE "L'@rchipel"</t>
+  </si>
+  <si>
+    <t>Rue de Schaerbeek</t>
+  </si>
+  <si>
+    <t>18-20</t>
+  </si>
+  <si>
+    <t>HOUFFALIZE</t>
+  </si>
+  <si>
+    <t>BE31 0910 0101 1455</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Namur</t>
+  </si>
+  <si>
+    <t>Avenue Jean Materne</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>JAMBES</t>
+  </si>
+  <si>
+    <t>NAMUR</t>
+  </si>
+  <si>
+    <t>BE81 0910 0095 0124</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de ATH</t>
+  </si>
+  <si>
+    <t>Bld. de l'Hôpital</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>ATH</t>
+  </si>
+  <si>
+    <t>BE47 0910 0097 5180</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de ESNEUX "La balle au bond"</t>
+  </si>
+  <si>
+    <t>Place du souvenir</t>
+  </si>
+  <si>
+    <t>TILFF</t>
+  </si>
+  <si>
+    <t>ESNEUX</t>
+  </si>
+  <si>
+    <t>BE52 0910 0096 8009</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Saint-Ghislain</t>
+  </si>
+  <si>
+    <t>Rue Pètre</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Baudour</t>
+  </si>
+  <si>
+    <t>SAINT-GHISLAIN</t>
+  </si>
+  <si>
+    <t>BE94 0910 0100 7314</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de SAMBREVILLE</t>
+  </si>
+  <si>
+    <t>Rue Sainte Barbe</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>TAMINES</t>
+  </si>
+  <si>
+    <t>SAMBREVILLE</t>
+  </si>
+  <si>
+    <t>BE88 0910 0101 0041</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Gembloux</t>
+  </si>
+  <si>
+    <t>rue Chapelle Marion</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>GEMBLOUX</t>
+  </si>
+  <si>
+    <t>BE96 0910 0097 7305</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Herstal "Chrysalide"</t>
+  </si>
+  <si>
+    <t>Rue du Doyard</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>HERSTAL</t>
+  </si>
+  <si>
+    <t>BE16 0910 1270 1874</t>
+  </si>
+  <si>
+    <t>Intégra plus</t>
+  </si>
+  <si>
+    <t>Chainrue</t>
+  </si>
+  <si>
+    <t>BARVAUX-SUR-OURTHE</t>
+  </si>
+  <si>
+    <t>DURBUY</t>
+  </si>
+  <si>
+    <t>BE98 0910 0096 6793</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Péruwelz</t>
+  </si>
+  <si>
+    <t>rue des chaufours</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>PERUWELZ</t>
+  </si>
+  <si>
+    <t>PÉRUWELZ</t>
+  </si>
+  <si>
+    <t>BE32 0910 0100 6102</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Virton</t>
+  </si>
+  <si>
+    <t>rue des combattants</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>VIRTON</t>
+  </si>
+  <si>
+    <t>BE34 0910 0097 6190</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Fléron</t>
+  </si>
+  <si>
+    <t>Rue A. Marganne</t>
+  </si>
+  <si>
+    <t>FLERON</t>
+  </si>
+  <si>
+    <t>BE25 0910 0098 5082</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Sprimont</t>
+  </si>
+  <si>
+    <t>Rue du Centre</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>Sprimont</t>
+  </si>
+  <si>
+    <t>SPRIMONT</t>
+  </si>
+  <si>
+    <t>BE20 0910 0089 5156</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Nivelles "Activation"</t>
+  </si>
+  <si>
+    <t>Rue Samiette</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>BE57 0910 0097 0635</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Thuin "Chrysalide"</t>
+  </si>
+  <si>
+    <t>Dreve des Allies</t>
+  </si>
+  <si>
+    <t>THUIN</t>
+  </si>
+  <si>
+    <t>BE24 0910 0090 3038</t>
+  </si>
+  <si>
+    <t>S.I.S. du C.P.A.S. de Tubize</t>
+  </si>
+  <si>
+    <t>rue des Frères Taymans</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>TUBIZE</t>
+  </si>
+  <si>
+    <t>Le Rebond - GABS</t>
+  </si>
+  <si>
+    <t>Rue Haute</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>SPY</t>
+  </si>
+  <si>
+    <t>JEMEPPE-SUR-SAMBRE</t>
+  </si>
+  <si>
+    <t>Bâtissons Notre Avenir</t>
+  </si>
+  <si>
+    <t>rue Puits-en-Sock</t>
+  </si>
+  <si>
+    <t>86-88</t>
+  </si>
+  <si>
+    <t>BE03 3401 8363 5384</t>
+  </si>
+  <si>
+    <t>Ouvre-Boîtes</t>
+  </si>
+  <si>
+    <t>Rue aux Souris</t>
+  </si>
+  <si>
+    <t>Solidarités Nouvelles</t>
+  </si>
+  <si>
+    <t>Place du prieuré</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Jumet</t>
+  </si>
+  <si>
+    <t>BE64 0341 9519 5152</t>
+  </si>
+  <si>
+    <t>Collectif Logement - maison de la Solidarité</t>
+  </si>
+  <si>
+    <t>Rue Zénobe Gramme</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Steel Coal</t>
+  </si>
+  <si>
+    <t>Chée W.Churchill</t>
+  </si>
+  <si>
+    <t>Montegnée</t>
+  </si>
+  <si>
+    <t>Couleur Café</t>
+  </si>
+  <si>
+    <t>Rue Jean-Hubert Cavens</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>Toudi Boudji</t>
+  </si>
+  <si>
+    <t>Rue de Charleville</t>
+  </si>
+  <si>
+    <t>36c</t>
+  </si>
+  <si>
+    <t>Revers</t>
+  </si>
+  <si>
+    <t>Rue Maghin</t>
+  </si>
+  <si>
+    <t>76-78</t>
+  </si>
+  <si>
+    <t>FORM'ANIM</t>
+  </si>
+  <si>
+    <t>Rue du Papillon</t>
+  </si>
+  <si>
+    <t>Amon Nos Hôtes</t>
+  </si>
+  <si>
+    <t>Rue Saint-Laurent</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>RaCYNes</t>
+  </si>
+  <si>
+    <t>Rue du Moulin</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>Téléservice Seraing</t>
+  </si>
+  <si>
+    <t>Avenue Wuidar</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>Ougrée</t>
+  </si>
+  <si>
+    <t>La Teignouse Aywaille</t>
+  </si>
+  <si>
+    <t>Avenue François Cornesse</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>Aywaille</t>
+  </si>
+  <si>
+    <t>COMBLAIN-AU-PONT</t>
+  </si>
+  <si>
+    <t>L'Elan - "Les Cramignon"</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>VISE</t>
+  </si>
+  <si>
+    <t>Némésis Charleroi</t>
+  </si>
+  <si>
+    <t>place du Nord Michel Levie</t>
+  </si>
+  <si>
+    <t>Charleroi</t>
+  </si>
+  <si>
+    <t>Sac à Dos</t>
+  </si>
+  <si>
+    <t>Rue Defuisseaux</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>TERTRE</t>
+  </si>
+  <si>
+    <t>Tremplin</t>
+  </si>
+  <si>
+    <t>Av. Georges-Truffaut</t>
+  </si>
+  <si>
+    <t>bte 1</t>
+  </si>
+  <si>
+    <t>BRESSOUX</t>
+  </si>
+  <si>
+    <t>Entraide-Ghlin</t>
+  </si>
+  <si>
+    <t>Place de Ghlin</t>
+  </si>
+  <si>
+    <t>Les Hirondelles</t>
+  </si>
+  <si>
+    <t>rue Xhrouet</t>
+  </si>
+  <si>
+    <t>Eclat de rire</t>
+  </si>
+  <si>
+    <t>Rue Xhovémont</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>BE52 6511 6113 6709</t>
+  </si>
+  <si>
+    <t>La Rochelle</t>
+  </si>
+  <si>
+    <t>Rue de l'abbaye de Liessies</t>
+  </si>
+  <si>
+    <t>BE68 0011 0451 3334</t>
+  </si>
+  <si>
+    <t>Miroir Vagabond</t>
+  </si>
+  <si>
+    <t>avenue de la Gare</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>MELREUX</t>
+  </si>
+  <si>
+    <t>La Source</t>
+  </si>
+  <si>
+    <t>Rue du Brutz</t>
+  </si>
+  <si>
+    <t>Accesport+</t>
+  </si>
+  <si>
+    <t>allée des Mélèzes</t>
+  </si>
+  <si>
+    <t>13/7</t>
+  </si>
+  <si>
+    <t>Entraide de Courcelles</t>
+  </si>
+  <si>
+    <t>Rue Saint Roch</t>
+  </si>
+  <si>
+    <t>BE22 0682 0673 8147</t>
+  </si>
+  <si>
+    <t>Carrefour social service</t>
+  </si>
+  <si>
+    <t>Rue Grande Campagne</t>
+  </si>
+  <si>
+    <t>BE23 0017 4601 8891</t>
+  </si>
+  <si>
+    <t>Brin de Causette - Téléservice de Verviers</t>
+  </si>
+  <si>
+    <t>Rue Paul Janson</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>La Teignouse Hamoir</t>
+  </si>
+  <si>
+    <t>Place Delcour</t>
+  </si>
+  <si>
+    <t>HAMOIR</t>
+  </si>
+  <si>
+    <t>Adresse:</t>
+  </si>
+  <si>
+    <t>Dénomination:</t>
+  </si>
+  <si>
+    <t>Numéro BCE :</t>
+  </si>
+  <si>
+    <t>Numéro IBAN :</t>
   </si>
   <si>
     <t>Téléphone :</t>
   </si>
   <si>
-    <t>Récapitulatif des dépenses en matière de subventions octroyées en application du Code wallon de l’action sociale et de la santé, partie décrétale, articles 48 à 65</t>
-[...851 lines deleted...]
-    <t>Autres subventions perçues Autres pouvoirs subsidiants</t>
+    <t>6</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>14</t>
   </si>
   <si>
     <t>N° AGR</t>
   </si>
   <si>
-    <t>2</t>
-[...40 lines deleted...]
-  <si>
     <t>Sélection</t>
   </si>
   <si>
-    <t>BE78 0910 0097 5786</t>
-[...727 lines deleted...]
-  <si>
     <t>BE67 0910 0096 6187</t>
   </si>
   <si>
     <t>S.I.S. - C.P.A.S. de Mouscron</t>
   </si>
   <si>
     <t>Avenue Royale</t>
   </si>
   <si>
     <t>Mouscron</t>
   </si>
   <si>
     <t>MOUSCRON</t>
   </si>
   <si>
-    <t>BE25 0910 0098 5082</t>
-[...410 lines deleted...]
-    <t>ANNEE</t>
+    <t>BE54091000967197</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Quaregnon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue Jules Destrée, 352 </t>
+  </si>
+  <si>
+    <t>7390 QUAREGNON</t>
+  </si>
+  <si>
+    <t>QUAREGNON</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Comines-Warneton</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Bernissart</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Binche</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S. de Wanze</t>
+  </si>
+  <si>
+    <t>S.I.S. - C.P.A.S de Vielsalm</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue de Ten-Brielen(COM), 160 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue Joseph Wauters(BLA), 10 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue de la Triperie(BIN), 16 </t>
+  </si>
+  <si>
+    <t>Chaussée de Wavre, 39</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rue des Combattants, 5 </t>
+  </si>
+  <si>
+    <t>Comines-Warneton</t>
+  </si>
+  <si>
+    <t>Bernissart</t>
+  </si>
+  <si>
+    <t>Binche</t>
+  </si>
+  <si>
+    <t>Wanze</t>
+  </si>
+  <si>
+    <t>VIELSALM</t>
+  </si>
+  <si>
+    <t>7780 Comines-Warneton</t>
+  </si>
+  <si>
+    <t>7321 Bernissart</t>
+  </si>
+  <si>
+    <t>7130 Binche</t>
+  </si>
+  <si>
+    <t>4520 Wanze</t>
+  </si>
+  <si>
+    <t>6690 VIELSALM</t>
+  </si>
+  <si>
+    <t>BE21091000957703</t>
+  </si>
+  <si>
+    <t>BE42091000953154</t>
+  </si>
+  <si>
+    <t>BE31091000953255</t>
+  </si>
+  <si>
+    <t>BE19091000987712</t>
+  </si>
+  <si>
+    <t>BE54091001005997</t>
+  </si>
+  <si>
+    <t>Numéro ID :</t>
   </si>
   <si>
     <t>Rodrigue SOYER</t>
   </si>
   <si>
-    <t>081 32 37 76</t>
+    <t>081 323636</t>
+  </si>
+  <si>
+    <t>Service d'insertion sociale 
+Récapitulatif des dépenses en matière de subventions octroyées en application du Code wallon de l’action sociale et de la santé, partie décrétale, articles 48 à 65</t>
+  </si>
+  <si>
+    <t>REMARQUES IMPORTANTES</t>
+  </si>
+  <si>
+    <t>1. Ce tableau doit être adressé en format PDF et excel au SPW IAS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2. Les pièces justificatives (et notamment les comptes individuels) accompagnant le décompte récapitulatif doivent être lisibles. Elles seront accompagnées d'une note explicative lorsque les montants des pièces justificatives ne sont pas directement identifiables dans le présent décompte. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="6">
+  <numFmts count="9">
+    <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="##&quot;.&quot;##&quot;.&quot;##\-###&quot;.&quot;##"/>
     <numFmt numFmtId="165" formatCode="h&quot; h &quot;mm;@"/>
     <numFmt numFmtId="166" formatCode="#,##0.00_ ;[Red]\-#,##0.00\ "/>
     <numFmt numFmtId="167" formatCode="d/mm/yyyy;@"/>
     <numFmt numFmtId="168" formatCode="0000000000"/>
     <numFmt numFmtId="169" formatCode="0000000"/>
+    <numFmt numFmtId="170" formatCode="_-* #,##0.00\ [$€-40C]_-;\-* #,##0.00\ [$€-40C]_-;_-* &quot;-&quot;??\ [$€-40C]_-;_-@_-"/>
+    <numFmt numFmtId="171" formatCode="_-* #,##0.00\ [$€-80C]_-;\-* #,##0.00\ [$€-80C]_-;_-* &quot;-&quot;??\ [$€-80C]_-;_-@_-"/>
   </numFmts>
-  <fonts count="29" x14ac:knownFonts="1">
+  <fonts count="34" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -3092,124 +3174,156 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
-      <color indexed="8"/>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Century Gothic"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="0"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="28">
+  <borders count="29">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -3534,58 +3648,69 @@
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="22"/>
       </left>
       <right style="thin">
         <color indexed="22"/>
       </right>
       <top style="thin">
         <color indexed="22"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="29" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="122">
+  <cellXfs count="159">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
@@ -3640,58 +3765,50 @@
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
-      <protection locked="0"/>
-[...6 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="15" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -3835,177 +3952,247 @@
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="167" fontId="11" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="167" fontId="11" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="25" fillId="5" borderId="26" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="5" borderId="26" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="25" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="26" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="169" fontId="25" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="26" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="27" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="27" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="168" fontId="25" fillId="0" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="26" fillId="0" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="27" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="27" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="169" fontId="25" fillId="0" borderId="27" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="170" fontId="11" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="170" fontId="30" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="30" fillId="4" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="49" fontId="33" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="168" fontId="26" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="26" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="26" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="170" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="44" fontId="11" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Insatisfaisant" xfId="1" builtinId="27"/>
+    <cellStyle name="Monétaire" xfId="3" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal_DONNEES" xfId="3" xr:uid="{DB46ADFF-49A1-429A-B082-8321C2155225}"/>
     <cellStyle name="Normal_Feuil1" xfId="2" xr:uid="{7CBC8982-D02F-45A0-809B-0F3B51B5ECF8}"/>
   </cellStyles>
-  <dxfs count="22">
-[...36 lines deleted...]
-    </dxf>
+  <dxfs count="20">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color indexed="8"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
@@ -4649,51 +4836,51 @@
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="8"/>
         </left>
         <right style="thin">
           <color indexed="8"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1736471</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>759706</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Image 2">
           <a:extLst>
@@ -4728,89 +4915,224 @@
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="http://socialsante.wallonie.be/O50401_DiAs/TransversalDirection_99/GestionDirection/Cellule%20IS/Processus/GTcontr&#244;ler/GT%20contr&#244;ler%20CSS/Decompte%20recapitulatif%20Modele%20CSS_0.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Identification du service"/>
       <sheetName val="Charges de personnel"/>
       <sheetName val="Validation"/>
       <sheetName val="Coordonnées"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
-      <sheetData sheetId="3"/>
+      <sheetData sheetId="3">
+        <row r="1">
+          <cell r="A1" t="str">
+            <v>Agrément</v>
+          </cell>
+        </row>
+        <row r="2">
+          <cell r="A2">
+            <v>4005</v>
+          </cell>
+        </row>
+        <row r="3">
+          <cell r="A3">
+            <v>4013</v>
+          </cell>
+        </row>
+        <row r="4">
+          <cell r="A4">
+            <v>4015</v>
+          </cell>
+        </row>
+        <row r="5">
+          <cell r="A5">
+            <v>4016</v>
+          </cell>
+        </row>
+        <row r="6">
+          <cell r="A6">
+            <v>4018</v>
+          </cell>
+        </row>
+        <row r="7">
+          <cell r="A7">
+            <v>4022</v>
+          </cell>
+        </row>
+        <row r="8">
+          <cell r="A8">
+            <v>4032</v>
+          </cell>
+        </row>
+        <row r="9">
+          <cell r="A9">
+            <v>4034</v>
+          </cell>
+        </row>
+        <row r="10">
+          <cell r="A10">
+            <v>4042</v>
+          </cell>
+        </row>
+        <row r="11">
+          <cell r="A11">
+            <v>4043</v>
+          </cell>
+        </row>
+        <row r="12">
+          <cell r="A12">
+            <v>4045</v>
+          </cell>
+        </row>
+        <row r="13">
+          <cell r="A13">
+            <v>4053</v>
+          </cell>
+        </row>
+        <row r="14">
+          <cell r="A14">
+            <v>4057</v>
+          </cell>
+        </row>
+        <row r="15">
+          <cell r="A15">
+            <v>4059</v>
+          </cell>
+        </row>
+        <row r="16">
+          <cell r="A16">
+            <v>4063</v>
+          </cell>
+        </row>
+        <row r="17">
+          <cell r="A17">
+            <v>4064</v>
+          </cell>
+        </row>
+        <row r="18">
+          <cell r="A18">
+            <v>4065</v>
+          </cell>
+        </row>
+        <row r="19">
+          <cell r="A19">
+            <v>4067</v>
+          </cell>
+        </row>
+        <row r="20">
+          <cell r="A20">
+            <v>4068</v>
+          </cell>
+        </row>
+        <row r="21">
+          <cell r="A21">
+            <v>4069</v>
+          </cell>
+        </row>
+        <row r="22">
+          <cell r="A22">
+            <v>4070</v>
+          </cell>
+        </row>
+        <row r="23">
+          <cell r="A23">
+            <v>4071</v>
+          </cell>
+        </row>
+        <row r="24">
+          <cell r="A24">
+            <v>4072</v>
+          </cell>
+        </row>
+        <row r="25">
+          <cell r="A25">
+            <v>4073</v>
+          </cell>
+        </row>
+        <row r="26">
+          <cell r="A26">
+            <v>4074</v>
+          </cell>
+        </row>
+        <row r="27">
+          <cell r="A27">
+            <v>4075</v>
+          </cell>
+        </row>
+        <row r="28">
+          <cell r="A28">
+            <v>4076</v>
+          </cell>
+        </row>
+      </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+</file>
+
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D7FF0A56-5B5C-4C95-A735-982102FF4CC5}" name="Tableau1" displayName="Tableau1" ref="A1:O85" totalsRowShown="0" headerRowDxfId="21" dataDxfId="19" headerRowBorderDxfId="20" tableBorderDxfId="18" totalsRowBorderDxfId="17">
-  <autoFilter ref="A1:O85" xr:uid="{47540699-30BA-4DE9-8817-668D01DFC17E}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D7FF0A56-5B5C-4C95-A735-982102FF4CC5}" name="Tableau1" displayName="Tableau1" ref="A1:O94" totalsRowShown="0" headerRowDxfId="19" dataDxfId="17" headerRowBorderDxfId="18" tableBorderDxfId="16" totalsRowBorderDxfId="15">
+  <autoFilter ref="A1:O94" xr:uid="{47540699-30BA-4DE9-8817-668D01DFC17E}"/>
   <tableColumns count="15">
-    <tableColumn id="1" xr3:uid="{758BB968-3B9D-4D06-91D1-34C99D06EC63}" name="N° AGR" dataDxfId="16"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{99A03FE5-EEA8-4899-956C-2F492108E17A}" name="7" dataDxfId="10">
+    <tableColumn id="1" xr3:uid="{758BB968-3B9D-4D06-91D1-34C99D06EC63}" name="N° AGR" dataDxfId="14"/>
+    <tableColumn id="2" xr3:uid="{CAFC0E15-3854-4B02-8186-26631CCA1F2F}" name="2" dataDxfId="13"/>
+    <tableColumn id="3" xr3:uid="{3C7668CC-0C9C-4A48-8E30-95C2EAD11650}" name="3" dataDxfId="12"/>
+    <tableColumn id="4" xr3:uid="{BAEC8668-34A4-41DB-BDF3-2CCB2E139C92}" name="4" dataDxfId="11"/>
+    <tableColumn id="5" xr3:uid="{F08A0793-5A50-4F8D-814C-6C3EC7686EBA}" name="5" dataDxfId="10"/>
+    <tableColumn id="6" xr3:uid="{65BFB540-9E0D-430B-88DF-718E51F89470}" name="6" dataDxfId="9"/>
+    <tableColumn id="7" xr3:uid="{99A03FE5-EEA8-4899-956C-2F492108E17A}" name="7" dataDxfId="8">
       <calculatedColumnFormula>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="8" xr3:uid="{5C830560-C12A-4C84-811C-8876E0D25D77}" name="8" dataDxfId="9"/>
-[...2 lines deleted...]
-    <tableColumn id="11" xr3:uid="{6190EDD8-99BF-491F-B3E4-9835AE85BF29}" name="11" dataDxfId="6">
+    <tableColumn id="8" xr3:uid="{5C830560-C12A-4C84-811C-8876E0D25D77}" name="8" dataDxfId="7"/>
+    <tableColumn id="9" xr3:uid="{BA271B5F-1ECD-4AC2-AF7A-E3EB43DC960E}" name="9" dataDxfId="6"/>
+    <tableColumn id="10" xr3:uid="{4CB438C9-E497-4C75-B931-8245223905FA}" name="10" dataDxfId="5"/>
+    <tableColumn id="11" xr3:uid="{6190EDD8-99BF-491F-B3E4-9835AE85BF29}" name="11" dataDxfId="4">
       <calculatedColumnFormula>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</calculatedColumnFormula>
     </tableColumn>
-    <tableColumn id="12" xr3:uid="{4BDA0B15-21F5-4578-8338-D777F30CCE8C}" name="12" dataDxfId="5"/>
-[...12 lines deleted...]
-    <tableColumn id="1" xr3:uid="{90B8B5D7-5DE1-4DF3-AA66-5D96A88ECC9B}" name="ANNEE" dataDxfId="0"/>
+    <tableColumn id="12" xr3:uid="{4BDA0B15-21F5-4578-8338-D777F30CCE8C}" name="12" dataDxfId="3"/>
+    <tableColumn id="13" xr3:uid="{04650968-EED0-4CAB-B110-229C2374D6D5}" name="13" dataDxfId="2"/>
+    <tableColumn id="14" xr3:uid="{B4704875-F081-44B7-9BFD-1735BCAD3548}" name="14" dataDxfId="1"/>
+    <tableColumn id="15" xr3:uid="{551191B8-3FE3-4F4A-B261-4BF931AC8A0A}" name="15" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -5086,11274 +5408,11884 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil2"/>
-  <dimension ref="A1:D47"/>
+  <dimension ref="A1:E18"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D4" sqref="D4"/>
+    <sheetView tabSelected="1" topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="3" width="28.6640625" customWidth="1"/>
     <col min="4" max="4" width="19.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      </c>
+    <row r="1" spans="1:5" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="153" t="s">
+        <v>317</v>
+      </c>
+      <c r="B1" s="154"/>
+      <c r="C1" s="154"/>
+    </row>
+    <row r="2" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B2" t="s">
-        <v>685</v>
-[...18 lines deleted...]
-    <row r="5" spans="1:4" x14ac:dyDescent="0.3">
+        <v>222</v>
+      </c>
+      <c r="C2" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B3" t="s">
+        <v>680</v>
+      </c>
+      <c r="C3" s="97" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="69.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="155" t="s">
+        <v>726</v>
+      </c>
+      <c r="B4" s="156"/>
+      <c r="C4" s="157"/>
+      <c r="D4" s="108"/>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>263</v>
       </c>
       <c r="B5" s="114">
         <v>2025</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:5" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
-        <v>6</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+        <v>0</v>
+      </c>
+      <c r="B7" s="109" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="6" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="B8" s="121" t="str">
+        <v>677</v>
+      </c>
+      <c r="B8" s="158" t="str">
         <f>VLOOKUP(CAT_AGREM,Tableau1[],6)</f>
-        <v>Le Rebond - GABS</v>
-[...26 lines deleted...]
-      </c>
+        <v xml:space="preserve"> - </v>
+      </c>
+      <c r="C8" s="158"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A9" s="152" t="s">
+        <v>676</v>
+      </c>
+      <c r="B9" s="152" t="str">
+        <f>VLOOKUP(CAT_AGREM,Tableau1[],7)</f>
+        <v xml:space="preserve">,  </v>
+      </c>
+      <c r="C9" s="152"/>
+      <c r="E9" s="96"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A10" s="152"/>
+      <c r="B10" s="152" t="str">
+        <f>VLOOKUP(CAT_AGREM,Tableau1[],11)</f>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="C10" s="152"/>
+      <c r="E10" s="96"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A11" t="s">
+        <v>678</v>
+      </c>
+      <c r="B11" s="112">
+        <f>VLOOKUP(CAT_AGREM,Tableau1[],3)</f>
+        <v>0</v>
+      </c>
+      <c r="C11" s="113"/>
+      <c r="D11" s="113"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A12" t="s">
+        <v>679</v>
+      </c>
+      <c r="B12">
+        <f>VLOOKUP(CAT_AGREM,Tableau1[],4)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A13" t="s">
+        <v>723</v>
+      </c>
+      <c r="B13" s="110">
+        <f>VLOOKUP(CAT_AGREM,Tableau1[],5)</f>
+        <v>0</v>
+      </c>
+      <c r="C13" s="111"/>
+      <c r="D13" s="111"/>
+    </row>
+    <row r="14" spans="1:5" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="1"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A16" s="150" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A17" s="107" t="s">
+        <v>728</v>
+      </c>
+      <c r="B17" s="107"/>
+      <c r="C17" s="107"/>
+    </row>
+    <row r="18" spans="1:3" ht="144" x14ac:dyDescent="0.3">
+      <c r="A18" s="151" t="s">
+        <v>729</v>
+      </c>
+      <c r="B18" s="107"/>
+      <c r="C18" s="107"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
-  <mergeCells count="3">
+  <mergeCells count="6">
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="A9:A10"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="B8:C8"/>
   </mergeCells>
-  <dataValidations xWindow="577" yWindow="363" count="1">
-[...3 lines deleted...]
-  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LDécompte récapitulatif pour les services d'insertion sociale  -  &amp;A</oddHeader>
   </headerFooter>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="577" yWindow="363" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5383BEC6-872D-44AF-99D7-B9AE613B834B}">
           <x14:formula1>
-            <xm:f>DONNEES!$A$2:$A$85</xm:f>
+            <xm:f>DONNEES!$A$2:$A$93</xm:f>
           </x14:formula1>
           <xm:sqref>B7</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil7"/>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="3" max="3" width="16.109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="21.6640625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A1" s="34" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B1" s="34" t="s">
-        <v>9</v>
+        <v>83</v>
       </c>
       <c r="C1" s="36" t="s">
-        <v>10</v>
+        <v>86</v>
       </c>
       <c r="D1" s="36" t="s">
-        <v>11</v>
+        <v>107</v>
       </c>
       <c r="E1" s="36" t="s">
-        <v>12</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="31" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="B2" s="37" t="s">
-        <v>14</v>
+        <v>84</v>
       </c>
       <c r="C2" s="33" t="s">
-        <v>15</v>
+        <v>87</v>
       </c>
       <c r="D2" s="33" t="s">
-        <v>16</v>
+        <v>108</v>
       </c>
       <c r="E2" s="33" t="s">
-        <v>17</v>
+        <v>208</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" s="32" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="B3" s="35" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="C3" s="29" t="s">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="D3" s="29" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="E3" s="29" t="s">
-        <v>22</v>
+        <v>209</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="C4" s="29" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="D4" s="30" t="s">
-        <v>24</v>
+        <v>257</v>
       </c>
       <c r="E4" s="29" t="s">
-        <v>25</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="C5" s="30" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="E5" s="30" t="s">
-        <v>27</v>
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection password="CBEB" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Y120"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScale="90" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+      <selection activeCell="A3" sqref="A3:B63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.109375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="67" style="6" customWidth="1"/>
-    <col min="3" max="12" width="18.6640625" style="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="9" width="18.6640625" style="17" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="23.109375" style="17" customWidth="1"/>
+    <col min="11" max="12" width="18.6640625" style="17" bestFit="1" customWidth="1"/>
     <col min="13" max="15" width="11.44140625" style="16"/>
     <col min="16" max="16" width="10.109375" style="6" customWidth="1"/>
     <col min="17" max="17" width="67" style="6" customWidth="1"/>
     <col min="18" max="25" width="11.44140625" style="16"/>
     <col min="26" max="16384" width="11.44140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="42" t="s">
-[...39 lines deleted...]
-        <v>29</v>
+      <c r="A1" s="40" t="s">
+        <v>90</v>
+      </c>
+      <c r="B1" s="40" t="s">
+        <v>91</v>
+      </c>
+      <c r="C1" s="74" t="s">
+        <v>255</v>
+      </c>
+      <c r="D1" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="E1" s="41" t="s">
+        <v>93</v>
+      </c>
+      <c r="F1" s="41" t="s">
+        <v>94</v>
+      </c>
+      <c r="G1" s="41" t="s">
+        <v>95</v>
+      </c>
+      <c r="H1" s="41" t="s">
+        <v>96</v>
+      </c>
+      <c r="I1" s="41" t="s">
+        <v>97</v>
+      </c>
+      <c r="J1" s="41" t="s">
+        <v>98</v>
+      </c>
+      <c r="K1" s="41" t="s">
+        <v>99</v>
+      </c>
+      <c r="L1" s="41" t="s">
+        <v>100</v>
+      </c>
+      <c r="P1" s="40" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q1" s="40" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="2" spans="1:25" s="3" customFormat="1" ht="43.8" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>41</v>
-[...29 lines deleted...]
-        <v>51</v>
+        <v>2</v>
+      </c>
+      <c r="C2" s="134" t="s">
+        <v>256</v>
+      </c>
+      <c r="D2" s="135" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="135" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="134" t="s">
+        <v>5</v>
+      </c>
+      <c r="G2" s="135" t="s">
+        <v>6</v>
+      </c>
+      <c r="H2" s="135" t="s">
+        <v>7</v>
+      </c>
+      <c r="I2" s="135" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="135" t="s">
+        <v>13</v>
+      </c>
+      <c r="K2" s="135" t="s">
+        <v>63</v>
+      </c>
+      <c r="L2" s="135" t="s">
+        <v>258</v>
       </c>
       <c r="M2" s="15"/>
       <c r="N2" s="15"/>
       <c r="O2" s="15"/>
       <c r="P2" s="4" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="Q2" s="5" t="s">
-        <v>41</v>
+        <v>2</v>
       </c>
       <c r="R2" s="15"/>
       <c r="S2" s="15"/>
       <c r="T2" s="15"/>
       <c r="U2" s="15"/>
       <c r="V2" s="15"/>
       <c r="W2" s="15"/>
       <c r="X2" s="15"/>
       <c r="Y2" s="15"/>
     </row>
     <row r="3" spans="1:25" x14ac:dyDescent="0.3">
-      <c r="A3" s="11">
-[...15 lines deleted...]
-      <c r="L3" s="13"/>
+      <c r="A3" s="11" t="e">
+        <f t="shared" ref="A3:A5" si="0">INDEX(Référence_PCMN,MATCH(B3,Nature_de_la_dépense,0))</f>
+        <v>#N/A</v>
+      </c>
+      <c r="B3" s="116"/>
+      <c r="C3" s="136"/>
+      <c r="D3" s="136"/>
+      <c r="E3" s="137"/>
+      <c r="F3" s="136"/>
+      <c r="G3" s="138"/>
+      <c r="H3" s="138"/>
+      <c r="I3" s="136"/>
+      <c r="J3" s="137"/>
+      <c r="K3" s="136"/>
+      <c r="L3" s="136"/>
       <c r="P3" s="11">
         <v>61</v>
       </c>
       <c r="Q3" s="12" t="s">
-        <v>53</v>
+        <v>223</v>
       </c>
     </row>
     <row r="4" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A4" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
-      <c r="B4" s="12"/>
-[...9 lines deleted...]
-      <c r="L4" s="13"/>
+      <c r="B4" s="116"/>
+      <c r="C4" s="136"/>
+      <c r="D4" s="136"/>
+      <c r="E4" s="137"/>
+      <c r="F4" s="136"/>
+      <c r="G4" s="138"/>
+      <c r="H4" s="138"/>
+      <c r="I4" s="136"/>
+      <c r="J4" s="137"/>
+      <c r="K4" s="136"/>
+      <c r="L4" s="136"/>
       <c r="P4" s="7">
         <v>610</v>
       </c>
       <c r="Q4" s="8" t="s">
-        <v>54</v>
+        <v>236</v>
       </c>
     </row>
     <row r="5" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A5" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
-      <c r="B5" s="12"/>
-[...9 lines deleted...]
-      <c r="L5" s="13"/>
+      <c r="B5" s="116"/>
+      <c r="C5" s="136"/>
+      <c r="D5" s="136"/>
+      <c r="E5" s="137"/>
+      <c r="F5" s="136"/>
+      <c r="G5" s="138"/>
+      <c r="H5" s="138"/>
+      <c r="I5" s="136"/>
+      <c r="J5" s="137"/>
+      <c r="K5" s="136"/>
+      <c r="L5" s="136"/>
       <c r="P5" s="7">
         <v>611</v>
       </c>
       <c r="Q5" s="20" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A6" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="A6:A37" si="1">INDEX(Référence_PCMN,MATCH(B6,Nature_de_la_dépense,0))</f>
         <v>#N/A</v>
       </c>
-      <c r="B6" s="12"/>
-[...9 lines deleted...]
-      <c r="L6" s="13"/>
+      <c r="B6" s="116"/>
+      <c r="C6" s="139"/>
+      <c r="D6" s="136"/>
+      <c r="E6" s="140"/>
+      <c r="F6" s="136"/>
+      <c r="G6" s="141"/>
+      <c r="H6" s="138"/>
+      <c r="I6" s="136"/>
+      <c r="J6" s="137"/>
+      <c r="K6" s="136"/>
+      <c r="L6" s="142"/>
       <c r="P6" s="9">
         <v>611100</v>
       </c>
       <c r="Q6" s="19" t="s">
-        <v>52</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A7" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B7" s="12"/>
-[...9 lines deleted...]
-      <c r="L7" s="40"/>
+      <c r="B7" s="116"/>
+      <c r="C7" s="117"/>
+      <c r="D7" s="117"/>
+      <c r="E7" s="117"/>
+      <c r="F7" s="143"/>
+      <c r="G7" s="138"/>
+      <c r="H7" s="138"/>
+      <c r="I7" s="136"/>
+      <c r="J7" s="137"/>
+      <c r="K7" s="144"/>
+      <c r="L7" s="144"/>
       <c r="P7" s="9">
         <v>611110</v>
       </c>
       <c r="Q7" s="19" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A8" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B8" s="12"/>
-[...9 lines deleted...]
-      <c r="L8" s="40"/>
+      <c r="B8" s="116"/>
+      <c r="C8" s="143"/>
+      <c r="D8" s="136"/>
+      <c r="E8" s="145"/>
+      <c r="F8" s="143"/>
+      <c r="G8" s="138"/>
+      <c r="H8" s="138"/>
+      <c r="I8" s="144"/>
+      <c r="J8" s="137"/>
+      <c r="K8" s="144"/>
+      <c r="L8" s="144"/>
       <c r="P8" s="9">
         <v>611120</v>
       </c>
       <c r="Q8" s="10" t="s">
-        <v>57</v>
+        <v>224</v>
       </c>
     </row>
     <row r="9" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A9" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B9" s="12"/>
-[...9 lines deleted...]
-      <c r="L9" s="40"/>
+      <c r="B9" s="116"/>
+      <c r="C9" s="143"/>
+      <c r="D9" s="136"/>
+      <c r="E9" s="145"/>
+      <c r="F9" s="143"/>
+      <c r="G9" s="138"/>
+      <c r="H9" s="138"/>
+      <c r="I9" s="144"/>
+      <c r="J9" s="137"/>
+      <c r="K9" s="144"/>
+      <c r="L9" s="144"/>
       <c r="P9" s="9">
         <v>611130</v>
       </c>
       <c r="Q9" s="19" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A10" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B10" s="12"/>
-[...9 lines deleted...]
-      <c r="L10" s="40"/>
+      <c r="B10" s="116"/>
+      <c r="C10" s="143"/>
+      <c r="D10" s="136"/>
+      <c r="E10" s="145"/>
+      <c r="F10" s="143"/>
+      <c r="G10" s="138"/>
+      <c r="H10" s="138"/>
+      <c r="I10" s="144"/>
+      <c r="J10" s="137"/>
+      <c r="K10" s="144"/>
+      <c r="L10" s="144"/>
       <c r="P10" s="9">
         <v>611140</v>
       </c>
       <c r="Q10" s="19" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A11" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B11" s="12"/>
-[...9 lines deleted...]
-      <c r="L11" s="40"/>
+      <c r="B11" s="116"/>
+      <c r="C11" s="143"/>
+      <c r="D11" s="144"/>
+      <c r="E11" s="145"/>
+      <c r="F11" s="143"/>
+      <c r="G11" s="138"/>
+      <c r="H11" s="138"/>
+      <c r="I11" s="144"/>
+      <c r="J11" s="137"/>
+      <c r="K11" s="144"/>
+      <c r="L11" s="144"/>
       <c r="P11" s="9">
         <v>611150</v>
       </c>
       <c r="Q11" s="10" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="12" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A12" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B12" s="12"/>
-[...9 lines deleted...]
-      <c r="L12" s="40"/>
+      <c r="B12" s="116"/>
+      <c r="C12" s="143"/>
+      <c r="D12" s="144"/>
+      <c r="E12" s="145"/>
+      <c r="F12" s="143"/>
+      <c r="G12" s="138"/>
+      <c r="H12" s="138"/>
+      <c r="I12" s="144"/>
+      <c r="J12" s="137"/>
+      <c r="K12" s="144"/>
+      <c r="L12" s="144"/>
       <c r="P12" s="7">
         <v>612</v>
       </c>
-      <c r="Q12" s="47" t="s">
-        <v>61</v>
+      <c r="Q12" s="45" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A13" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B13" s="12"/>
-[...9 lines deleted...]
-      <c r="L13" s="40"/>
+      <c r="B13" s="116"/>
+      <c r="C13" s="139"/>
+      <c r="D13" s="146"/>
+      <c r="E13" s="145"/>
+      <c r="F13" s="143"/>
+      <c r="G13" s="147"/>
+      <c r="H13" s="138"/>
+      <c r="I13" s="144"/>
+      <c r="J13" s="137"/>
+      <c r="K13" s="144"/>
+      <c r="L13" s="146"/>
       <c r="P13" s="9">
         <v>612100</v>
       </c>
       <c r="Q13" s="19" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A14" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B14" s="12"/>
-[...9 lines deleted...]
-      <c r="L14" s="40"/>
+      <c r="B14" s="116"/>
+      <c r="C14" s="139"/>
+      <c r="D14" s="144"/>
+      <c r="E14" s="145"/>
+      <c r="F14" s="143"/>
+      <c r="G14" s="138"/>
+      <c r="H14" s="138"/>
+      <c r="I14" s="144"/>
+      <c r="J14" s="137"/>
+      <c r="K14" s="144"/>
+      <c r="L14" s="144"/>
       <c r="P14" s="9">
         <v>612110</v>
       </c>
       <c r="Q14" s="19" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A15" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B15" s="12"/>
-[...9 lines deleted...]
-      <c r="L15" s="40"/>
+      <c r="B15" s="116"/>
+      <c r="C15" s="143"/>
+      <c r="D15" s="144"/>
+      <c r="E15" s="145"/>
+      <c r="F15" s="143"/>
+      <c r="G15" s="138"/>
+      <c r="H15" s="138"/>
+      <c r="I15" s="144"/>
+      <c r="J15" s="137"/>
+      <c r="K15" s="144"/>
+      <c r="L15" s="144"/>
       <c r="P15" s="9">
         <v>612120</v>
       </c>
       <c r="Q15" s="19" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.3">
       <c r="A16" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B16" s="12"/>
-[...9 lines deleted...]
-      <c r="L16" s="40"/>
+      <c r="B16" s="116"/>
+      <c r="C16" s="143"/>
+      <c r="D16" s="144"/>
+      <c r="E16" s="145"/>
+      <c r="F16" s="143"/>
+      <c r="G16" s="138"/>
+      <c r="H16" s="138"/>
+      <c r="I16" s="144"/>
+      <c r="J16" s="137"/>
+      <c r="K16" s="144"/>
+      <c r="L16" s="144"/>
       <c r="P16" s="9">
         <v>612130</v>
       </c>
       <c r="Q16" s="19" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A17" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B17" s="12"/>
-[...9 lines deleted...]
-      <c r="L17" s="40"/>
+      <c r="B17" s="116"/>
+      <c r="C17" s="143"/>
+      <c r="D17" s="144"/>
+      <c r="E17" s="145"/>
+      <c r="F17" s="143"/>
+      <c r="G17" s="138"/>
+      <c r="H17" s="138"/>
+      <c r="I17" s="144"/>
+      <c r="J17" s="137"/>
+      <c r="K17" s="144"/>
+      <c r="L17" s="144"/>
       <c r="P17" s="9">
         <v>612140</v>
       </c>
       <c r="Q17" s="19" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A18" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B18" s="12"/>
-[...9 lines deleted...]
-      <c r="L18" s="40"/>
+      <c r="B18" s="116"/>
+      <c r="C18" s="143"/>
+      <c r="D18" s="144"/>
+      <c r="E18" s="145"/>
+      <c r="F18" s="143"/>
+      <c r="G18" s="138"/>
+      <c r="H18" s="138"/>
+      <c r="I18" s="144"/>
+      <c r="J18" s="137"/>
+      <c r="K18" s="144"/>
+      <c r="L18" s="144"/>
       <c r="P18" s="9">
         <v>612150</v>
       </c>
       <c r="Q18" s="19" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A19" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B19" s="12"/>
-[...9 lines deleted...]
-      <c r="L19" s="40"/>
+      <c r="B19" s="116"/>
+      <c r="C19" s="143"/>
+      <c r="D19" s="144"/>
+      <c r="E19" s="145"/>
+      <c r="F19" s="143"/>
+      <c r="G19" s="138"/>
+      <c r="H19" s="138"/>
+      <c r="I19" s="144"/>
+      <c r="J19" s="137"/>
+      <c r="K19" s="144"/>
+      <c r="L19" s="144"/>
       <c r="P19" s="9">
         <v>612160</v>
       </c>
       <c r="Q19" s="19" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A20" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B20" s="12"/>
-[...9 lines deleted...]
-      <c r="L20" s="40"/>
+      <c r="B20" s="116"/>
+      <c r="C20" s="143"/>
+      <c r="D20" s="144"/>
+      <c r="E20" s="145"/>
+      <c r="F20" s="143"/>
+      <c r="G20" s="138"/>
+      <c r="H20" s="138"/>
+      <c r="I20" s="144"/>
+      <c r="J20" s="137"/>
+      <c r="K20" s="144"/>
+      <c r="L20" s="144"/>
       <c r="P20" s="9">
         <v>612170</v>
       </c>
       <c r="Q20" s="19" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A21" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B21" s="12"/>
-[...9 lines deleted...]
-      <c r="L21" s="40"/>
+      <c r="B21" s="116"/>
+      <c r="C21" s="143"/>
+      <c r="D21" s="144"/>
+      <c r="E21" s="145"/>
+      <c r="F21" s="143"/>
+      <c r="G21" s="138"/>
+      <c r="H21" s="138"/>
+      <c r="I21" s="144"/>
+      <c r="J21" s="137"/>
+      <c r="K21" s="144"/>
+      <c r="L21" s="144"/>
       <c r="P21" s="9">
         <v>612190</v>
       </c>
       <c r="Q21" s="19" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A22" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B22" s="12"/>
-[...9 lines deleted...]
-      <c r="L22" s="40"/>
+      <c r="B22" s="116"/>
+      <c r="C22" s="143"/>
+      <c r="D22" s="144"/>
+      <c r="E22" s="145"/>
+      <c r="F22" s="143"/>
+      <c r="G22" s="138"/>
+      <c r="H22" s="138"/>
+      <c r="I22" s="144"/>
+      <c r="J22" s="137"/>
+      <c r="K22" s="144"/>
+      <c r="L22" s="144"/>
       <c r="P22" s="9">
         <v>612195</v>
       </c>
       <c r="Q22" s="19" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A23" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B23" s="12"/>
-[...9 lines deleted...]
-      <c r="L23" s="40"/>
+      <c r="B23" s="116"/>
+      <c r="C23" s="143"/>
+      <c r="D23" s="144"/>
+      <c r="E23" s="145"/>
+      <c r="F23" s="143"/>
+      <c r="G23" s="138"/>
+      <c r="H23" s="138"/>
+      <c r="I23" s="144"/>
+      <c r="J23" s="137"/>
+      <c r="K23" s="144"/>
+      <c r="L23" s="144"/>
       <c r="P23" s="7">
         <v>613</v>
       </c>
       <c r="Q23" s="20" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A24" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B24" s="12"/>
-[...9 lines deleted...]
-      <c r="L24" s="40"/>
+      <c r="B24" s="116"/>
+      <c r="C24" s="143"/>
+      <c r="D24" s="144"/>
+      <c r="E24" s="145"/>
+      <c r="F24" s="143"/>
+      <c r="G24" s="138"/>
+      <c r="H24" s="138"/>
+      <c r="I24" s="144"/>
+      <c r="J24" s="137"/>
+      <c r="K24" s="144"/>
+      <c r="L24" s="144"/>
       <c r="P24" s="9">
         <v>613100</v>
       </c>
       <c r="Q24" s="19" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A25" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B25" s="12"/>
-[...9 lines deleted...]
-      <c r="L25" s="40"/>
+      <c r="B25" s="116"/>
+      <c r="C25" s="143"/>
+      <c r="D25" s="144"/>
+      <c r="E25" s="145"/>
+      <c r="F25" s="143"/>
+      <c r="G25" s="148"/>
+      <c r="H25" s="138"/>
+      <c r="I25" s="144"/>
+      <c r="J25" s="137"/>
+      <c r="K25" s="144"/>
+      <c r="L25" s="144"/>
       <c r="P25" s="9">
         <v>613101</v>
       </c>
       <c r="Q25" s="19" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A26" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B26" s="12"/>
-[...9 lines deleted...]
-      <c r="L26" s="40"/>
+      <c r="B26" s="116"/>
+      <c r="C26" s="143"/>
+      <c r="D26" s="144"/>
+      <c r="E26" s="145"/>
+      <c r="F26" s="143"/>
+      <c r="G26" s="138"/>
+      <c r="H26" s="138"/>
+      <c r="I26" s="144"/>
+      <c r="J26" s="137"/>
+      <c r="K26" s="144"/>
+      <c r="L26" s="144"/>
       <c r="P26" s="9">
         <v>613102</v>
       </c>
       <c r="Q26" s="19" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A27" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B27" s="12"/>
-[...9 lines deleted...]
-      <c r="L27" s="40"/>
+      <c r="B27" s="116"/>
+      <c r="C27" s="143"/>
+      <c r="D27" s="144"/>
+      <c r="E27" s="145"/>
+      <c r="F27" s="143"/>
+      <c r="G27" s="138"/>
+      <c r="H27" s="138"/>
+      <c r="I27" s="144"/>
+      <c r="J27" s="137"/>
+      <c r="K27" s="144"/>
+      <c r="L27" s="144"/>
       <c r="P27" s="9">
         <v>613103</v>
       </c>
       <c r="Q27" s="19" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A28" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B28" s="12"/>
-[...9 lines deleted...]
-      <c r="L28" s="40"/>
+      <c r="B28" s="116"/>
+      <c r="C28" s="143"/>
+      <c r="D28" s="144"/>
+      <c r="E28" s="145"/>
+      <c r="F28" s="143"/>
+      <c r="G28" s="148"/>
+      <c r="H28" s="138"/>
+      <c r="I28" s="144"/>
+      <c r="J28" s="137"/>
+      <c r="K28" s="144"/>
+      <c r="L28" s="144"/>
       <c r="P28" s="9">
         <v>613104</v>
       </c>
       <c r="Q28" s="19" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A29" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B29" s="12"/>
-[...9 lines deleted...]
-      <c r="L29" s="40"/>
+      <c r="B29" s="116"/>
+      <c r="C29" s="143"/>
+      <c r="D29" s="144"/>
+      <c r="E29" s="145"/>
+      <c r="F29" s="143"/>
+      <c r="G29" s="138"/>
+      <c r="H29" s="138"/>
+      <c r="I29" s="144"/>
+      <c r="J29" s="137"/>
+      <c r="K29" s="144"/>
+      <c r="L29" s="144"/>
       <c r="P29" s="9">
         <v>613105</v>
       </c>
       <c r="Q29" s="19" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A30" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B30" s="12"/>
-[...9 lines deleted...]
-      <c r="L30" s="40"/>
+      <c r="B30" s="116"/>
+      <c r="C30" s="143"/>
+      <c r="D30" s="144"/>
+      <c r="E30" s="145"/>
+      <c r="F30" s="143"/>
+      <c r="G30" s="138"/>
+      <c r="H30" s="138"/>
+      <c r="I30" s="144"/>
+      <c r="J30" s="137"/>
+      <c r="K30" s="144"/>
+      <c r="L30" s="144"/>
       <c r="P30" s="9">
         <v>613106</v>
       </c>
       <c r="Q30" s="19" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A31" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
-      <c r="B31" s="12"/>
-[...9 lines deleted...]
-      <c r="L31" s="40"/>
+      <c r="B31" s="116"/>
+      <c r="C31" s="143"/>
+      <c r="D31" s="144"/>
+      <c r="E31" s="145"/>
+      <c r="F31" s="143"/>
+      <c r="G31" s="148"/>
+      <c r="H31" s="138"/>
+      <c r="I31" s="144"/>
+      <c r="J31" s="137"/>
+      <c r="K31" s="144"/>
+      <c r="L31" s="144"/>
       <c r="P31" s="9">
         <v>613107</v>
       </c>
       <c r="Q31" s="19" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A32" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
       <c r="B32" s="12"/>
-      <c r="C32" s="41"/>
-[...8 lines deleted...]
-      <c r="L32" s="40"/>
+      <c r="C32" s="143"/>
+      <c r="D32" s="144"/>
+      <c r="E32" s="145"/>
+      <c r="F32" s="143"/>
+      <c r="G32" s="138"/>
+      <c r="H32" s="138"/>
+      <c r="I32" s="144"/>
+      <c r="J32" s="137"/>
+      <c r="K32" s="144"/>
+      <c r="L32" s="144"/>
       <c r="P32" s="9">
         <v>613108</v>
       </c>
       <c r="Q32" s="19" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A33" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
       <c r="B33" s="12"/>
-      <c r="C33" s="41"/>
-[...8 lines deleted...]
-      <c r="L33" s="40"/>
+      <c r="C33" s="143"/>
+      <c r="D33" s="144"/>
+      <c r="E33" s="145"/>
+      <c r="F33" s="143"/>
+      <c r="G33" s="138"/>
+      <c r="H33" s="138"/>
+      <c r="I33" s="144"/>
+      <c r="J33" s="137"/>
+      <c r="K33" s="144"/>
+      <c r="L33" s="144"/>
       <c r="P33" s="9">
         <v>613109</v>
       </c>
       <c r="Q33" s="19" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A34" s="11" t="e">
-        <f t="shared" si="0"/>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
       <c r="B34" s="12"/>
-      <c r="C34" s="41"/>
-[...8 lines deleted...]
-      <c r="L34" s="40"/>
+      <c r="C34" s="143"/>
+      <c r="D34" s="144"/>
+      <c r="E34" s="145"/>
+      <c r="F34" s="143"/>
+      <c r="G34" s="138"/>
+      <c r="H34" s="138"/>
+      <c r="I34" s="144"/>
+      <c r="J34" s="137"/>
+      <c r="K34" s="144"/>
+      <c r="L34" s="144"/>
       <c r="P34" s="9">
         <v>613110</v>
       </c>
       <c r="Q34" s="10" t="s">
-        <v>83</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A35" s="11" t="e">
-        <f t="shared" ref="A35:A66" si="1">INDEX(Référence_PCMN,MATCH(B35,Nature_de_la_dépense,0))</f>
+        <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
       <c r="B35" s="12"/>
-      <c r="C35" s="41"/>
-[...8 lines deleted...]
-      <c r="L35" s="40"/>
+      <c r="C35" s="143"/>
+      <c r="D35" s="144"/>
+      <c r="E35" s="145"/>
+      <c r="F35" s="143"/>
+      <c r="G35" s="138"/>
+      <c r="H35" s="138"/>
+      <c r="I35" s="144"/>
+      <c r="J35" s="137"/>
+      <c r="K35" s="144"/>
+      <c r="L35" s="144"/>
       <c r="P35" s="9">
         <v>613160</v>
       </c>
       <c r="Q35" s="10" t="s">
-        <v>84</v>
+        <v>226</v>
       </c>
     </row>
     <row r="36" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A36" s="11" t="e">
         <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
       <c r="B36" s="12"/>
-      <c r="C36" s="41"/>
-[...8 lines deleted...]
-      <c r="L36" s="40"/>
+      <c r="C36" s="143"/>
+      <c r="D36" s="144"/>
+      <c r="E36" s="145"/>
+      <c r="F36" s="143"/>
+      <c r="G36" s="138"/>
+      <c r="H36" s="138"/>
+      <c r="I36" s="144"/>
+      <c r="J36" s="137"/>
+      <c r="K36" s="144"/>
+      <c r="L36" s="144"/>
       <c r="P36" s="9">
         <v>613180</v>
       </c>
       <c r="Q36" s="19" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A37" s="11" t="e">
         <f t="shared" si="1"/>
         <v>#N/A</v>
       </c>
       <c r="B37" s="12"/>
-      <c r="C37" s="41"/>
-[...8 lines deleted...]
-      <c r="L37" s="40"/>
+      <c r="C37" s="143"/>
+      <c r="D37" s="144"/>
+      <c r="E37" s="145"/>
+      <c r="F37" s="143"/>
+      <c r="G37" s="138"/>
+      <c r="H37" s="138"/>
+      <c r="I37" s="144"/>
+      <c r="J37" s="137"/>
+      <c r="K37" s="144"/>
+      <c r="L37" s="144"/>
       <c r="P37" s="9">
         <v>613190</v>
       </c>
       <c r="Q37" s="19" t="s">
-        <v>86</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A38" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" ref="A38:A59" si="2">INDEX(Référence_PCMN,MATCH(B38,Nature_de_la_dépense,0))</f>
         <v>#N/A</v>
       </c>
       <c r="B38" s="12"/>
-      <c r="C38" s="41"/>
-[...8 lines deleted...]
-      <c r="L38" s="40"/>
+      <c r="C38" s="143"/>
+      <c r="D38" s="144"/>
+      <c r="E38" s="145"/>
+      <c r="F38" s="143"/>
+      <c r="G38" s="138"/>
+      <c r="H38" s="138"/>
+      <c r="I38" s="144"/>
+      <c r="J38" s="137"/>
+      <c r="K38" s="144"/>
+      <c r="L38" s="144"/>
       <c r="P38" s="7">
         <v>614</v>
       </c>
       <c r="Q38" s="20" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
     </row>
     <row r="39" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A39" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B39" s="12"/>
-      <c r="C39" s="41"/>
-[...8 lines deleted...]
-      <c r="L39" s="40"/>
+      <c r="C39" s="143"/>
+      <c r="D39" s="144"/>
+      <c r="E39" s="145"/>
+      <c r="F39" s="143"/>
+      <c r="G39" s="138"/>
+      <c r="H39" s="138"/>
+      <c r="I39" s="144"/>
+      <c r="J39" s="137"/>
+      <c r="K39" s="144"/>
+      <c r="L39" s="144"/>
       <c r="P39" s="7">
         <v>615</v>
       </c>
       <c r="Q39" s="20" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A40" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B40" s="12"/>
-      <c r="C40" s="41"/>
-[...8 lines deleted...]
-      <c r="L40" s="40"/>
+      <c r="C40" s="143"/>
+      <c r="D40" s="144"/>
+      <c r="E40" s="145"/>
+      <c r="F40" s="143"/>
+      <c r="G40" s="148"/>
+      <c r="H40" s="138"/>
+      <c r="I40" s="144"/>
+      <c r="J40" s="137"/>
+      <c r="K40" s="144"/>
+      <c r="L40" s="144"/>
       <c r="P40" s="9">
         <v>615110</v>
       </c>
       <c r="Q40" s="10" t="s">
-        <v>89</v>
+        <v>262</v>
       </c>
     </row>
     <row r="41" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A41" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B41" s="12"/>
-      <c r="C41" s="41"/>
-[...8 lines deleted...]
-      <c r="L41" s="40"/>
+      <c r="C41" s="143"/>
+      <c r="D41" s="144"/>
+      <c r="E41" s="145"/>
+      <c r="F41" s="143"/>
+      <c r="G41" s="138"/>
+      <c r="H41" s="138"/>
+      <c r="I41" s="144"/>
+      <c r="J41" s="137"/>
+      <c r="K41" s="144"/>
+      <c r="L41" s="144"/>
       <c r="P41" s="9">
         <v>615111</v>
       </c>
       <c r="Q41" s="19" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A42" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B42" s="12"/>
-      <c r="C42" s="41"/>
-[...8 lines deleted...]
-      <c r="L42" s="40"/>
+      <c r="C42" s="143"/>
+      <c r="D42" s="144"/>
+      <c r="E42" s="145"/>
+      <c r="F42" s="143"/>
+      <c r="G42" s="138"/>
+      <c r="H42" s="138"/>
+      <c r="I42" s="144"/>
+      <c r="J42" s="137"/>
+      <c r="K42" s="144"/>
+      <c r="L42" s="144"/>
       <c r="P42" s="9">
         <v>615112</v>
       </c>
       <c r="Q42" s="19" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A43" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B43" s="12"/>
-      <c r="C43" s="41"/>
-[...8 lines deleted...]
-      <c r="L43" s="40"/>
+      <c r="C43" s="143"/>
+      <c r="D43" s="144"/>
+      <c r="E43" s="145"/>
+      <c r="F43" s="143"/>
+      <c r="G43" s="138"/>
+      <c r="H43" s="138"/>
+      <c r="I43" s="144"/>
+      <c r="J43" s="137"/>
+      <c r="K43" s="144"/>
+      <c r="L43" s="144"/>
       <c r="P43" s="9">
         <v>615113</v>
       </c>
       <c r="Q43" s="19" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A44" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B44" s="12"/>
-      <c r="C44" s="41"/>
-[...8 lines deleted...]
-      <c r="L44" s="40"/>
+      <c r="C44" s="143"/>
+      <c r="D44" s="144"/>
+      <c r="E44" s="145"/>
+      <c r="F44" s="143"/>
+      <c r="G44" s="138"/>
+      <c r="H44" s="138"/>
+      <c r="I44" s="144"/>
+      <c r="J44" s="137"/>
+      <c r="K44" s="144"/>
+      <c r="L44" s="144"/>
       <c r="P44" s="9">
         <v>615115</v>
       </c>
       <c r="Q44" s="19" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
     </row>
     <row r="45" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A45" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B45" s="12"/>
-      <c r="C45" s="41"/>
-[...8 lines deleted...]
-      <c r="L45" s="40"/>
+      <c r="C45" s="143"/>
+      <c r="D45" s="144"/>
+      <c r="E45" s="145"/>
+      <c r="F45" s="143"/>
+      <c r="G45" s="138"/>
+      <c r="H45" s="138"/>
+      <c r="I45" s="144"/>
+      <c r="J45" s="137"/>
+      <c r="K45" s="144"/>
+      <c r="L45" s="144"/>
       <c r="P45" s="7">
         <v>616</v>
       </c>
       <c r="Q45" s="20" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
     </row>
     <row r="46" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A46" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B46" s="12"/>
-      <c r="C46" s="41"/>
-[...8 lines deleted...]
-      <c r="L46" s="40"/>
+      <c r="C46" s="139"/>
+      <c r="D46" s="144"/>
+      <c r="E46" s="145"/>
+      <c r="F46" s="143"/>
+      <c r="G46" s="141"/>
+      <c r="H46" s="138"/>
+      <c r="I46" s="144"/>
+      <c r="J46" s="137"/>
+      <c r="K46" s="144"/>
+      <c r="L46" s="144"/>
       <c r="P46" s="9">
         <v>616100</v>
       </c>
       <c r="Q46" s="19" t="s">
-        <v>95</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A47" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B47" s="12"/>
-      <c r="C47" s="41"/>
-[...8 lines deleted...]
-      <c r="L47" s="40"/>
+      <c r="C47" s="143"/>
+      <c r="D47" s="144"/>
+      <c r="E47" s="145"/>
+      <c r="F47" s="143"/>
+      <c r="G47" s="138"/>
+      <c r="H47" s="138"/>
+      <c r="I47" s="144"/>
+      <c r="J47" s="137"/>
+      <c r="K47" s="144"/>
+      <c r="L47" s="144"/>
       <c r="P47" s="9">
         <v>616110</v>
       </c>
       <c r="Q47" s="19" t="s">
-        <v>96</v>
+        <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A48" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B48" s="12"/>
-      <c r="C48" s="93"/>
-[...8 lines deleted...]
-      <c r="L48" s="13"/>
+      <c r="C48" s="149"/>
+      <c r="D48" s="136"/>
+      <c r="E48" s="137"/>
+      <c r="F48" s="136"/>
+      <c r="G48" s="138"/>
+      <c r="H48" s="138"/>
+      <c r="I48" s="136"/>
+      <c r="J48" s="137"/>
+      <c r="K48" s="136"/>
+      <c r="L48" s="136"/>
       <c r="P48" s="9">
         <v>616120</v>
       </c>
       <c r="Q48" s="19" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A49" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B49" s="12"/>
-      <c r="C49" s="13"/>
-[...8 lines deleted...]
-      <c r="L49" s="13"/>
+      <c r="C49" s="136"/>
+      <c r="D49" s="136"/>
+      <c r="E49" s="137"/>
+      <c r="F49" s="136"/>
+      <c r="G49" s="138"/>
+      <c r="H49" s="138"/>
+      <c r="I49" s="136"/>
+      <c r="J49" s="137"/>
+      <c r="K49" s="136"/>
+      <c r="L49" s="136"/>
       <c r="P49" s="9">
         <v>616130</v>
       </c>
       <c r="Q49" s="19" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A50" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B50" s="12"/>
-      <c r="C50" s="13"/>
-[...8 lines deleted...]
-      <c r="L50" s="13"/>
+      <c r="C50" s="136"/>
+      <c r="D50" s="136"/>
+      <c r="E50" s="137"/>
+      <c r="F50" s="136"/>
+      <c r="G50" s="138"/>
+      <c r="H50" s="138"/>
+      <c r="I50" s="136"/>
+      <c r="J50" s="137"/>
+      <c r="K50" s="136"/>
+      <c r="L50" s="136"/>
       <c r="P50" s="7">
         <v>617</v>
       </c>
       <c r="Q50" s="28" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:17" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B51" s="12"/>
-      <c r="C51" s="13"/>
-[...8 lines deleted...]
-      <c r="L51" s="13"/>
+      <c r="C51" s="136"/>
+      <c r="D51" s="136"/>
+      <c r="E51" s="137"/>
+      <c r="F51" s="136"/>
+      <c r="G51" s="138"/>
+      <c r="H51" s="138"/>
+      <c r="I51" s="136"/>
+      <c r="J51" s="137"/>
+      <c r="K51" s="136"/>
+      <c r="L51" s="136"/>
       <c r="P51" s="7">
         <v>618</v>
       </c>
-      <c r="Q51" s="64" t="s">
-        <v>100</v>
+      <c r="Q51" s="62" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="52" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A52" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B52" s="12"/>
-      <c r="C52" s="13"/>
-[...8 lines deleted...]
-      <c r="L52" s="13"/>
+      <c r="C52" s="136"/>
+      <c r="D52" s="136"/>
+      <c r="E52" s="137"/>
+      <c r="F52" s="136"/>
+      <c r="G52" s="138"/>
+      <c r="H52" s="138"/>
+      <c r="I52" s="136"/>
+      <c r="J52" s="137"/>
+      <c r="K52" s="136"/>
+      <c r="L52" s="136"/>
       <c r="P52" s="7">
         <v>619</v>
       </c>
       <c r="Q52" s="28" t="s">
-        <v>101</v>
+        <v>261</v>
       </c>
     </row>
     <row r="53" spans="1:17" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B53" s="12"/>
-      <c r="C53" s="13"/>
-[...8 lines deleted...]
-      <c r="L53" s="13"/>
+      <c r="C53" s="136"/>
+      <c r="D53" s="136"/>
+      <c r="E53" s="137"/>
+      <c r="F53" s="136"/>
+      <c r="G53" s="138"/>
+      <c r="H53" s="138"/>
+      <c r="I53" s="136"/>
+      <c r="J53" s="137"/>
+      <c r="K53" s="136"/>
+      <c r="L53" s="136"/>
       <c r="P53" s="11">
         <v>63</v>
       </c>
       <c r="Q53" s="27" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
     </row>
     <row r="54" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A54" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B54" s="12"/>
-      <c r="C54" s="13"/>
-[...8 lines deleted...]
-      <c r="L54" s="13"/>
+      <c r="C54" s="136"/>
+      <c r="D54" s="136"/>
+      <c r="E54" s="137"/>
+      <c r="F54" s="136"/>
+      <c r="G54" s="138"/>
+      <c r="H54" s="138"/>
+      <c r="I54" s="136"/>
+      <c r="J54" s="137"/>
+      <c r="K54" s="136"/>
+      <c r="L54" s="136"/>
       <c r="P54" s="7">
         <v>638</v>
       </c>
       <c r="Q54" s="8" t="s">
-        <v>103</v>
+        <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A55" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B55" s="12"/>
-      <c r="C55" s="13"/>
-[...8 lines deleted...]
-      <c r="L55" s="13"/>
+      <c r="C55" s="136"/>
+      <c r="D55" s="136"/>
+      <c r="E55" s="137"/>
+      <c r="F55" s="136"/>
+      <c r="G55" s="138"/>
+      <c r="H55" s="138"/>
+      <c r="I55" s="136"/>
+      <c r="J55" s="137"/>
+      <c r="K55" s="136"/>
+      <c r="L55" s="136"/>
       <c r="P55" s="11">
         <v>64</v>
       </c>
       <c r="Q55" s="21" t="s">
-        <v>104</v>
+        <v>54</v>
       </c>
     </row>
     <row r="56" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A56" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B56" s="12"/>
-      <c r="C56" s="13"/>
-[...8 lines deleted...]
-      <c r="L56" s="13"/>
+      <c r="C56" s="136"/>
+      <c r="D56" s="136"/>
+      <c r="E56" s="137"/>
+      <c r="F56" s="136"/>
+      <c r="G56" s="138"/>
+      <c r="H56" s="138"/>
+      <c r="I56" s="136"/>
+      <c r="J56" s="137"/>
+      <c r="K56" s="136"/>
+      <c r="L56" s="136"/>
       <c r="P56" s="7">
         <v>640</v>
       </c>
       <c r="Q56" s="20" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A57" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B57" s="12"/>
-      <c r="C57" s="13"/>
-[...8 lines deleted...]
-      <c r="L57" s="13"/>
+      <c r="C57" s="136"/>
+      <c r="D57" s="136"/>
+      <c r="E57" s="137"/>
+      <c r="F57" s="136"/>
+      <c r="G57" s="138"/>
+      <c r="H57" s="138"/>
+      <c r="I57" s="136"/>
+      <c r="J57" s="137"/>
+      <c r="K57" s="136"/>
+      <c r="L57" s="136"/>
       <c r="P57" s="11">
         <v>65</v>
       </c>
       <c r="Q57" s="12" t="s">
-        <v>106</v>
+        <v>56</v>
       </c>
     </row>
     <row r="58" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A58" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B58" s="12"/>
-      <c r="C58" s="13"/>
-[...8 lines deleted...]
-      <c r="L58" s="13"/>
+      <c r="C58" s="136"/>
+      <c r="D58" s="136"/>
+      <c r="E58" s="137"/>
+      <c r="F58" s="136"/>
+      <c r="G58" s="138"/>
+      <c r="H58" s="138"/>
+      <c r="I58" s="136"/>
+      <c r="J58" s="137"/>
+      <c r="K58" s="136"/>
+      <c r="L58" s="136"/>
       <c r="P58" s="7">
         <v>650</v>
       </c>
       <c r="Q58" s="8" t="s">
-        <v>107</v>
+        <v>57</v>
       </c>
     </row>
     <row r="59" spans="1:17" x14ac:dyDescent="0.3">
       <c r="A59" s="11" t="e">
-        <f t="shared" si="1"/>
+        <f t="shared" si="2"/>
         <v>#N/A</v>
       </c>
       <c r="B59" s="12"/>
-      <c r="C59" s="13"/>
-[...8 lines deleted...]
-      <c r="L59" s="13"/>
+      <c r="C59" s="117"/>
+      <c r="D59" s="117"/>
+      <c r="E59" s="137"/>
+      <c r="F59" s="136"/>
+      <c r="G59" s="117"/>
+      <c r="H59" s="117"/>
+      <c r="I59" s="117"/>
+      <c r="J59" s="117"/>
+      <c r="K59" s="136"/>
+      <c r="L59" s="136"/>
       <c r="P59" s="9">
         <v>6500</v>
       </c>
       <c r="Q59" s="10" t="s">
-        <v>108</v>
+        <v>58</v>
       </c>
     </row>
     <row r="60" spans="1:17" x14ac:dyDescent="0.3">
-      <c r="A60" s="11" t="e">
-[...13 lines deleted...]
-      <c r="L60" s="13"/>
+      <c r="C60" s="136"/>
+      <c r="D60" s="136"/>
+      <c r="E60" s="137"/>
+      <c r="F60" s="136"/>
+      <c r="G60" s="138"/>
+      <c r="H60" s="138"/>
+      <c r="I60" s="136"/>
+      <c r="J60" s="137"/>
+      <c r="K60" s="136"/>
+      <c r="L60" s="136"/>
       <c r="P60" s="7">
         <v>656</v>
       </c>
       <c r="Q60" s="8" t="s">
-        <v>109</v>
+        <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:17" x14ac:dyDescent="0.3">
-      <c r="A61" s="11" t="e">
-[...13 lines deleted...]
-      <c r="L61" s="13"/>
+      <c r="C61" s="136"/>
+      <c r="D61" s="136"/>
+      <c r="E61" s="137"/>
+      <c r="F61" s="136"/>
+      <c r="G61" s="138"/>
+      <c r="H61" s="138"/>
+      <c r="I61" s="136"/>
+      <c r="J61" s="137"/>
+      <c r="K61" s="136"/>
+      <c r="L61" s="136"/>
       <c r="P61" s="7" t="s">
-        <v>110</v>
+        <v>59</v>
       </c>
       <c r="Q61" s="8" t="s">
-        <v>111</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:17" x14ac:dyDescent="0.3">
-      <c r="A62" s="11" t="e">
-[...13 lines deleted...]
-      <c r="L62" s="13"/>
+      <c r="C62" s="136"/>
+      <c r="D62" s="136"/>
+      <c r="E62" s="137"/>
+      <c r="F62" s="136"/>
+      <c r="G62" s="141"/>
+      <c r="H62" s="138"/>
+      <c r="I62" s="136"/>
+      <c r="J62" s="137"/>
+      <c r="K62" s="136"/>
+      <c r="L62" s="136"/>
       <c r="P62" s="9">
         <v>657000</v>
       </c>
       <c r="Q62" s="10" t="s">
-        <v>112</v>
+        <v>61</v>
       </c>
     </row>
     <row r="63" spans="1:17" x14ac:dyDescent="0.3">
-      <c r="A63" s="11" t="e">
-[...13 lines deleted...]
-      <c r="L63" s="13"/>
+      <c r="C63" s="136"/>
+      <c r="D63" s="136"/>
+      <c r="E63" s="137"/>
+      <c r="F63" s="136"/>
+      <c r="G63" s="138"/>
+      <c r="H63" s="138"/>
+      <c r="I63" s="136"/>
+      <c r="J63" s="137"/>
+      <c r="K63" s="136"/>
+      <c r="L63" s="136"/>
       <c r="P63" s="7">
         <v>669</v>
       </c>
       <c r="Q63" s="8" t="s">
-        <v>113</v>
+        <v>229</v>
       </c>
     </row>
     <row r="64" spans="1:17" x14ac:dyDescent="0.3">
-      <c r="A64" s="11" t="e">
-[...554 lines deleted...]
-      <c r="B93" s="12"/>
+      <c r="C64" s="136"/>
+      <c r="D64" s="136"/>
+      <c r="E64" s="137"/>
+      <c r="F64" s="136"/>
+      <c r="G64" s="138"/>
+      <c r="H64" s="138"/>
+      <c r="I64" s="136"/>
+      <c r="J64" s="137"/>
+      <c r="K64" s="136"/>
+      <c r="L64" s="136"/>
+      <c r="P64" s="91"/>
+      <c r="Q64" s="93"/>
+    </row>
+    <row r="65" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C65" s="136"/>
+      <c r="D65" s="136"/>
+      <c r="E65" s="137"/>
+      <c r="F65" s="136"/>
+      <c r="G65" s="138"/>
+      <c r="H65" s="138"/>
+      <c r="I65" s="136"/>
+      <c r="J65" s="137"/>
+      <c r="K65" s="136"/>
+      <c r="L65" s="136"/>
+      <c r="P65" s="91"/>
+      <c r="Q65" s="93"/>
+    </row>
+    <row r="66" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C66" s="136"/>
+      <c r="D66" s="136"/>
+      <c r="E66" s="137"/>
+      <c r="F66" s="136"/>
+      <c r="G66" s="138"/>
+      <c r="H66" s="138"/>
+      <c r="I66" s="136"/>
+      <c r="J66" s="137"/>
+      <c r="K66" s="136"/>
+      <c r="L66" s="136"/>
+      <c r="P66" s="91"/>
+      <c r="Q66" s="93"/>
+    </row>
+    <row r="67" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C67" s="136"/>
+      <c r="D67" s="136"/>
+      <c r="E67" s="137"/>
+      <c r="F67" s="136"/>
+      <c r="G67" s="138"/>
+      <c r="H67" s="138"/>
+      <c r="I67" s="136"/>
+      <c r="J67" s="137"/>
+      <c r="K67" s="136"/>
+      <c r="L67" s="136"/>
+      <c r="P67" s="91"/>
+      <c r="Q67" s="93"/>
+    </row>
+    <row r="68" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C68" s="136"/>
+      <c r="D68" s="136"/>
+      <c r="E68" s="137"/>
+      <c r="F68" s="136"/>
+      <c r="G68" s="138"/>
+      <c r="H68" s="138"/>
+      <c r="I68" s="136"/>
+      <c r="J68" s="137"/>
+      <c r="K68" s="136"/>
+      <c r="L68" s="136"/>
+      <c r="P68" s="91"/>
+      <c r="Q68" s="93"/>
+    </row>
+    <row r="69" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C69" s="136"/>
+      <c r="D69" s="136"/>
+      <c r="E69" s="137"/>
+      <c r="F69" s="136"/>
+      <c r="G69" s="138"/>
+      <c r="H69" s="138"/>
+      <c r="I69" s="136"/>
+      <c r="J69" s="137"/>
+      <c r="K69" s="136"/>
+      <c r="L69" s="136"/>
+      <c r="P69" s="91"/>
+      <c r="Q69" s="93"/>
+    </row>
+    <row r="70" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C70" s="136"/>
+      <c r="D70" s="136"/>
+      <c r="E70" s="137"/>
+      <c r="F70" s="136"/>
+      <c r="G70" s="138"/>
+      <c r="H70" s="138"/>
+      <c r="I70" s="136"/>
+      <c r="J70" s="137"/>
+      <c r="K70" s="136"/>
+      <c r="L70" s="136"/>
+      <c r="P70" s="91"/>
+      <c r="Q70" s="93"/>
+    </row>
+    <row r="71" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C71" s="136"/>
+      <c r="D71" s="136"/>
+      <c r="E71" s="137"/>
+      <c r="F71" s="136"/>
+      <c r="G71" s="138"/>
+      <c r="H71" s="138"/>
+      <c r="I71" s="136"/>
+      <c r="J71" s="137"/>
+      <c r="K71" s="136"/>
+      <c r="L71" s="136"/>
+      <c r="P71" s="91"/>
+      <c r="Q71" s="93"/>
+    </row>
+    <row r="72" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C72" s="136"/>
+      <c r="D72" s="136"/>
+      <c r="E72" s="137"/>
+      <c r="F72" s="136"/>
+      <c r="G72" s="138"/>
+      <c r="H72" s="138"/>
+      <c r="I72" s="136"/>
+      <c r="J72" s="137"/>
+      <c r="K72" s="136"/>
+      <c r="L72" s="136"/>
+      <c r="P72" s="91"/>
+      <c r="Q72" s="93"/>
+    </row>
+    <row r="73" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C73" s="136"/>
+      <c r="D73" s="136"/>
+      <c r="E73" s="137"/>
+      <c r="F73" s="136"/>
+      <c r="G73" s="138"/>
+      <c r="H73" s="138"/>
+      <c r="I73" s="136"/>
+      <c r="J73" s="137"/>
+      <c r="K73" s="136"/>
+      <c r="L73" s="136"/>
+      <c r="P73" s="91"/>
+      <c r="Q73" s="93"/>
+    </row>
+    <row r="74" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C74" s="136"/>
+      <c r="D74" s="136"/>
+      <c r="E74" s="137"/>
+      <c r="F74" s="136"/>
+      <c r="G74" s="138"/>
+      <c r="H74" s="138"/>
+      <c r="I74" s="136"/>
+      <c r="J74" s="137"/>
+      <c r="K74" s="136"/>
+      <c r="L74" s="136"/>
+      <c r="P74" s="91"/>
+      <c r="Q74" s="93"/>
+    </row>
+    <row r="75" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C75" s="136"/>
+      <c r="D75" s="136"/>
+      <c r="E75" s="137"/>
+      <c r="F75" s="136"/>
+      <c r="G75" s="138"/>
+      <c r="H75" s="138"/>
+      <c r="I75" s="136"/>
+      <c r="J75" s="137"/>
+      <c r="K75" s="136"/>
+      <c r="L75" s="136"/>
+      <c r="P75" s="91"/>
+      <c r="Q75" s="93"/>
+    </row>
+    <row r="76" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C76" s="136"/>
+      <c r="D76" s="136"/>
+      <c r="E76" s="137"/>
+      <c r="F76" s="136"/>
+      <c r="G76" s="138"/>
+      <c r="H76" s="138"/>
+      <c r="I76" s="136"/>
+      <c r="J76" s="137"/>
+      <c r="K76" s="136"/>
+      <c r="L76" s="136"/>
+      <c r="P76" s="91"/>
+      <c r="Q76" s="93"/>
+    </row>
+    <row r="77" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C77" s="136"/>
+      <c r="D77" s="136"/>
+      <c r="E77" s="137"/>
+      <c r="F77" s="136"/>
+      <c r="G77" s="138"/>
+      <c r="H77" s="138"/>
+      <c r="I77" s="136"/>
+      <c r="J77" s="137"/>
+      <c r="K77" s="136"/>
+      <c r="L77" s="136"/>
+      <c r="P77" s="91"/>
+      <c r="Q77" s="93"/>
+    </row>
+    <row r="78" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C78" s="136"/>
+      <c r="D78" s="136"/>
+      <c r="E78" s="137"/>
+      <c r="F78" s="136"/>
+      <c r="G78" s="138"/>
+      <c r="H78" s="138"/>
+      <c r="I78" s="136"/>
+      <c r="J78" s="137"/>
+      <c r="K78" s="136"/>
+      <c r="L78" s="136"/>
+      <c r="P78" s="91"/>
+      <c r="Q78" s="93"/>
+    </row>
+    <row r="79" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C79" s="136"/>
+      <c r="D79" s="136"/>
+      <c r="E79" s="137"/>
+      <c r="F79" s="136"/>
+      <c r="G79" s="138"/>
+      <c r="H79" s="138"/>
+      <c r="I79" s="136"/>
+      <c r="J79" s="137"/>
+      <c r="K79" s="136"/>
+      <c r="L79" s="136"/>
+      <c r="P79" s="91"/>
+      <c r="Q79" s="93"/>
+    </row>
+    <row r="80" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C80" s="136"/>
+      <c r="D80" s="136"/>
+      <c r="E80" s="137"/>
+      <c r="F80" s="136"/>
+      <c r="G80" s="138"/>
+      <c r="H80" s="138"/>
+      <c r="I80" s="136"/>
+      <c r="J80" s="137"/>
+      <c r="K80" s="136"/>
+      <c r="L80" s="136"/>
+      <c r="P80" s="91"/>
+      <c r="Q80" s="93"/>
+    </row>
+    <row r="81" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C81" s="136"/>
+      <c r="D81" s="136"/>
+      <c r="E81" s="137"/>
+      <c r="F81" s="136"/>
+      <c r="G81" s="138"/>
+      <c r="H81" s="138"/>
+      <c r="I81" s="136"/>
+      <c r="J81" s="137"/>
+      <c r="K81" s="136"/>
+      <c r="L81" s="136"/>
+      <c r="P81" s="91"/>
+      <c r="Q81" s="93"/>
+    </row>
+    <row r="82" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C82" s="136"/>
+      <c r="D82" s="136"/>
+      <c r="E82" s="137"/>
+      <c r="F82" s="136"/>
+      <c r="G82" s="138"/>
+      <c r="H82" s="138"/>
+      <c r="I82" s="136"/>
+      <c r="J82" s="137"/>
+      <c r="K82" s="136"/>
+      <c r="L82" s="136"/>
+      <c r="P82" s="91"/>
+      <c r="Q82" s="93"/>
+    </row>
+    <row r="83" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C83" s="136"/>
+      <c r="D83" s="136"/>
+      <c r="E83" s="137"/>
+      <c r="F83" s="136"/>
+      <c r="G83" s="138"/>
+      <c r="H83" s="138"/>
+      <c r="I83" s="136"/>
+      <c r="J83" s="137"/>
+      <c r="K83" s="136"/>
+      <c r="L83" s="136"/>
+      <c r="P83" s="91"/>
+      <c r="Q83" s="93"/>
+    </row>
+    <row r="84" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C84" s="136"/>
+      <c r="D84" s="136"/>
+      <c r="E84" s="137"/>
+      <c r="F84" s="136"/>
+      <c r="G84" s="138"/>
+      <c r="H84" s="138"/>
+      <c r="I84" s="136"/>
+      <c r="J84" s="137"/>
+      <c r="K84" s="136"/>
+      <c r="L84" s="136"/>
+      <c r="P84" s="91"/>
+      <c r="Q84" s="93"/>
+    </row>
+    <row r="85" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C85" s="136"/>
+      <c r="D85" s="136"/>
+      <c r="E85" s="137"/>
+      <c r="F85" s="136"/>
+      <c r="G85" s="138"/>
+      <c r="H85" s="138"/>
+      <c r="I85" s="136"/>
+      <c r="J85" s="137"/>
+      <c r="K85" s="136"/>
+      <c r="L85" s="136"/>
+      <c r="P85" s="91"/>
+      <c r="Q85" s="93"/>
+    </row>
+    <row r="86" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C86" s="136"/>
+      <c r="D86" s="136"/>
+      <c r="E86" s="137"/>
+      <c r="F86" s="136"/>
+      <c r="G86" s="138"/>
+      <c r="H86" s="138"/>
+      <c r="I86" s="136"/>
+      <c r="J86" s="137"/>
+      <c r="K86" s="136"/>
+      <c r="L86" s="136"/>
+      <c r="P86" s="91"/>
+      <c r="Q86" s="93"/>
+    </row>
+    <row r="87" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C87" s="136"/>
+      <c r="D87" s="136"/>
+      <c r="E87" s="137"/>
+      <c r="F87" s="136"/>
+      <c r="G87" s="138"/>
+      <c r="H87" s="138"/>
+      <c r="I87" s="136"/>
+      <c r="J87" s="137"/>
+      <c r="K87" s="136"/>
+      <c r="L87" s="136"/>
+      <c r="P87" s="91"/>
+      <c r="Q87" s="93"/>
+    </row>
+    <row r="88" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C88" s="136"/>
+      <c r="D88" s="136"/>
+      <c r="E88" s="137"/>
+      <c r="F88" s="136"/>
+      <c r="G88" s="138"/>
+      <c r="H88" s="138"/>
+      <c r="I88" s="136"/>
+      <c r="J88" s="137"/>
+      <c r="K88" s="136"/>
+      <c r="L88" s="136"/>
+      <c r="P88" s="91"/>
+      <c r="Q88" s="93"/>
+    </row>
+    <row r="89" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C89" s="136"/>
+      <c r="D89" s="136"/>
+      <c r="E89" s="137"/>
+      <c r="F89" s="136"/>
+      <c r="G89" s="138"/>
+      <c r="H89" s="138"/>
+      <c r="I89" s="136"/>
+      <c r="J89" s="137"/>
+      <c r="K89" s="136"/>
+      <c r="L89" s="136"/>
+      <c r="P89" s="91"/>
+      <c r="Q89" s="93"/>
+    </row>
+    <row r="90" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C90" s="136"/>
+      <c r="D90" s="136"/>
+      <c r="E90" s="137"/>
+      <c r="F90" s="136"/>
+      <c r="G90" s="138"/>
+      <c r="H90" s="138"/>
+      <c r="I90" s="136"/>
+      <c r="J90" s="137"/>
+      <c r="K90" s="136"/>
+      <c r="L90" s="136"/>
+      <c r="P90" s="91"/>
+      <c r="Q90" s="93"/>
+    </row>
+    <row r="91" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C91" s="136"/>
+      <c r="D91" s="136"/>
+      <c r="E91" s="137"/>
+      <c r="F91" s="136"/>
+      <c r="G91" s="138"/>
+      <c r="H91" s="138"/>
+      <c r="I91" s="136"/>
+      <c r="J91" s="137"/>
+      <c r="K91" s="136"/>
+      <c r="L91" s="136"/>
+      <c r="P91" s="91"/>
+      <c r="Q91" s="93"/>
+    </row>
+    <row r="92" spans="3:17" x14ac:dyDescent="0.3">
+      <c r="C92" s="136"/>
+      <c r="D92" s="136"/>
+      <c r="E92" s="137"/>
+      <c r="F92" s="136"/>
+      <c r="G92" s="138"/>
+      <c r="H92" s="138"/>
+      <c r="I92" s="136"/>
+      <c r="J92" s="137"/>
+      <c r="K92" s="136"/>
+      <c r="L92" s="136"/>
+      <c r="P92" s="91"/>
+      <c r="Q92" s="93"/>
+    </row>
+    <row r="93" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C93" s="13"/>
       <c r="D93" s="13"/>
-      <c r="E93" s="97"/>
+      <c r="E93" s="94"/>
       <c r="F93" s="13"/>
-      <c r="G93" s="98"/>
-      <c r="H93" s="98"/>
+      <c r="G93" s="95"/>
+      <c r="H93" s="95"/>
       <c r="I93" s="13"/>
-      <c r="J93" s="97"/>
+      <c r="J93" s="94"/>
       <c r="K93" s="13"/>
       <c r="L93" s="13"/>
-      <c r="P93" s="94"/>
-[...7 lines deleted...]
-      <c r="B94" s="12"/>
+      <c r="P93" s="91"/>
+      <c r="Q93" s="93"/>
+    </row>
+    <row r="94" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C94" s="13"/>
       <c r="D94" s="13"/>
-      <c r="E94" s="97"/>
+      <c r="E94" s="94"/>
       <c r="F94" s="13"/>
-      <c r="G94" s="98"/>
-      <c r="H94" s="98"/>
+      <c r="G94" s="95"/>
+      <c r="H94" s="95"/>
       <c r="I94" s="13"/>
-      <c r="J94" s="97"/>
+      <c r="J94" s="94"/>
       <c r="K94" s="13"/>
       <c r="L94" s="13"/>
-      <c r="P94" s="94"/>
-[...7 lines deleted...]
-      <c r="B95" s="12"/>
+      <c r="P94" s="91"/>
+      <c r="Q94" s="93"/>
+    </row>
+    <row r="95" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C95" s="13"/>
       <c r="D95" s="13"/>
-      <c r="E95" s="97"/>
+      <c r="E95" s="94"/>
       <c r="F95" s="13"/>
-      <c r="G95" s="98"/>
-      <c r="H95" s="98"/>
+      <c r="G95" s="95"/>
+      <c r="H95" s="95"/>
       <c r="I95" s="13"/>
-      <c r="J95" s="97"/>
+      <c r="J95" s="94"/>
       <c r="K95" s="13"/>
       <c r="L95" s="13"/>
-      <c r="P95" s="94"/>
-[...7 lines deleted...]
-      <c r="B96" s="12"/>
+      <c r="P95" s="91"/>
+      <c r="Q95" s="93"/>
+    </row>
+    <row r="96" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C96" s="13"/>
       <c r="D96" s="13"/>
-      <c r="E96" s="97"/>
+      <c r="E96" s="94"/>
       <c r="F96" s="13"/>
-      <c r="G96" s="98"/>
-      <c r="H96" s="98"/>
+      <c r="G96" s="95"/>
+      <c r="H96" s="95"/>
       <c r="I96" s="13"/>
-      <c r="J96" s="97"/>
+      <c r="J96" s="94"/>
       <c r="K96" s="13"/>
       <c r="L96" s="13"/>
-      <c r="P96" s="94"/>
-[...7 lines deleted...]
-      <c r="B97" s="12"/>
+      <c r="P96" s="91"/>
+      <c r="Q96" s="93"/>
+    </row>
+    <row r="97" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C97" s="13"/>
       <c r="D97" s="13"/>
-      <c r="E97" s="97"/>
+      <c r="E97" s="94"/>
       <c r="F97" s="13"/>
-      <c r="G97" s="98"/>
-      <c r="H97" s="98"/>
+      <c r="G97" s="95"/>
+      <c r="H97" s="95"/>
       <c r="I97" s="13"/>
-      <c r="J97" s="97"/>
+      <c r="J97" s="94"/>
       <c r="K97" s="13"/>
       <c r="L97" s="13"/>
-      <c r="P97" s="94"/>
-[...7 lines deleted...]
-      <c r="B98" s="12"/>
+      <c r="P97" s="91"/>
+      <c r="Q97" s="93"/>
+    </row>
+    <row r="98" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C98" s="13"/>
       <c r="D98" s="13"/>
-      <c r="E98" s="97"/>
+      <c r="E98" s="94"/>
       <c r="F98" s="13"/>
-      <c r="G98" s="98"/>
-      <c r="H98" s="98"/>
+      <c r="G98" s="95"/>
+      <c r="H98" s="95"/>
       <c r="I98" s="13"/>
-      <c r="J98" s="97"/>
+      <c r="J98" s="94"/>
       <c r="K98" s="13"/>
       <c r="L98" s="13"/>
-      <c r="P98" s="94"/>
-[...7 lines deleted...]
-      <c r="B99" s="12"/>
+      <c r="P98" s="91"/>
+      <c r="Q98" s="93"/>
+    </row>
+    <row r="99" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C99" s="13"/>
       <c r="D99" s="13"/>
-      <c r="E99" s="97"/>
+      <c r="E99" s="94"/>
       <c r="F99" s="13"/>
-      <c r="G99" s="98"/>
-      <c r="H99" s="98"/>
+      <c r="G99" s="95"/>
+      <c r="H99" s="95"/>
       <c r="I99" s="13"/>
-      <c r="J99" s="97"/>
+      <c r="J99" s="94"/>
       <c r="K99" s="13"/>
       <c r="L99" s="13"/>
-      <c r="P99" s="94"/>
-[...7 lines deleted...]
-      <c r="B100" s="12"/>
+      <c r="P99" s="91"/>
+      <c r="Q99" s="93"/>
+    </row>
+    <row r="100" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C100" s="13"/>
       <c r="D100" s="13"/>
-      <c r="E100" s="97"/>
+      <c r="E100" s="94"/>
       <c r="F100" s="13"/>
-      <c r="G100" s="98"/>
-      <c r="H100" s="98"/>
+      <c r="G100" s="95"/>
+      <c r="H100" s="95"/>
       <c r="I100" s="13"/>
-      <c r="J100" s="97"/>
+      <c r="J100" s="94"/>
       <c r="K100" s="13"/>
       <c r="L100" s="13"/>
-      <c r="P100" s="94"/>
-[...7 lines deleted...]
-      <c r="B101" s="12"/>
+      <c r="P100" s="91"/>
+      <c r="Q100" s="93"/>
+    </row>
+    <row r="101" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C101" s="13"/>
       <c r="D101" s="13"/>
-      <c r="E101" s="97"/>
+      <c r="E101" s="94"/>
       <c r="F101" s="13"/>
-      <c r="G101" s="98"/>
-      <c r="H101" s="98"/>
+      <c r="G101" s="95"/>
+      <c r="H101" s="95"/>
       <c r="I101" s="13"/>
-      <c r="J101" s="97"/>
+      <c r="J101" s="94"/>
       <c r="K101" s="13"/>
       <c r="L101" s="13"/>
-      <c r="P101" s="94"/>
-[...7 lines deleted...]
-      <c r="B102" s="12"/>
+      <c r="P101" s="91"/>
+      <c r="Q101" s="93"/>
+    </row>
+    <row r="102" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C102" s="13"/>
       <c r="D102" s="13"/>
-      <c r="E102" s="97"/>
+      <c r="E102" s="94"/>
       <c r="F102" s="13"/>
-      <c r="G102" s="98"/>
-      <c r="H102" s="98"/>
+      <c r="G102" s="95"/>
+      <c r="H102" s="95"/>
       <c r="I102" s="13"/>
-      <c r="J102" s="97"/>
+      <c r="J102" s="94"/>
       <c r="K102" s="13"/>
       <c r="L102" s="13"/>
-      <c r="P102" s="94"/>
-[...7 lines deleted...]
-      <c r="B103" s="12"/>
+      <c r="P102" s="91"/>
+      <c r="Q102" s="93"/>
+    </row>
+    <row r="103" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C103" s="13"/>
       <c r="D103" s="13"/>
-      <c r="E103" s="97"/>
+      <c r="E103" s="94"/>
       <c r="F103" s="13"/>
-      <c r="G103" s="98"/>
-      <c r="H103" s="98"/>
+      <c r="G103" s="95"/>
+      <c r="H103" s="95"/>
       <c r="I103" s="13"/>
-      <c r="J103" s="97"/>
+      <c r="J103" s="94"/>
       <c r="K103" s="13"/>
       <c r="L103" s="13"/>
-      <c r="P103" s="94"/>
-[...7 lines deleted...]
-      <c r="B104" s="12"/>
+      <c r="P103" s="91"/>
+      <c r="Q103" s="93"/>
+    </row>
+    <row r="104" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C104" s="13"/>
       <c r="D104" s="13"/>
-      <c r="E104" s="97"/>
+      <c r="E104" s="94"/>
       <c r="F104" s="13"/>
-      <c r="G104" s="98"/>
-      <c r="H104" s="98"/>
+      <c r="G104" s="95"/>
+      <c r="H104" s="95"/>
       <c r="I104" s="13"/>
-      <c r="J104" s="97"/>
+      <c r="J104" s="94"/>
       <c r="K104" s="13"/>
       <c r="L104" s="13"/>
-      <c r="P104" s="94"/>
-[...7 lines deleted...]
-      <c r="B105" s="12"/>
+      <c r="P104" s="91"/>
+      <c r="Q104" s="93"/>
+    </row>
+    <row r="105" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C105" s="13"/>
       <c r="D105" s="13"/>
-      <c r="E105" s="97"/>
+      <c r="E105" s="94"/>
       <c r="F105" s="13"/>
-      <c r="G105" s="98"/>
-      <c r="H105" s="98"/>
+      <c r="G105" s="95"/>
+      <c r="H105" s="95"/>
       <c r="I105" s="13"/>
-      <c r="J105" s="97"/>
+      <c r="J105" s="94"/>
       <c r="K105" s="13"/>
       <c r="L105" s="13"/>
-      <c r="P105" s="94"/>
-[...7 lines deleted...]
-      <c r="B106" s="12"/>
+      <c r="P105" s="91"/>
+      <c r="Q105" s="93"/>
+    </row>
+    <row r="106" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C106" s="13"/>
       <c r="D106" s="13"/>
-      <c r="E106" s="97"/>
+      <c r="E106" s="94"/>
       <c r="F106" s="13"/>
-      <c r="G106" s="98"/>
-      <c r="H106" s="98"/>
+      <c r="G106" s="95"/>
+      <c r="H106" s="95"/>
       <c r="I106" s="13"/>
-      <c r="J106" s="97"/>
+      <c r="J106" s="94"/>
       <c r="K106" s="13"/>
       <c r="L106" s="13"/>
-      <c r="P106" s="94"/>
-[...7 lines deleted...]
-      <c r="B107" s="12"/>
+      <c r="P106" s="91"/>
+      <c r="Q106" s="93"/>
+    </row>
+    <row r="107" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C107" s="13"/>
       <c r="D107" s="13"/>
-      <c r="E107" s="97"/>
+      <c r="E107" s="94"/>
       <c r="F107" s="13"/>
-      <c r="G107" s="98"/>
-      <c r="H107" s="98"/>
+      <c r="G107" s="95"/>
+      <c r="H107" s="95"/>
       <c r="I107" s="13"/>
-      <c r="J107" s="97"/>
+      <c r="J107" s="94"/>
       <c r="K107" s="13"/>
       <c r="L107" s="13"/>
-      <c r="P107" s="94"/>
-[...7 lines deleted...]
-      <c r="B108" s="12"/>
+      <c r="P107" s="91"/>
+      <c r="Q107" s="93"/>
+    </row>
+    <row r="108" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C108" s="13"/>
       <c r="D108" s="13"/>
-      <c r="E108" s="97"/>
+      <c r="E108" s="94"/>
       <c r="F108" s="13"/>
-      <c r="G108" s="98"/>
-      <c r="H108" s="98"/>
+      <c r="G108" s="95"/>
+      <c r="H108" s="95"/>
       <c r="I108" s="13"/>
-      <c r="J108" s="97"/>
+      <c r="J108" s="94"/>
       <c r="K108" s="13"/>
       <c r="L108" s="13"/>
-      <c r="P108" s="94"/>
-[...7 lines deleted...]
-      <c r="B109" s="12"/>
+      <c r="P108" s="91"/>
+      <c r="Q108" s="93"/>
+    </row>
+    <row r="109" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C109" s="13"/>
       <c r="D109" s="13"/>
-      <c r="E109" s="97"/>
+      <c r="E109" s="94"/>
       <c r="F109" s="13"/>
-      <c r="G109" s="98"/>
-      <c r="H109" s="98"/>
+      <c r="G109" s="95"/>
+      <c r="H109" s="95"/>
       <c r="I109" s="13"/>
-      <c r="J109" s="97"/>
+      <c r="J109" s="94"/>
       <c r="K109" s="13"/>
       <c r="L109" s="13"/>
-      <c r="P109" s="94"/>
-[...7 lines deleted...]
-      <c r="B110" s="12"/>
+      <c r="P109" s="91"/>
+      <c r="Q109" s="93"/>
+    </row>
+    <row r="110" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C110" s="13"/>
       <c r="D110" s="13"/>
-      <c r="E110" s="97"/>
+      <c r="E110" s="94"/>
       <c r="F110" s="13"/>
-      <c r="G110" s="98"/>
-      <c r="H110" s="98"/>
+      <c r="G110" s="95"/>
+      <c r="H110" s="95"/>
       <c r="I110" s="13"/>
-      <c r="J110" s="97"/>
+      <c r="J110" s="94"/>
       <c r="K110" s="13"/>
       <c r="L110" s="13"/>
-      <c r="P110" s="94"/>
-[...7 lines deleted...]
-      <c r="B111" s="12"/>
+      <c r="P110" s="91"/>
+      <c r="Q110" s="93"/>
+    </row>
+    <row r="111" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C111" s="13"/>
       <c r="D111" s="13"/>
-      <c r="E111" s="97"/>
+      <c r="E111" s="94"/>
       <c r="F111" s="13"/>
-      <c r="G111" s="98"/>
-      <c r="H111" s="98"/>
+      <c r="G111" s="95"/>
+      <c r="H111" s="95"/>
       <c r="I111" s="13"/>
-      <c r="J111" s="97"/>
+      <c r="J111" s="94"/>
       <c r="K111" s="13"/>
       <c r="L111" s="13"/>
-      <c r="P111" s="94"/>
-[...7 lines deleted...]
-      <c r="B112" s="12"/>
+      <c r="P111" s="91"/>
+      <c r="Q111" s="93"/>
+    </row>
+    <row r="112" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C112" s="13"/>
       <c r="D112" s="13"/>
-      <c r="E112" s="97"/>
+      <c r="E112" s="94"/>
       <c r="F112" s="13"/>
-      <c r="G112" s="98"/>
-      <c r="H112" s="98"/>
+      <c r="G112" s="95"/>
+      <c r="H112" s="95"/>
       <c r="I112" s="13"/>
-      <c r="J112" s="97"/>
+      <c r="J112" s="94"/>
       <c r="K112" s="13"/>
       <c r="L112" s="13"/>
-      <c r="P112" s="94"/>
-[...7 lines deleted...]
-      <c r="B113" s="12"/>
+      <c r="P112" s="91"/>
+      <c r="Q112" s="93"/>
+    </row>
+    <row r="113" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C113" s="13"/>
       <c r="D113" s="13"/>
-      <c r="E113" s="97"/>
+      <c r="E113" s="94"/>
       <c r="F113" s="13"/>
-      <c r="G113" s="98"/>
-      <c r="H113" s="98"/>
+      <c r="G113" s="95"/>
+      <c r="H113" s="95"/>
       <c r="I113" s="13"/>
-      <c r="J113" s="97"/>
+      <c r="J113" s="94"/>
       <c r="K113" s="13"/>
       <c r="L113" s="13"/>
-      <c r="P113" s="94"/>
-[...7 lines deleted...]
-      <c r="B114" s="12"/>
+      <c r="P113" s="91"/>
+      <c r="Q113" s="93"/>
+    </row>
+    <row r="114" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C114" s="13"/>
       <c r="D114" s="13"/>
-      <c r="E114" s="97"/>
+      <c r="E114" s="94"/>
       <c r="F114" s="13"/>
-      <c r="G114" s="98"/>
-      <c r="H114" s="98"/>
+      <c r="G114" s="95"/>
+      <c r="H114" s="95"/>
       <c r="I114" s="13"/>
-      <c r="J114" s="97"/>
+      <c r="J114" s="94"/>
       <c r="K114" s="13"/>
       <c r="L114" s="13"/>
-      <c r="P114" s="94"/>
-[...7 lines deleted...]
-      <c r="B115" s="12"/>
+      <c r="P114" s="91"/>
+      <c r="Q114" s="93"/>
+    </row>
+    <row r="115" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C115" s="13"/>
       <c r="D115" s="13"/>
-      <c r="E115" s="97"/>
+      <c r="E115" s="94"/>
       <c r="F115" s="13"/>
-      <c r="G115" s="98"/>
-      <c r="H115" s="98"/>
+      <c r="G115" s="95"/>
+      <c r="H115" s="95"/>
       <c r="I115" s="13"/>
-      <c r="J115" s="97"/>
+      <c r="J115" s="94"/>
       <c r="K115" s="13"/>
       <c r="L115" s="13"/>
-      <c r="P115" s="94"/>
-[...7 lines deleted...]
-      <c r="B116" s="12"/>
+      <c r="P115" s="91"/>
+      <c r="Q115" s="93"/>
+    </row>
+    <row r="116" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C116" s="13"/>
       <c r="D116" s="13"/>
-      <c r="E116" s="97"/>
+      <c r="E116" s="94"/>
       <c r="F116" s="13"/>
-      <c r="G116" s="98"/>
-      <c r="H116" s="98"/>
+      <c r="G116" s="95"/>
+      <c r="H116" s="95"/>
       <c r="I116" s="13"/>
-      <c r="J116" s="97"/>
+      <c r="J116" s="94"/>
       <c r="K116" s="13"/>
       <c r="L116" s="13"/>
-      <c r="P116" s="94"/>
-[...7 lines deleted...]
-      <c r="B117" s="12"/>
+      <c r="P116" s="91"/>
+      <c r="Q116" s="93"/>
+    </row>
+    <row r="117" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C117" s="13"/>
       <c r="D117" s="13"/>
-      <c r="E117" s="97"/>
+      <c r="E117" s="94"/>
       <c r="F117" s="13"/>
-      <c r="G117" s="98"/>
-      <c r="H117" s="98"/>
+      <c r="G117" s="95"/>
+      <c r="H117" s="95"/>
       <c r="I117" s="13"/>
-      <c r="J117" s="97"/>
+      <c r="J117" s="94"/>
       <c r="K117" s="13"/>
       <c r="L117" s="13"/>
-      <c r="P117" s="94"/>
-[...7 lines deleted...]
-      <c r="B118" s="12"/>
+      <c r="P117" s="91"/>
+      <c r="Q117" s="93"/>
+    </row>
+    <row r="118" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C118" s="13"/>
       <c r="D118" s="13"/>
-      <c r="E118" s="97"/>
+      <c r="E118" s="94"/>
       <c r="F118" s="13"/>
-      <c r="G118" s="98"/>
-      <c r="H118" s="98"/>
+      <c r="G118" s="95"/>
+      <c r="H118" s="95"/>
       <c r="I118" s="13"/>
-      <c r="J118" s="97"/>
+      <c r="J118" s="94"/>
       <c r="K118" s="13"/>
       <c r="L118" s="13"/>
-      <c r="P118" s="94"/>
-[...7 lines deleted...]
-      <c r="B119" s="12"/>
+      <c r="P118" s="91"/>
+      <c r="Q118" s="93"/>
+    </row>
+    <row r="119" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C119" s="13"/>
       <c r="D119" s="13"/>
-      <c r="E119" s="97"/>
+      <c r="E119" s="94"/>
       <c r="F119" s="13"/>
-      <c r="G119" s="98"/>
-      <c r="H119" s="98"/>
+      <c r="G119" s="95"/>
+      <c r="H119" s="95"/>
       <c r="I119" s="13"/>
-      <c r="J119" s="97"/>
+      <c r="J119" s="94"/>
       <c r="K119" s="13"/>
       <c r="L119" s="13"/>
-      <c r="P119" s="94"/>
-[...7 lines deleted...]
-      <c r="B120" s="12"/>
+      <c r="P119" s="91"/>
+      <c r="Q119" s="93"/>
+    </row>
+    <row r="120" spans="3:17" x14ac:dyDescent="0.3">
       <c r="C120" s="13"/>
       <c r="D120" s="13"/>
-      <c r="E120" s="97"/>
+      <c r="E120" s="94"/>
       <c r="F120" s="13"/>
-      <c r="G120" s="98"/>
-      <c r="H120" s="98"/>
+      <c r="G120" s="119">
+        <f>SUM(G3:G119)</f>
+        <v>0</v>
+      </c>
+      <c r="H120" s="95"/>
       <c r="I120" s="13"/>
-      <c r="J120" s="97"/>
+      <c r="J120" s="94"/>
       <c r="K120" s="13"/>
       <c r="L120" s="13"/>
-      <c r="P120" s="94"/>
-      <c r="Q120" s="96"/>
+      <c r="P120" s="91"/>
+      <c r="Q120" s="93"/>
     </row>
   </sheetData>
   <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I3:I120" xr:uid="{00000000-0002-0000-0200-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B3:B59" xr:uid="{00000000-0002-0000-0200-000001000000}">
+      <formula1>Nature_de_la_dépense</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I3:I58 I60:I120" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>paiement</formula1>
-    </dataValidation>
-[...1 lines deleted...]
-      <formula1>Nature_de_la_dépense</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.23622047244094491" bottom="0.23622047244094491" header="0.15748031496062992" footer="0.15748031496062992"/>
-  <pageSetup paperSize="9" scale="54" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="31" orientation="landscape" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.109375" style="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="67" style="6" customWidth="1"/>
-    <col min="3" max="6" width="18.6640625" style="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.6640625" style="17" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.33203125" style="17" customWidth="1"/>
+    <col min="5" max="6" width="18.6640625" style="17" bestFit="1" customWidth="1"/>
     <col min="7" max="10" width="11.44140625" style="16"/>
     <col min="11" max="11" width="11.44140625" style="16" customWidth="1"/>
     <col min="12" max="12" width="12.44140625" style="16" customWidth="1"/>
     <col min="13" max="19" width="11.44140625" style="16"/>
     <col min="20" max="16384" width="11.44140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="3" customFormat="1" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="4" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>1</v>
+      </c>
+      <c r="B1" s="92" t="s">
+        <v>64</v>
+      </c>
+      <c r="C1" s="75" t="s">
+        <v>256</v>
       </c>
       <c r="D1" s="14" t="s">
-        <v>115</v>
+        <v>278</v>
       </c>
       <c r="E1" s="14" t="s">
-        <v>116</v>
+        <v>277</v>
       </c>
       <c r="F1" s="14" t="s">
-        <v>117</v>
+        <v>276</v>
       </c>
       <c r="G1" s="15"/>
       <c r="H1" s="15"/>
       <c r="I1" s="15"/>
       <c r="J1" s="15"/>
       <c r="M1" s="15"/>
       <c r="N1" s="15"/>
       <c r="O1" s="15"/>
       <c r="P1" s="15"/>
       <c r="Q1" s="15"/>
       <c r="R1" s="15"/>
       <c r="S1" s="15"/>
     </row>
     <row r="2" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A2" s="11" t="e">
         <f t="shared" ref="A2:A12" si="0">INDEX(Référence_PCMN,MATCH(B2,Nature_de_la_recette,0))</f>
         <v>#N/A</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="13"/>
       <c r="D2" s="13"/>
-      <c r="E2" s="97"/>
-      <c r="F2" s="98"/>
+      <c r="E2" s="94"/>
+      <c r="F2" s="115"/>
     </row>
     <row r="3" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A3" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
-      <c r="B3" s="12"/>
-      <c r="C3" s="13"/>
+      <c r="B3" s="116"/>
+      <c r="C3" s="117"/>
       <c r="D3" s="13"/>
-      <c r="E3" s="97"/>
-      <c r="F3" s="98"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="115"/>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A4" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
-      <c r="B4" s="12"/>
-      <c r="C4" s="13"/>
+      <c r="B4" s="116"/>
+      <c r="C4" s="117"/>
       <c r="D4" s="13"/>
-      <c r="E4" s="97"/>
-      <c r="F4" s="98"/>
+      <c r="E4" s="94"/>
+      <c r="F4" s="13"/>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A5" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
-      <c r="B5" s="12"/>
-      <c r="C5" s="13"/>
+      <c r="B5" s="116"/>
+      <c r="C5" s="117"/>
       <c r="D5" s="13"/>
-      <c r="E5" s="97"/>
-      <c r="F5" s="98"/>
+      <c r="E5" s="94"/>
+      <c r="F5" s="13"/>
     </row>
     <row r="6" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A6" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
-      <c r="B6" s="12"/>
-      <c r="C6" s="13"/>
+      <c r="B6" s="116"/>
+      <c r="C6" s="117"/>
       <c r="D6" s="13"/>
-      <c r="E6" s="97"/>
-      <c r="F6" s="98"/>
+      <c r="E6" s="94"/>
+      <c r="F6" s="115"/>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A7" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
-      <c r="B7" s="12"/>
-      <c r="C7" s="13"/>
+      <c r="B7" s="116"/>
+      <c r="C7" s="117"/>
       <c r="D7" s="13"/>
-      <c r="E7" s="97"/>
-      <c r="F7" s="98"/>
+      <c r="E7" s="94"/>
+      <c r="F7" s="115"/>
     </row>
     <row r="8" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A8" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
-      <c r="B8" s="12"/>
-      <c r="C8" s="13"/>
+      <c r="B8" s="116"/>
+      <c r="C8" s="117"/>
       <c r="D8" s="13"/>
-      <c r="E8" s="97"/>
-      <c r="F8" s="98"/>
+      <c r="E8" s="94"/>
+      <c r="F8" s="115"/>
     </row>
     <row r="9" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A9" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="B9" s="12"/>
-      <c r="C9" s="13"/>
+      <c r="C9" s="115"/>
       <c r="D9" s="13"/>
-      <c r="E9" s="97"/>
-      <c r="F9" s="98"/>
+      <c r="E9" s="94"/>
+      <c r="F9" s="115"/>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A10" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="B10" s="12"/>
-      <c r="C10" s="13"/>
+      <c r="C10" s="115"/>
       <c r="D10" s="13"/>
-      <c r="E10" s="97"/>
-      <c r="F10" s="98"/>
+      <c r="E10" s="94"/>
+      <c r="F10" s="115"/>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A11" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="B11" s="12"/>
-      <c r="C11" s="13"/>
+      <c r="C11" s="115"/>
       <c r="D11" s="13"/>
-      <c r="E11" s="97"/>
-      <c r="F11" s="98"/>
+      <c r="E11" s="94"/>
+      <c r="F11" s="115"/>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A12" s="11" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="B12" s="12"/>
-      <c r="C12" s="13"/>
+      <c r="C12" s="115"/>
       <c r="D12" s="13"/>
-      <c r="E12" s="97"/>
-      <c r="F12" s="98"/>
+      <c r="E12" s="94"/>
+      <c r="F12" s="115"/>
     </row>
     <row r="13" spans="1:19" x14ac:dyDescent="0.3">
       <c r="A13" s="11"/>
       <c r="B13" s="12"/>
-      <c r="C13" s="13"/>
+      <c r="C13" s="115"/>
       <c r="D13" s="13"/>
-      <c r="E13" s="97"/>
-      <c r="F13" s="98"/>
+      <c r="E13" s="94"/>
+      <c r="F13" s="118">
+        <f>SUM(F2:F12)</f>
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B2:B12" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>Nature_de_la_recette</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.19685039370078741" right="0.15748031496062992" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="94" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R102"/>
   <sheetViews>
-    <sheetView topLeftCell="A91" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I1" sqref="I1"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="R2" sqref="R2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.5546875" style="6" customWidth="1"/>
     <col min="2" max="3" width="15.5546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="15.5546875" style="25" customWidth="1"/>
     <col min="5" max="5" width="15.5546875" style="26" customWidth="1"/>
     <col min="6" max="8" width="15.5546875" style="2" customWidth="1"/>
     <col min="9" max="9" width="14.5546875" style="2" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.88671875" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.109375" style="2" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="8" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="13.5546875" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13.5546875" style="2" customWidth="1"/>
     <col min="18" max="18" width="36.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="42" t="s">
-[...51 lines deleted...]
-        <v>135</v>
+      <c r="A1" s="40" t="s">
+        <v>101</v>
+      </c>
+      <c r="B1" s="42" t="s">
+        <v>102</v>
+      </c>
+      <c r="C1" s="42" t="s">
+        <v>103</v>
+      </c>
+      <c r="D1" s="43" t="s">
+        <v>104</v>
+      </c>
+      <c r="E1" s="44" t="s">
+        <v>105</v>
+      </c>
+      <c r="F1" s="42" t="s">
+        <v>106</v>
+      </c>
+      <c r="G1" s="42" t="s">
+        <v>272</v>
+      </c>
+      <c r="H1" s="42" t="s">
+        <v>273</v>
+      </c>
+      <c r="I1" s="42" t="s">
+        <v>246</v>
+      </c>
+      <c r="J1" s="42" t="s">
+        <v>247</v>
+      </c>
+      <c r="K1" s="42" t="s">
+        <v>248</v>
+      </c>
+      <c r="L1" s="42" t="s">
+        <v>249</v>
+      </c>
+      <c r="M1" s="42" t="s">
+        <v>250</v>
+      </c>
+      <c r="N1" s="42" t="s">
+        <v>259</v>
+      </c>
+      <c r="O1" s="42" t="s">
+        <v>240</v>
+      </c>
+      <c r="P1" s="42" t="s">
+        <v>241</v>
+      </c>
+      <c r="Q1" s="42" t="s">
+        <v>242</v>
+      </c>
+      <c r="R1" s="42" t="s">
+        <v>271</v>
       </c>
     </row>
     <row r="2" spans="1:18" ht="72.599999999999994" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="23" t="s">
-        <v>136</v>
+        <v>69</v>
       </c>
       <c r="B2" s="23" t="s">
-        <v>137</v>
+        <v>9</v>
       </c>
       <c r="C2" s="23" t="s">
-        <v>138</v>
+        <v>10</v>
       </c>
       <c r="D2" s="24" t="s">
-        <v>139</v>
+        <v>62</v>
       </c>
       <c r="E2" s="23" t="s">
-        <v>140</v>
+        <v>268</v>
       </c>
       <c r="F2" s="23" t="s">
-        <v>141</v>
+        <v>269</v>
       </c>
       <c r="G2" s="23" t="s">
-        <v>142</v>
+        <v>274</v>
       </c>
       <c r="H2" s="23" t="s">
-        <v>143</v>
-[...17 lines deleted...]
-        <v>149</v>
+        <v>275</v>
+      </c>
+      <c r="I2" s="73" t="s">
+        <v>270</v>
+      </c>
+      <c r="J2" s="73" t="s">
+        <v>251</v>
+      </c>
+      <c r="K2" s="73" t="s">
+        <v>252</v>
+      </c>
+      <c r="L2" s="73" t="s">
+        <v>253</v>
+      </c>
+      <c r="M2" s="73" t="s">
+        <v>254</v>
+      </c>
+      <c r="N2" s="73" t="s">
+        <v>260</v>
       </c>
       <c r="O2" s="23" t="s">
-        <v>150</v>
+        <v>239</v>
       </c>
       <c r="P2" s="23" t="s">
-        <v>15</v>
+        <v>87</v>
       </c>
       <c r="Q2" s="23" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="R2" s="23" t="s">
-        <v>51</v>
+        <v>258</v>
       </c>
     </row>
     <row r="3" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="18" t="s">
-        <v>151</v>
-[...17 lines deleted...]
-      <c r="R3" s="91"/>
+        <v>65</v>
+      </c>
+      <c r="B3" s="46"/>
+      <c r="C3" s="46"/>
+      <c r="D3" s="47"/>
+      <c r="E3" s="86"/>
+      <c r="F3" s="86"/>
+      <c r="G3" s="90"/>
+      <c r="H3" s="90"/>
+      <c r="I3" s="87"/>
+      <c r="J3" s="87"/>
+      <c r="K3" s="87"/>
+      <c r="L3" s="87"/>
+      <c r="M3" s="87"/>
+      <c r="N3" s="87"/>
+      <c r="O3" s="88"/>
+      <c r="P3" s="88"/>
+      <c r="Q3" s="88"/>
+      <c r="R3" s="89"/>
     </row>
     <row r="4" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="18" t="s">
-        <v>152</v>
-[...17 lines deleted...]
-      <c r="R4" s="91"/>
+        <v>66</v>
+      </c>
+      <c r="B4" s="46"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="47"/>
+      <c r="E4" s="86"/>
+      <c r="F4" s="86"/>
+      <c r="G4" s="90"/>
+      <c r="H4" s="90"/>
+      <c r="I4" s="87"/>
+      <c r="J4" s="87"/>
+      <c r="K4" s="87"/>
+      <c r="L4" s="87"/>
+      <c r="M4" s="87"/>
+      <c r="N4" s="87"/>
+      <c r="O4" s="88"/>
+      <c r="P4" s="88"/>
+      <c r="Q4" s="88"/>
+      <c r="R4" s="89"/>
     </row>
     <row r="5" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="18" t="s">
-        <v>153</v>
-[...17 lines deleted...]
-      <c r="R5" s="91"/>
+        <v>67</v>
+      </c>
+      <c r="B5" s="46"/>
+      <c r="C5" s="46"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="86"/>
+      <c r="F5" s="86"/>
+      <c r="G5" s="90"/>
+      <c r="H5" s="90"/>
+      <c r="I5" s="87"/>
+      <c r="J5" s="87"/>
+      <c r="K5" s="87"/>
+      <c r="L5" s="87"/>
+      <c r="M5" s="87"/>
+      <c r="N5" s="87"/>
+      <c r="O5" s="88"/>
+      <c r="P5" s="88"/>
+      <c r="Q5" s="88"/>
+      <c r="R5" s="89"/>
     </row>
     <row r="6" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="18" t="s">
-        <v>154</v>
-[...17 lines deleted...]
-      <c r="R6" s="91"/>
+        <v>68</v>
+      </c>
+      <c r="B6" s="46"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="47"/>
+      <c r="E6" s="86"/>
+      <c r="F6" s="86"/>
+      <c r="G6" s="90"/>
+      <c r="H6" s="90"/>
+      <c r="I6" s="87"/>
+      <c r="J6" s="87"/>
+      <c r="K6" s="87"/>
+      <c r="L6" s="87"/>
+      <c r="M6" s="87"/>
+      <c r="N6" s="87"/>
+      <c r="O6" s="88"/>
+      <c r="P6" s="88"/>
+      <c r="Q6" s="88"/>
+      <c r="R6" s="89"/>
     </row>
     <row r="7" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="18" t="s">
-        <v>155</v>
-[...17 lines deleted...]
-      <c r="R7" s="91"/>
+        <v>111</v>
+      </c>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="47"/>
+      <c r="E7" s="86"/>
+      <c r="F7" s="86"/>
+      <c r="G7" s="90"/>
+      <c r="H7" s="90"/>
+      <c r="I7" s="87"/>
+      <c r="J7" s="87"/>
+      <c r="K7" s="87"/>
+      <c r="L7" s="87"/>
+      <c r="M7" s="87"/>
+      <c r="N7" s="87"/>
+      <c r="O7" s="88"/>
+      <c r="P7" s="88"/>
+      <c r="Q7" s="88"/>
+      <c r="R7" s="89"/>
     </row>
     <row r="8" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="18" t="s">
-        <v>156</v>
-[...17 lines deleted...]
-      <c r="R8" s="91"/>
+        <v>112</v>
+      </c>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="47"/>
+      <c r="E8" s="86"/>
+      <c r="F8" s="86"/>
+      <c r="G8" s="90"/>
+      <c r="H8" s="90"/>
+      <c r="I8" s="87"/>
+      <c r="J8" s="87"/>
+      <c r="K8" s="87"/>
+      <c r="L8" s="87"/>
+      <c r="M8" s="87"/>
+      <c r="N8" s="87"/>
+      <c r="O8" s="88"/>
+      <c r="P8" s="88"/>
+      <c r="Q8" s="88"/>
+      <c r="R8" s="89"/>
     </row>
     <row r="9" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="18" t="s">
-        <v>157</v>
-[...17 lines deleted...]
-      <c r="R9" s="91"/>
+        <v>113</v>
+      </c>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="47"/>
+      <c r="E9" s="86"/>
+      <c r="F9" s="86"/>
+      <c r="G9" s="90"/>
+      <c r="H9" s="90"/>
+      <c r="I9" s="87"/>
+      <c r="J9" s="87"/>
+      <c r="K9" s="87"/>
+      <c r="L9" s="87"/>
+      <c r="M9" s="87"/>
+      <c r="N9" s="87"/>
+      <c r="O9" s="88"/>
+      <c r="P9" s="88"/>
+      <c r="Q9" s="88"/>
+      <c r="R9" s="89"/>
     </row>
     <row r="10" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="18" t="s">
-        <v>158</v>
-[...17 lines deleted...]
-      <c r="R10" s="91"/>
+        <v>114</v>
+      </c>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="47"/>
+      <c r="E10" s="86"/>
+      <c r="F10" s="86"/>
+      <c r="G10" s="90"/>
+      <c r="H10" s="90"/>
+      <c r="I10" s="87"/>
+      <c r="J10" s="87"/>
+      <c r="K10" s="87"/>
+      <c r="L10" s="87"/>
+      <c r="M10" s="87"/>
+      <c r="N10" s="87"/>
+      <c r="O10" s="88"/>
+      <c r="P10" s="88"/>
+      <c r="Q10" s="88"/>
+      <c r="R10" s="89"/>
     </row>
     <row r="11" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="18" t="s">
-        <v>159</v>
-[...17 lines deleted...]
-      <c r="R11" s="91"/>
+        <v>115</v>
+      </c>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="47"/>
+      <c r="E11" s="86"/>
+      <c r="F11" s="86"/>
+      <c r="G11" s="90"/>
+      <c r="H11" s="90"/>
+      <c r="I11" s="87"/>
+      <c r="J11" s="87"/>
+      <c r="K11" s="87"/>
+      <c r="L11" s="87"/>
+      <c r="M11" s="87"/>
+      <c r="N11" s="87"/>
+      <c r="O11" s="88"/>
+      <c r="P11" s="88"/>
+      <c r="Q11" s="88"/>
+      <c r="R11" s="89"/>
     </row>
     <row r="12" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="18" t="s">
-        <v>160</v>
-[...17 lines deleted...]
-      <c r="R12" s="91"/>
+        <v>116</v>
+      </c>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="47"/>
+      <c r="E12" s="86"/>
+      <c r="F12" s="86"/>
+      <c r="G12" s="90"/>
+      <c r="H12" s="90"/>
+      <c r="I12" s="87"/>
+      <c r="J12" s="87"/>
+      <c r="K12" s="87"/>
+      <c r="L12" s="87"/>
+      <c r="M12" s="87"/>
+      <c r="N12" s="87"/>
+      <c r="O12" s="88"/>
+      <c r="P12" s="88"/>
+      <c r="Q12" s="88"/>
+      <c r="R12" s="89"/>
     </row>
     <row r="13" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="18" t="s">
-        <v>161</v>
-[...17 lines deleted...]
-      <c r="R13" s="91"/>
+        <v>117</v>
+      </c>
+      <c r="B13" s="46"/>
+      <c r="C13" s="46"/>
+      <c r="D13" s="47"/>
+      <c r="E13" s="86"/>
+      <c r="F13" s="86"/>
+      <c r="G13" s="90"/>
+      <c r="H13" s="90"/>
+      <c r="I13" s="87"/>
+      <c r="J13" s="87"/>
+      <c r="K13" s="87"/>
+      <c r="L13" s="87"/>
+      <c r="M13" s="87"/>
+      <c r="N13" s="87"/>
+      <c r="O13" s="88"/>
+      <c r="P13" s="88"/>
+      <c r="Q13" s="88"/>
+      <c r="R13" s="89"/>
     </row>
     <row r="14" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="18" t="s">
-        <v>162</v>
-[...17 lines deleted...]
-      <c r="R14" s="91"/>
+        <v>118</v>
+      </c>
+      <c r="B14" s="46"/>
+      <c r="C14" s="46"/>
+      <c r="D14" s="47"/>
+      <c r="E14" s="86"/>
+      <c r="F14" s="86"/>
+      <c r="G14" s="90"/>
+      <c r="H14" s="90"/>
+      <c r="I14" s="87"/>
+      <c r="J14" s="87"/>
+      <c r="K14" s="87"/>
+      <c r="L14" s="87"/>
+      <c r="M14" s="87"/>
+      <c r="N14" s="87"/>
+      <c r="O14" s="88"/>
+      <c r="P14" s="88"/>
+      <c r="Q14" s="88"/>
+      <c r="R14" s="89"/>
     </row>
     <row r="15" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="18" t="s">
-        <v>163</v>
-[...17 lines deleted...]
-      <c r="R15" s="91"/>
+        <v>119</v>
+      </c>
+      <c r="B15" s="46"/>
+      <c r="C15" s="46"/>
+      <c r="D15" s="47"/>
+      <c r="E15" s="86"/>
+      <c r="F15" s="86"/>
+      <c r="G15" s="90"/>
+      <c r="H15" s="90"/>
+      <c r="I15" s="87"/>
+      <c r="J15" s="87"/>
+      <c r="K15" s="87"/>
+      <c r="L15" s="87"/>
+      <c r="M15" s="87"/>
+      <c r="N15" s="87"/>
+      <c r="O15" s="88"/>
+      <c r="P15" s="88"/>
+      <c r="Q15" s="88"/>
+      <c r="R15" s="89"/>
     </row>
     <row r="16" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="18" t="s">
-        <v>164</v>
-[...17 lines deleted...]
-      <c r="R16" s="91"/>
+        <v>120</v>
+      </c>
+      <c r="B16" s="46"/>
+      <c r="C16" s="46"/>
+      <c r="D16" s="47"/>
+      <c r="E16" s="86"/>
+      <c r="F16" s="86"/>
+      <c r="G16" s="90"/>
+      <c r="H16" s="90"/>
+      <c r="I16" s="87"/>
+      <c r="J16" s="87"/>
+      <c r="K16" s="87"/>
+      <c r="L16" s="87"/>
+      <c r="M16" s="87"/>
+      <c r="N16" s="87"/>
+      <c r="O16" s="88"/>
+      <c r="P16" s="88"/>
+      <c r="Q16" s="88"/>
+      <c r="R16" s="89"/>
     </row>
     <row r="17" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="18" t="s">
-        <v>165</v>
-[...17 lines deleted...]
-      <c r="R17" s="91"/>
+        <v>121</v>
+      </c>
+      <c r="B17" s="46"/>
+      <c r="C17" s="46"/>
+      <c r="D17" s="47"/>
+      <c r="E17" s="86"/>
+      <c r="F17" s="86"/>
+      <c r="G17" s="90"/>
+      <c r="H17" s="90"/>
+      <c r="I17" s="87"/>
+      <c r="J17" s="87"/>
+      <c r="K17" s="87"/>
+      <c r="L17" s="87"/>
+      <c r="M17" s="87"/>
+      <c r="N17" s="87"/>
+      <c r="O17" s="88"/>
+      <c r="P17" s="88"/>
+      <c r="Q17" s="88"/>
+      <c r="R17" s="89"/>
     </row>
     <row r="18" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="18" t="s">
-        <v>166</v>
-[...17 lines deleted...]
-      <c r="R18" s="91"/>
+        <v>122</v>
+      </c>
+      <c r="B18" s="46"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="47"/>
+      <c r="E18" s="86"/>
+      <c r="F18" s="86"/>
+      <c r="G18" s="90"/>
+      <c r="H18" s="90"/>
+      <c r="I18" s="87"/>
+      <c r="J18" s="87"/>
+      <c r="K18" s="87"/>
+      <c r="L18" s="87"/>
+      <c r="M18" s="87"/>
+      <c r="N18" s="87"/>
+      <c r="O18" s="88"/>
+      <c r="P18" s="88"/>
+      <c r="Q18" s="88"/>
+      <c r="R18" s="89"/>
     </row>
     <row r="19" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="18" t="s">
-        <v>167</v>
-[...17 lines deleted...]
-      <c r="R19" s="91"/>
+        <v>123</v>
+      </c>
+      <c r="B19" s="46"/>
+      <c r="C19" s="46"/>
+      <c r="D19" s="47"/>
+      <c r="E19" s="86"/>
+      <c r="F19" s="86"/>
+      <c r="G19" s="90"/>
+      <c r="H19" s="90"/>
+      <c r="I19" s="87"/>
+      <c r="J19" s="87"/>
+      <c r="K19" s="87"/>
+      <c r="L19" s="87"/>
+      <c r="M19" s="87"/>
+      <c r="N19" s="87"/>
+      <c r="O19" s="88"/>
+      <c r="P19" s="88"/>
+      <c r="Q19" s="88"/>
+      <c r="R19" s="89"/>
     </row>
     <row r="20" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="18" t="s">
-        <v>168</v>
-[...17 lines deleted...]
-      <c r="R20" s="91"/>
+        <v>124</v>
+      </c>
+      <c r="B20" s="46"/>
+      <c r="C20" s="46"/>
+      <c r="D20" s="47"/>
+      <c r="E20" s="86"/>
+      <c r="F20" s="86"/>
+      <c r="G20" s="90"/>
+      <c r="H20" s="90"/>
+      <c r="I20" s="87"/>
+      <c r="J20" s="87"/>
+      <c r="K20" s="87"/>
+      <c r="L20" s="87"/>
+      <c r="M20" s="87"/>
+      <c r="N20" s="87"/>
+      <c r="O20" s="88"/>
+      <c r="P20" s="88"/>
+      <c r="Q20" s="88"/>
+      <c r="R20" s="89"/>
     </row>
     <row r="21" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="18" t="s">
-        <v>169</v>
-[...17 lines deleted...]
-      <c r="R21" s="91"/>
+        <v>125</v>
+      </c>
+      <c r="B21" s="46"/>
+      <c r="C21" s="46"/>
+      <c r="D21" s="47"/>
+      <c r="E21" s="86"/>
+      <c r="F21" s="86"/>
+      <c r="G21" s="90"/>
+      <c r="H21" s="90"/>
+      <c r="I21" s="87"/>
+      <c r="J21" s="87"/>
+      <c r="K21" s="87"/>
+      <c r="L21" s="87"/>
+      <c r="M21" s="87"/>
+      <c r="N21" s="87"/>
+      <c r="O21" s="88"/>
+      <c r="P21" s="88"/>
+      <c r="Q21" s="88"/>
+      <c r="R21" s="89"/>
     </row>
     <row r="22" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="18" t="s">
-        <v>170</v>
-[...17 lines deleted...]
-      <c r="R22" s="91"/>
+        <v>126</v>
+      </c>
+      <c r="B22" s="46"/>
+      <c r="C22" s="46"/>
+      <c r="D22" s="47"/>
+      <c r="E22" s="86"/>
+      <c r="F22" s="86"/>
+      <c r="G22" s="90"/>
+      <c r="H22" s="90"/>
+      <c r="I22" s="87"/>
+      <c r="J22" s="87"/>
+      <c r="K22" s="87"/>
+      <c r="L22" s="87"/>
+      <c r="M22" s="87"/>
+      <c r="N22" s="87"/>
+      <c r="O22" s="88"/>
+      <c r="P22" s="88"/>
+      <c r="Q22" s="88"/>
+      <c r="R22" s="89"/>
     </row>
     <row r="23" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="18" t="s">
-        <v>171</v>
-[...17 lines deleted...]
-      <c r="R23" s="91"/>
+        <v>127</v>
+      </c>
+      <c r="B23" s="46"/>
+      <c r="C23" s="46"/>
+      <c r="D23" s="47"/>
+      <c r="E23" s="86"/>
+      <c r="F23" s="86"/>
+      <c r="G23" s="90"/>
+      <c r="H23" s="90"/>
+      <c r="I23" s="87"/>
+      <c r="J23" s="87"/>
+      <c r="K23" s="87"/>
+      <c r="L23" s="87"/>
+      <c r="M23" s="87"/>
+      <c r="N23" s="87"/>
+      <c r="O23" s="88"/>
+      <c r="P23" s="88"/>
+      <c r="Q23" s="88"/>
+      <c r="R23" s="89"/>
     </row>
     <row r="24" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="18" t="s">
-        <v>172</v>
-[...17 lines deleted...]
-      <c r="R24" s="91"/>
+        <v>128</v>
+      </c>
+      <c r="B24" s="46"/>
+      <c r="C24" s="46"/>
+      <c r="D24" s="47"/>
+      <c r="E24" s="86"/>
+      <c r="F24" s="86"/>
+      <c r="G24" s="90"/>
+      <c r="H24" s="90"/>
+      <c r="I24" s="87"/>
+      <c r="J24" s="87"/>
+      <c r="K24" s="87"/>
+      <c r="L24" s="87"/>
+      <c r="M24" s="87"/>
+      <c r="N24" s="87"/>
+      <c r="O24" s="88"/>
+      <c r="P24" s="88"/>
+      <c r="Q24" s="88"/>
+      <c r="R24" s="89"/>
     </row>
     <row r="25" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="18" t="s">
-        <v>173</v>
-[...17 lines deleted...]
-      <c r="R25" s="91"/>
+        <v>129</v>
+      </c>
+      <c r="B25" s="46"/>
+      <c r="C25" s="46"/>
+      <c r="D25" s="47"/>
+      <c r="E25" s="86"/>
+      <c r="F25" s="86"/>
+      <c r="G25" s="90"/>
+      <c r="H25" s="90"/>
+      <c r="I25" s="87"/>
+      <c r="J25" s="87"/>
+      <c r="K25" s="87"/>
+      <c r="L25" s="87"/>
+      <c r="M25" s="87"/>
+      <c r="N25" s="87"/>
+      <c r="O25" s="88"/>
+      <c r="P25" s="88"/>
+      <c r="Q25" s="88"/>
+      <c r="R25" s="89"/>
     </row>
     <row r="26" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="18" t="s">
-        <v>174</v>
-[...17 lines deleted...]
-      <c r="R26" s="91"/>
+        <v>130</v>
+      </c>
+      <c r="B26" s="46"/>
+      <c r="C26" s="46"/>
+      <c r="D26" s="47"/>
+      <c r="E26" s="86"/>
+      <c r="F26" s="86"/>
+      <c r="G26" s="90"/>
+      <c r="H26" s="90"/>
+      <c r="I26" s="87"/>
+      <c r="J26" s="87"/>
+      <c r="K26" s="87"/>
+      <c r="L26" s="87"/>
+      <c r="M26" s="87"/>
+      <c r="N26" s="87"/>
+      <c r="O26" s="88"/>
+      <c r="P26" s="88"/>
+      <c r="Q26" s="88"/>
+      <c r="R26" s="89"/>
     </row>
     <row r="27" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="18" t="s">
-        <v>175</v>
-[...17 lines deleted...]
-      <c r="R27" s="91"/>
+        <v>131</v>
+      </c>
+      <c r="B27" s="46"/>
+      <c r="C27" s="46"/>
+      <c r="D27" s="47"/>
+      <c r="E27" s="86"/>
+      <c r="F27" s="86"/>
+      <c r="G27" s="90"/>
+      <c r="H27" s="90"/>
+      <c r="I27" s="87"/>
+      <c r="J27" s="87"/>
+      <c r="K27" s="87"/>
+      <c r="L27" s="87"/>
+      <c r="M27" s="87"/>
+      <c r="N27" s="87"/>
+      <c r="O27" s="88"/>
+      <c r="P27" s="88"/>
+      <c r="Q27" s="88"/>
+      <c r="R27" s="89"/>
     </row>
     <row r="28" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="18" t="s">
-        <v>176</v>
-[...17 lines deleted...]
-      <c r="R28" s="91"/>
+        <v>132</v>
+      </c>
+      <c r="B28" s="46"/>
+      <c r="C28" s="46"/>
+      <c r="D28" s="47"/>
+      <c r="E28" s="86"/>
+      <c r="F28" s="86"/>
+      <c r="G28" s="90"/>
+      <c r="H28" s="90"/>
+      <c r="I28" s="87"/>
+      <c r="J28" s="87"/>
+      <c r="K28" s="87"/>
+      <c r="L28" s="87"/>
+      <c r="M28" s="87"/>
+      <c r="N28" s="87"/>
+      <c r="O28" s="88"/>
+      <c r="P28" s="88"/>
+      <c r="Q28" s="88"/>
+      <c r="R28" s="89"/>
     </row>
     <row r="29" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="18" t="s">
-        <v>177</v>
-[...17 lines deleted...]
-      <c r="R29" s="91"/>
+        <v>133</v>
+      </c>
+      <c r="B29" s="46"/>
+      <c r="C29" s="46"/>
+      <c r="D29" s="47"/>
+      <c r="E29" s="86"/>
+      <c r="F29" s="86"/>
+      <c r="G29" s="90"/>
+      <c r="H29" s="90"/>
+      <c r="I29" s="87"/>
+      <c r="J29" s="87"/>
+      <c r="K29" s="87"/>
+      <c r="L29" s="87"/>
+      <c r="M29" s="87"/>
+      <c r="N29" s="87"/>
+      <c r="O29" s="88"/>
+      <c r="P29" s="88"/>
+      <c r="Q29" s="88"/>
+      <c r="R29" s="89"/>
     </row>
     <row r="30" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="18" t="s">
-        <v>178</v>
-[...17 lines deleted...]
-      <c r="R30" s="91"/>
+        <v>134</v>
+      </c>
+      <c r="B30" s="46"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="47"/>
+      <c r="E30" s="86"/>
+      <c r="F30" s="86"/>
+      <c r="G30" s="90"/>
+      <c r="H30" s="90"/>
+      <c r="I30" s="87"/>
+      <c r="J30" s="87"/>
+      <c r="K30" s="87"/>
+      <c r="L30" s="87"/>
+      <c r="M30" s="87"/>
+      <c r="N30" s="87"/>
+      <c r="O30" s="88"/>
+      <c r="P30" s="88"/>
+      <c r="Q30" s="88"/>
+      <c r="R30" s="89"/>
     </row>
     <row r="31" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="18" t="s">
-        <v>179</v>
-[...17 lines deleted...]
-      <c r="R31" s="91"/>
+        <v>135</v>
+      </c>
+      <c r="B31" s="46"/>
+      <c r="C31" s="46"/>
+      <c r="D31" s="47"/>
+      <c r="E31" s="86"/>
+      <c r="F31" s="86"/>
+      <c r="G31" s="90"/>
+      <c r="H31" s="90"/>
+      <c r="I31" s="87"/>
+      <c r="J31" s="87"/>
+      <c r="K31" s="87"/>
+      <c r="L31" s="87"/>
+      <c r="M31" s="87"/>
+      <c r="N31" s="87"/>
+      <c r="O31" s="88"/>
+      <c r="P31" s="88"/>
+      <c r="Q31" s="88"/>
+      <c r="R31" s="89"/>
     </row>
     <row r="32" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="18" t="s">
-        <v>180</v>
-[...17 lines deleted...]
-      <c r="R32" s="91"/>
+        <v>136</v>
+      </c>
+      <c r="B32" s="46"/>
+      <c r="C32" s="46"/>
+      <c r="D32" s="47"/>
+      <c r="E32" s="86"/>
+      <c r="F32" s="86"/>
+      <c r="G32" s="90"/>
+      <c r="H32" s="90"/>
+      <c r="I32" s="87"/>
+      <c r="J32" s="87"/>
+      <c r="K32" s="87"/>
+      <c r="L32" s="87"/>
+      <c r="M32" s="87"/>
+      <c r="N32" s="87"/>
+      <c r="O32" s="88"/>
+      <c r="P32" s="88"/>
+      <c r="Q32" s="88"/>
+      <c r="R32" s="89"/>
     </row>
     <row r="33" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="18" t="s">
-        <v>181</v>
-[...17 lines deleted...]
-      <c r="R33" s="91"/>
+        <v>137</v>
+      </c>
+      <c r="B33" s="46"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="47"/>
+      <c r="E33" s="86"/>
+      <c r="F33" s="86"/>
+      <c r="G33" s="90"/>
+      <c r="H33" s="90"/>
+      <c r="I33" s="87"/>
+      <c r="J33" s="87"/>
+      <c r="K33" s="87"/>
+      <c r="L33" s="87"/>
+      <c r="M33" s="87"/>
+      <c r="N33" s="87"/>
+      <c r="O33" s="88"/>
+      <c r="P33" s="88"/>
+      <c r="Q33" s="88"/>
+      <c r="R33" s="89"/>
     </row>
     <row r="34" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="18" t="s">
-        <v>182</v>
-[...17 lines deleted...]
-      <c r="R34" s="91"/>
+        <v>138</v>
+      </c>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="47"/>
+      <c r="E34" s="86"/>
+      <c r="F34" s="86"/>
+      <c r="G34" s="90"/>
+      <c r="H34" s="90"/>
+      <c r="I34" s="87"/>
+      <c r="J34" s="87"/>
+      <c r="K34" s="87"/>
+      <c r="L34" s="87"/>
+      <c r="M34" s="87"/>
+      <c r="N34" s="87"/>
+      <c r="O34" s="88"/>
+      <c r="P34" s="88"/>
+      <c r="Q34" s="88"/>
+      <c r="R34" s="89"/>
     </row>
     <row r="35" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="18" t="s">
-        <v>183</v>
-[...17 lines deleted...]
-      <c r="R35" s="91"/>
+        <v>139</v>
+      </c>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="47"/>
+      <c r="E35" s="86"/>
+      <c r="F35" s="86"/>
+      <c r="G35" s="90"/>
+      <c r="H35" s="90"/>
+      <c r="I35" s="87"/>
+      <c r="J35" s="87"/>
+      <c r="K35" s="87"/>
+      <c r="L35" s="87"/>
+      <c r="M35" s="87"/>
+      <c r="N35" s="87"/>
+      <c r="O35" s="88"/>
+      <c r="P35" s="88"/>
+      <c r="Q35" s="88"/>
+      <c r="R35" s="89"/>
     </row>
     <row r="36" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="18" t="s">
-        <v>184</v>
-[...17 lines deleted...]
-      <c r="R36" s="91"/>
+        <v>140</v>
+      </c>
+      <c r="B36" s="46"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="47"/>
+      <c r="E36" s="86"/>
+      <c r="F36" s="86"/>
+      <c r="G36" s="90"/>
+      <c r="H36" s="90"/>
+      <c r="I36" s="87"/>
+      <c r="J36" s="87"/>
+      <c r="K36" s="87"/>
+      <c r="L36" s="87"/>
+      <c r="M36" s="87"/>
+      <c r="N36" s="87"/>
+      <c r="O36" s="88"/>
+      <c r="P36" s="88"/>
+      <c r="Q36" s="88"/>
+      <c r="R36" s="89"/>
     </row>
     <row r="37" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="18" t="s">
-        <v>185</v>
-[...17 lines deleted...]
-      <c r="R37" s="91"/>
+        <v>141</v>
+      </c>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="47"/>
+      <c r="E37" s="86"/>
+      <c r="F37" s="86"/>
+      <c r="G37" s="90"/>
+      <c r="H37" s="90"/>
+      <c r="I37" s="87"/>
+      <c r="J37" s="87"/>
+      <c r="K37" s="87"/>
+      <c r="L37" s="87"/>
+      <c r="M37" s="87"/>
+      <c r="N37" s="87"/>
+      <c r="O37" s="88"/>
+      <c r="P37" s="88"/>
+      <c r="Q37" s="88"/>
+      <c r="R37" s="89"/>
     </row>
     <row r="38" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="18" t="s">
-        <v>186</v>
-[...17 lines deleted...]
-      <c r="R38" s="91"/>
+        <v>142</v>
+      </c>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="47"/>
+      <c r="E38" s="86"/>
+      <c r="F38" s="86"/>
+      <c r="G38" s="90"/>
+      <c r="H38" s="90"/>
+      <c r="I38" s="87"/>
+      <c r="J38" s="87"/>
+      <c r="K38" s="87"/>
+      <c r="L38" s="87"/>
+      <c r="M38" s="87"/>
+      <c r="N38" s="87"/>
+      <c r="O38" s="88"/>
+      <c r="P38" s="88"/>
+      <c r="Q38" s="88"/>
+      <c r="R38" s="89"/>
     </row>
     <row r="39" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="18" t="s">
-        <v>187</v>
-[...17 lines deleted...]
-      <c r="R39" s="91"/>
+        <v>143</v>
+      </c>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="47"/>
+      <c r="E39" s="86"/>
+      <c r="F39" s="86"/>
+      <c r="G39" s="90"/>
+      <c r="H39" s="90"/>
+      <c r="I39" s="87"/>
+      <c r="J39" s="87"/>
+      <c r="K39" s="87"/>
+      <c r="L39" s="87"/>
+      <c r="M39" s="87"/>
+      <c r="N39" s="87"/>
+      <c r="O39" s="88"/>
+      <c r="P39" s="88"/>
+      <c r="Q39" s="88"/>
+      <c r="R39" s="89"/>
     </row>
     <row r="40" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="18" t="s">
-        <v>188</v>
-[...17 lines deleted...]
-      <c r="R40" s="91"/>
+        <v>144</v>
+      </c>
+      <c r="B40" s="46"/>
+      <c r="C40" s="46"/>
+      <c r="D40" s="47"/>
+      <c r="E40" s="86"/>
+      <c r="F40" s="86"/>
+      <c r="G40" s="90"/>
+      <c r="H40" s="90"/>
+      <c r="I40" s="87"/>
+      <c r="J40" s="87"/>
+      <c r="K40" s="87"/>
+      <c r="L40" s="87"/>
+      <c r="M40" s="87"/>
+      <c r="N40" s="87"/>
+      <c r="O40" s="88"/>
+      <c r="P40" s="88"/>
+      <c r="Q40" s="88"/>
+      <c r="R40" s="89"/>
     </row>
     <row r="41" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="18" t="s">
-        <v>189</v>
-[...17 lines deleted...]
-      <c r="R41" s="91"/>
+        <v>145</v>
+      </c>
+      <c r="B41" s="46"/>
+      <c r="C41" s="46"/>
+      <c r="D41" s="47"/>
+      <c r="E41" s="86"/>
+      <c r="F41" s="86"/>
+      <c r="G41" s="90"/>
+      <c r="H41" s="90"/>
+      <c r="I41" s="87"/>
+      <c r="J41" s="87"/>
+      <c r="K41" s="87"/>
+      <c r="L41" s="87"/>
+      <c r="M41" s="87"/>
+      <c r="N41" s="87"/>
+      <c r="O41" s="88"/>
+      <c r="P41" s="88"/>
+      <c r="Q41" s="88"/>
+      <c r="R41" s="89"/>
     </row>
     <row r="42" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="18" t="s">
-        <v>190</v>
-[...17 lines deleted...]
-      <c r="R42" s="91"/>
+        <v>146</v>
+      </c>
+      <c r="B42" s="46"/>
+      <c r="C42" s="46"/>
+      <c r="D42" s="47"/>
+      <c r="E42" s="86"/>
+      <c r="F42" s="86"/>
+      <c r="G42" s="90"/>
+      <c r="H42" s="90"/>
+      <c r="I42" s="87"/>
+      <c r="J42" s="87"/>
+      <c r="K42" s="87"/>
+      <c r="L42" s="87"/>
+      <c r="M42" s="87"/>
+      <c r="N42" s="87"/>
+      <c r="O42" s="88"/>
+      <c r="P42" s="88"/>
+      <c r="Q42" s="88"/>
+      <c r="R42" s="89"/>
     </row>
     <row r="43" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="18" t="s">
-        <v>191</v>
-[...17 lines deleted...]
-      <c r="R43" s="91"/>
+        <v>147</v>
+      </c>
+      <c r="B43" s="46"/>
+      <c r="C43" s="46"/>
+      <c r="D43" s="47"/>
+      <c r="E43" s="86"/>
+      <c r="F43" s="86"/>
+      <c r="G43" s="90"/>
+      <c r="H43" s="90"/>
+      <c r="I43" s="87"/>
+      <c r="J43" s="87"/>
+      <c r="K43" s="87"/>
+      <c r="L43" s="87"/>
+      <c r="M43" s="87"/>
+      <c r="N43" s="87"/>
+      <c r="O43" s="88"/>
+      <c r="P43" s="88"/>
+      <c r="Q43" s="88"/>
+      <c r="R43" s="89"/>
     </row>
     <row r="44" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="18" t="s">
-        <v>192</v>
-[...17 lines deleted...]
-      <c r="R44" s="91"/>
+        <v>148</v>
+      </c>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="47"/>
+      <c r="E44" s="86"/>
+      <c r="F44" s="86"/>
+      <c r="G44" s="90"/>
+      <c r="H44" s="90"/>
+      <c r="I44" s="87"/>
+      <c r="J44" s="87"/>
+      <c r="K44" s="87"/>
+      <c r="L44" s="87"/>
+      <c r="M44" s="87"/>
+      <c r="N44" s="87"/>
+      <c r="O44" s="88"/>
+      <c r="P44" s="88"/>
+      <c r="Q44" s="88"/>
+      <c r="R44" s="89"/>
     </row>
     <row r="45" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="18" t="s">
-        <v>193</v>
-[...17 lines deleted...]
-      <c r="R45" s="91"/>
+        <v>149</v>
+      </c>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="47"/>
+      <c r="E45" s="86"/>
+      <c r="F45" s="86"/>
+      <c r="G45" s="90"/>
+      <c r="H45" s="90"/>
+      <c r="I45" s="87"/>
+      <c r="J45" s="87"/>
+      <c r="K45" s="87"/>
+      <c r="L45" s="87"/>
+      <c r="M45" s="87"/>
+      <c r="N45" s="87"/>
+      <c r="O45" s="88"/>
+      <c r="P45" s="88"/>
+      <c r="Q45" s="88"/>
+      <c r="R45" s="89"/>
     </row>
     <row r="46" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="18" t="s">
-        <v>194</v>
-[...17 lines deleted...]
-      <c r="R46" s="91"/>
+        <v>150</v>
+      </c>
+      <c r="B46" s="46"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="47"/>
+      <c r="E46" s="86"/>
+      <c r="F46" s="86"/>
+      <c r="G46" s="90"/>
+      <c r="H46" s="90"/>
+      <c r="I46" s="87"/>
+      <c r="J46" s="87"/>
+      <c r="K46" s="87"/>
+      <c r="L46" s="87"/>
+      <c r="M46" s="87"/>
+      <c r="N46" s="87"/>
+      <c r="O46" s="88"/>
+      <c r="P46" s="88"/>
+      <c r="Q46" s="88"/>
+      <c r="R46" s="89"/>
     </row>
     <row r="47" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" s="18" t="s">
-        <v>195</v>
-[...17 lines deleted...]
-      <c r="R47" s="91"/>
+        <v>151</v>
+      </c>
+      <c r="B47" s="46"/>
+      <c r="C47" s="46"/>
+      <c r="D47" s="47"/>
+      <c r="E47" s="86"/>
+      <c r="F47" s="86"/>
+      <c r="G47" s="90"/>
+      <c r="H47" s="90"/>
+      <c r="I47" s="87"/>
+      <c r="J47" s="87"/>
+      <c r="K47" s="87"/>
+      <c r="L47" s="87"/>
+      <c r="M47" s="87"/>
+      <c r="N47" s="87"/>
+      <c r="O47" s="88"/>
+      <c r="P47" s="88"/>
+      <c r="Q47" s="88"/>
+      <c r="R47" s="89"/>
     </row>
     <row r="48" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="18" t="s">
-        <v>196</v>
-[...17 lines deleted...]
-      <c r="R48" s="91"/>
+        <v>152</v>
+      </c>
+      <c r="B48" s="46"/>
+      <c r="C48" s="46"/>
+      <c r="D48" s="47"/>
+      <c r="E48" s="86"/>
+      <c r="F48" s="86"/>
+      <c r="G48" s="90"/>
+      <c r="H48" s="90"/>
+      <c r="I48" s="87"/>
+      <c r="J48" s="87"/>
+      <c r="K48" s="87"/>
+      <c r="L48" s="87"/>
+      <c r="M48" s="87"/>
+      <c r="N48" s="87"/>
+      <c r="O48" s="88"/>
+      <c r="P48" s="88"/>
+      <c r="Q48" s="88"/>
+      <c r="R48" s="89"/>
     </row>
     <row r="49" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="18" t="s">
-        <v>197</v>
-[...17 lines deleted...]
-      <c r="R49" s="91"/>
+        <v>153</v>
+      </c>
+      <c r="B49" s="46"/>
+      <c r="C49" s="46"/>
+      <c r="D49" s="47"/>
+      <c r="E49" s="86"/>
+      <c r="F49" s="86"/>
+      <c r="G49" s="90"/>
+      <c r="H49" s="90"/>
+      <c r="I49" s="87"/>
+      <c r="J49" s="87"/>
+      <c r="K49" s="87"/>
+      <c r="L49" s="87"/>
+      <c r="M49" s="87"/>
+      <c r="N49" s="87"/>
+      <c r="O49" s="88"/>
+      <c r="P49" s="88"/>
+      <c r="Q49" s="88"/>
+      <c r="R49" s="89"/>
     </row>
     <row r="50" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" s="18" t="s">
-        <v>198</v>
-[...17 lines deleted...]
-      <c r="R50" s="91"/>
+        <v>154</v>
+      </c>
+      <c r="B50" s="46"/>
+      <c r="C50" s="46"/>
+      <c r="D50" s="47"/>
+      <c r="E50" s="86"/>
+      <c r="F50" s="86"/>
+      <c r="G50" s="90"/>
+      <c r="H50" s="90"/>
+      <c r="I50" s="87"/>
+      <c r="J50" s="87"/>
+      <c r="K50" s="87"/>
+      <c r="L50" s="87"/>
+      <c r="M50" s="87"/>
+      <c r="N50" s="87"/>
+      <c r="O50" s="88"/>
+      <c r="P50" s="88"/>
+      <c r="Q50" s="88"/>
+      <c r="R50" s="89"/>
     </row>
     <row r="51" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="18" t="s">
-        <v>199</v>
-[...17 lines deleted...]
-      <c r="R51" s="91"/>
+        <v>155</v>
+      </c>
+      <c r="B51" s="46"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="47"/>
+      <c r="E51" s="86"/>
+      <c r="F51" s="86"/>
+      <c r="G51" s="90"/>
+      <c r="H51" s="90"/>
+      <c r="I51" s="87"/>
+      <c r="J51" s="87"/>
+      <c r="K51" s="87"/>
+      <c r="L51" s="87"/>
+      <c r="M51" s="87"/>
+      <c r="N51" s="87"/>
+      <c r="O51" s="88"/>
+      <c r="P51" s="88"/>
+      <c r="Q51" s="88"/>
+      <c r="R51" s="89"/>
     </row>
     <row r="52" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" s="18" t="s">
-        <v>200</v>
-[...17 lines deleted...]
-      <c r="R52" s="91"/>
+        <v>156</v>
+      </c>
+      <c r="B52" s="46"/>
+      <c r="C52" s="46"/>
+      <c r="D52" s="47"/>
+      <c r="E52" s="86"/>
+      <c r="F52" s="86"/>
+      <c r="G52" s="90"/>
+      <c r="H52" s="90"/>
+      <c r="I52" s="87"/>
+      <c r="J52" s="87"/>
+      <c r="K52" s="87"/>
+      <c r="L52" s="87"/>
+      <c r="M52" s="87"/>
+      <c r="N52" s="87"/>
+      <c r="O52" s="88"/>
+      <c r="P52" s="88"/>
+      <c r="Q52" s="88"/>
+      <c r="R52" s="89"/>
     </row>
     <row r="53" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A53" s="18" t="s">
-        <v>201</v>
-[...17 lines deleted...]
-      <c r="R53" s="91"/>
+        <v>157</v>
+      </c>
+      <c r="B53" s="46"/>
+      <c r="C53" s="46"/>
+      <c r="D53" s="47"/>
+      <c r="E53" s="86"/>
+      <c r="F53" s="86"/>
+      <c r="G53" s="90"/>
+      <c r="H53" s="90"/>
+      <c r="I53" s="87"/>
+      <c r="J53" s="87"/>
+      <c r="K53" s="87"/>
+      <c r="L53" s="87"/>
+      <c r="M53" s="87"/>
+      <c r="N53" s="87"/>
+      <c r="O53" s="88"/>
+      <c r="P53" s="88"/>
+      <c r="Q53" s="88"/>
+      <c r="R53" s="89"/>
     </row>
     <row r="54" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A54" s="18" t="s">
-        <v>202</v>
-[...17 lines deleted...]
-      <c r="R54" s="91"/>
+        <v>158</v>
+      </c>
+      <c r="B54" s="46"/>
+      <c r="C54" s="46"/>
+      <c r="D54" s="47"/>
+      <c r="E54" s="86"/>
+      <c r="F54" s="86"/>
+      <c r="G54" s="90"/>
+      <c r="H54" s="90"/>
+      <c r="I54" s="87"/>
+      <c r="J54" s="87"/>
+      <c r="K54" s="87"/>
+      <c r="L54" s="87"/>
+      <c r="M54" s="87"/>
+      <c r="N54" s="87"/>
+      <c r="O54" s="88"/>
+      <c r="P54" s="88"/>
+      <c r="Q54" s="88"/>
+      <c r="R54" s="89"/>
     </row>
     <row r="55" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A55" s="18" t="s">
-        <v>203</v>
-[...17 lines deleted...]
-      <c r="R55" s="91"/>
+        <v>159</v>
+      </c>
+      <c r="B55" s="46"/>
+      <c r="C55" s="46"/>
+      <c r="D55" s="47"/>
+      <c r="E55" s="86"/>
+      <c r="F55" s="86"/>
+      <c r="G55" s="90"/>
+      <c r="H55" s="90"/>
+      <c r="I55" s="87"/>
+      <c r="J55" s="87"/>
+      <c r="K55" s="87"/>
+      <c r="L55" s="87"/>
+      <c r="M55" s="87"/>
+      <c r="N55" s="87"/>
+      <c r="O55" s="88"/>
+      <c r="P55" s="88"/>
+      <c r="Q55" s="88"/>
+      <c r="R55" s="89"/>
     </row>
     <row r="56" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A56" s="18" t="s">
-        <v>204</v>
-[...17 lines deleted...]
-      <c r="R56" s="91"/>
+        <v>160</v>
+      </c>
+      <c r="B56" s="46"/>
+      <c r="C56" s="46"/>
+      <c r="D56" s="47"/>
+      <c r="E56" s="86"/>
+      <c r="F56" s="86"/>
+      <c r="G56" s="90"/>
+      <c r="H56" s="90"/>
+      <c r="I56" s="87"/>
+      <c r="J56" s="87"/>
+      <c r="K56" s="87"/>
+      <c r="L56" s="87"/>
+      <c r="M56" s="87"/>
+      <c r="N56" s="87"/>
+      <c r="O56" s="88"/>
+      <c r="P56" s="88"/>
+      <c r="Q56" s="88"/>
+      <c r="R56" s="89"/>
     </row>
     <row r="57" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A57" s="18" t="s">
-        <v>205</v>
-[...17 lines deleted...]
-      <c r="R57" s="91"/>
+        <v>161</v>
+      </c>
+      <c r="B57" s="46"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="47"/>
+      <c r="E57" s="86"/>
+      <c r="F57" s="86"/>
+      <c r="G57" s="90"/>
+      <c r="H57" s="90"/>
+      <c r="I57" s="87"/>
+      <c r="J57" s="87"/>
+      <c r="K57" s="87"/>
+      <c r="L57" s="87"/>
+      <c r="M57" s="87"/>
+      <c r="N57" s="87"/>
+      <c r="O57" s="88"/>
+      <c r="P57" s="88"/>
+      <c r="Q57" s="88"/>
+      <c r="R57" s="89"/>
     </row>
     <row r="58" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A58" s="18" t="s">
-        <v>206</v>
-[...17 lines deleted...]
-      <c r="R58" s="91"/>
+        <v>162</v>
+      </c>
+      <c r="B58" s="46"/>
+      <c r="C58" s="46"/>
+      <c r="D58" s="47"/>
+      <c r="E58" s="86"/>
+      <c r="F58" s="86"/>
+      <c r="G58" s="90"/>
+      <c r="H58" s="90"/>
+      <c r="I58" s="87"/>
+      <c r="J58" s="87"/>
+      <c r="K58" s="87"/>
+      <c r="L58" s="87"/>
+      <c r="M58" s="87"/>
+      <c r="N58" s="87"/>
+      <c r="O58" s="88"/>
+      <c r="P58" s="88"/>
+      <c r="Q58" s="88"/>
+      <c r="R58" s="89"/>
     </row>
     <row r="59" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A59" s="18" t="s">
-        <v>207</v>
-[...17 lines deleted...]
-      <c r="R59" s="91"/>
+        <v>163</v>
+      </c>
+      <c r="B59" s="46"/>
+      <c r="C59" s="46"/>
+      <c r="D59" s="47"/>
+      <c r="E59" s="86"/>
+      <c r="F59" s="86"/>
+      <c r="G59" s="90"/>
+      <c r="H59" s="90"/>
+      <c r="I59" s="87"/>
+      <c r="J59" s="87"/>
+      <c r="K59" s="87"/>
+      <c r="L59" s="87"/>
+      <c r="M59" s="87"/>
+      <c r="N59" s="87"/>
+      <c r="O59" s="88"/>
+      <c r="P59" s="88"/>
+      <c r="Q59" s="88"/>
+      <c r="R59" s="89"/>
     </row>
     <row r="60" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" s="18" t="s">
-        <v>208</v>
-[...17 lines deleted...]
-      <c r="R60" s="91"/>
+        <v>164</v>
+      </c>
+      <c r="B60" s="46"/>
+      <c r="C60" s="46"/>
+      <c r="D60" s="47"/>
+      <c r="E60" s="86"/>
+      <c r="F60" s="86"/>
+      <c r="G60" s="90"/>
+      <c r="H60" s="90"/>
+      <c r="I60" s="87"/>
+      <c r="J60" s="87"/>
+      <c r="K60" s="87"/>
+      <c r="L60" s="87"/>
+      <c r="M60" s="87"/>
+      <c r="N60" s="87"/>
+      <c r="O60" s="88"/>
+      <c r="P60" s="88"/>
+      <c r="Q60" s="88"/>
+      <c r="R60" s="89"/>
     </row>
     <row r="61" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A61" s="18" t="s">
-        <v>209</v>
-[...17 lines deleted...]
-      <c r="R61" s="91"/>
+        <v>165</v>
+      </c>
+      <c r="B61" s="46"/>
+      <c r="C61" s="46"/>
+      <c r="D61" s="47"/>
+      <c r="E61" s="86"/>
+      <c r="F61" s="86"/>
+      <c r="G61" s="90"/>
+      <c r="H61" s="90"/>
+      <c r="I61" s="87"/>
+      <c r="J61" s="87"/>
+      <c r="K61" s="87"/>
+      <c r="L61" s="87"/>
+      <c r="M61" s="87"/>
+      <c r="N61" s="87"/>
+      <c r="O61" s="88"/>
+      <c r="P61" s="88"/>
+      <c r="Q61" s="88"/>
+      <c r="R61" s="89"/>
     </row>
     <row r="62" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="18" t="s">
-        <v>210</v>
-[...17 lines deleted...]
-      <c r="R62" s="91"/>
+        <v>166</v>
+      </c>
+      <c r="B62" s="46"/>
+      <c r="C62" s="46"/>
+      <c r="D62" s="47"/>
+      <c r="E62" s="86"/>
+      <c r="F62" s="86"/>
+      <c r="G62" s="90"/>
+      <c r="H62" s="90"/>
+      <c r="I62" s="87"/>
+      <c r="J62" s="87"/>
+      <c r="K62" s="87"/>
+      <c r="L62" s="87"/>
+      <c r="M62" s="87"/>
+      <c r="N62" s="87"/>
+      <c r="O62" s="88"/>
+      <c r="P62" s="88"/>
+      <c r="Q62" s="88"/>
+      <c r="R62" s="89"/>
     </row>
     <row r="63" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="18" t="s">
-        <v>211</v>
-[...17 lines deleted...]
-      <c r="R63" s="91"/>
+        <v>167</v>
+      </c>
+      <c r="B63" s="46"/>
+      <c r="C63" s="46"/>
+      <c r="D63" s="47"/>
+      <c r="E63" s="86"/>
+      <c r="F63" s="86"/>
+      <c r="G63" s="90"/>
+      <c r="H63" s="90"/>
+      <c r="I63" s="87"/>
+      <c r="J63" s="87"/>
+      <c r="K63" s="87"/>
+      <c r="L63" s="87"/>
+      <c r="M63" s="87"/>
+      <c r="N63" s="87"/>
+      <c r="O63" s="88"/>
+      <c r="P63" s="88"/>
+      <c r="Q63" s="88"/>
+      <c r="R63" s="89"/>
     </row>
     <row r="64" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="18" t="s">
-        <v>212</v>
-[...17 lines deleted...]
-      <c r="R64" s="91"/>
+        <v>168</v>
+      </c>
+      <c r="B64" s="46"/>
+      <c r="C64" s="46"/>
+      <c r="D64" s="47"/>
+      <c r="E64" s="86"/>
+      <c r="F64" s="86"/>
+      <c r="G64" s="90"/>
+      <c r="H64" s="90"/>
+      <c r="I64" s="87"/>
+      <c r="J64" s="87"/>
+      <c r="K64" s="87"/>
+      <c r="L64" s="87"/>
+      <c r="M64" s="87"/>
+      <c r="N64" s="87"/>
+      <c r="O64" s="88"/>
+      <c r="P64" s="88"/>
+      <c r="Q64" s="88"/>
+      <c r="R64" s="89"/>
     </row>
     <row r="65" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A65" s="18" t="s">
-        <v>213</v>
-[...17 lines deleted...]
-      <c r="R65" s="91"/>
+        <v>169</v>
+      </c>
+      <c r="B65" s="46"/>
+      <c r="C65" s="46"/>
+      <c r="D65" s="47"/>
+      <c r="E65" s="86"/>
+      <c r="F65" s="86"/>
+      <c r="G65" s="90"/>
+      <c r="H65" s="90"/>
+      <c r="I65" s="87"/>
+      <c r="J65" s="87"/>
+      <c r="K65" s="87"/>
+      <c r="L65" s="87"/>
+      <c r="M65" s="87"/>
+      <c r="N65" s="87"/>
+      <c r="O65" s="88"/>
+      <c r="P65" s="88"/>
+      <c r="Q65" s="88"/>
+      <c r="R65" s="89"/>
     </row>
     <row r="66" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A66" s="18" t="s">
-        <v>214</v>
-[...17 lines deleted...]
-      <c r="R66" s="91"/>
+        <v>170</v>
+      </c>
+      <c r="B66" s="46"/>
+      <c r="C66" s="46"/>
+      <c r="D66" s="47"/>
+      <c r="E66" s="86"/>
+      <c r="F66" s="86"/>
+      <c r="G66" s="90"/>
+      <c r="H66" s="90"/>
+      <c r="I66" s="87"/>
+      <c r="J66" s="87"/>
+      <c r="K66" s="87"/>
+      <c r="L66" s="87"/>
+      <c r="M66" s="87"/>
+      <c r="N66" s="87"/>
+      <c r="O66" s="88"/>
+      <c r="P66" s="88"/>
+      <c r="Q66" s="88"/>
+      <c r="R66" s="89"/>
     </row>
     <row r="67" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A67" s="18" t="s">
-        <v>215</v>
-[...17 lines deleted...]
-      <c r="R67" s="91"/>
+        <v>171</v>
+      </c>
+      <c r="B67" s="46"/>
+      <c r="C67" s="46"/>
+      <c r="D67" s="47"/>
+      <c r="E67" s="86"/>
+      <c r="F67" s="86"/>
+      <c r="G67" s="90"/>
+      <c r="H67" s="90"/>
+      <c r="I67" s="87"/>
+      <c r="J67" s="87"/>
+      <c r="K67" s="87"/>
+      <c r="L67" s="87"/>
+      <c r="M67" s="87"/>
+      <c r="N67" s="87"/>
+      <c r="O67" s="88"/>
+      <c r="P67" s="88"/>
+      <c r="Q67" s="88"/>
+      <c r="R67" s="89"/>
     </row>
     <row r="68" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A68" s="18" t="s">
-        <v>216</v>
-[...17 lines deleted...]
-      <c r="R68" s="91"/>
+        <v>172</v>
+      </c>
+      <c r="B68" s="46"/>
+      <c r="C68" s="46"/>
+      <c r="D68" s="47"/>
+      <c r="E68" s="86"/>
+      <c r="F68" s="86"/>
+      <c r="G68" s="90"/>
+      <c r="H68" s="90"/>
+      <c r="I68" s="87"/>
+      <c r="J68" s="87"/>
+      <c r="K68" s="87"/>
+      <c r="L68" s="87"/>
+      <c r="M68" s="87"/>
+      <c r="N68" s="87"/>
+      <c r="O68" s="88"/>
+      <c r="P68" s="88"/>
+      <c r="Q68" s="88"/>
+      <c r="R68" s="89"/>
     </row>
     <row r="69" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A69" s="18" t="s">
-        <v>217</v>
-[...17 lines deleted...]
-      <c r="R69" s="91"/>
+        <v>173</v>
+      </c>
+      <c r="B69" s="46"/>
+      <c r="C69" s="46"/>
+      <c r="D69" s="47"/>
+      <c r="E69" s="86"/>
+      <c r="F69" s="86"/>
+      <c r="G69" s="90"/>
+      <c r="H69" s="90"/>
+      <c r="I69" s="87"/>
+      <c r="J69" s="87"/>
+      <c r="K69" s="87"/>
+      <c r="L69" s="87"/>
+      <c r="M69" s="87"/>
+      <c r="N69" s="87"/>
+      <c r="O69" s="88"/>
+      <c r="P69" s="88"/>
+      <c r="Q69" s="88"/>
+      <c r="R69" s="89"/>
     </row>
     <row r="70" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A70" s="18" t="s">
-        <v>218</v>
-[...17 lines deleted...]
-      <c r="R70" s="91"/>
+        <v>174</v>
+      </c>
+      <c r="B70" s="46"/>
+      <c r="C70" s="46"/>
+      <c r="D70" s="47"/>
+      <c r="E70" s="86"/>
+      <c r="F70" s="86"/>
+      <c r="G70" s="90"/>
+      <c r="H70" s="90"/>
+      <c r="I70" s="87"/>
+      <c r="J70" s="87"/>
+      <c r="K70" s="87"/>
+      <c r="L70" s="87"/>
+      <c r="M70" s="87"/>
+      <c r="N70" s="87"/>
+      <c r="O70" s="88"/>
+      <c r="P70" s="88"/>
+      <c r="Q70" s="88"/>
+      <c r="R70" s="89"/>
     </row>
     <row r="71" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A71" s="18" t="s">
-        <v>219</v>
-[...17 lines deleted...]
-      <c r="R71" s="91"/>
+        <v>175</v>
+      </c>
+      <c r="B71" s="46"/>
+      <c r="C71" s="46"/>
+      <c r="D71" s="47"/>
+      <c r="E71" s="86"/>
+      <c r="F71" s="86"/>
+      <c r="G71" s="90"/>
+      <c r="H71" s="90"/>
+      <c r="I71" s="87"/>
+      <c r="J71" s="87"/>
+      <c r="K71" s="87"/>
+      <c r="L71" s="87"/>
+      <c r="M71" s="87"/>
+      <c r="N71" s="87"/>
+      <c r="O71" s="88"/>
+      <c r="P71" s="88"/>
+      <c r="Q71" s="88"/>
+      <c r="R71" s="89"/>
     </row>
     <row r="72" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A72" s="18" t="s">
-        <v>220</v>
-[...17 lines deleted...]
-      <c r="R72" s="91"/>
+        <v>176</v>
+      </c>
+      <c r="B72" s="46"/>
+      <c r="C72" s="46"/>
+      <c r="D72" s="47"/>
+      <c r="E72" s="86"/>
+      <c r="F72" s="86"/>
+      <c r="G72" s="90"/>
+      <c r="H72" s="90"/>
+      <c r="I72" s="87"/>
+      <c r="J72" s="87"/>
+      <c r="K72" s="87"/>
+      <c r="L72" s="87"/>
+      <c r="M72" s="87"/>
+      <c r="N72" s="87"/>
+      <c r="O72" s="88"/>
+      <c r="P72" s="88"/>
+      <c r="Q72" s="88"/>
+      <c r="R72" s="89"/>
     </row>
     <row r="73" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A73" s="18" t="s">
-        <v>221</v>
-[...17 lines deleted...]
-      <c r="R73" s="91"/>
+        <v>177</v>
+      </c>
+      <c r="B73" s="46"/>
+      <c r="C73" s="46"/>
+      <c r="D73" s="47"/>
+      <c r="E73" s="86"/>
+      <c r="F73" s="86"/>
+      <c r="G73" s="90"/>
+      <c r="H73" s="90"/>
+      <c r="I73" s="87"/>
+      <c r="J73" s="87"/>
+      <c r="K73" s="87"/>
+      <c r="L73" s="87"/>
+      <c r="M73" s="87"/>
+      <c r="N73" s="87"/>
+      <c r="O73" s="88"/>
+      <c r="P73" s="88"/>
+      <c r="Q73" s="88"/>
+      <c r="R73" s="89"/>
     </row>
     <row r="74" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A74" s="18" t="s">
-        <v>222</v>
-[...17 lines deleted...]
-      <c r="R74" s="91"/>
+        <v>178</v>
+      </c>
+      <c r="B74" s="46"/>
+      <c r="C74" s="46"/>
+      <c r="D74" s="47"/>
+      <c r="E74" s="86"/>
+      <c r="F74" s="86"/>
+      <c r="G74" s="90"/>
+      <c r="H74" s="90"/>
+      <c r="I74" s="87"/>
+      <c r="J74" s="87"/>
+      <c r="K74" s="87"/>
+      <c r="L74" s="87"/>
+      <c r="M74" s="87"/>
+      <c r="N74" s="87"/>
+      <c r="O74" s="88"/>
+      <c r="P74" s="88"/>
+      <c r="Q74" s="88"/>
+      <c r="R74" s="89"/>
     </row>
     <row r="75" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A75" s="18" t="s">
-        <v>223</v>
-[...17 lines deleted...]
-      <c r="R75" s="91"/>
+        <v>179</v>
+      </c>
+      <c r="B75" s="46"/>
+      <c r="C75" s="46"/>
+      <c r="D75" s="47"/>
+      <c r="E75" s="86"/>
+      <c r="F75" s="86"/>
+      <c r="G75" s="90"/>
+      <c r="H75" s="90"/>
+      <c r="I75" s="87"/>
+      <c r="J75" s="87"/>
+      <c r="K75" s="87"/>
+      <c r="L75" s="87"/>
+      <c r="M75" s="87"/>
+      <c r="N75" s="87"/>
+      <c r="O75" s="88"/>
+      <c r="P75" s="88"/>
+      <c r="Q75" s="88"/>
+      <c r="R75" s="89"/>
     </row>
     <row r="76" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A76" s="18" t="s">
-        <v>224</v>
-[...17 lines deleted...]
-      <c r="R76" s="91"/>
+        <v>180</v>
+      </c>
+      <c r="B76" s="46"/>
+      <c r="C76" s="46"/>
+      <c r="D76" s="47"/>
+      <c r="E76" s="86"/>
+      <c r="F76" s="86"/>
+      <c r="G76" s="90"/>
+      <c r="H76" s="90"/>
+      <c r="I76" s="87"/>
+      <c r="J76" s="87"/>
+      <c r="K76" s="87"/>
+      <c r="L76" s="87"/>
+      <c r="M76" s="87"/>
+      <c r="N76" s="87"/>
+      <c r="O76" s="88"/>
+      <c r="P76" s="88"/>
+      <c r="Q76" s="88"/>
+      <c r="R76" s="89"/>
     </row>
     <row r="77" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="18" t="s">
-        <v>225</v>
-[...17 lines deleted...]
-      <c r="R77" s="91"/>
+        <v>181</v>
+      </c>
+      <c r="B77" s="46"/>
+      <c r="C77" s="46"/>
+      <c r="D77" s="47"/>
+      <c r="E77" s="86"/>
+      <c r="F77" s="86"/>
+      <c r="G77" s="90"/>
+      <c r="H77" s="90"/>
+      <c r="I77" s="87"/>
+      <c r="J77" s="87"/>
+      <c r="K77" s="87"/>
+      <c r="L77" s="87"/>
+      <c r="M77" s="87"/>
+      <c r="N77" s="87"/>
+      <c r="O77" s="88"/>
+      <c r="P77" s="88"/>
+      <c r="Q77" s="88"/>
+      <c r="R77" s="89"/>
     </row>
     <row r="78" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A78" s="18" t="s">
-        <v>226</v>
-[...17 lines deleted...]
-      <c r="R78" s="91"/>
+        <v>182</v>
+      </c>
+      <c r="B78" s="46"/>
+      <c r="C78" s="46"/>
+      <c r="D78" s="47"/>
+      <c r="E78" s="86"/>
+      <c r="F78" s="86"/>
+      <c r="G78" s="90"/>
+      <c r="H78" s="90"/>
+      <c r="I78" s="87"/>
+      <c r="J78" s="87"/>
+      <c r="K78" s="87"/>
+      <c r="L78" s="87"/>
+      <c r="M78" s="87"/>
+      <c r="N78" s="87"/>
+      <c r="O78" s="88"/>
+      <c r="P78" s="88"/>
+      <c r="Q78" s="88"/>
+      <c r="R78" s="89"/>
     </row>
     <row r="79" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A79" s="18" t="s">
-        <v>227</v>
-[...17 lines deleted...]
-      <c r="R79" s="91"/>
+        <v>183</v>
+      </c>
+      <c r="B79" s="46"/>
+      <c r="C79" s="46"/>
+      <c r="D79" s="47"/>
+      <c r="E79" s="86"/>
+      <c r="F79" s="86"/>
+      <c r="G79" s="90"/>
+      <c r="H79" s="90"/>
+      <c r="I79" s="87"/>
+      <c r="J79" s="87"/>
+      <c r="K79" s="87"/>
+      <c r="L79" s="87"/>
+      <c r="M79" s="87"/>
+      <c r="N79" s="87"/>
+      <c r="O79" s="88"/>
+      <c r="P79" s="88"/>
+      <c r="Q79" s="88"/>
+      <c r="R79" s="89"/>
     </row>
     <row r="80" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A80" s="18" t="s">
-        <v>228</v>
-[...17 lines deleted...]
-      <c r="R80" s="91"/>
+        <v>184</v>
+      </c>
+      <c r="B80" s="46"/>
+      <c r="C80" s="46"/>
+      <c r="D80" s="47"/>
+      <c r="E80" s="86"/>
+      <c r="F80" s="86"/>
+      <c r="G80" s="90"/>
+      <c r="H80" s="90"/>
+      <c r="I80" s="87"/>
+      <c r="J80" s="87"/>
+      <c r="K80" s="87"/>
+      <c r="L80" s="87"/>
+      <c r="M80" s="87"/>
+      <c r="N80" s="87"/>
+      <c r="O80" s="88"/>
+      <c r="P80" s="88"/>
+      <c r="Q80" s="88"/>
+      <c r="R80" s="89"/>
     </row>
     <row r="81" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A81" s="18" t="s">
-        <v>229</v>
-[...17 lines deleted...]
-      <c r="R81" s="91"/>
+        <v>185</v>
+      </c>
+      <c r="B81" s="46"/>
+      <c r="C81" s="46"/>
+      <c r="D81" s="47"/>
+      <c r="E81" s="86"/>
+      <c r="F81" s="86"/>
+      <c r="G81" s="90"/>
+      <c r="H81" s="90"/>
+      <c r="I81" s="87"/>
+      <c r="J81" s="87"/>
+      <c r="K81" s="87"/>
+      <c r="L81" s="87"/>
+      <c r="M81" s="87"/>
+      <c r="N81" s="87"/>
+      <c r="O81" s="88"/>
+      <c r="P81" s="88"/>
+      <c r="Q81" s="88"/>
+      <c r="R81" s="89"/>
     </row>
     <row r="82" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A82" s="18" t="s">
-        <v>230</v>
-[...17 lines deleted...]
-      <c r="R82" s="91"/>
+        <v>186</v>
+      </c>
+      <c r="B82" s="46"/>
+      <c r="C82" s="46"/>
+      <c r="D82" s="47"/>
+      <c r="E82" s="86"/>
+      <c r="F82" s="86"/>
+      <c r="G82" s="90"/>
+      <c r="H82" s="90"/>
+      <c r="I82" s="87"/>
+      <c r="J82" s="87"/>
+      <c r="K82" s="87"/>
+      <c r="L82" s="87"/>
+      <c r="M82" s="87"/>
+      <c r="N82" s="87"/>
+      <c r="O82" s="88"/>
+      <c r="P82" s="88"/>
+      <c r="Q82" s="88"/>
+      <c r="R82" s="89"/>
     </row>
     <row r="83" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A83" s="18" t="s">
-        <v>231</v>
-[...17 lines deleted...]
-      <c r="R83" s="91"/>
+        <v>187</v>
+      </c>
+      <c r="B83" s="46"/>
+      <c r="C83" s="46"/>
+      <c r="D83" s="47"/>
+      <c r="E83" s="86"/>
+      <c r="F83" s="86"/>
+      <c r="G83" s="90"/>
+      <c r="H83" s="90"/>
+      <c r="I83" s="87"/>
+      <c r="J83" s="87"/>
+      <c r="K83" s="87"/>
+      <c r="L83" s="87"/>
+      <c r="M83" s="87"/>
+      <c r="N83" s="87"/>
+      <c r="O83" s="88"/>
+      <c r="P83" s="88"/>
+      <c r="Q83" s="88"/>
+      <c r="R83" s="89"/>
     </row>
     <row r="84" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A84" s="18" t="s">
-        <v>232</v>
-[...17 lines deleted...]
-      <c r="R84" s="91"/>
+        <v>188</v>
+      </c>
+      <c r="B84" s="46"/>
+      <c r="C84" s="46"/>
+      <c r="D84" s="47"/>
+      <c r="E84" s="86"/>
+      <c r="F84" s="86"/>
+      <c r="G84" s="90"/>
+      <c r="H84" s="90"/>
+      <c r="I84" s="87"/>
+      <c r="J84" s="87"/>
+      <c r="K84" s="87"/>
+      <c r="L84" s="87"/>
+      <c r="M84" s="87"/>
+      <c r="N84" s="87"/>
+      <c r="O84" s="88"/>
+      <c r="P84" s="88"/>
+      <c r="Q84" s="88"/>
+      <c r="R84" s="89"/>
     </row>
     <row r="85" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A85" s="18" t="s">
-        <v>233</v>
-[...17 lines deleted...]
-      <c r="R85" s="91"/>
+        <v>189</v>
+      </c>
+      <c r="B85" s="46"/>
+      <c r="C85" s="46"/>
+      <c r="D85" s="47"/>
+      <c r="E85" s="86"/>
+      <c r="F85" s="86"/>
+      <c r="G85" s="90"/>
+      <c r="H85" s="90"/>
+      <c r="I85" s="87"/>
+      <c r="J85" s="87"/>
+      <c r="K85" s="87"/>
+      <c r="L85" s="87"/>
+      <c r="M85" s="87"/>
+      <c r="N85" s="87"/>
+      <c r="O85" s="88"/>
+      <c r="P85" s="88"/>
+      <c r="Q85" s="88"/>
+      <c r="R85" s="89"/>
     </row>
     <row r="86" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A86" s="18" t="s">
-        <v>234</v>
-[...17 lines deleted...]
-      <c r="R86" s="91"/>
+        <v>190</v>
+      </c>
+      <c r="B86" s="46"/>
+      <c r="C86" s="46"/>
+      <c r="D86" s="47"/>
+      <c r="E86" s="86"/>
+      <c r="F86" s="86"/>
+      <c r="G86" s="90"/>
+      <c r="H86" s="90"/>
+      <c r="I86" s="87"/>
+      <c r="J86" s="87"/>
+      <c r="K86" s="87"/>
+      <c r="L86" s="87"/>
+      <c r="M86" s="87"/>
+      <c r="N86" s="87"/>
+      <c r="O86" s="88"/>
+      <c r="P86" s="88"/>
+      <c r="Q86" s="88"/>
+      <c r="R86" s="89"/>
     </row>
     <row r="87" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A87" s="18" t="s">
-        <v>235</v>
-[...17 lines deleted...]
-      <c r="R87" s="91"/>
+        <v>191</v>
+      </c>
+      <c r="B87" s="46"/>
+      <c r="C87" s="46"/>
+      <c r="D87" s="47"/>
+      <c r="E87" s="86"/>
+      <c r="F87" s="86"/>
+      <c r="G87" s="90"/>
+      <c r="H87" s="90"/>
+      <c r="I87" s="87"/>
+      <c r="J87" s="87"/>
+      <c r="K87" s="87"/>
+      <c r="L87" s="87"/>
+      <c r="M87" s="87"/>
+      <c r="N87" s="87"/>
+      <c r="O87" s="88"/>
+      <c r="P87" s="88"/>
+      <c r="Q87" s="88"/>
+      <c r="R87" s="89"/>
     </row>
     <row r="88" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A88" s="18" t="s">
-        <v>236</v>
-[...17 lines deleted...]
-      <c r="R88" s="91"/>
+        <v>192</v>
+      </c>
+      <c r="B88" s="46"/>
+      <c r="C88" s="46"/>
+      <c r="D88" s="47"/>
+      <c r="E88" s="86"/>
+      <c r="F88" s="86"/>
+      <c r="G88" s="90"/>
+      <c r="H88" s="90"/>
+      <c r="I88" s="87"/>
+      <c r="J88" s="87"/>
+      <c r="K88" s="87"/>
+      <c r="L88" s="87"/>
+      <c r="M88" s="87"/>
+      <c r="N88" s="87"/>
+      <c r="O88" s="88"/>
+      <c r="P88" s="88"/>
+      <c r="Q88" s="88"/>
+      <c r="R88" s="89"/>
     </row>
     <row r="89" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A89" s="18" t="s">
-        <v>237</v>
-[...17 lines deleted...]
-      <c r="R89" s="91"/>
+        <v>193</v>
+      </c>
+      <c r="B89" s="46"/>
+      <c r="C89" s="46"/>
+      <c r="D89" s="47"/>
+      <c r="E89" s="86"/>
+      <c r="F89" s="86"/>
+      <c r="G89" s="90"/>
+      <c r="H89" s="90"/>
+      <c r="I89" s="87"/>
+      <c r="J89" s="87"/>
+      <c r="K89" s="87"/>
+      <c r="L89" s="87"/>
+      <c r="M89" s="87"/>
+      <c r="N89" s="87"/>
+      <c r="O89" s="88"/>
+      <c r="P89" s="88"/>
+      <c r="Q89" s="88"/>
+      <c r="R89" s="89"/>
     </row>
     <row r="90" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A90" s="18" t="s">
-        <v>238</v>
-[...17 lines deleted...]
-      <c r="R90" s="91"/>
+        <v>194</v>
+      </c>
+      <c r="B90" s="46"/>
+      <c r="C90" s="46"/>
+      <c r="D90" s="47"/>
+      <c r="E90" s="86"/>
+      <c r="F90" s="86"/>
+      <c r="G90" s="90"/>
+      <c r="H90" s="90"/>
+      <c r="I90" s="87"/>
+      <c r="J90" s="87"/>
+      <c r="K90" s="87"/>
+      <c r="L90" s="87"/>
+      <c r="M90" s="87"/>
+      <c r="N90" s="87"/>
+      <c r="O90" s="88"/>
+      <c r="P90" s="88"/>
+      <c r="Q90" s="88"/>
+      <c r="R90" s="89"/>
     </row>
     <row r="91" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A91" s="18" t="s">
-        <v>239</v>
-[...17 lines deleted...]
-      <c r="R91" s="91"/>
+        <v>195</v>
+      </c>
+      <c r="B91" s="46"/>
+      <c r="C91" s="46"/>
+      <c r="D91" s="47"/>
+      <c r="E91" s="86"/>
+      <c r="F91" s="86"/>
+      <c r="G91" s="90"/>
+      <c r="H91" s="90"/>
+      <c r="I91" s="87"/>
+      <c r="J91" s="87"/>
+      <c r="K91" s="87"/>
+      <c r="L91" s="87"/>
+      <c r="M91" s="87"/>
+      <c r="N91" s="87"/>
+      <c r="O91" s="88"/>
+      <c r="P91" s="88"/>
+      <c r="Q91" s="88"/>
+      <c r="R91" s="89"/>
     </row>
     <row r="92" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A92" s="18" t="s">
-        <v>240</v>
-[...17 lines deleted...]
-      <c r="R92" s="91"/>
+        <v>196</v>
+      </c>
+      <c r="B92" s="46"/>
+      <c r="C92" s="46"/>
+      <c r="D92" s="47"/>
+      <c r="E92" s="86"/>
+      <c r="F92" s="86"/>
+      <c r="G92" s="90"/>
+      <c r="H92" s="90"/>
+      <c r="I92" s="87"/>
+      <c r="J92" s="87"/>
+      <c r="K92" s="87"/>
+      <c r="L92" s="87"/>
+      <c r="M92" s="87"/>
+      <c r="N92" s="87"/>
+      <c r="O92" s="88"/>
+      <c r="P92" s="88"/>
+      <c r="Q92" s="88"/>
+      <c r="R92" s="89"/>
     </row>
     <row r="93" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A93" s="18" t="s">
-        <v>241</v>
-[...17 lines deleted...]
-      <c r="R93" s="91"/>
+        <v>197</v>
+      </c>
+      <c r="B93" s="46"/>
+      <c r="C93" s="46"/>
+      <c r="D93" s="47"/>
+      <c r="E93" s="86"/>
+      <c r="F93" s="86"/>
+      <c r="G93" s="90"/>
+      <c r="H93" s="90"/>
+      <c r="I93" s="87"/>
+      <c r="J93" s="87"/>
+      <c r="K93" s="87"/>
+      <c r="L93" s="87"/>
+      <c r="M93" s="87"/>
+      <c r="N93" s="87"/>
+      <c r="O93" s="88"/>
+      <c r="P93" s="88"/>
+      <c r="Q93" s="88"/>
+      <c r="R93" s="89"/>
     </row>
     <row r="94" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A94" s="18" t="s">
-        <v>242</v>
-[...17 lines deleted...]
-      <c r="R94" s="91"/>
+        <v>198</v>
+      </c>
+      <c r="B94" s="46"/>
+      <c r="C94" s="46"/>
+      <c r="D94" s="47"/>
+      <c r="E94" s="86"/>
+      <c r="F94" s="86"/>
+      <c r="G94" s="90"/>
+      <c r="H94" s="90"/>
+      <c r="I94" s="87"/>
+      <c r="J94" s="87"/>
+      <c r="K94" s="87"/>
+      <c r="L94" s="87"/>
+      <c r="M94" s="87"/>
+      <c r="N94" s="87"/>
+      <c r="O94" s="88"/>
+      <c r="P94" s="88"/>
+      <c r="Q94" s="88"/>
+      <c r="R94" s="89"/>
     </row>
     <row r="95" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A95" s="18" t="s">
-        <v>243</v>
-[...17 lines deleted...]
-      <c r="R95" s="91"/>
+        <v>199</v>
+      </c>
+      <c r="B95" s="46"/>
+      <c r="C95" s="46"/>
+      <c r="D95" s="47"/>
+      <c r="E95" s="86"/>
+      <c r="F95" s="86"/>
+      <c r="G95" s="90"/>
+      <c r="H95" s="90"/>
+      <c r="I95" s="87"/>
+      <c r="J95" s="87"/>
+      <c r="K95" s="87"/>
+      <c r="L95" s="87"/>
+      <c r="M95" s="87"/>
+      <c r="N95" s="87"/>
+      <c r="O95" s="88"/>
+      <c r="P95" s="88"/>
+      <c r="Q95" s="88"/>
+      <c r="R95" s="89"/>
     </row>
     <row r="96" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A96" s="18" t="s">
-        <v>244</v>
-[...17 lines deleted...]
-      <c r="R96" s="91"/>
+        <v>200</v>
+      </c>
+      <c r="B96" s="46"/>
+      <c r="C96" s="46"/>
+      <c r="D96" s="47"/>
+      <c r="E96" s="86"/>
+      <c r="F96" s="86"/>
+      <c r="G96" s="90"/>
+      <c r="H96" s="90"/>
+      <c r="I96" s="87"/>
+      <c r="J96" s="87"/>
+      <c r="K96" s="87"/>
+      <c r="L96" s="87"/>
+      <c r="M96" s="87"/>
+      <c r="N96" s="87"/>
+      <c r="O96" s="88"/>
+      <c r="P96" s="88"/>
+      <c r="Q96" s="88"/>
+      <c r="R96" s="89"/>
     </row>
     <row r="97" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A97" s="18" t="s">
-        <v>245</v>
-[...17 lines deleted...]
-      <c r="R97" s="91"/>
+        <v>201</v>
+      </c>
+      <c r="B97" s="46"/>
+      <c r="C97" s="46"/>
+      <c r="D97" s="47"/>
+      <c r="E97" s="86"/>
+      <c r="F97" s="86"/>
+      <c r="G97" s="90"/>
+      <c r="H97" s="90"/>
+      <c r="I97" s="87"/>
+      <c r="J97" s="87"/>
+      <c r="K97" s="87"/>
+      <c r="L97" s="87"/>
+      <c r="M97" s="87"/>
+      <c r="N97" s="87"/>
+      <c r="O97" s="88"/>
+      <c r="P97" s="88"/>
+      <c r="Q97" s="88"/>
+      <c r="R97" s="89"/>
     </row>
     <row r="98" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A98" s="18" t="s">
-        <v>246</v>
-[...17 lines deleted...]
-      <c r="R98" s="91"/>
+        <v>202</v>
+      </c>
+      <c r="B98" s="46"/>
+      <c r="C98" s="46"/>
+      <c r="D98" s="47"/>
+      <c r="E98" s="86"/>
+      <c r="F98" s="86"/>
+      <c r="G98" s="90"/>
+      <c r="H98" s="90"/>
+      <c r="I98" s="87"/>
+      <c r="J98" s="87"/>
+      <c r="K98" s="87"/>
+      <c r="L98" s="87"/>
+      <c r="M98" s="87"/>
+      <c r="N98" s="87"/>
+      <c r="O98" s="88"/>
+      <c r="P98" s="88"/>
+      <c r="Q98" s="88"/>
+      <c r="R98" s="89"/>
     </row>
     <row r="99" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A99" s="18" t="s">
-        <v>247</v>
-[...17 lines deleted...]
-      <c r="R99" s="91"/>
+        <v>203</v>
+      </c>
+      <c r="B99" s="46"/>
+      <c r="C99" s="46"/>
+      <c r="D99" s="47"/>
+      <c r="E99" s="86"/>
+      <c r="F99" s="86"/>
+      <c r="G99" s="90"/>
+      <c r="H99" s="90"/>
+      <c r="I99" s="87"/>
+      <c r="J99" s="87"/>
+      <c r="K99" s="87"/>
+      <c r="L99" s="87"/>
+      <c r="M99" s="87"/>
+      <c r="N99" s="87"/>
+      <c r="O99" s="88"/>
+      <c r="P99" s="88"/>
+      <c r="Q99" s="88"/>
+      <c r="R99" s="89"/>
     </row>
     <row r="100" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" s="18" t="s">
-        <v>248</v>
-[...17 lines deleted...]
-      <c r="R100" s="91"/>
+        <v>204</v>
+      </c>
+      <c r="B100" s="46"/>
+      <c r="C100" s="46"/>
+      <c r="D100" s="47"/>
+      <c r="E100" s="86"/>
+      <c r="F100" s="86"/>
+      <c r="G100" s="90"/>
+      <c r="H100" s="90"/>
+      <c r="I100" s="87"/>
+      <c r="J100" s="87"/>
+      <c r="K100" s="87"/>
+      <c r="L100" s="87"/>
+      <c r="M100" s="87"/>
+      <c r="N100" s="87"/>
+      <c r="O100" s="88"/>
+      <c r="P100" s="88"/>
+      <c r="Q100" s="88"/>
+      <c r="R100" s="89"/>
     </row>
     <row r="101" spans="1:18" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A101" s="18" t="s">
-        <v>249</v>
-[...17 lines deleted...]
-      <c r="R101" s="91"/>
+        <v>205</v>
+      </c>
+      <c r="B101" s="46"/>
+      <c r="C101" s="46"/>
+      <c r="D101" s="47"/>
+      <c r="E101" s="86"/>
+      <c r="F101" s="86"/>
+      <c r="G101" s="90"/>
+      <c r="H101" s="90"/>
+      <c r="I101" s="87"/>
+      <c r="J101" s="87"/>
+      <c r="K101" s="87"/>
+      <c r="L101" s="87"/>
+      <c r="M101" s="87"/>
+      <c r="N101" s="87"/>
+      <c r="O101" s="88"/>
+      <c r="P101" s="88"/>
+      <c r="Q101" s="88"/>
+      <c r="R101" s="89"/>
     </row>
     <row r="102" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A102" s="18" t="s">
-        <v>250</v>
-[...17 lines deleted...]
-      <c r="R102" s="91"/>
+        <v>206</v>
+      </c>
+      <c r="B102" s="46"/>
+      <c r="C102" s="46"/>
+      <c r="D102" s="47"/>
+      <c r="E102" s="86"/>
+      <c r="F102" s="86"/>
+      <c r="G102" s="90"/>
+      <c r="H102" s="90"/>
+      <c r="I102" s="87"/>
+      <c r="J102" s="87"/>
+      <c r="K102" s="87"/>
+      <c r="L102" s="87"/>
+      <c r="M102" s="87"/>
+      <c r="N102" s="87"/>
+      <c r="O102" s="88"/>
+      <c r="P102" s="88"/>
+      <c r="Q102" s="88"/>
+      <c r="R102" s="89"/>
     </row>
   </sheetData>
   <protectedRanges>
-    <protectedRange password="CBEB" sqref="I4:J102" name="charges"/>
-[...6 lines deleted...]
-    <protectedRange password="CBEB" sqref="M3:N3" name="charges_3_2"/>
+    <protectedRange password="CBEB" sqref="I5:J102" name="charges"/>
+    <protectedRange password="CBEB" sqref="K5:K102" name="charges_1"/>
+    <protectedRange password="CBEB" sqref="L5:L102" name="charges_2"/>
+    <protectedRange password="CBEB" sqref="M5:N102" name="charges_3"/>
+    <protectedRange password="CBEB" sqref="I4:J4" name="charges_5"/>
+    <protectedRange password="CBEB" sqref="K4" name="charges_1_2"/>
+    <protectedRange password="CBEB" sqref="L4" name="charges_2_2"/>
+    <protectedRange password="CBEB" sqref="M4:N4" name="charges_3_1"/>
+    <protectedRange password="CBEB" sqref="I3:J3" name="charges_4_1"/>
+    <protectedRange password="CBEB" sqref="K3" name="charges_1_1_1"/>
+    <protectedRange password="CBEB" sqref="L3" name="charges_2_1_1"/>
+    <protectedRange password="CBEB" sqref="M3:N3" name="charges_3_2_1"/>
   </protectedRanges>
   <pageMargins left="0.2" right="0.16" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" fitToWidth="2" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LDécompte récapitulatif pour les services d'insertion sociale  -  &amp;A</oddHeader>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Feuil6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" ySplit="2" topLeftCell="C3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="C3" sqref="C3"/>
+      <selection pane="bottomRight" activeCell="B3" sqref="B3:B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="22" style="6" customWidth="1"/>
     <col min="3" max="7" width="22" style="2" customWidth="1"/>
     <col min="8" max="8" width="15.88671875" style="2" customWidth="1"/>
     <col min="9" max="12" width="22" style="2" customWidth="1"/>
     <col min="13" max="13" width="18.5546875" style="2" customWidth="1"/>
     <col min="14" max="16384" width="11.44140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="42" t="s">
-[...36 lines deleted...]
-        <v>263</v>
+      <c r="A1" s="40" t="s">
+        <v>212</v>
+      </c>
+      <c r="B1" s="40" t="s">
+        <v>264</v>
+      </c>
+      <c r="C1" s="42" t="s">
+        <v>213</v>
+      </c>
+      <c r="D1" s="42" t="s">
+        <v>214</v>
+      </c>
+      <c r="E1" s="42" t="s">
+        <v>215</v>
+      </c>
+      <c r="F1" s="42" t="s">
+        <v>266</v>
+      </c>
+      <c r="G1" s="42" t="s">
+        <v>216</v>
+      </c>
+      <c r="H1" s="42" t="s">
+        <v>217</v>
+      </c>
+      <c r="I1" s="42" t="s">
+        <v>218</v>
+      </c>
+      <c r="J1" s="42" t="s">
+        <v>219</v>
+      </c>
+      <c r="K1" s="42" t="s">
+        <v>220</v>
+      </c>
+      <c r="L1" s="42" t="s">
+        <v>221</v>
+      </c>
+      <c r="M1" s="42" t="s">
+        <v>244</v>
       </c>
     </row>
     <row r="2" spans="1:13" s="22" customFormat="1" ht="72.599999999999994" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="60" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="61" t="s">
+      <c r="A2" s="58" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" s="59" t="s">
         <v>265</v>
       </c>
-      <c r="C2" s="61" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="61" t="s">
+      <c r="C2" s="59" t="s">
+        <v>245</v>
+      </c>
+      <c r="D2" s="59" t="s">
+        <v>74</v>
+      </c>
+      <c r="E2" s="59" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" s="59" t="s">
         <v>267</v>
       </c>
-      <c r="E2" s="61" t="s">
-[...24 lines deleted...]
-        <v>276</v>
+      <c r="G2" s="59" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" s="59" t="s">
+        <v>77</v>
+      </c>
+      <c r="I2" s="59" t="s">
+        <v>78</v>
+      </c>
+      <c r="J2" s="59" t="s">
+        <v>79</v>
+      </c>
+      <c r="K2" s="60" t="s">
+        <v>73</v>
+      </c>
+      <c r="L2" s="61" t="s">
+        <v>80</v>
+      </c>
+      <c r="M2" s="67" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="3" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A3" s="50"/>
-      <c r="B3" s="51"/>
+      <c r="A3" s="48"/>
+      <c r="B3" s="49"/>
       <c r="C3" s="38"/>
       <c r="D3" s="38"/>
-      <c r="E3" s="57"/>
+      <c r="E3" s="55"/>
       <c r="F3" s="38"/>
-      <c r="G3" s="66"/>
+      <c r="G3" s="64"/>
       <c r="H3" s="38"/>
-      <c r="I3" s="66"/>
-[...3 lines deleted...]
-      <c r="M3" s="70"/>
+      <c r="I3" s="64"/>
+      <c r="J3" s="55"/>
+      <c r="K3" s="85"/>
+      <c r="L3" s="85"/>
+      <c r="M3" s="68"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A4" s="52"/>
-      <c r="B4" s="53"/>
+      <c r="A4" s="50"/>
+      <c r="B4" s="51"/>
       <c r="C4" s="39"/>
       <c r="D4" s="39"/>
-      <c r="E4" s="58"/>
+      <c r="E4" s="56"/>
       <c r="F4" s="39"/>
-      <c r="G4" s="67"/>
+      <c r="G4" s="65"/>
       <c r="H4" s="39"/>
-      <c r="I4" s="67"/>
-[...3 lines deleted...]
-      <c r="M4" s="86"/>
+      <c r="I4" s="65"/>
+      <c r="J4" s="56"/>
+      <c r="K4" s="63"/>
+      <c r="L4" s="63"/>
+      <c r="M4" s="84"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A5" s="52"/>
-      <c r="B5" s="53"/>
+      <c r="A5" s="50"/>
+      <c r="B5" s="51"/>
       <c r="C5" s="39"/>
       <c r="D5" s="39"/>
-      <c r="E5" s="58"/>
+      <c r="E5" s="56"/>
       <c r="F5" s="39"/>
-      <c r="G5" s="67"/>
+      <c r="G5" s="65"/>
       <c r="H5" s="39"/>
-      <c r="I5" s="67"/>
-[...3 lines deleted...]
-      <c r="M5" s="71"/>
+      <c r="I5" s="65"/>
+      <c r="J5" s="56"/>
+      <c r="K5" s="71"/>
+      <c r="L5" s="71"/>
+      <c r="M5" s="69"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A6" s="52"/>
-      <c r="B6" s="53"/>
+      <c r="A6" s="50"/>
+      <c r="B6" s="51"/>
       <c r="C6" s="39"/>
       <c r="D6" s="39"/>
-      <c r="E6" s="58"/>
+      <c r="E6" s="56"/>
       <c r="F6" s="39"/>
-      <c r="G6" s="67"/>
+      <c r="G6" s="65"/>
       <c r="H6" s="39"/>
-      <c r="I6" s="67"/>
-[...3 lines deleted...]
-      <c r="M6" s="71"/>
+      <c r="I6" s="65"/>
+      <c r="J6" s="56"/>
+      <c r="K6" s="71"/>
+      <c r="L6" s="71"/>
+      <c r="M6" s="69"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A7" s="52"/>
-      <c r="B7" s="53"/>
+      <c r="A7" s="50"/>
+      <c r="B7" s="51"/>
       <c r="C7" s="39"/>
       <c r="D7" s="39"/>
-      <c r="E7" s="58"/>
+      <c r="E7" s="56"/>
       <c r="F7" s="39"/>
-      <c r="G7" s="67"/>
+      <c r="G7" s="65"/>
       <c r="H7" s="39"/>
-      <c r="I7" s="67"/>
-[...3 lines deleted...]
-      <c r="M7" s="71"/>
+      <c r="I7" s="65"/>
+      <c r="J7" s="56"/>
+      <c r="K7" s="71"/>
+      <c r="L7" s="71"/>
+      <c r="M7" s="69"/>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A8" s="52"/>
-      <c r="B8" s="53"/>
+      <c r="A8" s="50"/>
+      <c r="B8" s="51"/>
       <c r="C8" s="39"/>
       <c r="D8" s="39"/>
-      <c r="E8" s="58"/>
+      <c r="E8" s="56"/>
       <c r="F8" s="39"/>
-      <c r="G8" s="67"/>
+      <c r="G8" s="65"/>
       <c r="H8" s="39"/>
-      <c r="I8" s="67"/>
-[...3 lines deleted...]
-      <c r="M8" s="71"/>
+      <c r="I8" s="65"/>
+      <c r="J8" s="56"/>
+      <c r="K8" s="71"/>
+      <c r="L8" s="71"/>
+      <c r="M8" s="69"/>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A9" s="52"/>
-      <c r="B9" s="53"/>
+      <c r="A9" s="50"/>
+      <c r="B9" s="51"/>
       <c r="C9" s="39"/>
       <c r="D9" s="39"/>
-      <c r="E9" s="58"/>
+      <c r="E9" s="56"/>
       <c r="F9" s="39"/>
-      <c r="G9" s="67"/>
+      <c r="G9" s="65"/>
       <c r="H9" s="39"/>
-      <c r="I9" s="67"/>
-[...3 lines deleted...]
-      <c r="M9" s="71"/>
+      <c r="I9" s="65"/>
+      <c r="J9" s="56"/>
+      <c r="K9" s="71"/>
+      <c r="L9" s="71"/>
+      <c r="M9" s="69"/>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A10" s="52"/>
-      <c r="B10" s="53"/>
+      <c r="A10" s="50"/>
+      <c r="B10" s="51"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
-      <c r="E10" s="58"/>
+      <c r="E10" s="56"/>
       <c r="F10" s="39"/>
-      <c r="G10" s="67"/>
+      <c r="G10" s="65"/>
       <c r="H10" s="39"/>
-      <c r="I10" s="67"/>
-[...3 lines deleted...]
-      <c r="M10" s="71"/>
+      <c r="I10" s="65"/>
+      <c r="J10" s="56"/>
+      <c r="K10" s="71"/>
+      <c r="L10" s="71"/>
+      <c r="M10" s="69"/>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A11" s="52"/>
-      <c r="B11" s="53"/>
+      <c r="A11" s="50"/>
+      <c r="B11" s="51"/>
       <c r="C11" s="39"/>
       <c r="D11" s="39"/>
-      <c r="E11" s="58"/>
+      <c r="E11" s="56"/>
       <c r="F11" s="39"/>
-      <c r="G11" s="67"/>
+      <c r="G11" s="65"/>
       <c r="H11" s="39"/>
-      <c r="I11" s="67"/>
-[...3 lines deleted...]
-      <c r="M11" s="71"/>
+      <c r="I11" s="65"/>
+      <c r="J11" s="56"/>
+      <c r="K11" s="71"/>
+      <c r="L11" s="71"/>
+      <c r="M11" s="69"/>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A12" s="52"/>
-      <c r="B12" s="53"/>
+      <c r="A12" s="50"/>
+      <c r="B12" s="51"/>
       <c r="C12" s="39"/>
       <c r="D12" s="39"/>
-      <c r="E12" s="58"/>
+      <c r="E12" s="56"/>
       <c r="F12" s="39"/>
-      <c r="G12" s="67"/>
+      <c r="G12" s="65"/>
       <c r="H12" s="39"/>
-      <c r="I12" s="67"/>
-[...3 lines deleted...]
-      <c r="M12" s="71"/>
+      <c r="I12" s="65"/>
+      <c r="J12" s="56"/>
+      <c r="K12" s="71"/>
+      <c r="L12" s="71"/>
+      <c r="M12" s="69"/>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A13" s="52"/>
-      <c r="B13" s="53"/>
+      <c r="A13" s="50"/>
+      <c r="B13" s="51"/>
       <c r="C13" s="39"/>
       <c r="D13" s="39"/>
-      <c r="E13" s="58"/>
+      <c r="E13" s="56"/>
       <c r="F13" s="39"/>
-      <c r="G13" s="67"/>
+      <c r="G13" s="65"/>
       <c r="H13" s="39"/>
-      <c r="I13" s="67"/>
-[...3 lines deleted...]
-      <c r="M13" s="71"/>
+      <c r="I13" s="65"/>
+      <c r="J13" s="56"/>
+      <c r="K13" s="71"/>
+      <c r="L13" s="71"/>
+      <c r="M13" s="69"/>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A14" s="52"/>
-      <c r="B14" s="53"/>
+      <c r="A14" s="50"/>
+      <c r="B14" s="51"/>
       <c r="C14" s="39"/>
       <c r="D14" s="39"/>
-      <c r="E14" s="58"/>
+      <c r="E14" s="56"/>
       <c r="F14" s="39"/>
-      <c r="G14" s="67"/>
+      <c r="G14" s="65"/>
       <c r="H14" s="39"/>
-      <c r="I14" s="67"/>
-[...3 lines deleted...]
-      <c r="M14" s="71"/>
+      <c r="I14" s="65"/>
+      <c r="J14" s="56"/>
+      <c r="K14" s="71"/>
+      <c r="L14" s="71"/>
+      <c r="M14" s="69"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A15" s="52"/>
-      <c r="B15" s="53"/>
+      <c r="A15" s="50"/>
+      <c r="B15" s="51"/>
       <c r="C15" s="39"/>
       <c r="D15" s="39"/>
-      <c r="E15" s="58"/>
+      <c r="E15" s="56"/>
       <c r="F15" s="39"/>
-      <c r="G15" s="67"/>
+      <c r="G15" s="65"/>
       <c r="H15" s="39"/>
-      <c r="I15" s="67"/>
-[...3 lines deleted...]
-      <c r="M15" s="71"/>
+      <c r="I15" s="65"/>
+      <c r="J15" s="56"/>
+      <c r="K15" s="71"/>
+      <c r="L15" s="71"/>
+      <c r="M15" s="69"/>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A16" s="52"/>
-      <c r="B16" s="53"/>
+      <c r="A16" s="50"/>
+      <c r="B16" s="51"/>
       <c r="C16" s="39"/>
       <c r="D16" s="39"/>
-      <c r="E16" s="58"/>
+      <c r="E16" s="56"/>
       <c r="F16" s="39"/>
-      <c r="G16" s="67"/>
+      <c r="G16" s="65"/>
       <c r="H16" s="39"/>
-      <c r="I16" s="67"/>
-[...3 lines deleted...]
-      <c r="M16" s="71"/>
+      <c r="I16" s="65"/>
+      <c r="J16" s="56"/>
+      <c r="K16" s="71"/>
+      <c r="L16" s="71"/>
+      <c r="M16" s="69"/>
     </row>
     <row r="17" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A17" s="52"/>
-      <c r="B17" s="53"/>
+      <c r="A17" s="50"/>
+      <c r="B17" s="51"/>
       <c r="C17" s="39"/>
       <c r="D17" s="39"/>
-      <c r="E17" s="58"/>
+      <c r="E17" s="56"/>
       <c r="F17" s="39"/>
-      <c r="G17" s="67"/>
+      <c r="G17" s="65"/>
       <c r="H17" s="39"/>
-      <c r="I17" s="67"/>
-[...3 lines deleted...]
-      <c r="M17" s="71"/>
+      <c r="I17" s="65"/>
+      <c r="J17" s="56"/>
+      <c r="K17" s="71"/>
+      <c r="L17" s="71"/>
+      <c r="M17" s="69"/>
     </row>
     <row r="18" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A18" s="52"/>
-      <c r="B18" s="53"/>
+      <c r="A18" s="50"/>
+      <c r="B18" s="51"/>
       <c r="C18" s="39"/>
       <c r="D18" s="39"/>
-      <c r="E18" s="58"/>
+      <c r="E18" s="56"/>
       <c r="F18" s="39"/>
-      <c r="G18" s="67"/>
+      <c r="G18" s="65"/>
       <c r="H18" s="39"/>
-      <c r="I18" s="67"/>
-[...3 lines deleted...]
-      <c r="M18" s="71"/>
+      <c r="I18" s="65"/>
+      <c r="J18" s="56"/>
+      <c r="K18" s="71"/>
+      <c r="L18" s="71"/>
+      <c r="M18" s="69"/>
     </row>
     <row r="19" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A19" s="52"/>
-      <c r="B19" s="53"/>
+      <c r="A19" s="50"/>
+      <c r="B19" s="51"/>
       <c r="C19" s="39"/>
       <c r="D19" s="39"/>
-      <c r="E19" s="58"/>
+      <c r="E19" s="56"/>
       <c r="F19" s="39"/>
-      <c r="G19" s="67"/>
+      <c r="G19" s="65"/>
       <c r="H19" s="39"/>
-      <c r="I19" s="67"/>
-[...3 lines deleted...]
-      <c r="M19" s="71"/>
+      <c r="I19" s="65"/>
+      <c r="J19" s="56"/>
+      <c r="K19" s="71"/>
+      <c r="L19" s="71"/>
+      <c r="M19" s="69"/>
     </row>
     <row r="20" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A20" s="52"/>
-      <c r="B20" s="53"/>
+      <c r="A20" s="50"/>
+      <c r="B20" s="51"/>
       <c r="C20" s="39"/>
       <c r="D20" s="39"/>
-      <c r="E20" s="58"/>
+      <c r="E20" s="56"/>
       <c r="F20" s="39"/>
-      <c r="G20" s="67"/>
+      <c r="G20" s="65"/>
       <c r="H20" s="39"/>
-      <c r="I20" s="67"/>
-[...3 lines deleted...]
-      <c r="M20" s="71"/>
+      <c r="I20" s="65"/>
+      <c r="J20" s="56"/>
+      <c r="K20" s="71"/>
+      <c r="L20" s="71"/>
+      <c r="M20" s="69"/>
     </row>
     <row r="21" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A21" s="52"/>
-      <c r="B21" s="53"/>
+      <c r="A21" s="50"/>
+      <c r="B21" s="51"/>
       <c r="C21" s="39"/>
       <c r="D21" s="39"/>
-      <c r="E21" s="58"/>
+      <c r="E21" s="56"/>
       <c r="F21" s="39"/>
-      <c r="G21" s="67"/>
+      <c r="G21" s="65"/>
       <c r="H21" s="39"/>
-      <c r="I21" s="67"/>
-[...3 lines deleted...]
-      <c r="M21" s="71"/>
+      <c r="I21" s="65"/>
+      <c r="J21" s="56"/>
+      <c r="K21" s="71"/>
+      <c r="L21" s="71"/>
+      <c r="M21" s="69"/>
     </row>
     <row r="22" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A22" s="52"/>
-      <c r="B22" s="53"/>
+      <c r="A22" s="50"/>
+      <c r="B22" s="51"/>
       <c r="C22" s="39"/>
       <c r="D22" s="39"/>
-      <c r="E22" s="58"/>
+      <c r="E22" s="56"/>
       <c r="F22" s="39"/>
-      <c r="G22" s="67"/>
+      <c r="G22" s="65"/>
       <c r="H22" s="39"/>
-      <c r="I22" s="67"/>
-[...3 lines deleted...]
-      <c r="M22" s="71"/>
+      <c r="I22" s="65"/>
+      <c r="J22" s="56"/>
+      <c r="K22" s="71"/>
+      <c r="L22" s="71"/>
+      <c r="M22" s="69"/>
     </row>
     <row r="23" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A23" s="52"/>
-      <c r="B23" s="53"/>
+      <c r="A23" s="50"/>
+      <c r="B23" s="51"/>
       <c r="C23" s="39"/>
       <c r="D23" s="39"/>
-      <c r="E23" s="58"/>
+      <c r="E23" s="56"/>
       <c r="F23" s="39"/>
-      <c r="G23" s="67"/>
+      <c r="G23" s="65"/>
       <c r="H23" s="39"/>
-      <c r="I23" s="67"/>
-[...3 lines deleted...]
-      <c r="M23" s="71"/>
+      <c r="I23" s="65"/>
+      <c r="J23" s="56"/>
+      <c r="K23" s="71"/>
+      <c r="L23" s="71"/>
+      <c r="M23" s="69"/>
     </row>
     <row r="24" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A24" s="52"/>
-      <c r="B24" s="53"/>
+      <c r="A24" s="50"/>
+      <c r="B24" s="51"/>
       <c r="C24" s="39"/>
       <c r="D24" s="39"/>
-      <c r="E24" s="58"/>
+      <c r="E24" s="56"/>
       <c r="F24" s="39"/>
-      <c r="G24" s="67"/>
+      <c r="G24" s="65"/>
       <c r="H24" s="39"/>
-      <c r="I24" s="67"/>
-[...3 lines deleted...]
-      <c r="M24" s="71"/>
+      <c r="I24" s="65"/>
+      <c r="J24" s="56"/>
+      <c r="K24" s="71"/>
+      <c r="L24" s="71"/>
+      <c r="M24" s="69"/>
     </row>
     <row r="25" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A25" s="52"/>
-      <c r="B25" s="53"/>
+      <c r="A25" s="50"/>
+      <c r="B25" s="51"/>
       <c r="C25" s="39"/>
       <c r="D25" s="39"/>
-      <c r="E25" s="58"/>
+      <c r="E25" s="56"/>
       <c r="F25" s="39"/>
-      <c r="G25" s="67"/>
+      <c r="G25" s="65"/>
       <c r="H25" s="39"/>
-      <c r="I25" s="67"/>
-[...3 lines deleted...]
-      <c r="M25" s="71"/>
+      <c r="I25" s="65"/>
+      <c r="J25" s="56"/>
+      <c r="K25" s="71"/>
+      <c r="L25" s="71"/>
+      <c r="M25" s="69"/>
     </row>
     <row r="26" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A26" s="52"/>
-      <c r="B26" s="53"/>
+      <c r="A26" s="50"/>
+      <c r="B26" s="51"/>
       <c r="C26" s="39"/>
       <c r="D26" s="39"/>
-      <c r="E26" s="58"/>
+      <c r="E26" s="56"/>
       <c r="F26" s="39"/>
-      <c r="G26" s="67"/>
+      <c r="G26" s="65"/>
       <c r="H26" s="39"/>
-      <c r="I26" s="67"/>
-[...3 lines deleted...]
-      <c r="M26" s="71"/>
+      <c r="I26" s="65"/>
+      <c r="J26" s="56"/>
+      <c r="K26" s="71"/>
+      <c r="L26" s="71"/>
+      <c r="M26" s="69"/>
     </row>
     <row r="27" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A27" s="52"/>
-      <c r="B27" s="53"/>
+      <c r="A27" s="50"/>
+      <c r="B27" s="51"/>
       <c r="C27" s="39"/>
       <c r="D27" s="39"/>
-      <c r="E27" s="58"/>
+      <c r="E27" s="56"/>
       <c r="F27" s="39"/>
-      <c r="G27" s="67"/>
+      <c r="G27" s="65"/>
       <c r="H27" s="39"/>
-      <c r="I27" s="67"/>
-[...3 lines deleted...]
-      <c r="M27" s="71"/>
+      <c r="I27" s="65"/>
+      <c r="J27" s="56"/>
+      <c r="K27" s="71"/>
+      <c r="L27" s="71"/>
+      <c r="M27" s="69"/>
     </row>
     <row r="28" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A28" s="52"/>
-      <c r="B28" s="53"/>
+      <c r="A28" s="50"/>
+      <c r="B28" s="51"/>
       <c r="C28" s="39"/>
       <c r="D28" s="39"/>
-      <c r="E28" s="58"/>
+      <c r="E28" s="56"/>
       <c r="F28" s="39"/>
-      <c r="G28" s="67"/>
+      <c r="G28" s="65"/>
       <c r="H28" s="39"/>
-      <c r="I28" s="67"/>
-[...3 lines deleted...]
-      <c r="M28" s="71"/>
+      <c r="I28" s="65"/>
+      <c r="J28" s="56"/>
+      <c r="K28" s="71"/>
+      <c r="L28" s="71"/>
+      <c r="M28" s="69"/>
     </row>
     <row r="29" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A29" s="52"/>
-      <c r="B29" s="53"/>
+      <c r="A29" s="50"/>
+      <c r="B29" s="51"/>
       <c r="C29" s="39"/>
       <c r="D29" s="39"/>
-      <c r="E29" s="58"/>
+      <c r="E29" s="56"/>
       <c r="F29" s="39"/>
-      <c r="G29" s="67"/>
+      <c r="G29" s="65"/>
       <c r="H29" s="39"/>
-      <c r="I29" s="67"/>
-[...3 lines deleted...]
-      <c r="M29" s="71"/>
+      <c r="I29" s="65"/>
+      <c r="J29" s="56"/>
+      <c r="K29" s="71"/>
+      <c r="L29" s="71"/>
+      <c r="M29" s="69"/>
     </row>
     <row r="30" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A30" s="52"/>
-      <c r="B30" s="53"/>
+      <c r="A30" s="50"/>
+      <c r="B30" s="51"/>
       <c r="C30" s="39"/>
       <c r="D30" s="39"/>
-      <c r="E30" s="58"/>
+      <c r="E30" s="56"/>
       <c r="F30" s="39"/>
-      <c r="G30" s="67"/>
+      <c r="G30" s="65"/>
       <c r="H30" s="39"/>
-      <c r="I30" s="67"/>
-[...3 lines deleted...]
-      <c r="M30" s="71"/>
+      <c r="I30" s="65"/>
+      <c r="J30" s="56"/>
+      <c r="K30" s="71"/>
+      <c r="L30" s="71"/>
+      <c r="M30" s="69"/>
     </row>
     <row r="31" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A31" s="78"/>
-[...11 lines deleted...]
-      <c r="M31" s="84"/>
+      <c r="A31" s="76"/>
+      <c r="B31" s="77"/>
+      <c r="C31" s="78"/>
+      <c r="D31" s="78"/>
+      <c r="E31" s="79"/>
+      <c r="F31" s="78"/>
+      <c r="G31" s="80"/>
+      <c r="H31" s="78"/>
+      <c r="I31" s="80"/>
+      <c r="J31" s="79"/>
+      <c r="K31" s="81"/>
+      <c r="L31" s="81"/>
+      <c r="M31" s="82"/>
     </row>
     <row r="32" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A32" s="78"/>
-[...11 lines deleted...]
-      <c r="M32" s="84"/>
+      <c r="A32" s="76"/>
+      <c r="B32" s="77"/>
+      <c r="C32" s="78"/>
+      <c r="D32" s="78"/>
+      <c r="E32" s="79"/>
+      <c r="F32" s="78"/>
+      <c r="G32" s="80"/>
+      <c r="H32" s="78"/>
+      <c r="I32" s="80"/>
+      <c r="J32" s="79"/>
+      <c r="K32" s="81"/>
+      <c r="L32" s="81"/>
+      <c r="M32" s="82"/>
     </row>
     <row r="33" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A33" s="78"/>
-[...11 lines deleted...]
-      <c r="M33" s="84"/>
+      <c r="A33" s="76"/>
+      <c r="B33" s="77"/>
+      <c r="C33" s="78"/>
+      <c r="D33" s="78"/>
+      <c r="E33" s="79"/>
+      <c r="F33" s="78"/>
+      <c r="G33" s="80"/>
+      <c r="H33" s="78"/>
+      <c r="I33" s="80"/>
+      <c r="J33" s="79"/>
+      <c r="K33" s="81"/>
+      <c r="L33" s="81"/>
+      <c r="M33" s="82"/>
     </row>
     <row r="34" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A34" s="78"/>
-[...11 lines deleted...]
-      <c r="M34" s="84"/>
+      <c r="A34" s="76"/>
+      <c r="B34" s="77"/>
+      <c r="C34" s="78"/>
+      <c r="D34" s="78"/>
+      <c r="E34" s="79"/>
+      <c r="F34" s="78"/>
+      <c r="G34" s="80"/>
+      <c r="H34" s="78"/>
+      <c r="I34" s="80"/>
+      <c r="J34" s="79"/>
+      <c r="K34" s="81"/>
+      <c r="L34" s="81"/>
+      <c r="M34" s="82"/>
     </row>
     <row r="35" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A35" s="78"/>
-[...11 lines deleted...]
-      <c r="M35" s="84"/>
+      <c r="A35" s="76"/>
+      <c r="B35" s="77"/>
+      <c r="C35" s="78"/>
+      <c r="D35" s="78"/>
+      <c r="E35" s="79"/>
+      <c r="F35" s="78"/>
+      <c r="G35" s="80"/>
+      <c r="H35" s="78"/>
+      <c r="I35" s="80"/>
+      <c r="J35" s="79"/>
+      <c r="K35" s="81"/>
+      <c r="L35" s="81"/>
+      <c r="M35" s="82"/>
     </row>
     <row r="36" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A36" s="78"/>
-[...11 lines deleted...]
-      <c r="M36" s="84"/>
+      <c r="A36" s="76"/>
+      <c r="B36" s="77"/>
+      <c r="C36" s="78"/>
+      <c r="D36" s="78"/>
+      <c r="E36" s="79"/>
+      <c r="F36" s="78"/>
+      <c r="G36" s="80"/>
+      <c r="H36" s="78"/>
+      <c r="I36" s="80"/>
+      <c r="J36" s="79"/>
+      <c r="K36" s="81"/>
+      <c r="L36" s="81"/>
+      <c r="M36" s="82"/>
     </row>
     <row r="37" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A37" s="78"/>
-[...11 lines deleted...]
-      <c r="M37" s="84"/>
+      <c r="A37" s="76"/>
+      <c r="B37" s="77"/>
+      <c r="C37" s="78"/>
+      <c r="D37" s="78"/>
+      <c r="E37" s="79"/>
+      <c r="F37" s="78"/>
+      <c r="G37" s="80"/>
+      <c r="H37" s="78"/>
+      <c r="I37" s="80"/>
+      <c r="J37" s="79"/>
+      <c r="K37" s="81"/>
+      <c r="L37" s="81"/>
+      <c r="M37" s="82"/>
     </row>
     <row r="38" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A38" s="78"/>
-[...11 lines deleted...]
-      <c r="M38" s="84"/>
+      <c r="A38" s="76"/>
+      <c r="B38" s="77"/>
+      <c r="C38" s="78"/>
+      <c r="D38" s="78"/>
+      <c r="E38" s="79"/>
+      <c r="F38" s="78"/>
+      <c r="G38" s="80"/>
+      <c r="H38" s="78"/>
+      <c r="I38" s="80"/>
+      <c r="J38" s="79"/>
+      <c r="K38" s="81"/>
+      <c r="L38" s="81"/>
+      <c r="M38" s="82"/>
     </row>
     <row r="39" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A39" s="78"/>
-[...11 lines deleted...]
-      <c r="M39" s="84"/>
+      <c r="A39" s="76"/>
+      <c r="B39" s="77"/>
+      <c r="C39" s="78"/>
+      <c r="D39" s="78"/>
+      <c r="E39" s="79"/>
+      <c r="F39" s="78"/>
+      <c r="G39" s="80"/>
+      <c r="H39" s="78"/>
+      <c r="I39" s="80"/>
+      <c r="J39" s="79"/>
+      <c r="K39" s="81"/>
+      <c r="L39" s="81"/>
+      <c r="M39" s="82"/>
     </row>
     <row r="40" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A40" s="78"/>
-[...11 lines deleted...]
-      <c r="M40" s="84"/>
+      <c r="A40" s="76"/>
+      <c r="B40" s="77"/>
+      <c r="C40" s="78"/>
+      <c r="D40" s="78"/>
+      <c r="E40" s="79"/>
+      <c r="F40" s="78"/>
+      <c r="G40" s="80"/>
+      <c r="H40" s="78"/>
+      <c r="I40" s="80"/>
+      <c r="J40" s="79"/>
+      <c r="K40" s="81"/>
+      <c r="L40" s="81"/>
+      <c r="M40" s="82"/>
     </row>
     <row r="41" spans="1:13" x14ac:dyDescent="0.3">
-      <c r="A41" s="78"/>
-[...11 lines deleted...]
-      <c r="M41" s="84"/>
+      <c r="A41" s="76"/>
+      <c r="B41" s="77"/>
+      <c r="C41" s="78"/>
+      <c r="D41" s="78"/>
+      <c r="E41" s="79"/>
+      <c r="F41" s="78"/>
+      <c r="G41" s="80"/>
+      <c r="H41" s="78"/>
+      <c r="I41" s="80"/>
+      <c r="J41" s="79"/>
+      <c r="K41" s="81"/>
+      <c r="L41" s="81"/>
+      <c r="M41" s="82"/>
     </row>
     <row r="42" spans="1:13" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A42" s="54"/>
-[...11 lines deleted...]
-      <c r="M42" s="72"/>
+      <c r="A42" s="52"/>
+      <c r="B42" s="53"/>
+      <c r="C42" s="54"/>
+      <c r="D42" s="54"/>
+      <c r="E42" s="57"/>
+      <c r="F42" s="54"/>
+      <c r="G42" s="66"/>
+      <c r="H42" s="54"/>
+      <c r="I42" s="66"/>
+      <c r="J42" s="57"/>
+      <c r="K42" s="72"/>
+      <c r="L42" s="72"/>
+      <c r="M42" s="70"/>
     </row>
     <row r="43" spans="1:13" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="L43" s="85">
+      <c r="L43" s="83">
         <f>SUM(L3:L42)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection password="CBEB" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.59055118110236227" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="52" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LDécompte récapitulatif pour les services d'insertion sociale  -  &amp;A</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:E120"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B38" sqref="B38"/>
+      <selection activeCell="A3" sqref="A3:A63"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.109375" style="6" customWidth="1"/>
     <col min="2" max="2" width="67" style="6" customWidth="1"/>
     <col min="4" max="4" width="10.109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="55.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="42" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="A1" s="40" t="s">
+        <v>90</v>
+      </c>
+      <c r="B1" s="40" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>41</v>
+        <v>2</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>1</v>
+      </c>
+      <c r="E2" s="92" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" s="11">
         <v>61</v>
       </c>
       <c r="B3" s="12" t="s">
-        <v>53</v>
+        <v>223</v>
       </c>
       <c r="D3" s="11">
         <v>74</v>
       </c>
       <c r="E3" s="12" t="s">
-        <v>277</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="7">
         <v>610</v>
       </c>
       <c r="B4" s="8" t="s">
-        <v>54</v>
+        <v>236</v>
       </c>
       <c r="D4" s="11">
         <v>73</v>
       </c>
       <c r="E4" s="12" t="s">
-        <v>278</v>
+        <v>231</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="7">
         <v>611</v>
       </c>
       <c r="B5" s="20" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="D5" s="11">
         <v>73</v>
       </c>
       <c r="E5" s="12" t="s">
-        <v>279</v>
+        <v>232</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="9">
         <v>611100</v>
       </c>
       <c r="B6" s="19" t="s">
-        <v>52</v>
+        <v>110</v>
       </c>
       <c r="D6" s="11">
         <v>73</v>
       </c>
       <c r="E6" s="12" t="s">
-        <v>280</v>
+        <v>233</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="9">
         <v>611110</v>
       </c>
       <c r="B7" s="19" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="D7" s="11">
         <v>73</v>
       </c>
       <c r="E7" s="12" t="s">
-        <v>281</v>
+        <v>234</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="9">
         <v>611120</v>
       </c>
       <c r="B8" s="10" t="s">
-        <v>57</v>
+        <v>224</v>
       </c>
       <c r="D8" s="11">
         <v>73</v>
       </c>
       <c r="E8" s="12" t="s">
-        <v>282</v>
+        <v>235</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" s="9">
         <v>611130</v>
       </c>
       <c r="B9" s="19" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="9">
         <v>611140</v>
       </c>
       <c r="B10" s="19" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="9">
         <v>611150</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>60</v>
+        <v>237</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="7">
         <v>612</v>
       </c>
-      <c r="B12" s="47" t="s">
-        <v>61</v>
+      <c r="B12" s="45" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="9">
         <v>612100</v>
       </c>
       <c r="B13" s="19" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="9">
         <v>612110</v>
       </c>
       <c r="B14" s="19" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="9">
         <v>612120</v>
       </c>
       <c r="B15" s="19" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="9">
         <v>612130</v>
       </c>
       <c r="B16" s="19" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A17" s="9">
         <v>612140</v>
       </c>
       <c r="B17" s="19" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A18" s="9">
         <v>612150</v>
       </c>
       <c r="B18" s="19" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A19" s="9">
         <v>612160</v>
       </c>
       <c r="B19" s="19" t="s">
-        <v>68</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A20" s="9">
         <v>612170</v>
       </c>
       <c r="B20" s="19" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A21" s="9">
         <v>612190</v>
       </c>
       <c r="B21" s="19" t="s">
-        <v>70</v>
+        <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A22" s="9">
         <v>612195</v>
       </c>
       <c r="B22" s="19" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A23" s="7">
         <v>613</v>
       </c>
       <c r="B23" s="20" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A24" s="9">
         <v>613100</v>
       </c>
       <c r="B24" s="19" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A25" s="9">
         <v>613101</v>
       </c>
       <c r="B25" s="19" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A26" s="9">
         <v>613102</v>
       </c>
       <c r="B26" s="19" t="s">
-        <v>75</v>
+        <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A27" s="9">
         <v>613103</v>
       </c>
       <c r="B27" s="19" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A28" s="9">
         <v>613104</v>
       </c>
       <c r="B28" s="19" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A29" s="9">
         <v>613105</v>
       </c>
       <c r="B29" s="19" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A30" s="9">
         <v>613106</v>
       </c>
       <c r="B30" s="19" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A31" s="9">
         <v>613107</v>
       </c>
       <c r="B31" s="19" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A32" s="9">
         <v>613108</v>
       </c>
       <c r="B32" s="19" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A33" s="9">
         <v>613109</v>
       </c>
       <c r="B33" s="19" t="s">
-        <v>82</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A34" s="9">
         <v>613110</v>
       </c>
       <c r="B34" s="10" t="s">
-        <v>83</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A35" s="9">
         <v>613160</v>
       </c>
       <c r="B35" s="10" t="s">
-        <v>84</v>
+        <v>226</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A36" s="9">
         <v>613180</v>
       </c>
       <c r="B36" s="19" t="s">
-        <v>85</v>
+        <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A37" s="9">
         <v>613190</v>
       </c>
       <c r="B37" s="19" t="s">
-        <v>86</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A38" s="7">
         <v>614</v>
       </c>
       <c r="B38" s="20" t="s">
-        <v>87</v>
+        <v>41</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A39" s="7">
         <v>615</v>
       </c>
       <c r="B39" s="20" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A40" s="9">
         <v>615110</v>
       </c>
       <c r="B40" s="10" t="s">
-        <v>89</v>
+        <v>262</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A41" s="9">
         <v>615111</v>
       </c>
       <c r="B41" s="19" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A42" s="9">
         <v>615112</v>
       </c>
       <c r="B42" s="19" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A43" s="9">
         <v>615113</v>
       </c>
       <c r="B43" s="19" t="s">
-        <v>92</v>
+        <v>45</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A44" s="9">
         <v>615115</v>
       </c>
       <c r="B44" s="19" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A45" s="7">
         <v>616</v>
       </c>
       <c r="B45" s="20" t="s">
-        <v>94</v>
+        <v>47</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A46" s="9">
         <v>616100</v>
       </c>
       <c r="B46" s="19" t="s">
-        <v>95</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A47" s="9">
         <v>616110</v>
       </c>
       <c r="B47" s="19" t="s">
-        <v>96</v>
+        <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A48" s="9">
         <v>616120</v>
       </c>
       <c r="B48" s="19" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A49" s="9">
         <v>616130</v>
       </c>
       <c r="B49" s="19" t="s">
-        <v>98</v>
+        <v>51</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A50" s="7">
         <v>617</v>
       </c>
       <c r="B50" s="28" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
     </row>
     <row r="51" spans="1:2" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A51" s="7">
         <v>618</v>
       </c>
-      <c r="B51" s="64" t="s">
-        <v>100</v>
+      <c r="B51" s="62" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A52" s="7">
         <v>619</v>
       </c>
       <c r="B52" s="28" t="s">
-        <v>101</v>
+        <v>261</v>
       </c>
     </row>
     <row r="53" spans="1:2" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A53" s="11">
         <v>63</v>
       </c>
       <c r="B53" s="27" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A54" s="7">
         <v>638</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>103</v>
+        <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A55" s="11">
         <v>64</v>
       </c>
       <c r="B55" s="21" t="s">
-        <v>104</v>
+        <v>54</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A56" s="7">
         <v>640</v>
       </c>
       <c r="B56" s="20" t="s">
-        <v>105</v>
+        <v>55</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A57" s="11">
         <v>65</v>
       </c>
       <c r="B57" s="12" t="s">
-        <v>106</v>
+        <v>56</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A58" s="7">
         <v>650</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>107</v>
+        <v>57</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A59" s="9">
         <v>6500</v>
       </c>
       <c r="B59" s="10" t="s">
-        <v>108</v>
+        <v>58</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A60" s="7">
         <v>656</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>109</v>
+        <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A61" s="7" t="s">
-        <v>110</v>
+        <v>59</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>111</v>
+        <v>60</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A62" s="9">
         <v>657000</v>
       </c>
       <c r="B62" s="10" t="s">
-        <v>112</v>
+        <v>61</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A63" s="7">
         <v>669</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>113</v>
+        <v>229</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A64" s="94"/>
-      <c r="B64" s="96"/>
+      <c r="A64" s="91"/>
+      <c r="B64" s="93"/>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A65" s="94"/>
-      <c r="B65" s="96"/>
+      <c r="A65" s="91"/>
+      <c r="B65" s="93"/>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A66" s="94"/>
-      <c r="B66" s="96"/>
+      <c r="A66" s="91"/>
+      <c r="B66" s="93"/>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A67" s="94"/>
-      <c r="B67" s="96"/>
+      <c r="A67" s="91"/>
+      <c r="B67" s="93"/>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A68" s="94"/>
-      <c r="B68" s="96"/>
+      <c r="A68" s="91"/>
+      <c r="B68" s="93"/>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A69" s="94"/>
-      <c r="B69" s="96"/>
+      <c r="A69" s="91"/>
+      <c r="B69" s="93"/>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A70" s="94"/>
-      <c r="B70" s="96"/>
+      <c r="A70" s="91"/>
+      <c r="B70" s="93"/>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A71" s="94"/>
-      <c r="B71" s="96"/>
+      <c r="A71" s="91"/>
+      <c r="B71" s="93"/>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A72" s="94"/>
-      <c r="B72" s="96"/>
+      <c r="A72" s="91"/>
+      <c r="B72" s="93"/>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A73" s="94"/>
-      <c r="B73" s="96"/>
+      <c r="A73" s="91"/>
+      <c r="B73" s="93"/>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A74" s="94"/>
-      <c r="B74" s="96"/>
+      <c r="A74" s="91"/>
+      <c r="B74" s="93"/>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A75" s="94"/>
-      <c r="B75" s="96"/>
+      <c r="A75" s="91"/>
+      <c r="B75" s="93"/>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A76" s="94"/>
-      <c r="B76" s="96"/>
+      <c r="A76" s="91"/>
+      <c r="B76" s="93"/>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A77" s="94"/>
-      <c r="B77" s="96"/>
+      <c r="A77" s="91"/>
+      <c r="B77" s="93"/>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A78" s="94"/>
-      <c r="B78" s="96"/>
+      <c r="A78" s="91"/>
+      <c r="B78" s="93"/>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A79" s="94"/>
-      <c r="B79" s="96"/>
+      <c r="A79" s="91"/>
+      <c r="B79" s="93"/>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A80" s="94"/>
-      <c r="B80" s="96"/>
+      <c r="A80" s="91"/>
+      <c r="B80" s="93"/>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A81" s="94"/>
-      <c r="B81" s="96"/>
+      <c r="A81" s="91"/>
+      <c r="B81" s="93"/>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A82" s="94"/>
-      <c r="B82" s="96"/>
+      <c r="A82" s="91"/>
+      <c r="B82" s="93"/>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A83" s="94"/>
-      <c r="B83" s="96"/>
+      <c r="A83" s="91"/>
+      <c r="B83" s="93"/>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A84" s="94"/>
-      <c r="B84" s="96"/>
+      <c r="A84" s="91"/>
+      <c r="B84" s="93"/>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A85" s="94"/>
-      <c r="B85" s="96"/>
+      <c r="A85" s="91"/>
+      <c r="B85" s="93"/>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A86" s="94"/>
-      <c r="B86" s="96"/>
+      <c r="A86" s="91"/>
+      <c r="B86" s="93"/>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A87" s="94"/>
-      <c r="B87" s="96"/>
+      <c r="A87" s="91"/>
+      <c r="B87" s="93"/>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A88" s="94"/>
-      <c r="B88" s="96"/>
+      <c r="A88" s="91"/>
+      <c r="B88" s="93"/>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A89" s="94"/>
-      <c r="B89" s="96"/>
+      <c r="A89" s="91"/>
+      <c r="B89" s="93"/>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A90" s="94"/>
-      <c r="B90" s="96"/>
+      <c r="A90" s="91"/>
+      <c r="B90" s="93"/>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A91" s="94"/>
-      <c r="B91" s="96"/>
+      <c r="A91" s="91"/>
+      <c r="B91" s="93"/>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A92" s="94"/>
-      <c r="B92" s="96"/>
+      <c r="A92" s="91"/>
+      <c r="B92" s="93"/>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A93" s="94"/>
-      <c r="B93" s="96"/>
+      <c r="A93" s="91"/>
+      <c r="B93" s="93"/>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A94" s="94"/>
-      <c r="B94" s="96"/>
+      <c r="A94" s="91"/>
+      <c r="B94" s="93"/>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A95" s="94"/>
-      <c r="B95" s="96"/>
+      <c r="A95" s="91"/>
+      <c r="B95" s="93"/>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A96" s="94"/>
-      <c r="B96" s="96"/>
+      <c r="A96" s="91"/>
+      <c r="B96" s="93"/>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A97" s="94"/>
-      <c r="B97" s="96"/>
+      <c r="A97" s="91"/>
+      <c r="B97" s="93"/>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A98" s="94"/>
-      <c r="B98" s="96"/>
+      <c r="A98" s="91"/>
+      <c r="B98" s="93"/>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A99" s="94"/>
-      <c r="B99" s="96"/>
+      <c r="A99" s="91"/>
+      <c r="B99" s="93"/>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A100" s="94"/>
-      <c r="B100" s="96"/>
+      <c r="A100" s="91"/>
+      <c r="B100" s="93"/>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A101" s="94"/>
-      <c r="B101" s="96"/>
+      <c r="A101" s="91"/>
+      <c r="B101" s="93"/>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A102" s="94"/>
-      <c r="B102" s="96"/>
+      <c r="A102" s="91"/>
+      <c r="B102" s="93"/>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A103" s="94"/>
-      <c r="B103" s="96"/>
+      <c r="A103" s="91"/>
+      <c r="B103" s="93"/>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A104" s="94"/>
-      <c r="B104" s="96"/>
+      <c r="A104" s="91"/>
+      <c r="B104" s="93"/>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A105" s="94"/>
-      <c r="B105" s="96"/>
+      <c r="A105" s="91"/>
+      <c r="B105" s="93"/>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A106" s="94"/>
-      <c r="B106" s="96"/>
+      <c r="A106" s="91"/>
+      <c r="B106" s="93"/>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A107" s="94"/>
-      <c r="B107" s="96"/>
+      <c r="A107" s="91"/>
+      <c r="B107" s="93"/>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A108" s="94"/>
-      <c r="B108" s="96"/>
+      <c r="A108" s="91"/>
+      <c r="B108" s="93"/>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A109" s="94"/>
-      <c r="B109" s="96"/>
+      <c r="A109" s="91"/>
+      <c r="B109" s="93"/>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A110" s="94"/>
-      <c r="B110" s="96"/>
+      <c r="A110" s="91"/>
+      <c r="B110" s="93"/>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A111" s="94"/>
-      <c r="B111" s="96"/>
+      <c r="A111" s="91"/>
+      <c r="B111" s="93"/>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A112" s="94"/>
-      <c r="B112" s="96"/>
+      <c r="A112" s="91"/>
+      <c r="B112" s="93"/>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A113" s="94"/>
-      <c r="B113" s="96"/>
+      <c r="A113" s="91"/>
+      <c r="B113" s="93"/>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A114" s="94"/>
-      <c r="B114" s="96"/>
+      <c r="A114" s="91"/>
+      <c r="B114" s="93"/>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A115" s="94"/>
-      <c r="B115" s="96"/>
+      <c r="A115" s="91"/>
+      <c r="B115" s="93"/>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A116" s="94"/>
-      <c r="B116" s="96"/>
+      <c r="A116" s="91"/>
+      <c r="B116" s="93"/>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A117" s="94"/>
-      <c r="B117" s="96"/>
+      <c r="A117" s="91"/>
+      <c r="B117" s="93"/>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A118" s="94"/>
-      <c r="B118" s="96"/>
+      <c r="A118" s="91"/>
+      <c r="B118" s="93"/>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A119" s="94"/>
-      <c r="B119" s="96"/>
+      <c r="A119" s="91"/>
+      <c r="B119" s="93"/>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A120" s="94"/>
-      <c r="B120" s="96"/>
+      <c r="A120" s="91"/>
+      <c r="B120" s="93"/>
     </row>
   </sheetData>
   <sheetProtection password="C665" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{421DCA59-DD49-4203-BC61-28F0F95DB40F}">
   <dimension ref="A1:O94"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F64" sqref="F64"/>
+      <selection activeCell="C102" sqref="A95:C102"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="7.44140625" style="102" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="11.44140625" style="102"/>
+    <col min="1" max="1" width="7.44140625" style="99" customWidth="1"/>
+    <col min="2" max="2" width="10.33203125" style="99" customWidth="1"/>
+    <col min="3" max="3" width="11.33203125" style="99" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="15.6640625" style="99" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.88671875" style="99" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="49.44140625" style="99" customWidth="1"/>
+    <col min="7" max="7" width="22.33203125" style="99" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="18.109375" style="99" customWidth="1"/>
+    <col min="9" max="9" width="16.5546875" style="99" customWidth="1"/>
+    <col min="10" max="10" width="19.88671875" style="99" customWidth="1"/>
+    <col min="11" max="11" width="23" style="99" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="10.88671875" style="99" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="14.88671875" style="99" hidden="1" customWidth="1"/>
+    <col min="14" max="14" width="7.33203125" style="99" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="19.109375" style="99" bestFit="1" customWidth="1"/>
+    <col min="16" max="16384" width="11.44140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A1" s="101" t="s">
-[...42 lines deleted...]
-        <v>297</v>
+      <c r="A1" s="98" t="s">
+        <v>686</v>
+      </c>
+      <c r="B1" s="98" t="s">
+        <v>557</v>
+      </c>
+      <c r="C1" s="98" t="s">
+        <v>482</v>
+      </c>
+      <c r="D1" s="98" t="s">
+        <v>438</v>
+      </c>
+      <c r="E1" s="98" t="s">
+        <v>524</v>
+      </c>
+      <c r="F1" s="98" t="s">
+        <v>681</v>
+      </c>
+      <c r="G1" s="98" t="s">
+        <v>551</v>
+      </c>
+      <c r="H1" s="98" t="s">
+        <v>584</v>
+      </c>
+      <c r="I1" s="98" t="s">
+        <v>682</v>
+      </c>
+      <c r="J1" s="98" t="s">
+        <v>360</v>
+      </c>
+      <c r="K1" s="98" t="s">
+        <v>683</v>
+      </c>
+      <c r="L1" s="98" t="s">
+        <v>684</v>
+      </c>
+      <c r="M1" s="98" t="s">
+        <v>536</v>
+      </c>
+      <c r="N1" s="98" t="s">
+        <v>685</v>
+      </c>
+      <c r="O1" s="98" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A2" s="103" t="s">
-[...6 lines deleted...]
-      <c r="F2" s="105" t="str">
+      <c r="A2" s="100" t="s">
+        <v>687</v>
+      </c>
+      <c r="B2" s="100"/>
+      <c r="C2" s="101"/>
+      <c r="D2" s="102"/>
+      <c r="E2" s="103"/>
+      <c r="F2" s="102" t="str">
         <f>" - "</f>
         <v xml:space="preserve"> - </v>
       </c>
-      <c r="G2" s="105" t="str">
+      <c r="G2" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">,  </v>
       </c>
-      <c r="H2" s="105"/>
-[...2 lines deleted...]
-      <c r="K2" s="105" t="str">
+      <c r="H2" s="102"/>
+      <c r="I2" s="102"/>
+      <c r="J2" s="102"/>
+      <c r="K2" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v xml:space="preserve"> </v>
       </c>
-      <c r="L2" s="103"/>
-[...5 lines deleted...]
-      <c r="A3" s="103">
+      <c r="L2" s="100"/>
+      <c r="M2" s="102"/>
+      <c r="N2" s="100"/>
+      <c r="O2" s="102"/>
+    </row>
+    <row r="3" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A3" s="100">
         <v>632001</v>
       </c>
-      <c r="B3" s="103" t="b">
+      <c r="B3" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C3" s="104">
+      <c r="C3" s="101">
         <v>216694436</v>
       </c>
-      <c r="D3" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G3" s="105" t="str">
+      <c r="D3" s="102" t="s">
+        <v>318</v>
+      </c>
+      <c r="E3" s="123">
+        <v>10091710</v>
+      </c>
+      <c r="F3" s="102" t="s">
+        <v>319</v>
+      </c>
+      <c r="G3" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de la Vieille Fosse, 1 </v>
       </c>
-      <c r="H3" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K3" s="105" t="str">
+      <c r="H3" s="102" t="s">
+        <v>320</v>
+      </c>
+      <c r="I3" s="102" t="s">
+        <v>321</v>
+      </c>
+      <c r="J3" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K3" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4400 FLEMALLE</v>
       </c>
-      <c r="L3" s="103">
+      <c r="L3" s="100">
         <v>4400</v>
       </c>
-      <c r="M3" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N3" s="103">
+      <c r="M3" s="102" t="s">
+        <v>323</v>
+      </c>
+      <c r="N3" s="100">
         <v>62120</v>
       </c>
-      <c r="O3" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="103">
+      <c r="O3" s="102" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A4" s="100">
         <v>632002</v>
       </c>
-      <c r="B4" s="103" t="b">
+      <c r="B4" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C4" s="104">
+      <c r="C4" s="101">
         <v>207889113</v>
       </c>
-      <c r="D4" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G4" s="105" t="str">
+      <c r="D4" s="102" t="s">
+        <v>324</v>
+      </c>
+      <c r="E4" s="123">
+        <v>10091353</v>
+      </c>
+      <c r="F4" s="102" t="s">
+        <v>325</v>
+      </c>
+      <c r="G4" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Chemin de la Procession, 31 </v>
       </c>
-      <c r="H4" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K4" s="105" t="str">
+      <c r="H4" s="102" t="s">
+        <v>326</v>
+      </c>
+      <c r="I4" s="102" t="s">
+        <v>327</v>
+      </c>
+      <c r="J4" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K4" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7000 MONS</v>
       </c>
-      <c r="L4" s="103">
+      <c r="L4" s="100">
         <v>7000</v>
       </c>
-      <c r="M4" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N4" s="103">
+      <c r="M4" s="102" t="s">
+        <v>311</v>
+      </c>
+      <c r="N4" s="100">
         <v>53053</v>
       </c>
-      <c r="O4" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="103">
+      <c r="O4" s="102" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A5" s="100">
         <v>632003</v>
       </c>
-      <c r="B5" s="103" t="b">
+      <c r="B5" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C5" s="104">
+      <c r="C5" s="101">
         <v>212149292</v>
       </c>
-      <c r="D5" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G5" s="105" t="str">
+      <c r="D5" s="102" t="s">
+        <v>328</v>
+      </c>
+      <c r="E5" s="123">
+        <v>10091448</v>
+      </c>
+      <c r="F5" s="102" t="s">
+        <v>329</v>
+      </c>
+      <c r="G5" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Boulevard du midi, 20 </v>
       </c>
-      <c r="H5" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K5" s="105" t="str">
+      <c r="H5" s="102" t="s">
+        <v>330</v>
+      </c>
+      <c r="I5" s="102" t="s">
+        <v>331</v>
+      </c>
+      <c r="J5" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K5" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6900 MARCHE-EN-FAMENNE</v>
       </c>
-      <c r="L5" s="103">
+      <c r="L5" s="100">
         <v>6900</v>
       </c>
-      <c r="M5" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N5" s="103">
+      <c r="M5" s="102" t="s">
+        <v>332</v>
+      </c>
+      <c r="N5" s="100">
         <v>83034</v>
       </c>
-      <c r="O5" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="103">
+      <c r="O5" s="102" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A6" s="100">
         <v>632004</v>
       </c>
-      <c r="B6" s="103" t="b">
+      <c r="B6" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C6" s="104">
+      <c r="C6" s="101">
         <v>212374273</v>
       </c>
-      <c r="D6" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G6" s="105" t="str">
+      <c r="D6" s="102" t="s">
+        <v>333</v>
+      </c>
+      <c r="E6" s="123">
+        <v>10091635</v>
+      </c>
+      <c r="F6" s="102" t="s">
+        <v>334</v>
+      </c>
+      <c r="G6" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de Boulers, 1 </v>
       </c>
-      <c r="H6" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K6" s="105" t="str">
+      <c r="H6" s="102" t="s">
+        <v>335</v>
+      </c>
+      <c r="I6" s="102" t="s">
+        <v>321</v>
+      </c>
+      <c r="J6" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K6" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6460 Chimay</v>
       </c>
-      <c r="L6" s="103">
+      <c r="L6" s="100">
         <v>6460</v>
       </c>
-      <c r="M6" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N6" s="103">
+      <c r="M6" s="102" t="s">
+        <v>336</v>
+      </c>
+      <c r="N6" s="100">
         <v>56016</v>
       </c>
-      <c r="O6" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A7" s="103">
+      <c r="O6" s="102" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A7" s="100">
         <v>632005</v>
       </c>
-      <c r="B7" s="103" t="b">
+      <c r="B7" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C7" s="104">
+      <c r="C7" s="101">
         <v>212225211</v>
       </c>
-      <c r="D7" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="105" t="str">
+      <c r="D7" s="102" t="s">
+        <v>333</v>
+      </c>
+      <c r="E7" s="123">
+        <v>10091487</v>
+      </c>
+      <c r="F7" s="102" t="s">
+        <v>338</v>
+      </c>
+      <c r="G7" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Chée de Braine, 47 </v>
       </c>
-      <c r="H7" s="105" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="105" t="s">
+      <c r="H7" s="102" t="s">
+        <v>339</v>
+      </c>
+      <c r="I7" s="102" t="s">
+        <v>340</v>
+      </c>
+      <c r="J7" s="102" t="s">
         <v>322</v>
       </c>
-      <c r="J7" s="105" t="s">
-[...2 lines deleted...]
-      <c r="K7" s="105" t="str">
+      <c r="K7" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7060 SOIGNIES</v>
       </c>
-      <c r="L7" s="103">
+      <c r="L7" s="100">
         <v>7060</v>
       </c>
-      <c r="M7" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N7" s="103">
+      <c r="M7" s="102" t="s">
+        <v>341</v>
+      </c>
+      <c r="N7" s="100">
         <v>55040</v>
       </c>
-      <c r="O7" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="103">
+      <c r="O7" s="102" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="8" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A8" s="100">
         <v>632006</v>
       </c>
-      <c r="B8" s="103" t="b">
+      <c r="B8" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C8" s="104">
+      <c r="C8" s="101">
         <v>216692060</v>
       </c>
-      <c r="D8" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G8" s="105" t="str">
+      <c r="D8" s="102" t="s">
+        <v>342</v>
+      </c>
+      <c r="E8" s="123">
+        <v>10091686</v>
+      </c>
+      <c r="F8" s="102" t="s">
+        <v>343</v>
+      </c>
+      <c r="G8" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de la Marlière, 43 </v>
       </c>
-      <c r="H8" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K8" s="105" t="str">
+      <c r="H8" s="102" t="s">
+        <v>344</v>
+      </c>
+      <c r="I8" s="102" t="s">
+        <v>345</v>
+      </c>
+      <c r="J8" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K8" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7191 ECAUSSINNES</v>
       </c>
-      <c r="L8" s="103">
+      <c r="L8" s="100">
         <v>7191</v>
       </c>
-      <c r="M8" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N8" s="103">
+      <c r="M8" s="102" t="s">
+        <v>346</v>
+      </c>
+      <c r="N8" s="100">
         <v>55050</v>
       </c>
-      <c r="O8" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A9" s="103">
+      <c r="O8" s="102" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A9" s="100">
         <v>632008</v>
       </c>
-      <c r="B9" s="103" t="b">
+      <c r="B9" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C9" s="104">
+      <c r="C9" s="101">
         <v>212156123</v>
       </c>
-      <c r="D9" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G9" s="105" t="str">
+      <c r="D9" s="102" t="s">
+        <v>347</v>
+      </c>
+      <c r="E9" s="123">
+        <v>10091465</v>
+      </c>
+      <c r="F9" s="102" t="s">
+        <v>348</v>
+      </c>
+      <c r="G9" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Churchill, 313 </v>
       </c>
-      <c r="H9" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K9" s="105" t="str">
+      <c r="H9" s="102" t="s">
+        <v>349</v>
+      </c>
+      <c r="I9" s="102" t="s">
+        <v>350</v>
+      </c>
+      <c r="J9" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K9" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6180 COURCELLES</v>
       </c>
-      <c r="L9" s="103">
+      <c r="L9" s="100">
         <v>6180</v>
       </c>
-      <c r="M9" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N9" s="103">
+      <c r="M9" s="102" t="s">
+        <v>316</v>
+      </c>
+      <c r="N9" s="100">
         <v>52015</v>
       </c>
-      <c r="O9" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="103">
+      <c r="O9" s="102" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A10" s="100">
         <v>632010</v>
       </c>
-      <c r="B10" s="103" t="b">
+      <c r="B10" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C10" s="104">
+      <c r="C10" s="101">
         <v>207663043</v>
       </c>
-      <c r="D10" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="105" t="str">
+      <c r="D10" s="102" t="s">
+        <v>351</v>
+      </c>
+      <c r="E10" s="123">
+        <v>10091343</v>
+      </c>
+      <c r="F10" s="102" t="s">
+        <v>352</v>
+      </c>
+      <c r="G10" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Pierreuse, 113/117 </v>
       </c>
-      <c r="H10" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K10" s="105" t="str">
+      <c r="H10" s="102" t="s">
+        <v>353</v>
+      </c>
+      <c r="I10" s="102" t="s">
+        <v>354</v>
+      </c>
+      <c r="J10" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K10" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4000 Liège</v>
       </c>
-      <c r="L10" s="103">
+      <c r="L10" s="100">
         <v>4000</v>
       </c>
-      <c r="M10" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N10" s="103">
+      <c r="M10" s="102" t="s">
+        <v>355</v>
+      </c>
+      <c r="N10" s="100">
         <v>62063</v>
       </c>
-      <c r="O10" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="103">
+      <c r="O10" s="102" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A11" s="100">
         <v>632011</v>
       </c>
-      <c r="B11" s="103" t="b">
+      <c r="B11" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C11" s="104">
+      <c r="C11" s="101">
         <v>212150084</v>
       </c>
-      <c r="D11" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G11" s="105" t="str">
+      <c r="D11" s="102" t="s">
+        <v>357</v>
+      </c>
+      <c r="E11" s="123">
+        <v>10091450</v>
+      </c>
+      <c r="F11" s="102" t="s">
+        <v>358</v>
+      </c>
+      <c r="G11" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du vivier, 10 </v>
       </c>
-      <c r="H11" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K11" s="105" t="str">
+      <c r="H11" s="102" t="s">
+        <v>359</v>
+      </c>
+      <c r="I11" s="102" t="s">
+        <v>360</v>
+      </c>
+      <c r="J11" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K11" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7170 Manage</v>
       </c>
-      <c r="L11" s="103">
+      <c r="L11" s="100">
         <v>7170</v>
       </c>
-      <c r="M11" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N11" s="103">
+      <c r="M11" s="102" t="s">
+        <v>361</v>
+      </c>
+      <c r="N11" s="100">
         <v>52043</v>
       </c>
-      <c r="O11" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="103">
+      <c r="O11" s="102" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A12" s="100">
         <v>632012</v>
       </c>
-      <c r="B12" s="103" t="b">
+      <c r="B12" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C12" s="104">
+      <c r="C12" s="101">
         <v>212147809</v>
       </c>
-      <c r="D12" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G12" s="105" t="str">
+      <c r="D12" s="102" t="s">
+        <v>363</v>
+      </c>
+      <c r="E12" s="123">
+        <v>10091445</v>
+      </c>
+      <c r="F12" s="102" t="s">
+        <v>364</v>
+      </c>
+      <c r="G12" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v>Allée du Rivage, 23 2a</v>
       </c>
-      <c r="H12" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K12" s="105" t="str">
+      <c r="H12" s="102" t="s">
+        <v>365</v>
+      </c>
+      <c r="I12" s="102" t="s">
+        <v>366</v>
+      </c>
+      <c r="J12" s="102" t="s">
+        <v>367</v>
+      </c>
+      <c r="K12" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4540 AMAY</v>
       </c>
-      <c r="L12" s="103">
+      <c r="L12" s="100">
         <v>4540</v>
       </c>
-      <c r="M12" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N12" s="103">
+      <c r="M12" s="102" t="s">
+        <v>368</v>
+      </c>
+      <c r="N12" s="100">
         <v>61003</v>
       </c>
-      <c r="O12" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="103">
+      <c r="O12" s="102" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="21" x14ac:dyDescent="0.25">
+      <c r="A13" s="100">
         <v>632014</v>
       </c>
-      <c r="B13" s="103" t="b">
+      <c r="B13" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C13" s="104">
+      <c r="C13" s="101">
         <v>212353091</v>
       </c>
-      <c r="D13" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G13" s="105" t="str">
+      <c r="D13" s="102" t="s">
+        <v>369</v>
+      </c>
+      <c r="E13" s="123">
+        <v>10091565</v>
+      </c>
+      <c r="F13" s="102" t="s">
+        <v>370</v>
+      </c>
+      <c r="G13" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Place de L'église, 24 </v>
       </c>
-      <c r="H13" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K13" s="105" t="str">
+      <c r="H13" s="102" t="s">
+        <v>371</v>
+      </c>
+      <c r="I13" s="102" t="s">
+        <v>372</v>
+      </c>
+      <c r="J13" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K13" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7160 CHAPELLE-LEZ-HERLAIMONT</v>
       </c>
-      <c r="L13" s="103">
+      <c r="L13" s="100">
         <v>7160</v>
       </c>
-      <c r="M13" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N13" s="103">
+      <c r="M13" s="102" t="s">
+        <v>373</v>
+      </c>
+      <c r="N13" s="100">
         <v>52010</v>
       </c>
-      <c r="O13" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A14" s="103">
+      <c r="O13" s="102" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A14" s="100">
         <v>632016</v>
       </c>
-      <c r="B14" s="103" t="b">
+      <c r="B14" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C14" s="104">
+      <c r="C14" s="101">
         <v>212144443</v>
       </c>
-      <c r="D14" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G14" s="105" t="str">
+      <c r="D14" s="102" t="s">
+        <v>374</v>
+      </c>
+      <c r="E14" s="123">
+        <v>10091437</v>
+      </c>
+      <c r="F14" s="102" t="s">
+        <v>375</v>
+      </c>
+      <c r="G14" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Place de la Concorde, 15 </v>
       </c>
-      <c r="H14" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K14" s="105" t="str">
+      <c r="H14" s="102" t="s">
+        <v>376</v>
+      </c>
+      <c r="I14" s="102" t="s">
+        <v>377</v>
+      </c>
+      <c r="J14" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K14" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7100 LA LOUVIERE</v>
       </c>
-      <c r="L14" s="103">
+      <c r="L14" s="100">
         <v>7100</v>
       </c>
-      <c r="M14" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N14" s="103">
+      <c r="M14" s="102" t="s">
+        <v>378</v>
+      </c>
+      <c r="N14" s="100">
         <v>55022</v>
       </c>
-      <c r="O14" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A15" s="103">
+      <c r="O14" s="102" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A15" s="100">
         <v>632017</v>
       </c>
-      <c r="B15" s="103" t="b">
+      <c r="B15" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C15" s="104">
+      <c r="C15" s="101">
         <v>212144443</v>
       </c>
-      <c r="D15" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G15" s="105" t="str">
+      <c r="D15" s="102" t="s">
+        <v>374</v>
+      </c>
+      <c r="E15" s="123">
+        <v>10091437</v>
+      </c>
+      <c r="F15" s="102" t="s">
+        <v>380</v>
+      </c>
+      <c r="G15" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Place de la Concorde, 15 </v>
       </c>
-      <c r="H15" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K15" s="105" t="str">
+      <c r="H15" s="102" t="s">
+        <v>376</v>
+      </c>
+      <c r="I15" s="102" t="s">
+        <v>377</v>
+      </c>
+      <c r="J15" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K15" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7100 LA LOUVIERE</v>
       </c>
-      <c r="L15" s="103">
+      <c r="L15" s="100">
         <v>7100</v>
       </c>
-      <c r="M15" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N15" s="103">
+      <c r="M15" s="102" t="s">
+        <v>378</v>
+      </c>
+      <c r="N15" s="100">
         <v>55022</v>
       </c>
-      <c r="O15" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A16" s="103">
+      <c r="O15" s="102" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A16" s="100">
         <v>632019</v>
       </c>
-      <c r="B16" s="103" t="b">
+      <c r="B16" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C16" s="104">
+      <c r="C16" s="101">
         <v>207663043</v>
       </c>
-      <c r="D16" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G16" s="105" t="str">
+      <c r="D16" s="102" t="s">
+        <v>351</v>
+      </c>
+      <c r="E16" s="123">
+        <v>10091343</v>
+      </c>
+      <c r="F16" s="102" t="s">
+        <v>381</v>
+      </c>
+      <c r="G16" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Général Bertrand, 35 </v>
       </c>
-      <c r="H16" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K16" s="105" t="str">
+      <c r="H16" s="102" t="s">
+        <v>382</v>
+      </c>
+      <c r="I16" s="102" t="s">
+        <v>383</v>
+      </c>
+      <c r="J16" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K16" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4000 Liège</v>
       </c>
-      <c r="L16" s="103">
+      <c r="L16" s="100">
         <v>4000</v>
       </c>
-      <c r="M16" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N16" s="103">
+      <c r="M16" s="102" t="s">
+        <v>355</v>
+      </c>
+      <c r="N16" s="100">
         <v>62063</v>
       </c>
-      <c r="O16" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A17" s="103">
+      <c r="O16" s="102" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A17" s="100">
         <v>632020</v>
       </c>
-      <c r="B17" s="103" t="b">
+      <c r="B17" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C17" s="104">
+      <c r="C17" s="101">
         <v>212351806</v>
       </c>
-      <c r="D17" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="105" t="str">
+      <c r="D17" s="102" t="s">
+        <v>384</v>
+      </c>
+      <c r="E17" s="123">
+        <v>10091560</v>
+      </c>
+      <c r="F17" s="102" t="s">
+        <v>385</v>
+      </c>
+      <c r="G17" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du Saiwiat, 22 </v>
       </c>
-      <c r="H17" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K17" s="105" t="str">
+      <c r="H17" s="102" t="s">
+        <v>386</v>
+      </c>
+      <c r="I17" s="102" t="s">
+        <v>387</v>
+      </c>
+      <c r="J17" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K17" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>5310 EGHEZEE</v>
       </c>
-      <c r="L17" s="103">
+      <c r="L17" s="100">
         <v>5310</v>
       </c>
-      <c r="M17" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N17" s="103">
+      <c r="M17" s="102" t="s">
+        <v>388</v>
+      </c>
+      <c r="N17" s="100">
         <v>92035</v>
       </c>
-      <c r="O17" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A18" s="103">
+      <c r="O17" s="102" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="18" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A18" s="100">
         <v>632021</v>
       </c>
-      <c r="B18" s="103" t="b">
+      <c r="B18" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C18" s="104">
+      <c r="C18" s="101">
         <v>212165427</v>
       </c>
-      <c r="D18" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G18" s="105" t="str">
+      <c r="D18" s="102" t="s">
+        <v>389</v>
+      </c>
+      <c r="E18" s="123">
+        <v>10091485</v>
+      </c>
+      <c r="F18" s="102" t="s">
+        <v>390</v>
+      </c>
+      <c r="G18" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Val Saint Lambert, 101-103 </v>
       </c>
-      <c r="H18" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K18" s="105" t="str">
+      <c r="H18" s="102" t="s">
+        <v>391</v>
+      </c>
+      <c r="I18" s="102" t="s">
+        <v>392</v>
+      </c>
+      <c r="J18" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K18" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4100 Seraing</v>
       </c>
-      <c r="L18" s="103">
+      <c r="L18" s="100">
         <v>4100</v>
       </c>
-      <c r="M18" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N18" s="103">
+      <c r="M18" s="102" t="s">
+        <v>393</v>
+      </c>
+      <c r="N18" s="100">
         <v>62096</v>
       </c>
-      <c r="O18" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A19" s="103">
+      <c r="O18" s="102" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A19" s="100">
         <v>632023</v>
       </c>
-      <c r="B19" s="103" t="b">
+      <c r="B19" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C19" s="104">
+      <c r="C19" s="101">
         <v>212365365</v>
       </c>
-      <c r="D19" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G19" s="105" t="str">
+      <c r="D19" s="102" t="s">
+        <v>394</v>
+      </c>
+      <c r="E19" s="123">
+        <v>10091606</v>
+      </c>
+      <c r="F19" s="102" t="s">
+        <v>395</v>
+      </c>
+      <c r="G19" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue fût voie, 77 </v>
       </c>
-      <c r="H19" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K19" s="105" t="str">
+      <c r="H19" s="102" t="s">
+        <v>396</v>
+      </c>
+      <c r="I19" s="102" t="s">
+        <v>397</v>
+      </c>
+      <c r="J19" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K19" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4683 Vivegnis</v>
       </c>
-      <c r="L19" s="103">
+      <c r="L19" s="100">
         <v>4683</v>
       </c>
-      <c r="M19" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N19" s="103">
+      <c r="M19" s="102" t="s">
+        <v>398</v>
+      </c>
+      <c r="N19" s="100">
         <v>62079</v>
       </c>
-      <c r="O19" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A20" s="103">
+      <c r="O19" s="102" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A20" s="100">
         <v>632024</v>
       </c>
-      <c r="B20" s="103" t="b">
+      <c r="B20" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C20" s="104">
+      <c r="C20" s="101">
         <v>212229565</v>
       </c>
-      <c r="D20" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="105" t="str">
+      <c r="D20" s="102" t="s">
+        <v>400</v>
+      </c>
+      <c r="E20" s="123">
+        <v>10091498</v>
+      </c>
+      <c r="F20" s="102" t="s">
+        <v>401</v>
+      </c>
+      <c r="G20" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de Pepinster, 82 </v>
       </c>
-      <c r="H20" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K20" s="105" t="str">
+      <c r="H20" s="102" t="s">
+        <v>402</v>
+      </c>
+      <c r="I20" s="102" t="s">
+        <v>403</v>
+      </c>
+      <c r="J20" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K20" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4800 VERVIERS</v>
       </c>
-      <c r="L20" s="103">
+      <c r="L20" s="100">
         <v>4800</v>
       </c>
-      <c r="M20" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N20" s="103">
+      <c r="M20" s="102" t="s">
+        <v>313</v>
+      </c>
+      <c r="N20" s="100">
         <v>63079</v>
       </c>
-      <c r="O20" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A21" s="103">
+      <c r="O20" s="102" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A21" s="100">
         <v>632028</v>
       </c>
-      <c r="B21" s="103" t="b">
+      <c r="B21" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C21" s="104">
+      <c r="C21" s="101">
         <v>212368137</v>
       </c>
-      <c r="D21" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G21" s="105" t="str">
+      <c r="D21" s="102" t="s">
+        <v>404</v>
+      </c>
+      <c r="E21" s="123">
+        <v>10091618</v>
+      </c>
+      <c r="F21" s="102" t="s">
+        <v>405</v>
+      </c>
+      <c r="G21" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Ferrer, 18 </v>
       </c>
-      <c r="H21" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K21" s="105" t="str">
+      <c r="H21" s="102" t="s">
+        <v>406</v>
+      </c>
+      <c r="I21" s="102" t="s">
+        <v>407</v>
+      </c>
+      <c r="J21" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K21" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6224 WANFERCEE-BAULET</v>
       </c>
-      <c r="L21" s="103">
+      <c r="L21" s="100">
         <v>6224</v>
       </c>
-      <c r="M21" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N21" s="103">
+      <c r="M21" s="102" t="s">
+        <v>408</v>
+      </c>
+      <c r="N21" s="100">
         <v>52021</v>
       </c>
-      <c r="O21" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="103">
+      <c r="O21" s="102" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="22" spans="1:15" ht="21" x14ac:dyDescent="0.25">
+      <c r="A22" s="100">
         <v>632029</v>
       </c>
-      <c r="B22" s="103" t="b">
+      <c r="B22" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C22" s="104">
+      <c r="C22" s="101">
         <v>212358536</v>
       </c>
-      <c r="D22" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G22" s="105" t="str">
+      <c r="D22" s="102" t="s">
+        <v>410</v>
+      </c>
+      <c r="E22" s="123">
+        <v>10091581</v>
+      </c>
+      <c r="F22" s="102" t="s">
+        <v>411</v>
+      </c>
+      <c r="G22" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">rue Jean Ester, 169 </v>
       </c>
-      <c r="H22" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K22" s="105" t="str">
+      <c r="H22" s="102" t="s">
+        <v>412</v>
+      </c>
+      <c r="I22" s="102" t="s">
+        <v>413</v>
+      </c>
+      <c r="J22" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K22" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6030 MARCHIENNE-DOCHERIE</v>
       </c>
-      <c r="L22" s="103">
+      <c r="L22" s="100">
         <v>6030</v>
       </c>
-      <c r="M22" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N22" s="103">
+      <c r="M22" s="102" t="s">
+        <v>414</v>
+      </c>
+      <c r="N22" s="100">
         <v>52011</v>
       </c>
-      <c r="O22" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A23" s="103">
+      <c r="O22" s="102" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A23" s="100">
         <v>632030</v>
       </c>
-      <c r="B23" s="103" t="b">
+      <c r="B23" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C23" s="104">
+      <c r="C23" s="101">
         <v>212358536</v>
       </c>
-      <c r="D23" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G23" s="105" t="str">
+      <c r="D23" s="102" t="s">
+        <v>410</v>
+      </c>
+      <c r="E23" s="123">
+        <v>10091581</v>
+      </c>
+      <c r="F23" s="102" t="s">
+        <v>415</v>
+      </c>
+      <c r="G23" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">rue de la Providence, 20 </v>
       </c>
-      <c r="H23" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K23" s="105" t="str">
+      <c r="H23" s="102" t="s">
+        <v>416</v>
+      </c>
+      <c r="I23" s="102" t="s">
+        <v>331</v>
+      </c>
+      <c r="J23" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K23" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6030 MARCHIENNE-AU-PONT</v>
       </c>
-      <c r="L23" s="103">
+      <c r="L23" s="100">
         <v>6030</v>
       </c>
-      <c r="M23" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N23" s="103">
+      <c r="M23" s="102" t="s">
+        <v>417</v>
+      </c>
+      <c r="N23" s="100">
         <v>52011</v>
       </c>
-      <c r="O23" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="103">
+      <c r="O23" s="102" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A24" s="100">
         <v>632031</v>
       </c>
-      <c r="B24" s="103" t="b">
+      <c r="B24" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C24" s="104">
+      <c r="C24" s="101">
         <v>212358536</v>
       </c>
-      <c r="D24" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G24" s="105" t="str">
+      <c r="D24" s="102" t="s">
+        <v>410</v>
+      </c>
+      <c r="E24" s="123">
+        <v>10091581</v>
+      </c>
+      <c r="F24" s="102" t="s">
+        <v>418</v>
+      </c>
+      <c r="G24" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Place du Crawhay, 40 </v>
       </c>
-      <c r="H24" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K24" s="105" t="str">
+      <c r="H24" s="102" t="s">
+        <v>419</v>
+      </c>
+      <c r="I24" s="102" t="s">
+        <v>420</v>
+      </c>
+      <c r="J24" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K24" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6020 DAMPREMY</v>
       </c>
-      <c r="L24" s="103">
+      <c r="L24" s="100">
         <v>6020</v>
       </c>
-      <c r="M24" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N24" s="103">
+      <c r="M24" s="102" t="s">
+        <v>421</v>
+      </c>
+      <c r="N24" s="100">
         <v>52011</v>
       </c>
-      <c r="O24" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A25" s="103">
+      <c r="O24" s="102" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A25" s="100">
         <v>632032</v>
       </c>
-      <c r="B25" s="103" t="b">
+      <c r="B25" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C25" s="104">
+      <c r="C25" s="101">
         <v>212358536</v>
       </c>
-      <c r="D25" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G25" s="105" t="str">
+      <c r="D25" s="102" t="s">
+        <v>410</v>
+      </c>
+      <c r="E25" s="123">
+        <v>10091581</v>
+      </c>
+      <c r="F25" s="102" t="s">
+        <v>422</v>
+      </c>
+      <c r="G25" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">rue Marie Danse, 45 </v>
       </c>
-      <c r="H25" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K25" s="105" t="str">
+      <c r="H25" s="102" t="s">
+        <v>423</v>
+      </c>
+      <c r="I25" s="102" t="s">
+        <v>424</v>
+      </c>
+      <c r="J25" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K25" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6000 CHARLEROI</v>
       </c>
-      <c r="L25" s="103">
+      <c r="L25" s="100">
         <v>6000</v>
       </c>
-      <c r="M25" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N25" s="103">
+      <c r="M25" s="102" t="s">
+        <v>303</v>
+      </c>
+      <c r="N25" s="100">
         <v>52011</v>
       </c>
-      <c r="O25" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="103">
+      <c r="O25" s="102" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A26" s="100">
         <v>632033</v>
       </c>
-      <c r="B26" s="103" t="b">
+      <c r="B26" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C26" s="104">
+      <c r="C26" s="101">
         <v>216694238</v>
       </c>
-      <c r="D26" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G26" s="105" t="str">
+      <c r="D26" s="102" t="s">
+        <v>425</v>
+      </c>
+      <c r="E26" s="123">
+        <v>10091708</v>
+      </c>
+      <c r="F26" s="102" t="s">
+        <v>426</v>
+      </c>
+      <c r="G26" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de la Station, 54 </v>
       </c>
-      <c r="H26" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K26" s="105" t="str">
+      <c r="H26" s="102" t="s">
+        <v>427</v>
+      </c>
+      <c r="I26" s="102" t="s">
+        <v>428</v>
+      </c>
+      <c r="J26" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K26" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4670 BLEGNY</v>
       </c>
-      <c r="L26" s="103">
+      <c r="L26" s="100">
         <v>4670</v>
       </c>
-      <c r="M26" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N26" s="103">
+      <c r="M26" s="102" t="s">
+        <v>429</v>
+      </c>
+      <c r="N26" s="100">
         <v>62119</v>
       </c>
-      <c r="O26" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A27" s="103">
+      <c r="O26" s="102" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="27" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A27" s="100">
         <v>632034</v>
       </c>
-      <c r="B27" s="103" t="b">
+      <c r="B27" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C27" s="104">
+      <c r="C27" s="101">
         <v>212360714</v>
       </c>
-      <c r="D27" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G27" s="105" t="str">
+      <c r="D27" s="102" t="s">
+        <v>430</v>
+      </c>
+      <c r="E27" s="123">
+        <v>10091592</v>
+      </c>
+      <c r="F27" s="102" t="s">
+        <v>431</v>
+      </c>
+      <c r="G27" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue des Frères Dulait, 19 </v>
       </c>
-      <c r="H27" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K27" s="105" t="str">
+      <c r="H27" s="102" t="s">
+        <v>432</v>
+      </c>
+      <c r="I27" s="102" t="s">
+        <v>433</v>
+      </c>
+      <c r="J27" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K27" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7090 BRAINE-LE-COMTE</v>
       </c>
-      <c r="L27" s="103">
+      <c r="L27" s="100">
         <v>7090</v>
       </c>
-      <c r="M27" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N27" s="103">
+      <c r="M27" s="102" t="s">
+        <v>434</v>
+      </c>
+      <c r="N27" s="100">
         <v>55004</v>
       </c>
-      <c r="O27" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="103">
+      <c r="O27" s="102" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A28" s="100">
         <v>632035</v>
       </c>
-      <c r="B28" s="103" t="b">
+      <c r="B28" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C28" s="104">
+      <c r="C28" s="101">
         <v>212360318</v>
       </c>
-      <c r="D28" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G28" s="105" t="str">
+      <c r="D28" s="102" t="s">
+        <v>435</v>
+      </c>
+      <c r="E28" s="123">
+        <v>10091589</v>
+      </c>
+      <c r="F28" s="102" t="s">
+        <v>436</v>
+      </c>
+      <c r="G28" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Jean-Baptiste Degrange, 4 </v>
       </c>
-      <c r="H28" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K28" s="105" t="str">
+      <c r="H28" s="102" t="s">
+        <v>437</v>
+      </c>
+      <c r="I28" s="102" t="s">
+        <v>438</v>
+      </c>
+      <c r="J28" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K28" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>5620 FLORENNES</v>
       </c>
-      <c r="L28" s="103">
+      <c r="L28" s="100">
         <v>5620</v>
       </c>
-      <c r="M28" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N28" s="103">
+      <c r="M28" s="102" t="s">
+        <v>439</v>
+      </c>
+      <c r="N28" s="100">
         <v>93022</v>
       </c>
-      <c r="O28" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A29" s="103">
+      <c r="O28" s="102" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A29" s="100">
         <v>632036</v>
       </c>
-      <c r="B29" s="103" t="b">
+      <c r="B29" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C29" s="104">
+      <c r="C29" s="101">
         <v>467616610</v>
       </c>
-      <c r="D29" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="105" t="str">
+      <c r="D29" s="102" t="s">
+        <v>440</v>
+      </c>
+      <c r="E29" s="123">
+        <v>10103697</v>
+      </c>
+      <c r="F29" s="102" t="s">
+        <v>441</v>
+      </c>
+      <c r="G29" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
-        <v xml:space="preserve">Mont du Carillon, 28 </v>
-[...10 lines deleted...]
-      <c r="K29" s="105" t="str">
+        <v xml:space="preserve">Rue Saint Roch, 154 </v>
+      </c>
+      <c r="H29" s="102" t="s">
+        <v>665</v>
+      </c>
+      <c r="I29" s="102">
+        <v>154</v>
+      </c>
+      <c r="J29" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K29" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6927 TELLIN</v>
       </c>
-      <c r="L29" s="103">
+      <c r="L29" s="100">
         <v>6927</v>
       </c>
-      <c r="M29" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N29" s="103">
+      <c r="M29" s="102" t="s">
+        <v>443</v>
+      </c>
+      <c r="N29" s="100">
         <v>84068</v>
       </c>
-      <c r="O29" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A30" s="103">
+      <c r="O29" s="102" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A30" s="100">
         <v>632037</v>
       </c>
-      <c r="B30" s="103" t="b">
+      <c r="B30" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C30" s="104">
+      <c r="C30" s="101">
         <v>212366751</v>
       </c>
-      <c r="D30" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="105" t="str">
+      <c r="D30" s="102" t="s">
+        <v>444</v>
+      </c>
+      <c r="E30" s="123">
+        <v>10091612</v>
+      </c>
+      <c r="F30" s="102" t="s">
+        <v>445</v>
+      </c>
+      <c r="G30" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de la Fontaine, 127 </v>
       </c>
-      <c r="H30" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K30" s="105" t="str">
+      <c r="H30" s="102" t="s">
+        <v>446</v>
+      </c>
+      <c r="I30" s="102" t="s">
+        <v>447</v>
+      </c>
+      <c r="J30" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K30" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7300 BOUSSU</v>
       </c>
-      <c r="L30" s="103">
+      <c r="L30" s="100">
         <v>7300</v>
       </c>
-      <c r="M30" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N30" s="103">
+      <c r="M30" s="102" t="s">
+        <v>448</v>
+      </c>
+      <c r="N30" s="100">
         <v>53014</v>
       </c>
-      <c r="O30" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A31" s="103">
+      <c r="O30" s="102" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A31" s="100">
         <v>632038</v>
       </c>
-      <c r="B31" s="103" t="b">
+      <c r="B31" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C31" s="104">
+      <c r="C31" s="101">
         <v>212360516</v>
       </c>
-      <c r="D31" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G31" s="105" t="str">
+      <c r="D31" s="102" t="s">
+        <v>449</v>
+      </c>
+      <c r="E31" s="123">
+        <v>10091591</v>
+      </c>
+      <c r="F31" s="102" t="s">
+        <v>450</v>
+      </c>
+      <c r="G31" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du Beau Moulin, 80 </v>
       </c>
-      <c r="H31" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K31" s="105" t="str">
+      <c r="H31" s="102" t="s">
+        <v>451</v>
+      </c>
+      <c r="I31" s="102" t="s">
+        <v>452</v>
+      </c>
+      <c r="J31" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K31" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6200 CHATELET</v>
       </c>
-      <c r="L31" s="103">
+      <c r="L31" s="100">
         <v>6200</v>
       </c>
-      <c r="M31" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N31" s="103">
+      <c r="M31" s="102" t="s">
+        <v>453</v>
+      </c>
+      <c r="N31" s="100">
         <v>52012</v>
       </c>
-      <c r="O31" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A32" s="103">
+      <c r="O31" s="102" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A32" s="100">
         <v>632039</v>
       </c>
-      <c r="B32" s="103" t="b">
+      <c r="B32" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C32" s="104">
+      <c r="C32" s="101">
         <v>207663043</v>
       </c>
-      <c r="D32" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G32" s="105" t="str">
+      <c r="D32" s="102" t="s">
+        <v>351</v>
+      </c>
+      <c r="E32" s="123">
+        <v>10091343</v>
+      </c>
+      <c r="F32" s="102" t="s">
+        <v>454</v>
+      </c>
+      <c r="G32" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du Martyr, 41 </v>
       </c>
-      <c r="H32" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K32" s="105" t="str">
+      <c r="H32" s="102" t="s">
+        <v>455</v>
+      </c>
+      <c r="I32" s="102" t="s">
+        <v>456</v>
+      </c>
+      <c r="J32" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K32" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4020 Liège</v>
       </c>
-      <c r="L32" s="103">
+      <c r="L32" s="100">
         <v>4020</v>
       </c>
-      <c r="M32" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N32" s="103">
+      <c r="M32" s="102" t="s">
+        <v>355</v>
+      </c>
+      <c r="N32" s="100">
         <v>62063</v>
       </c>
-      <c r="O32" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A33" s="103">
+      <c r="O32" s="102" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A33" s="100">
         <v>632040</v>
       </c>
-      <c r="B33" s="103" t="b">
+      <c r="B33" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C33" s="104">
+      <c r="C33" s="101">
         <v>212349925</v>
       </c>
-      <c r="D33" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="105" t="str">
+      <c r="D33" s="102" t="s">
+        <v>457</v>
+      </c>
+      <c r="E33" s="123">
+        <v>10091554</v>
+      </c>
+      <c r="F33" s="102" t="s">
+        <v>458</v>
+      </c>
+      <c r="G33" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Joseph Leclercq, 80 </v>
       </c>
-      <c r="H33" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K33" s="105" t="str">
+      <c r="H33" s="102" t="s">
+        <v>459</v>
+      </c>
+      <c r="I33" s="102" t="s">
+        <v>452</v>
+      </c>
+      <c r="J33" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K33" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4610 BEYNE-HEUSAY</v>
       </c>
-      <c r="L33" s="103">
+      <c r="L33" s="100">
         <v>4610</v>
       </c>
-      <c r="M33" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N33" s="103">
+      <c r="M33" s="102" t="s">
+        <v>460</v>
+      </c>
+      <c r="N33" s="100">
         <v>62015</v>
       </c>
-      <c r="O33" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A34" s="103">
+      <c r="O33" s="102" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A34" s="100">
         <v>632041</v>
       </c>
-      <c r="B34" s="103" t="b">
+      <c r="B34" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C34" s="104">
+      <c r="C34" s="101">
         <v>212372293</v>
       </c>
-      <c r="D34" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="105" t="str">
+      <c r="D34" s="102" t="s">
+        <v>461</v>
+      </c>
+      <c r="E34" s="123">
+        <v>10091625</v>
+      </c>
+      <c r="F34" s="102" t="s">
+        <v>462</v>
+      </c>
+      <c r="G34" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du Chapitre, 1 </v>
       </c>
-      <c r="H34" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K34" s="105" t="str">
+      <c r="H34" s="102" t="s">
+        <v>463</v>
+      </c>
+      <c r="I34" s="102" t="s">
+        <v>321</v>
+      </c>
+      <c r="J34" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K34" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7080 FRAMERIES</v>
       </c>
-      <c r="L34" s="103">
+      <c r="L34" s="100">
         <v>7080</v>
       </c>
-      <c r="M34" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N34" s="103">
+      <c r="M34" s="102" t="s">
+        <v>464</v>
+      </c>
+      <c r="N34" s="100">
         <v>53028</v>
       </c>
-      <c r="O34" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A35" s="103">
+      <c r="O34" s="102" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A35" s="100">
         <v>632042</v>
       </c>
-      <c r="B35" s="103" t="b">
+      <c r="B35" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C35" s="104">
+      <c r="C35" s="101">
         <v>212354180</v>
       </c>
-      <c r="D35" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="105" t="str">
+      <c r="D35" s="102" t="s">
+        <v>465</v>
+      </c>
+      <c r="E35" s="123">
+        <v>10091570</v>
+      </c>
+      <c r="F35" s="102" t="s">
+        <v>466</v>
+      </c>
+      <c r="G35" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue des combattants, 28 </v>
       </c>
-      <c r="H35" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K35" s="105" t="str">
+      <c r="H35" s="102" t="s">
+        <v>467</v>
+      </c>
+      <c r="I35" s="102" t="s">
+        <v>442</v>
+      </c>
+      <c r="J35" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K35" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4051 CHAUDFONTAINE</v>
       </c>
-      <c r="L35" s="103">
+      <c r="L35" s="100">
         <v>4051</v>
       </c>
-      <c r="M35" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N35" s="103">
+      <c r="M35" s="102" t="s">
+        <v>468</v>
+      </c>
+      <c r="N35" s="100">
         <v>62022</v>
       </c>
-      <c r="O35" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A36" s="103">
+      <c r="O35" s="102" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A36" s="100">
         <v>632049</v>
       </c>
-      <c r="B36" s="103" t="b">
+      <c r="B36" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C36" s="104">
+      <c r="C36" s="101">
         <v>212232139</v>
       </c>
-      <c r="D36" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="105" t="str">
+      <c r="D36" s="102" t="s">
+        <v>469</v>
+      </c>
+      <c r="E36" s="123">
+        <v>10091506</v>
+      </c>
+      <c r="F36" s="102" t="s">
+        <v>470</v>
+      </c>
+      <c r="G36" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Sous-le-Château, 34 </v>
       </c>
-      <c r="H36" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K36" s="105" t="str">
+      <c r="H36" s="102" t="s">
+        <v>471</v>
+      </c>
+      <c r="I36" s="102" t="s">
+        <v>472</v>
+      </c>
+      <c r="J36" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K36" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4300 WAREMME</v>
       </c>
-      <c r="L36" s="103">
+      <c r="L36" s="100">
         <v>4300</v>
       </c>
-      <c r="M36" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N36" s="103">
+      <c r="M36" s="102" t="s">
+        <v>473</v>
+      </c>
+      <c r="N36" s="100">
         <v>64074</v>
       </c>
-      <c r="O36" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A37" s="103">
+      <c r="O36" s="102" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A37" s="100">
         <v>632050</v>
       </c>
-      <c r="B37" s="103" t="b">
+      <c r="B37" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C37" s="104">
+      <c r="C37" s="101">
         <v>212352301</v>
       </c>
-      <c r="D37" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="105" t="str">
+      <c r="D37" s="102" t="s">
+        <v>474</v>
+      </c>
+      <c r="E37" s="123">
+        <v>10091561</v>
+      </c>
+      <c r="F37" s="102" t="s">
+        <v>475</v>
+      </c>
+      <c r="G37" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Godefroid Kurth, 2/i </v>
       </c>
-      <c r="H37" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K37" s="105" t="str">
+      <c r="H37" s="102" t="s">
+        <v>476</v>
+      </c>
+      <c r="I37" s="102" t="s">
+        <v>477</v>
+      </c>
+      <c r="J37" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K37" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6700 ARLON</v>
       </c>
-      <c r="L37" s="103">
+      <c r="L37" s="100">
         <v>6700</v>
       </c>
-      <c r="M37" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N37" s="103">
+      <c r="M37" s="102" t="s">
+        <v>478</v>
+      </c>
+      <c r="N37" s="100">
         <v>81001</v>
       </c>
-      <c r="O37" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A38" s="103">
+      <c r="O37" s="102" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A38" s="100">
         <v>632052</v>
       </c>
-      <c r="B38" s="103" t="b">
+      <c r="B38" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C38" s="104">
+      <c r="C38" s="101">
         <v>212360417</v>
       </c>
-      <c r="D38" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="105" t="str">
+      <c r="D38" s="102" t="s">
+        <v>479</v>
+      </c>
+      <c r="E38" s="123">
+        <v>10091590</v>
+      </c>
+      <c r="F38" s="102" t="s">
+        <v>480</v>
+      </c>
+      <c r="G38" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Place Cornille, 3 </v>
       </c>
-      <c r="H38" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K38" s="105" t="str">
+      <c r="H38" s="102" t="s">
+        <v>481</v>
+      </c>
+      <c r="I38" s="102" t="s">
+        <v>482</v>
+      </c>
+      <c r="J38" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K38" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6140 FONTAINE-L'EVEQUE</v>
       </c>
-      <c r="L38" s="103">
+      <c r="L38" s="100">
         <v>6140</v>
       </c>
-      <c r="M38" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N38" s="103">
+      <c r="M38" s="102" t="s">
+        <v>483</v>
+      </c>
+      <c r="N38" s="100">
         <v>52022</v>
       </c>
-      <c r="O38" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A39" s="103">
+      <c r="O38" s="102" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A39" s="100">
         <v>632053</v>
       </c>
-      <c r="B39" s="103" t="b">
+      <c r="B39" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C39" s="104">
+      <c r="C39" s="101">
         <v>212149688</v>
       </c>
-      <c r="D39" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="105" t="str">
+      <c r="D39" s="102" t="s">
+        <v>484</v>
+      </c>
+      <c r="E39" s="123">
+        <v>10091449</v>
+      </c>
+      <c r="F39" s="102" t="s">
+        <v>485</v>
+      </c>
+      <c r="G39" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue E. Vandervelde, 6a </v>
       </c>
-      <c r="H39" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K39" s="105" t="str">
+      <c r="H39" s="102" t="s">
+        <v>486</v>
+      </c>
+      <c r="I39" s="102" t="s">
+        <v>487</v>
+      </c>
+      <c r="J39" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K39" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4570 MARCHIN</v>
       </c>
-      <c r="L39" s="103">
+      <c r="L39" s="100">
         <v>4570</v>
       </c>
-      <c r="M39" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N39" s="103">
+      <c r="M39" s="102" t="s">
+        <v>488</v>
+      </c>
+      <c r="N39" s="100">
         <v>61039</v>
       </c>
-      <c r="O39" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A40" s="103">
+      <c r="O39" s="102" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A40" s="100">
         <v>632056</v>
       </c>
-      <c r="B40" s="103" t="b">
+      <c r="B40" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C40" s="104">
+      <c r="C40" s="101">
         <v>216691466</v>
       </c>
-      <c r="D40" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="105" t="str">
+      <c r="D40" s="102" t="s">
+        <v>489</v>
+      </c>
+      <c r="E40" s="123">
+        <v>10091680</v>
+      </c>
+      <c r="F40" s="102" t="s">
+        <v>490</v>
+      </c>
+      <c r="G40" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">place de Pâturages, 17 </v>
       </c>
-      <c r="H40" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K40" s="105" t="str">
+      <c r="H40" s="102" t="s">
+        <v>491</v>
+      </c>
+      <c r="I40" s="102" t="s">
+        <v>492</v>
+      </c>
+      <c r="J40" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K40" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7340 PATURAGES</v>
       </c>
-      <c r="L40" s="103">
+      <c r="L40" s="100">
         <v>7340</v>
       </c>
-      <c r="M40" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N40" s="103">
+      <c r="M40" s="102" t="s">
+        <v>493</v>
+      </c>
+      <c r="N40" s="100">
         <v>53082</v>
       </c>
-      <c r="O40" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A41" s="103">
+      <c r="O40" s="102" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A41" s="100">
         <v>632057</v>
       </c>
-      <c r="B41" s="103" t="b">
+      <c r="B41" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C41" s="104">
+      <c r="C41" s="101">
         <v>212226102</v>
       </c>
-      <c r="D41" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G41" s="105" t="str">
+      <c r="D41" s="102" t="s">
+        <v>495</v>
+      </c>
+      <c r="E41" s="123">
+        <v>10091491</v>
+      </c>
+      <c r="F41" s="102" t="s">
+        <v>496</v>
+      </c>
+      <c r="G41" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de la siroperie, 7/1 </v>
       </c>
-      <c r="H41" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K41" s="105" t="str">
+      <c r="H41" s="102" t="s">
+        <v>497</v>
+      </c>
+      <c r="I41" s="102" t="s">
+        <v>498</v>
+      </c>
+      <c r="J41" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K41" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4630 SOUMAGNE</v>
       </c>
-      <c r="L41" s="103">
+      <c r="L41" s="100">
         <v>4630</v>
       </c>
-      <c r="M41" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N41" s="103">
+      <c r="M41" s="102" t="s">
+        <v>499</v>
+      </c>
+      <c r="N41" s="100">
         <v>62099</v>
       </c>
-      <c r="O41" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A42" s="103">
+      <c r="O41" s="102" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A42" s="100">
         <v>632059</v>
       </c>
-      <c r="B42" s="103" t="b">
+      <c r="B42" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C42" s="104">
+      <c r="C42" s="101">
         <v>212365860</v>
       </c>
-      <c r="D42" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="105" t="str">
+      <c r="D42" s="102" t="s">
+        <v>500</v>
+      </c>
+      <c r="E42" s="123">
+        <v>10091608</v>
+      </c>
+      <c r="F42" s="102" t="s">
+        <v>501</v>
+      </c>
+      <c r="G42" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de Schaerbeek, 18-20 </v>
       </c>
-      <c r="H42" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K42" s="105" t="str">
+      <c r="H42" s="102" t="s">
+        <v>502</v>
+      </c>
+      <c r="I42" s="102" t="s">
+        <v>503</v>
+      </c>
+      <c r="J42" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K42" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6660 HOUFFALIZE</v>
       </c>
-      <c r="L42" s="103">
+      <c r="L42" s="100">
         <v>6660</v>
       </c>
-      <c r="M42" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N42" s="103">
+      <c r="M42" s="102" t="s">
+        <v>504</v>
+      </c>
+      <c r="N42" s="100">
         <v>82014</v>
       </c>
-      <c r="O42" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A43" s="103">
+      <c r="O42" s="102" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A43" s="100">
         <v>632060</v>
       </c>
-      <c r="B43" s="103" t="b">
+      <c r="B43" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C43" s="104">
+      <c r="C43" s="101">
         <v>211085163</v>
       </c>
-      <c r="D43" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="105" t="str">
+      <c r="D43" s="102" t="s">
+        <v>505</v>
+      </c>
+      <c r="E43" s="123">
+        <v>10091362</v>
+      </c>
+      <c r="F43" s="102" t="s">
+        <v>506</v>
+      </c>
+      <c r="G43" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Avenue Jean Materne, 244 </v>
       </c>
-      <c r="H43" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K43" s="105" t="str">
+      <c r="H43" s="102" t="s">
+        <v>507</v>
+      </c>
+      <c r="I43" s="102" t="s">
+        <v>508</v>
+      </c>
+      <c r="J43" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K43" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>5100 JAMBES</v>
       </c>
-      <c r="L43" s="103">
+      <c r="L43" s="100">
         <v>5100</v>
       </c>
-      <c r="M43" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N43" s="103">
+      <c r="M43" s="102" t="s">
+        <v>509</v>
+      </c>
+      <c r="N43" s="100">
         <v>92094</v>
       </c>
-      <c r="O43" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A44" s="103">
+      <c r="O43" s="102" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A44" s="100">
         <v>632061</v>
       </c>
-      <c r="B44" s="103" t="b">
+      <c r="B44" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C44" s="104">
+      <c r="C44" s="101">
         <v>212351410</v>
       </c>
-      <c r="D44" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="105" t="str">
+      <c r="D44" s="102" t="s">
+        <v>511</v>
+      </c>
+      <c r="E44" s="123">
+        <v>10091558</v>
+      </c>
+      <c r="F44" s="102" t="s">
+        <v>512</v>
+      </c>
+      <c r="G44" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Bld. de l'Hôpital, 71 </v>
       </c>
-      <c r="H44" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K44" s="105" t="str">
+      <c r="H44" s="102" t="s">
+        <v>513</v>
+      </c>
+      <c r="I44" s="102" t="s">
+        <v>514</v>
+      </c>
+      <c r="J44" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K44" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7800 ATH</v>
       </c>
-      <c r="L44" s="103">
+      <c r="L44" s="100">
         <v>7800</v>
       </c>
-      <c r="M44" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N44" s="103">
+      <c r="M44" s="102" t="s">
+        <v>515</v>
+      </c>
+      <c r="N44" s="100">
         <v>51004</v>
       </c>
-      <c r="O44" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A45" s="103">
+      <c r="O44" s="102" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="45" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A45" s="100">
         <v>632062</v>
       </c>
-      <c r="B45" s="103" t="b">
+      <c r="B45" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C45" s="104">
+      <c r="C45" s="101">
         <v>212353487</v>
       </c>
-      <c r="D45" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="105" t="str">
+      <c r="D45" s="102" t="s">
+        <v>516</v>
+      </c>
+      <c r="E45" s="123">
+        <v>10091568</v>
+      </c>
+      <c r="F45" s="102" t="s">
+        <v>517</v>
+      </c>
+      <c r="G45" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Place du souvenir, 1 </v>
       </c>
-      <c r="H45" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K45" s="105" t="str">
+      <c r="H45" s="102" t="s">
+        <v>518</v>
+      </c>
+      <c r="I45" s="102" t="s">
+        <v>321</v>
+      </c>
+      <c r="J45" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K45" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4130 TILFF</v>
       </c>
-      <c r="L45" s="103">
+      <c r="L45" s="100">
         <v>4130</v>
       </c>
-      <c r="M45" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N45" s="103">
+      <c r="M45" s="102" t="s">
+        <v>519</v>
+      </c>
+      <c r="N45" s="100">
         <v>62032</v>
       </c>
-      <c r="O45" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A46" s="103">
+      <c r="O45" s="102" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A46" s="100">
         <v>632063</v>
       </c>
-      <c r="B46" s="103" t="b">
+      <c r="B46" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C46" s="104">
+      <c r="C46" s="101">
         <v>212163051</v>
       </c>
-      <c r="D46" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="105" t="str">
+      <c r="D46" s="102" t="s">
+        <v>521</v>
+      </c>
+      <c r="E46" s="123">
+        <v>10091480</v>
+      </c>
+      <c r="F46" s="102" t="s">
+        <v>522</v>
+      </c>
+      <c r="G46" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Pètre, 5 </v>
       </c>
-      <c r="H46" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K46" s="105" t="str">
+      <c r="H46" s="102" t="s">
+        <v>523</v>
+      </c>
+      <c r="I46" s="102" t="s">
+        <v>524</v>
+      </c>
+      <c r="J46" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K46" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7331 Baudour</v>
       </c>
-      <c r="L46" s="103">
+      <c r="L46" s="100">
         <v>7331</v>
       </c>
-      <c r="M46" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N46" s="103">
+      <c r="M46" s="102" t="s">
+        <v>525</v>
+      </c>
+      <c r="N46" s="100">
         <v>53070</v>
       </c>
-      <c r="O46" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A47" s="103">
+      <c r="O46" s="102" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A47" s="100">
         <v>632065</v>
       </c>
-      <c r="B47" s="103" t="b">
+      <c r="B47" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C47" s="104">
+      <c r="C47" s="101">
         <v>216697208</v>
       </c>
-      <c r="D47" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="105" t="str">
+      <c r="D47" s="102" t="s">
+        <v>527</v>
+      </c>
+      <c r="E47" s="123">
+        <v>10091738</v>
+      </c>
+      <c r="F47" s="102" t="s">
+        <v>528</v>
+      </c>
+      <c r="G47" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Sainte Barbe, 73 </v>
       </c>
-      <c r="H47" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K47" s="105" t="str">
+      <c r="H47" s="102" t="s">
+        <v>529</v>
+      </c>
+      <c r="I47" s="102" t="s">
+        <v>530</v>
+      </c>
+      <c r="J47" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K47" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>5060 TAMINES</v>
       </c>
-      <c r="L47" s="103">
+      <c r="L47" s="100">
         <v>5060</v>
       </c>
-      <c r="M47" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N47" s="103">
+      <c r="M47" s="102" t="s">
+        <v>531</v>
+      </c>
+      <c r="N47" s="100">
         <v>92137</v>
       </c>
-      <c r="O47" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A48" s="103">
+      <c r="O47" s="102" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A48" s="100">
         <v>632066</v>
       </c>
-      <c r="B48" s="103" t="b">
+      <c r="B48" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C48" s="104">
+      <c r="C48" s="101">
         <v>216697604</v>
       </c>
-      <c r="D48" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="105" t="str">
+      <c r="D48" s="102" t="s">
+        <v>533</v>
+      </c>
+      <c r="E48" s="123">
+        <v>10091742</v>
+      </c>
+      <c r="F48" s="102" t="s">
+        <v>534</v>
+      </c>
+      <c r="G48" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">rue Chapelle Marion, 13 </v>
       </c>
-      <c r="H48" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K48" s="105" t="str">
+      <c r="H48" s="102" t="s">
+        <v>535</v>
+      </c>
+      <c r="I48" s="102" t="s">
+        <v>536</v>
+      </c>
+      <c r="J48" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K48" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>5030 GEMBLOUX</v>
       </c>
-      <c r="L48" s="103">
+      <c r="L48" s="100">
         <v>5030</v>
       </c>
-      <c r="M48" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N48" s="103">
+      <c r="M48" s="102" t="s">
+        <v>537</v>
+      </c>
+      <c r="N48" s="100">
         <v>92142</v>
       </c>
-      <c r="O48" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A49" s="103">
+      <c r="O48" s="102" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="49" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A49" s="100">
         <v>632067</v>
       </c>
-      <c r="B49" s="103" t="b">
+      <c r="B49" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C49" s="104">
+      <c r="C49" s="101">
         <v>212358932</v>
       </c>
-      <c r="D49" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="105" t="str">
+      <c r="D49" s="102" t="s">
+        <v>538</v>
+      </c>
+      <c r="E49" s="123">
+        <v>10091583</v>
+      </c>
+      <c r="F49" s="102" t="s">
+        <v>539</v>
+      </c>
+      <c r="G49" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du Doyard, 117 </v>
       </c>
-      <c r="H49" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K49" s="105" t="str">
+      <c r="H49" s="102" t="s">
+        <v>540</v>
+      </c>
+      <c r="I49" s="102" t="s">
+        <v>541</v>
+      </c>
+      <c r="J49" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K49" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4040 HERSTAL</v>
       </c>
-      <c r="L49" s="103">
+      <c r="L49" s="100">
         <v>4040</v>
       </c>
-      <c r="M49" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N49" s="103">
+      <c r="M49" s="102" t="s">
+        <v>542</v>
+      </c>
+      <c r="N49" s="100">
         <v>62051</v>
       </c>
-      <c r="O49" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A50" s="103">
+      <c r="O49" s="102" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A50" s="100">
         <v>632068</v>
       </c>
-      <c r="B50" s="103" t="b">
+      <c r="B50" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C50" s="104">
+      <c r="C50" s="101">
         <v>862947632</v>
       </c>
-      <c r="D50" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G50" s="105" t="str">
+      <c r="D50" s="102" t="s">
+        <v>543</v>
+      </c>
+      <c r="E50" s="123">
+        <v>10117872</v>
+      </c>
+      <c r="F50" s="102" t="s">
+        <v>544</v>
+      </c>
+      <c r="G50" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Chainrue, 3 </v>
       </c>
-      <c r="H50" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K50" s="105" t="str">
+      <c r="H50" s="102" t="s">
+        <v>545</v>
+      </c>
+      <c r="I50" s="102" t="s">
+        <v>482</v>
+      </c>
+      <c r="J50" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K50" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6940 BARVAUX-SUR-OURTHE</v>
       </c>
-      <c r="L50" s="103">
+      <c r="L50" s="100">
         <v>6940</v>
       </c>
-      <c r="M50" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N50" s="103">
+      <c r="M50" s="102" t="s">
+        <v>546</v>
+      </c>
+      <c r="N50" s="100">
         <v>83012</v>
       </c>
-      <c r="O50" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="103">
+      <c r="O50" s="102" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A51" s="100">
         <v>632070</v>
       </c>
-      <c r="B51" s="103" t="b">
+      <c r="B51" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C51" s="104">
+      <c r="C51" s="101">
         <v>212158992</v>
       </c>
-      <c r="D51" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G51" s="105" t="str">
+      <c r="D51" s="102" t="s">
+        <v>548</v>
+      </c>
+      <c r="E51" s="123">
+        <v>10091472</v>
+      </c>
+      <c r="F51" s="102" t="s">
+        <v>549</v>
+      </c>
+      <c r="G51" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">rue des chaufours, 7 </v>
       </c>
-      <c r="H51" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K51" s="105" t="str">
+      <c r="H51" s="102" t="s">
+        <v>550</v>
+      </c>
+      <c r="I51" s="102" t="s">
+        <v>551</v>
+      </c>
+      <c r="J51" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K51" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7600 PERUWELZ</v>
       </c>
-      <c r="L51" s="103">
+      <c r="L51" s="100">
         <v>7600</v>
       </c>
-      <c r="M51" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N51" s="103">
+      <c r="M51" s="102" t="s">
+        <v>552</v>
+      </c>
+      <c r="N51" s="100">
         <v>57064</v>
       </c>
-      <c r="O51" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A52" s="103">
+      <c r="O51" s="102" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A52" s="100">
         <v>632072</v>
       </c>
-      <c r="B52" s="103" t="b">
+      <c r="B52" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C52" s="104">
+      <c r="C52" s="101">
         <v>212230654</v>
       </c>
-      <c r="D52" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="105" t="str">
+      <c r="D52" s="102" t="s">
+        <v>554</v>
+      </c>
+      <c r="E52" s="123">
+        <v>10091501</v>
+      </c>
+      <c r="F52" s="102" t="s">
+        <v>555</v>
+      </c>
+      <c r="G52" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">rue des combattants, 2 </v>
       </c>
-      <c r="H52" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K52" s="105" t="str">
+      <c r="H52" s="102" t="s">
+        <v>556</v>
+      </c>
+      <c r="I52" s="102" t="s">
+        <v>557</v>
+      </c>
+      <c r="J52" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K52" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6760 VIRTON</v>
       </c>
-      <c r="L52" s="103">
+      <c r="L52" s="100">
         <v>6760</v>
       </c>
-      <c r="M52" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N52" s="103">
+      <c r="M52" s="102" t="s">
+        <v>558</v>
+      </c>
+      <c r="N52" s="100">
         <v>85045</v>
       </c>
-      <c r="O52" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A53" s="103">
+      <c r="O52" s="102" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A53" s="100">
         <v>632073</v>
       </c>
-      <c r="B53" s="103" t="b">
+      <c r="B53" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C53" s="104">
+      <c r="C53" s="101">
         <v>212366058</v>
       </c>
-      <c r="D53" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="105" t="str">
+      <c r="D53" s="102" t="s">
+        <v>559</v>
+      </c>
+      <c r="E53" s="123">
+        <v>10091609</v>
+      </c>
+      <c r="F53" s="102" t="s">
+        <v>560</v>
+      </c>
+      <c r="G53" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue A. Marganne, 10 </v>
       </c>
-      <c r="H53" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K53" s="105" t="str">
+      <c r="H53" s="102" t="s">
+        <v>561</v>
+      </c>
+      <c r="I53" s="102" t="s">
+        <v>360</v>
+      </c>
+      <c r="J53" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K53" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4620 FLERON</v>
       </c>
-      <c r="L53" s="103">
+      <c r="L53" s="100">
         <v>4620</v>
       </c>
-      <c r="M53" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N53" s="103">
+      <c r="M53" s="102" t="s">
+        <v>562</v>
+      </c>
+      <c r="N53" s="100">
         <v>62038</v>
       </c>
-      <c r="O53" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A54" s="103">
+      <c r="O53" s="102" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A54" s="100">
         <v>632075</v>
       </c>
-      <c r="B54" s="103" t="b">
+      <c r="B54" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C54" s="104">
+      <c r="C54" s="101">
         <v>212153252</v>
       </c>
-      <c r="D54" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="105" t="str">
+      <c r="D54" s="102" t="s">
+        <v>688</v>
+      </c>
+      <c r="E54" s="123">
+        <v>10091456</v>
+      </c>
+      <c r="F54" s="102" t="s">
+        <v>689</v>
+      </c>
+      <c r="G54" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Avenue Royale, 5 </v>
       </c>
-      <c r="H54" s="105" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="105">
+      <c r="H54" s="102" t="s">
+        <v>690</v>
+      </c>
+      <c r="I54" s="102">
         <v>5</v>
       </c>
-      <c r="J54" s="105"/>
-      <c r="K54" s="105" t="str">
+      <c r="J54" s="102"/>
+      <c r="K54" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7700 Mouscron</v>
       </c>
-      <c r="L54" s="103">
+      <c r="L54" s="100">
         <v>7700</v>
       </c>
-      <c r="M54" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N54" s="103">
+      <c r="M54" s="102" t="s">
+        <v>691</v>
+      </c>
+      <c r="N54" s="100">
         <v>54007</v>
       </c>
-      <c r="O54" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A55" s="103">
+      <c r="O54" s="102" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A55" s="100">
         <v>632081</v>
       </c>
-      <c r="B55" s="103" t="b">
+      <c r="B55" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C55" s="104">
+      <c r="C55" s="101">
         <v>212226201</v>
       </c>
-      <c r="D55" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="105" t="str">
+      <c r="D55" s="102" t="s">
+        <v>563</v>
+      </c>
+      <c r="E55" s="123">
+        <v>10091492</v>
+      </c>
+      <c r="F55" s="102" t="s">
+        <v>564</v>
+      </c>
+      <c r="G55" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du Centre, 56 </v>
       </c>
-      <c r="H55" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K55" s="105" t="str">
+      <c r="H55" s="102" t="s">
+        <v>565</v>
+      </c>
+      <c r="I55" s="102" t="s">
+        <v>566</v>
+      </c>
+      <c r="J55" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K55" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4140 Sprimont</v>
       </c>
-      <c r="L55" s="103">
+      <c r="L55" s="100">
         <v>4140</v>
       </c>
-      <c r="M55" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N55" s="103">
+      <c r="M55" s="102" t="s">
+        <v>567</v>
+      </c>
+      <c r="N55" s="100">
         <v>62100</v>
       </c>
-      <c r="O55" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A56" s="103">
+      <c r="O55" s="102" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A56" s="100">
         <v>632083</v>
       </c>
-      <c r="B56" s="103" t="b">
+      <c r="B56" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C56" s="104">
+      <c r="C56" s="101">
         <v>207888123</v>
       </c>
-      <c r="D56" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="105" t="str">
+      <c r="D56" s="102" t="s">
+        <v>569</v>
+      </c>
+      <c r="E56" s="123">
+        <v>10091352</v>
+      </c>
+      <c r="F56" s="102" t="s">
+        <v>570</v>
+      </c>
+      <c r="G56" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Samiette, 70 </v>
       </c>
-      <c r="H56" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K56" s="105" t="str">
+      <c r="H56" s="102" t="s">
+        <v>571</v>
+      </c>
+      <c r="I56" s="102" t="s">
+        <v>572</v>
+      </c>
+      <c r="J56" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K56" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>1400 NIVELLES</v>
       </c>
-      <c r="L56" s="103">
+      <c r="L56" s="100">
         <v>1400</v>
       </c>
-      <c r="M56" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N56" s="103">
+      <c r="M56" s="102" t="s">
+        <v>302</v>
+      </c>
+      <c r="N56" s="100">
         <v>25072</v>
       </c>
-      <c r="O56" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A57" s="103">
+      <c r="O56" s="102" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A57" s="100">
         <v>632084</v>
       </c>
-      <c r="B57" s="103" t="b">
+      <c r="B57" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C57" s="104">
+      <c r="C57" s="101">
         <v>212318053</v>
       </c>
-      <c r="D57" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G57" s="105" t="str">
+      <c r="D57" s="102" t="s">
+        <v>573</v>
+      </c>
+      <c r="E57" s="123">
+        <v>10091494</v>
+      </c>
+      <c r="F57" s="102" t="s">
+        <v>574</v>
+      </c>
+      <c r="G57" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Dreve des Allies, 1 </v>
       </c>
-      <c r="H57" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K57" s="105" t="str">
+      <c r="H57" s="102" t="s">
+        <v>575</v>
+      </c>
+      <c r="I57" s="102" t="s">
+        <v>321</v>
+      </c>
+      <c r="J57" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K57" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6530 THUIN</v>
       </c>
-      <c r="L57" s="103">
+      <c r="L57" s="100">
         <v>6530</v>
       </c>
-      <c r="M57" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N57" s="103">
+      <c r="M57" s="102" t="s">
+        <v>576</v>
+      </c>
+      <c r="N57" s="100">
         <v>56078</v>
       </c>
-      <c r="O57" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A58" s="103">
+      <c r="O57" s="102" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A58" s="100">
         <v>632085</v>
       </c>
-      <c r="B58" s="103" t="b">
+      <c r="B58" s="100" t="b">
         <v>0</v>
       </c>
-      <c r="C58" s="104">
+      <c r="C58" s="101">
         <v>212228872</v>
       </c>
-      <c r="D58" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G58" s="105" t="str">
+      <c r="D58" s="102" t="s">
+        <v>577</v>
+      </c>
+      <c r="E58" s="123">
+        <v>10091495</v>
+      </c>
+      <c r="F58" s="102" t="s">
+        <v>578</v>
+      </c>
+      <c r="G58" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">rue des Frères Taymans, 32 </v>
       </c>
-      <c r="H58" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K58" s="105" t="str">
+      <c r="H58" s="102" t="s">
+        <v>579</v>
+      </c>
+      <c r="I58" s="102" t="s">
+        <v>580</v>
+      </c>
+      <c r="J58" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K58" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>1480 TUBIZE</v>
       </c>
-      <c r="L58" s="103">
+      <c r="L58" s="100">
         <v>1480</v>
       </c>
-      <c r="M58" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N58" s="103">
+      <c r="M58" s="102" t="s">
+        <v>581</v>
+      </c>
+      <c r="N58" s="100">
         <v>25105</v>
       </c>
-      <c r="O58" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A59" s="103">
+      <c r="O58" s="102" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A59" s="120">
+        <v>632086</v>
+      </c>
+      <c r="B59" s="120" t="b">
+        <v>0</v>
+      </c>
+      <c r="C59" s="101">
+        <v>212159586</v>
+      </c>
+      <c r="D59" s="121" t="s">
+        <v>693</v>
+      </c>
+      <c r="E59" s="123">
+        <v>10091475</v>
+      </c>
+      <c r="F59" s="123" t="s">
+        <v>694</v>
+      </c>
+      <c r="G59" s="124" t="s">
+        <v>695</v>
+      </c>
+      <c r="H59" s="124" t="s">
+        <v>695</v>
+      </c>
+      <c r="I59" s="125">
+        <v>352</v>
+      </c>
+      <c r="J59" s="121"/>
+      <c r="K59" s="122" t="s">
+        <v>696</v>
+      </c>
+      <c r="L59" s="120"/>
+      <c r="M59" s="121"/>
+      <c r="N59" s="120"/>
+      <c r="O59" s="121" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15" s="126" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A60" s="120">
+        <v>632087</v>
+      </c>
+      <c r="B60" s="120" t="b">
+        <v>0</v>
+      </c>
+      <c r="C60" s="126">
+        <v>212357348</v>
+      </c>
+      <c r="D60" s="126" t="s">
+        <v>718</v>
+      </c>
+      <c r="E60" s="123">
+        <v>10091578</v>
+      </c>
+      <c r="F60" s="121" t="s">
+        <v>698</v>
+      </c>
+      <c r="G60" s="122" t="s">
+        <v>703</v>
+      </c>
+      <c r="H60" s="121" t="s">
+        <v>703</v>
+      </c>
+      <c r="I60" s="125">
+        <v>160</v>
+      </c>
+      <c r="J60" s="121"/>
+      <c r="K60" s="127" t="s">
+        <v>713</v>
+      </c>
+      <c r="L60" s="120"/>
+      <c r="M60" s="121"/>
+      <c r="N60" s="120"/>
+      <c r="O60" s="127" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" s="126" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="A61" s="120">
+        <v>632088</v>
+      </c>
+      <c r="B61" s="120" t="b">
+        <v>0</v>
+      </c>
+      <c r="C61" s="126">
+        <v>212350717</v>
+      </c>
+      <c r="D61" s="126" t="s">
+        <v>719</v>
+      </c>
+      <c r="E61" s="123">
+        <v>10091556</v>
+      </c>
+      <c r="F61" s="121" t="s">
+        <v>699</v>
+      </c>
+      <c r="G61" s="122" t="s">
+        <v>704</v>
+      </c>
+      <c r="H61" s="121" t="s">
+        <v>704</v>
+      </c>
+      <c r="I61" s="125">
+        <v>10</v>
+      </c>
+      <c r="J61" s="121"/>
+      <c r="K61" s="127" t="s">
+        <v>714</v>
+      </c>
+      <c r="L61" s="120"/>
+      <c r="M61" s="121"/>
+      <c r="N61" s="120"/>
+      <c r="O61" s="127" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15" s="126" customFormat="1" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A62" s="120">
+        <v>632089</v>
+      </c>
+      <c r="B62" s="120" t="b">
+        <v>0</v>
+      </c>
+      <c r="C62" s="126">
+        <v>212156321</v>
+      </c>
+      <c r="D62" s="126" t="s">
+        <v>720</v>
+      </c>
+      <c r="E62" s="123">
+        <v>10091466</v>
+      </c>
+      <c r="F62" s="121" t="s">
+        <v>700</v>
+      </c>
+      <c r="G62" s="122" t="s">
+        <v>705</v>
+      </c>
+      <c r="H62" s="121" t="s">
+        <v>705</v>
+      </c>
+      <c r="I62" s="125">
+        <v>16</v>
+      </c>
+      <c r="J62" s="121"/>
+      <c r="K62" s="127" t="s">
+        <v>715</v>
+      </c>
+      <c r="L62" s="120"/>
+      <c r="M62" s="121"/>
+      <c r="N62" s="120"/>
+      <c r="O62" s="127" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="63" spans="1:15" s="126" customFormat="1" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A63" s="120">
+        <v>632090</v>
+      </c>
+      <c r="B63" s="120" t="b">
+        <v>0</v>
+      </c>
+      <c r="C63" s="126">
+        <v>212231743</v>
+      </c>
+      <c r="D63" s="126" t="s">
+        <v>721</v>
+      </c>
+      <c r="E63" s="123">
+        <v>10091505</v>
+      </c>
+      <c r="F63" s="121" t="s">
+        <v>701</v>
+      </c>
+      <c r="G63" s="122" t="s">
+        <v>706</v>
+      </c>
+      <c r="H63" s="121" t="s">
+        <v>706</v>
+      </c>
+      <c r="I63" s="125">
+        <v>39</v>
+      </c>
+      <c r="J63" s="121"/>
+      <c r="K63" s="127" t="s">
+        <v>716</v>
+      </c>
+      <c r="L63" s="120"/>
+      <c r="M63" s="121"/>
+      <c r="N63" s="120"/>
+      <c r="O63" s="127" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15" s="126" customFormat="1" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A64" s="120">
+        <v>632091</v>
+      </c>
+      <c r="B64" s="120" t="b">
+        <v>0</v>
+      </c>
+      <c r="C64" s="126">
+        <v>207845264</v>
+      </c>
+      <c r="D64" s="126" t="s">
+        <v>722</v>
+      </c>
+      <c r="E64" s="123">
+        <v>1001005997</v>
+      </c>
+      <c r="F64" s="121" t="s">
+        <v>702</v>
+      </c>
+      <c r="G64" s="122" t="s">
+        <v>707</v>
+      </c>
+      <c r="H64" s="121" t="s">
+        <v>707</v>
+      </c>
+      <c r="I64" s="125">
+        <v>5</v>
+      </c>
+      <c r="J64" s="121"/>
+      <c r="K64" s="127" t="s">
+        <v>717</v>
+      </c>
+      <c r="L64" s="120"/>
+      <c r="M64" s="121"/>
+      <c r="N64" s="120"/>
+      <c r="O64" s="127" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A65" s="100">
         <v>632102</v>
       </c>
-      <c r="B59" s="103" t="b">
+      <c r="B65" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C59" s="104">
+      <c r="C65" s="101">
         <v>411532002</v>
       </c>
-      <c r="D59" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G59" s="105" t="str">
+      <c r="D65" s="102" t="s">
+        <v>279</v>
+      </c>
+      <c r="E65" s="123">
+        <v>10093526</v>
+      </c>
+      <c r="F65" s="102" t="s">
+        <v>582</v>
+      </c>
+      <c r="G65" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Haute, 8 </v>
       </c>
-      <c r="H59" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K59" s="105" t="str">
+      <c r="H65" s="102" t="s">
+        <v>583</v>
+      </c>
+      <c r="I65" s="102" t="s">
+        <v>584</v>
+      </c>
+      <c r="J65" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K65" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>5190 SPY</v>
       </c>
-      <c r="L59" s="103">
+      <c r="L65" s="100">
         <v>5190</v>
       </c>
-      <c r="M59" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N59" s="103">
+      <c r="M65" s="102" t="s">
+        <v>585</v>
+      </c>
+      <c r="N65" s="100">
         <v>92140</v>
       </c>
-      <c r="O59" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A60" s="103">
+      <c r="O65" s="102" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A66" s="100">
+        <v>632104</v>
+      </c>
+      <c r="B66" s="100" t="b">
+        <v>1</v>
+      </c>
+      <c r="C66" s="101">
+        <v>432224476</v>
+      </c>
+      <c r="D66" s="102" t="s">
+        <v>280</v>
+      </c>
+      <c r="E66" s="123">
+        <v>10097291</v>
+      </c>
+      <c r="F66" s="102" t="s">
+        <v>587</v>
+      </c>
+      <c r="G66" s="102" t="str">
+        <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
+        <v xml:space="preserve">rue Puits-en-Sock, 86-88 </v>
+      </c>
+      <c r="H66" s="102" t="s">
+        <v>588</v>
+      </c>
+      <c r="I66" s="102" t="s">
+        <v>589</v>
+      </c>
+      <c r="J66" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K66" s="102" t="str">
+        <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
+        <v>4020 LIEGE</v>
+      </c>
+      <c r="L66" s="100">
+        <v>4020</v>
+      </c>
+      <c r="M66" s="102" t="s">
+        <v>301</v>
+      </c>
+      <c r="N66" s="100">
+        <v>62063</v>
+      </c>
+      <c r="O66" s="102" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A67" s="100">
         <v>632105</v>
       </c>
-      <c r="B60" s="103" t="b">
+      <c r="B67" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C60" s="104">
+      <c r="C67" s="101">
         <v>465659089</v>
       </c>
-      <c r="D60" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G60" s="105" t="str">
+      <c r="D67" s="102" t="s">
+        <v>590</v>
+      </c>
+      <c r="E67" s="123">
+        <v>10103348</v>
+      </c>
+      <c r="F67" s="102" t="s">
+        <v>591</v>
+      </c>
+      <c r="G67" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue aux Souris, 7 </v>
       </c>
-      <c r="H60" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K60" s="105" t="str">
+      <c r="H67" s="102" t="s">
+        <v>592</v>
+      </c>
+      <c r="I67" s="102" t="s">
+        <v>551</v>
+      </c>
+      <c r="J67" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K67" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>1400 NIVELLES</v>
       </c>
-      <c r="L60" s="103">
+      <c r="L67" s="100">
         <v>1400</v>
       </c>
-      <c r="M60" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N60" s="103">
+      <c r="M67" s="102" t="s">
+        <v>302</v>
+      </c>
+      <c r="N67" s="100">
         <v>25072</v>
       </c>
-      <c r="O60" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A61" s="103">
+      <c r="O67" s="102" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A68" s="100">
         <v>632106</v>
       </c>
-      <c r="B61" s="103" t="b">
+      <c r="B68" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C61" s="104">
+      <c r="C68" s="101">
         <v>408018622</v>
       </c>
-      <c r="D61" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G61" s="105" t="str">
+      <c r="D68" s="102" t="s">
+        <v>281</v>
+      </c>
+      <c r="E68" s="123">
+        <v>10093067</v>
+      </c>
+      <c r="F68" s="102" t="s">
+        <v>593</v>
+      </c>
+      <c r="G68" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Place du prieuré, 16 </v>
       </c>
-      <c r="H61" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K61" s="105" t="str">
+      <c r="H68" s="102" t="s">
+        <v>594</v>
+      </c>
+      <c r="I68" s="102" t="s">
+        <v>595</v>
+      </c>
+      <c r="J68" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K68" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6040 Jumet</v>
       </c>
-      <c r="L61" s="103">
+      <c r="L68" s="100">
         <v>6040</v>
       </c>
-      <c r="M61" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N61" s="103">
+      <c r="M68" s="102" t="s">
+        <v>596</v>
+      </c>
+      <c r="N68" s="100">
         <v>52011</v>
       </c>
-      <c r="O61" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A62" s="103">
+      <c r="O68" s="102" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A69" s="100">
         <v>632107</v>
       </c>
-      <c r="B62" s="103" t="b">
+      <c r="B69" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C62" s="104">
+      <c r="C69" s="101">
         <v>445076580</v>
       </c>
-      <c r="D62" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G62" s="105" t="str">
+      <c r="D69" s="102" t="s">
+        <v>597</v>
+      </c>
+      <c r="E69" s="123">
+        <v>10099490</v>
+      </c>
+      <c r="F69" s="102" t="s">
+        <v>598</v>
+      </c>
+      <c r="G69" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Zénobe Gramme, 42 </v>
       </c>
-      <c r="H62" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K62" s="105" t="str">
+      <c r="H69" s="102" t="s">
+        <v>599</v>
+      </c>
+      <c r="I69" s="102" t="s">
+        <v>600</v>
+      </c>
+      <c r="J69" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K69" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4280 HANNUT</v>
       </c>
-      <c r="L62" s="103">
+      <c r="L69" s="100">
         <v>4280</v>
       </c>
-      <c r="M62" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N62" s="103">
+      <c r="M69" s="102" t="s">
+        <v>304</v>
+      </c>
+      <c r="N69" s="100">
         <v>64034</v>
       </c>
-      <c r="O62" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A63" s="103">
+      <c r="O69" s="102" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A70" s="100">
         <v>632114</v>
       </c>
-      <c r="B63" s="103" t="b">
+      <c r="B70" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C63" s="104">
+      <c r="C70" s="101">
         <v>409115415</v>
       </c>
-      <c r="D63" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G63" s="105" t="str">
+      <c r="D70" s="102" t="s">
+        <v>282</v>
+      </c>
+      <c r="E70" s="123">
+        <v>10093232</v>
+      </c>
+      <c r="F70" s="102" t="s">
+        <v>601</v>
+      </c>
+      <c r="G70" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Chée W.Churchill, 28 </v>
       </c>
-      <c r="H63" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K63" s="105" t="str">
+      <c r="H70" s="102" t="s">
+        <v>602</v>
+      </c>
+      <c r="I70" s="102" t="s">
+        <v>442</v>
+      </c>
+      <c r="J70" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K70" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4420 Montegnée</v>
       </c>
-      <c r="L63" s="103">
+      <c r="L70" s="100">
         <v>4420</v>
       </c>
-      <c r="M63" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N63" s="103">
+      <c r="M70" s="102" t="s">
+        <v>603</v>
+      </c>
+      <c r="N70" s="100">
         <v>62051</v>
       </c>
-      <c r="O63" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A64" s="103">
+      <c r="O70" s="102" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A71" s="100">
         <v>632115</v>
       </c>
-      <c r="B64" s="103" t="b">
+      <c r="B71" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C64" s="104">
+      <c r="C71" s="101">
         <v>477431723</v>
       </c>
-      <c r="D64" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="105" t="str">
+      <c r="D71" s="102" t="s">
+        <v>283</v>
+      </c>
+      <c r="E71" s="123">
+        <v>10105186</v>
+      </c>
+      <c r="F71" s="102" t="s">
+        <v>604</v>
+      </c>
+      <c r="G71" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Jean-Hubert Cavens, 49 </v>
       </c>
-      <c r="H64" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K64" s="105" t="str">
+      <c r="H71" s="102" t="s">
+        <v>605</v>
+      </c>
+      <c r="I71" s="102" t="s">
+        <v>606</v>
+      </c>
+      <c r="J71" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K71" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4960 MALMEDY</v>
       </c>
-      <c r="L64" s="103">
+      <c r="L71" s="100">
         <v>4960</v>
       </c>
-      <c r="M64" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N64" s="103">
+      <c r="M71" s="102" t="s">
+        <v>305</v>
+      </c>
+      <c r="N71" s="100">
         <v>63049</v>
       </c>
-      <c r="O64" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A65" s="103">
+      <c r="O71" s="102" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="72" spans="1:15" ht="10.8" x14ac:dyDescent="0.25">
+      <c r="A72" s="100">
         <v>632117</v>
       </c>
-      <c r="B65" s="103" t="b">
+      <c r="B72" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C65" s="104">
+      <c r="C72" s="101">
         <v>456562469</v>
       </c>
-      <c r="D65" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="105" t="str">
+      <c r="D72" s="102" t="s">
+        <v>284</v>
+      </c>
+      <c r="E72" s="123">
+        <v>10101504</v>
+      </c>
+      <c r="F72" s="102" t="s">
+        <v>607</v>
+      </c>
+      <c r="G72" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de Charleville, 36c </v>
       </c>
-      <c r="H65" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K65" s="105" t="str">
+      <c r="H72" s="102" t="s">
+        <v>608</v>
+      </c>
+      <c r="I72" s="102" t="s">
+        <v>609</v>
+      </c>
+      <c r="J72" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K72" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6000 CHARLEROI</v>
       </c>
-      <c r="L65" s="103">
+      <c r="L72" s="100">
         <v>6000</v>
       </c>
-      <c r="M65" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N65" s="103">
+      <c r="M72" s="102" t="s">
+        <v>303</v>
+      </c>
+      <c r="N72" s="100">
         <v>52011</v>
       </c>
-      <c r="O65" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A66" s="103">
+      <c r="O72" s="102" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A73" s="100">
         <v>632118</v>
       </c>
-      <c r="B66" s="103" t="b">
+      <c r="B73" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C66" s="104">
+      <c r="C73" s="101">
         <v>423570195</v>
       </c>
-      <c r="D66" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="105" t="str">
+      <c r="D73" s="102" t="s">
+        <v>285</v>
+      </c>
+      <c r="E73" s="132">
+        <v>10095682</v>
+      </c>
+      <c r="F73" s="102" t="s">
+        <v>610</v>
+      </c>
+      <c r="G73" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Maghin, 76-78 </v>
       </c>
-      <c r="H66" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K66" s="105" t="str">
+      <c r="H73" s="102" t="s">
+        <v>611</v>
+      </c>
+      <c r="I73" s="102" t="s">
+        <v>612</v>
+      </c>
+      <c r="J73" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K73" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4000 LIEGE</v>
       </c>
-      <c r="L66" s="103">
+      <c r="L73" s="100">
         <v>4000</v>
       </c>
-      <c r="M66" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N66" s="103">
+      <c r="M73" s="102" t="s">
+        <v>301</v>
+      </c>
+      <c r="N73" s="100">
         <v>62063</v>
       </c>
-      <c r="O66" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A67" s="103">
+      <c r="O73" s="102" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A74" s="100">
         <v>632120</v>
       </c>
-      <c r="B67" s="103" t="b">
+      <c r="B74" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C67" s="104">
+      <c r="C74" s="101">
         <v>460322804</v>
       </c>
-      <c r="D67" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G67" s="105" t="str">
+      <c r="D74" s="102" t="s">
+        <v>286</v>
+      </c>
+      <c r="E74" s="132">
+        <v>10102246</v>
+      </c>
+      <c r="F74" s="102" t="s">
+        <v>613</v>
+      </c>
+      <c r="G74" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du Papillon, 45 </v>
       </c>
-      <c r="H67" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K67" s="105" t="str">
+      <c r="H74" s="102" t="s">
+        <v>614</v>
+      </c>
+      <c r="I74" s="102" t="s">
+        <v>424</v>
+      </c>
+      <c r="J74" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K74" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4100 SERAING</v>
       </c>
-      <c r="L67" s="103">
+      <c r="L74" s="100">
         <v>4100</v>
       </c>
-      <c r="M67" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N67" s="103">
+      <c r="M74" s="102" t="s">
+        <v>306</v>
+      </c>
+      <c r="N74" s="100">
         <v>62096</v>
       </c>
-      <c r="O67" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A68" s="103">
+      <c r="O74" s="102" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A75" s="100">
         <v>632122</v>
       </c>
-      <c r="B68" s="103" t="b">
+      <c r="B75" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C68" s="104">
+      <c r="C75" s="101">
         <v>479209395</v>
       </c>
-      <c r="D68" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G68" s="105" t="str">
+      <c r="D75" s="102" t="s">
+        <v>287</v>
+      </c>
+      <c r="E75" s="132">
+        <v>10093870</v>
+      </c>
+      <c r="F75" s="102" t="s">
+        <v>615</v>
+      </c>
+      <c r="G75" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Saint-Laurent, 174 </v>
       </c>
-      <c r="H68" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K68" s="105" t="str">
+      <c r="H75" s="102" t="s">
+        <v>616</v>
+      </c>
+      <c r="I75" s="102" t="s">
+        <v>617</v>
+      </c>
+      <c r="J75" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K75" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4000 LIEGE</v>
       </c>
-      <c r="L68" s="103">
+      <c r="L75" s="100">
         <v>4000</v>
       </c>
-      <c r="M68" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N68" s="103">
+      <c r="M75" s="102" t="s">
+        <v>301</v>
+      </c>
+      <c r="N75" s="100">
         <v>62063</v>
       </c>
-      <c r="O68" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A69" s="103">
+      <c r="O75" s="102" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A76" s="100">
         <v>632124</v>
       </c>
-      <c r="B69" s="103" t="b">
+      <c r="B76" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C69" s="104">
+      <c r="C76" s="101">
         <v>874941483</v>
       </c>
-      <c r="D69" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G69" s="105" t="str">
+      <c r="D76" s="102" t="s">
+        <v>288</v>
+      </c>
+      <c r="E76" s="132">
+        <v>10118955</v>
+      </c>
+      <c r="F76" s="102" t="s">
+        <v>618</v>
+      </c>
+      <c r="G76" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du Moulin, 65 </v>
       </c>
-      <c r="H69" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K69" s="105" t="str">
+      <c r="H76" s="102" t="s">
+        <v>619</v>
+      </c>
+      <c r="I76" s="102" t="s">
+        <v>620</v>
+      </c>
+      <c r="J76" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K76" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4684 HACCOURT</v>
       </c>
-      <c r="L69" s="103">
+      <c r="L76" s="100">
         <v>4684</v>
       </c>
-      <c r="M69" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N69" s="103">
+      <c r="M76" s="102" t="s">
+        <v>307</v>
+      </c>
+      <c r="N76" s="100">
         <v>62079</v>
       </c>
-      <c r="O69" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A70" s="103">
+      <c r="O76" s="102" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A77" s="100">
         <v>632125</v>
       </c>
-      <c r="B70" s="103" t="b">
+      <c r="B77" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C70" s="104">
+      <c r="C77" s="101">
         <v>415450703</v>
       </c>
-      <c r="D70" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G70" s="105" t="str">
+      <c r="D77" s="102" t="s">
+        <v>289</v>
+      </c>
+      <c r="E77" s="132">
+        <v>10094102</v>
+      </c>
+      <c r="F77" s="102" t="s">
+        <v>621</v>
+      </c>
+      <c r="G77" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Avenue Wuidar, 79 </v>
       </c>
-      <c r="H70" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K70" s="105" t="str">
+      <c r="H77" s="102" t="s">
+        <v>622</v>
+      </c>
+      <c r="I77" s="102" t="s">
+        <v>623</v>
+      </c>
+      <c r="J77" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K77" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4102 Ougrée</v>
       </c>
-      <c r="L70" s="103">
+      <c r="L77" s="100">
         <v>4102</v>
       </c>
-      <c r="M70" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N70" s="103">
+      <c r="M77" s="102" t="s">
+        <v>624</v>
+      </c>
+      <c r="N77" s="100">
         <v>62096</v>
       </c>
-      <c r="O70" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A71" s="103">
+      <c r="O77" s="102" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A78" s="100">
         <v>632126</v>
       </c>
-      <c r="B71" s="103" t="b">
+      <c r="B78" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C71" s="104">
+      <c r="C78" s="101">
         <v>460362394</v>
       </c>
-      <c r="D71" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G71" s="105" t="str">
+      <c r="D78" s="102" t="s">
+        <v>290</v>
+      </c>
+      <c r="E78" s="132">
+        <v>10102255</v>
+      </c>
+      <c r="F78" s="102" t="s">
+        <v>625</v>
+      </c>
+      <c r="G78" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Avenue François Cornesse, 61 </v>
       </c>
-      <c r="H71" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K71" s="105" t="str">
+      <c r="H78" s="102" t="s">
+        <v>626</v>
+      </c>
+      <c r="I78" s="102" t="s">
+        <v>627</v>
+      </c>
+      <c r="J78" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K78" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6920 Aywaille</v>
       </c>
-      <c r="L71" s="103">
+      <c r="L78" s="100">
         <v>6920</v>
       </c>
-      <c r="M71" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N71" s="103">
+      <c r="M78" s="102" t="s">
+        <v>628</v>
+      </c>
+      <c r="N78" s="100">
         <v>62026</v>
       </c>
-      <c r="O71" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A72" s="103">
+      <c r="O78" s="102" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A79" s="100">
         <v>632128</v>
       </c>
-      <c r="B72" s="103" t="b">
+      <c r="B79" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C72" s="104">
+      <c r="C79" s="101">
         <v>424707174</v>
       </c>
-      <c r="D72" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G72" s="105" t="str">
+      <c r="D79" s="102" t="s">
+        <v>291</v>
+      </c>
+      <c r="E79" s="132">
+        <v>10095871</v>
+      </c>
+      <c r="F79" s="102" t="s">
+        <v>630</v>
+      </c>
+      <c r="G79" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de la Fontaine, 53 </v>
       </c>
-      <c r="H72" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K72" s="105" t="str">
+      <c r="H79" s="102" t="s">
+        <v>446</v>
+      </c>
+      <c r="I79" s="102" t="s">
+        <v>631</v>
+      </c>
+      <c r="J79" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K79" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4600 VISE</v>
       </c>
-      <c r="L72" s="103">
+      <c r="L79" s="100">
         <v>4600</v>
       </c>
-      <c r="M72" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N72" s="103">
+      <c r="M79" s="102" t="s">
+        <v>632</v>
+      </c>
+      <c r="N79" s="100">
         <v>62051</v>
       </c>
-      <c r="O72" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A73" s="103">
+      <c r="O79" s="102" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A80" s="100">
         <v>632129</v>
       </c>
-      <c r="B73" s="103" t="b">
+      <c r="B80" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C73" s="104">
+      <c r="C80" s="101">
         <v>542668775</v>
       </c>
-      <c r="D73" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="105" t="str">
+      <c r="D80" s="102" t="s">
+        <v>292</v>
+      </c>
+      <c r="E80" s="132">
+        <v>10107223</v>
+      </c>
+      <c r="F80" s="102" t="s">
+        <v>633</v>
+      </c>
+      <c r="G80" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">place du Nord Michel Levie, 22 </v>
       </c>
-      <c r="H73" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K73" s="105" t="str">
+      <c r="H80" s="102" t="s">
+        <v>634</v>
+      </c>
+      <c r="I80" s="102" t="s">
+        <v>387</v>
+      </c>
+      <c r="J80" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K80" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6000 Charleroi</v>
       </c>
-      <c r="L73" s="103">
+      <c r="L80" s="100">
         <v>6000</v>
       </c>
-      <c r="M73" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N73" s="103">
+      <c r="M80" s="102" t="s">
+        <v>635</v>
+      </c>
+      <c r="N80" s="100">
         <v>52011</v>
       </c>
-      <c r="O73" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A74" s="103">
+      <c r="O80" s="102" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A81" s="100">
         <v>632135</v>
       </c>
-      <c r="B74" s="103" t="b">
+      <c r="B81" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C74" s="104">
+      <c r="C81" s="101">
         <v>418658928</v>
       </c>
-      <c r="D74" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="105" t="str">
+      <c r="D81" s="102" t="s">
+        <v>293</v>
+      </c>
+      <c r="E81" s="132">
+        <v>10094726</v>
+      </c>
+      <c r="F81" s="102" t="s">
+        <v>636</v>
+      </c>
+      <c r="G81" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Defuisseaux, 96 </v>
       </c>
-      <c r="H74" s="105" t="s">
-[...2 lines deleted...]
-      <c r="I74" s="105" t="s">
+      <c r="H81" s="102" t="s">
         <v>637</v>
       </c>
-      <c r="J74" s="105" t="s">
-[...2 lines deleted...]
-      <c r="K74" s="105" t="str">
+      <c r="I81" s="102" t="s">
+        <v>638</v>
+      </c>
+      <c r="J81" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K81" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7333 TERTRE</v>
       </c>
-      <c r="L74" s="103">
+      <c r="L81" s="100">
         <v>7333</v>
       </c>
-      <c r="M74" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N74" s="103">
+      <c r="M81" s="102" t="s">
+        <v>639</v>
+      </c>
+      <c r="N81" s="100">
         <v>53070</v>
       </c>
-      <c r="O74" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A75" s="103">
+      <c r="O81" s="102" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A82" s="100">
         <v>632137</v>
       </c>
-      <c r="B75" s="103" t="b">
+      <c r="B82" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C75" s="104">
+      <c r="C82" s="101">
         <v>434080443</v>
       </c>
-      <c r="D75" s="105" t="s">
-[...5 lines deleted...]
-      <c r="F75" s="105" t="s">
+      <c r="D82" s="102" t="s">
+        <v>294</v>
+      </c>
+      <c r="E82" s="132">
+        <v>10097628</v>
+      </c>
+      <c r="F82" s="102" t="s">
         <v>640</v>
       </c>
-      <c r="G75" s="105" t="str">
+      <c r="G82" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v>Av. Georges-Truffaut, 18 bte 1</v>
       </c>
-      <c r="H75" s="105" t="s">
+      <c r="H82" s="102" t="s">
         <v>641</v>
       </c>
-      <c r="I75" s="105" t="s">
-[...2 lines deleted...]
-      <c r="J75" s="105" t="s">
+      <c r="I82" s="102" t="s">
+        <v>407</v>
+      </c>
+      <c r="J82" s="102" t="s">
         <v>642</v>
       </c>
-      <c r="K75" s="105" t="str">
+      <c r="K82" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4020 BRESSOUX</v>
       </c>
-      <c r="L75" s="103">
+      <c r="L82" s="100">
         <v>4020</v>
       </c>
-      <c r="M75" s="105" t="s">
+      <c r="M82" s="102" t="s">
         <v>643</v>
       </c>
-      <c r="N75" s="103">
+      <c r="N82" s="100">
         <v>62063</v>
       </c>
-      <c r="O75" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A76" s="103">
+      <c r="O82" s="102" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A83" s="100">
         <v>632138</v>
       </c>
-      <c r="B76" s="103" t="b">
+      <c r="B83" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C76" s="104">
+      <c r="C83" s="101">
         <v>409201329</v>
       </c>
-      <c r="D76" s="105" t="s">
+      <c r="D83" s="102" t="s">
+        <v>295</v>
+      </c>
+      <c r="E83" s="132">
+        <v>10093249</v>
+      </c>
+      <c r="F83" s="102" t="s">
         <v>644</v>
       </c>
-      <c r="E76" s="106">
-[...5 lines deleted...]
-      <c r="G76" s="105" t="str">
+      <c r="G83" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Place de Ghlin, 19 </v>
       </c>
-      <c r="H76" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K76" s="105" t="str">
+      <c r="H83" s="102" t="s">
+        <v>645</v>
+      </c>
+      <c r="I83" s="102" t="s">
+        <v>433</v>
+      </c>
+      <c r="J83" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K83" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7011 GHLIN</v>
       </c>
-      <c r="L76" s="103">
+      <c r="L83" s="100">
         <v>7011</v>
       </c>
-      <c r="M76" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N76" s="103">
+      <c r="M83" s="102" t="s">
+        <v>308</v>
+      </c>
+      <c r="N83" s="100">
         <v>53053</v>
       </c>
-      <c r="O76" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A77" s="103">
+      <c r="O83" s="102" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A84" s="100">
         <v>632139</v>
       </c>
-      <c r="B77" s="103" t="b">
+      <c r="B84" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C77" s="104">
+      <c r="C84" s="101">
         <v>441372467</v>
       </c>
-      <c r="D77" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G77" s="105" t="str">
+      <c r="D84" s="102" t="s">
+        <v>296</v>
+      </c>
+      <c r="E84" s="132">
+        <v>10098859</v>
+      </c>
+      <c r="F84" s="102" t="s">
+        <v>646</v>
+      </c>
+      <c r="G84" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">rue Xhrouet, 10 </v>
       </c>
-      <c r="H77" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K77" s="105" t="str">
+      <c r="H84" s="102" t="s">
+        <v>647</v>
+      </c>
+      <c r="I84" s="102" t="s">
+        <v>360</v>
+      </c>
+      <c r="J84" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K84" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4900 SPA</v>
       </c>
-      <c r="L77" s="103">
+      <c r="L84" s="100">
         <v>4900</v>
       </c>
-      <c r="M77" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N77" s="103">
+      <c r="M84" s="102" t="s">
+        <v>309</v>
+      </c>
+      <c r="N84" s="100">
         <v>63072</v>
       </c>
-      <c r="O77" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A78" s="103">
+      <c r="O84" s="102" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A85" s="100">
         <v>632143</v>
       </c>
-      <c r="B78" s="103" t="b">
+      <c r="B85" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C78" s="104">
+      <c r="C85" s="101">
         <v>460065753</v>
       </c>
-      <c r="D78" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="105" t="str">
+      <c r="D85" s="102" t="s">
+        <v>297</v>
+      </c>
+      <c r="E85" s="132">
+        <v>10102189</v>
+      </c>
+      <c r="F85" s="102" t="s">
+        <v>648</v>
+      </c>
+      <c r="G85" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Xhovémont, 172 </v>
       </c>
-      <c r="H78" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K78" s="105" t="str">
+      <c r="H85" s="102" t="s">
+        <v>649</v>
+      </c>
+      <c r="I85" s="102" t="s">
+        <v>650</v>
+      </c>
+      <c r="J85" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K85" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4000 LIEGE</v>
       </c>
-      <c r="L78" s="103">
+      <c r="L85" s="100">
         <v>4000</v>
       </c>
-      <c r="M78" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N78" s="103">
+      <c r="M85" s="102" t="s">
+        <v>301</v>
+      </c>
+      <c r="N85" s="100">
         <v>62063</v>
       </c>
-      <c r="O78" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A79" s="103">
+      <c r="O85" s="102" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A86" s="100">
         <v>632144</v>
       </c>
-      <c r="B79" s="103" t="b">
+      <c r="B86" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C79" s="104">
+      <c r="C86" s="101">
         <v>458205432</v>
       </c>
-      <c r="D79" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="105" t="str">
+      <c r="D86" s="102" t="s">
+        <v>651</v>
+      </c>
+      <c r="E86" s="132">
+        <v>10101849</v>
+      </c>
+      <c r="F86" s="102" t="s">
+        <v>652</v>
+      </c>
+      <c r="G86" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue de l'abbaye de Liessies, 2 </v>
       </c>
-      <c r="H79" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K79" s="105" t="str">
+      <c r="H86" s="102" t="s">
+        <v>653</v>
+      </c>
+      <c r="I86" s="102" t="s">
+        <v>557</v>
+      </c>
+      <c r="J86" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K86" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6044 ROUX</v>
       </c>
-      <c r="L79" s="103">
+      <c r="L86" s="100">
         <v>6044</v>
       </c>
-      <c r="M79" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N79" s="103">
+      <c r="M86" s="102" t="s">
+        <v>314</v>
+      </c>
+      <c r="N86" s="100">
         <v>52011</v>
       </c>
-      <c r="O79" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A80" s="103">
+      <c r="O86" s="102" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A87" s="100">
         <v>632147</v>
       </c>
-      <c r="B80" s="103" t="b">
+      <c r="B87" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C80" s="104">
+      <c r="C87" s="101">
         <v>456157148</v>
       </c>
-      <c r="D80" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G80" s="105" t="str">
+      <c r="D87" s="102" t="s">
+        <v>654</v>
+      </c>
+      <c r="E87" s="132">
+        <v>10101437</v>
+      </c>
+      <c r="F87" s="102" t="s">
+        <v>655</v>
+      </c>
+      <c r="G87" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">avenue de la Gare, 88 </v>
       </c>
-      <c r="H80" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K80" s="105" t="str">
+      <c r="H87" s="102" t="s">
+        <v>656</v>
+      </c>
+      <c r="I87" s="102" t="s">
+        <v>657</v>
+      </c>
+      <c r="J87" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K87" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6990 MELREUX</v>
       </c>
-      <c r="L80" s="103">
+      <c r="L87" s="100">
         <v>6990</v>
       </c>
-      <c r="M80" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N80" s="103">
+      <c r="M87" s="102" t="s">
+        <v>658</v>
+      </c>
+      <c r="N87" s="100">
         <v>83028</v>
       </c>
-      <c r="O80" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A81" s="103">
+      <c r="O87" s="102" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A88" s="100">
         <v>632148</v>
       </c>
-      <c r="B81" s="103" t="b">
+      <c r="B88" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C81" s="104">
+      <c r="C88" s="101">
         <v>446997081</v>
       </c>
-      <c r="D81" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="105" t="str">
+      <c r="D88" s="102" t="s">
+        <v>298</v>
+      </c>
+      <c r="E88" s="132">
+        <v>10099835</v>
+      </c>
+      <c r="F88" s="102" t="s">
+        <v>659</v>
+      </c>
+      <c r="G88" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue du Brutz, 3 </v>
       </c>
-      <c r="H81" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K81" s="105" t="str">
+      <c r="H88" s="102" t="s">
+        <v>660</v>
+      </c>
+      <c r="I88" s="102" t="s">
+        <v>482</v>
+      </c>
+      <c r="J88" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K88" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6830 BOUILLON</v>
       </c>
-      <c r="L81" s="103">
+      <c r="L88" s="100">
         <v>6830</v>
       </c>
-      <c r="M81" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N81" s="103">
+      <c r="M88" s="102" t="s">
+        <v>310</v>
+      </c>
+      <c r="N88" s="100">
         <v>84010</v>
       </c>
-      <c r="O81" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A82" s="103">
+      <c r="O88" s="102" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A89" s="100">
+        <v>632149</v>
+      </c>
+      <c r="B89" s="100" t="b">
+        <v>1</v>
+      </c>
+      <c r="C89" s="101">
+        <v>887067473</v>
+      </c>
+      <c r="D89" s="102" t="s">
+        <v>299</v>
+      </c>
+      <c r="E89" s="132"/>
+      <c r="F89" s="102" t="s">
+        <v>661</v>
+      </c>
+      <c r="G89" s="102" t="str">
+        <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
+        <v xml:space="preserve">allée des Mélèzes, 13/7 </v>
+      </c>
+      <c r="H89" s="102" t="s">
+        <v>662</v>
+      </c>
+      <c r="I89" s="102" t="s">
+        <v>663</v>
+      </c>
+      <c r="J89" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K89" s="102" t="str">
+        <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
+        <v>7000 MONS</v>
+      </c>
+      <c r="L89" s="100">
+        <v>7000</v>
+      </c>
+      <c r="M89" s="102" t="s">
+        <v>311</v>
+      </c>
+      <c r="N89" s="100">
+        <v>53053</v>
+      </c>
+      <c r="O89" s="102" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A90" s="100">
         <v>632152</v>
       </c>
-      <c r="B82" s="103" t="b">
+      <c r="B90" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C82" s="104">
+      <c r="C90" s="101">
         <v>863787374</v>
       </c>
-      <c r="D82" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G82" s="105" t="str">
+      <c r="D90" s="102" t="s">
+        <v>300</v>
+      </c>
+      <c r="E90" s="132">
+        <v>10117960</v>
+      </c>
+      <c r="F90" s="102" t="s">
+        <v>664</v>
+      </c>
+      <c r="G90" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Saint Roch, 4 </v>
       </c>
-      <c r="H82" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K82" s="105" t="str">
+      <c r="H90" s="102" t="s">
+        <v>665</v>
+      </c>
+      <c r="I90" s="102" t="s">
+        <v>438</v>
+      </c>
+      <c r="J90" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K90" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>6180 COURCELLES</v>
       </c>
-      <c r="L82" s="103">
+      <c r="L90" s="100">
         <v>6180</v>
       </c>
-      <c r="M82" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N82" s="103">
+      <c r="M90" s="102" t="s">
+        <v>316</v>
+      </c>
+      <c r="N90" s="100">
         <v>52015</v>
       </c>
-      <c r="O82" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A83" s="103">
+      <c r="O90" s="102" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="91" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A91" s="100">
         <v>632153</v>
       </c>
-      <c r="B83" s="103" t="b">
+      <c r="B91" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C83" s="104">
+      <c r="C91" s="101">
         <v>431879038</v>
       </c>
-      <c r="D83" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G83" s="105" t="str">
+      <c r="D91" s="102" t="s">
+        <v>666</v>
+      </c>
+      <c r="E91" s="132">
+        <v>10097225</v>
+      </c>
+      <c r="F91" s="102" t="s">
+        <v>667</v>
+      </c>
+      <c r="G91" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Grande Campagne, 56 </v>
       </c>
-      <c r="H83" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K83" s="105" t="str">
+      <c r="H91" s="102" t="s">
+        <v>668</v>
+      </c>
+      <c r="I91" s="102" t="s">
+        <v>566</v>
+      </c>
+      <c r="J91" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K91" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>7301 HORNU</v>
       </c>
-      <c r="L83" s="103">
+      <c r="L91" s="100">
         <v>7301</v>
       </c>
-      <c r="M83" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N83" s="103">
+      <c r="M91" s="102" t="s">
+        <v>312</v>
+      </c>
+      <c r="N91" s="100">
         <v>53014</v>
       </c>
-      <c r="O83" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A84" s="103">
+      <c r="O91" s="102" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="92" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A92" s="100">
         <v>632154</v>
       </c>
-      <c r="B84" s="103" t="b">
+      <c r="B92" s="100" t="b">
         <v>1</v>
       </c>
-      <c r="C84" s="104">
+      <c r="C92" s="101">
         <v>410901106</v>
       </c>
-      <c r="D84" s="105" t="s">
-[...8 lines deleted...]
-      <c r="G84" s="105" t="str">
+      <c r="D92" s="102" t="s">
+        <v>669</v>
+      </c>
+      <c r="E92" s="132">
+        <v>10093499</v>
+      </c>
+      <c r="F92" s="102" t="s">
+        <v>670</v>
+      </c>
+      <c r="G92" s="102" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Rue Paul Janson, 21 </v>
       </c>
-      <c r="H84" s="105" t="s">
-[...8 lines deleted...]
-      <c r="K84" s="105" t="str">
+      <c r="H92" s="102" t="s">
+        <v>671</v>
+      </c>
+      <c r="I92" s="102" t="s">
+        <v>672</v>
+      </c>
+      <c r="J92" s="102" t="s">
+        <v>322</v>
+      </c>
+      <c r="K92" s="102" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4800 VERVIERS</v>
       </c>
-      <c r="L84" s="103">
+      <c r="L92" s="100">
         <v>4800</v>
       </c>
-      <c r="M84" s="105" t="s">
-[...2 lines deleted...]
-      <c r="N84" s="103">
+      <c r="M92" s="102" t="s">
+        <v>313</v>
+      </c>
+      <c r="N92" s="100">
         <v>63079</v>
       </c>
-      <c r="O84" s="105" t="s">
-[...4 lines deleted...]
-      <c r="A85" s="107">
+      <c r="O92" s="102" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="93" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A93" s="104">
         <v>632157</v>
       </c>
-      <c r="B85" s="107" t="b">
+      <c r="B93" s="104" t="b">
         <v>1</v>
       </c>
-      <c r="C85" s="108">
+      <c r="C93" s="105">
         <v>460362394</v>
       </c>
-      <c r="D85" s="109" t="s">
-[...8 lines deleted...]
-      <c r="G85" s="109" t="str">
+      <c r="D93" s="106" t="s">
+        <v>290</v>
+      </c>
+      <c r="E93" s="132">
+        <v>10102255</v>
+      </c>
+      <c r="F93" s="106" t="s">
+        <v>673</v>
+      </c>
+      <c r="G93" s="106" t="str">
         <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
         <v xml:space="preserve">Place Delcour, 1 </v>
       </c>
-      <c r="H85" s="109" t="s">
-[...8 lines deleted...]
-      <c r="K85" s="109" t="str">
+      <c r="H93" s="106" t="s">
+        <v>674</v>
+      </c>
+      <c r="I93" s="106" t="s">
+        <v>321</v>
+      </c>
+      <c r="J93" s="106" t="s">
+        <v>322</v>
+      </c>
+      <c r="K93" s="106" t="str">
         <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
         <v>4180 HAMOIR</v>
       </c>
-      <c r="L85" s="107">
+      <c r="L93" s="104">
         <v>4180</v>
       </c>
-      <c r="M85" s="109" t="s">
-[...2 lines deleted...]
-      <c r="N85" s="107">
+      <c r="M93" s="106" t="s">
+        <v>675</v>
+      </c>
+      <c r="N93" s="104">
         <v>61024</v>
       </c>
-      <c r="O85" s="109" t="s">
-[...36 lines deleted...]
-        <v>2023</v>
+      <c r="O93" s="106" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A94" s="115">
-[...1 lines deleted...]
-      </c>
+      <c r="A94" s="128"/>
+      <c r="B94" s="128"/>
+      <c r="C94" s="129"/>
+      <c r="D94" s="130"/>
+      <c r="E94" s="133"/>
+      <c r="F94" s="130"/>
+      <c r="G94" s="131" t="str">
+        <f>Tableau1[[#This Row],[8]]&amp;", "&amp;Tableau1[[#This Row],[9]]&amp;" " &amp;Tableau1[[#This Row],[10]]</f>
+        <v xml:space="preserve">,  </v>
+      </c>
+      <c r="H94" s="130"/>
+      <c r="I94" s="130"/>
+      <c r="J94" s="130"/>
+      <c r="K94" s="131" t="str">
+        <f>Tableau1[[#This Row],[12]]&amp;" " &amp;Tableau1[[#This Row],[13]]</f>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="L94" s="128"/>
+      <c r="M94" s="130"/>
+      <c r="N94" s="128"/>
+      <c r="O94" s="130"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="8hw4ALlIE/ZVzq4Iw9TNe5HZYkLvRSEia611JfBHD+Jm50mSJR22yjkej0vHZsmQBBRR1uFz0WoYHUsVdbHuag==" saltValue="QdFp9InpO5p1mmORn5tmgg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection selectLockedCells="1"/>
+  <phoneticPr fontId="32" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <tableParts count="2">
+  <tableParts count="1">
     <tablePart r:id="rId2"/>
-    <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A7B96120F6962F4A9FB63455DDF13C7B" ma:contentTypeVersion="65" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="2facc1c33ff9a71298b24e5a85e416f2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae15fa5f-b403-4381-a580-09fbf140b541" xmlns:ns3="87cb0adf-676e-44ce-9015-52ee2404b255" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="108d501c9e1816ce2a0482e8b19e8d18" ns2:_="" ns3:_="">
+    <xsd:import namespace="ae15fa5f-b403-4381-a580-09fbf140b541"/>
+    <xsd:import namespace="87cb0adf-676e-44ce-9015-52ee2404b255"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:TYPE_DOS"/>
+                <xsd:element ref="ns2:COM_ID" minOccurs="0"/>
+                <xsd:element ref="ns2:Avis_CSA" minOccurs="0"/>
+                <xsd:element ref="ns2:RemarqueCSA" minOccurs="0"/>
+                <xsd:element ref="ns2:OP" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:Att_fin" minOccurs="0"/>
+                <xsd:element ref="ns2:Secteur" minOccurs="0"/>
+                <xsd:element ref="ns2:Att_D_x00e9_but" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_planning" minOccurs="0"/>
+                <xsd:element ref="ns2:Datestatuts" minOccurs="0"/>
+                <xsd:element ref="ns2:Eng_J" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:COM_ID_x003a__x0020_RW_COM" minOccurs="0"/>
+                <xsd:element ref="ns2:COM_ID_x003a__x0020_Date_COM" minOccurs="0"/>
+                <xsd:element ref="ns2:COM_ID_x003a__x0020_remarque" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:OP_x003a__x0020_AGR_LIB" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Eng_J_x003a_INTITULE" minOccurs="0"/>
+                <xsd:element ref="ns2:Eng_J_x003a_Exercice" minOccurs="0"/>
+                <xsd:element ref="ns2:Eng_J_x003a_Visa" minOccurs="0"/>
+                <xsd:element ref="ns2:Eng_J_x003a_DF" minOccurs="0"/>
+                <xsd:element ref="ns2:MontantDC" minOccurs="0"/>
+                <xsd:element ref="ns2:PO" minOccurs="0"/>
+                <xsd:element ref="ns2:PO_x003a__x0020_PO_LIB" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:TYPE_AGR" minOccurs="0"/>
+                <xsd:element ref="ns3:Exercice" minOccurs="0"/>
+                <xsd:element ref="ns3:SUIVI_pièce" minOccurs="0"/>
+                <xsd:element ref="ns2:Perso_remarque" minOccurs="0"/>
+                <xsd:element ref="ns2:REF_DC" minOccurs="0"/>
+                <xsd:element ref="ns2:REF_DC_x003a__x0020_DC_ANNEEL" minOccurs="0"/>
+                <xsd:element ref="ns2:REF_DC_x003a__x0020_DC_MONTANT" minOccurs="0"/>
+                <xsd:element ref="ns2:REF_DC_x003a__x0020_DC_VISA" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:REF_DC_x003a__x0020_DC_SITU" minOccurs="0"/>
+                <xsd:element ref="ns2:REF_DC_x003a__x0020_DC_LIQ_DATE" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ae15fa5f-b403-4381-a580-09fbf140b541" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TYPE_DOS" ma:index="1" ma:displayName="TYPE_DOS" ma:default="Autre" ma:format="Dropdown" ma:indexed="true" ma:internalName="TYPE_DOS">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Inspection"/>
+          <xsd:enumeration value="Subvention"/>
+          <xsd:enumeration value="Modèle"/>
+          <xsd:enumeration value="Rapport"/>
+          <xsd:enumeration value="Textes"/>
+          <xsd:enumeration value="Liste"/>
+          <xsd:enumeration value="Autre"/>
+          <xsd:enumeration value="ICON"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="COM_ID" ma:index="3" nillable="true" ma:displayName="COM_ID" ma:format="Dropdown" ma:list="ba653cff-be45-4cd1-b79d-4d61f83b1955" ma:internalName="COM_ID" ma:readOnly="false" ma:showField="COM_ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Avis_CSA" ma:index="4" nillable="true" ma:displayName="Avis_CSA" ma:default="Favorable" ma:format="Dropdown" ma:internalName="Avis_CSA" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Favorable"/>
+          <xsd:enumeration value="Défavorable"/>
+          <xsd:enumeration value="Report"/>
+          <xsd:enumeration value="Mitigé"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="RemarqueCSA" ma:index="5" nillable="true" ma:displayName="RemarqueCSA" ma:format="Dropdown" ma:internalName="RemarqueCSA" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="OP" ma:index="6" nillable="true" ma:displayName="OP" ma:format="Dropdown" ma:indexed="true" ma:list="528ac69a-111c-4068-b0d8-f694cab0fa33" ma:internalName="OP" ma:showField="AGR_ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="7" nillable="true" ma:displayName="État de validation" ma:internalName="_x00c9_tat_x0020_de_x0020_validation" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Att_fin" ma:index="9" nillable="true" ma:displayName="Att_fin" ma:format="DateOnly" ma:internalName="Att_fin" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Secteur" ma:index="10" nillable="true" ma:displayName="Secteur" ma:format="Dropdown" ma:internalName="Secteur" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="SIS"/>
+          <xsd:enumeration value="SMD"/>
+          <xsd:enumeration value="CDR OCE"/>
+          <xsd:enumeration value="Facultatif"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Att_D_x00e9_but" ma:index="11" nillable="true" ma:displayName="Att_Début" ma:format="DateOnly" ma:internalName="Att_D_x00e9_but" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Date_planning" ma:index="12" nillable="true" ma:displayName="Date_planning" ma:format="DateOnly" ma:internalName="Date_planning" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Datestatuts" ma:index="13" nillable="true" ma:displayName="Date statuts" ma:format="DateOnly" ma:internalName="Datestatuts" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Eng_J" ma:index="14" nillable="true" ma:displayName="Eng_J" ma:list="{7468fbe8-c469-48a4-8ed2-759a58de5e23}" ma:internalName="Eng_J" ma:readOnly="false" ma:showField="ENG_EJ">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cc4018d8-b214-4a48-af45-02710e18d619" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:hidden="true" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="22" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="COM_ID_x003a__x0020_RW_COM" ma:index="25" nillable="true" ma:displayName="COM_ID: RW_COM" ma:format="Dropdown" ma:hidden="true" ma:list="ba653cff-be45-4cd1-b79d-4d61f83b1955" ma:internalName="COM_ID_x003a__x0020_RW_COM" ma:readOnly="true" ma:showField="Title">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="COM_ID_x003a__x0020_Date_COM" ma:index="26" nillable="true" ma:displayName="COM_ID: Date_COM" ma:format="Dropdown" ma:hidden="true" ma:list="ba653cff-be45-4cd1-b79d-4d61f83b1955" ma:internalName="COM_ID_x003a__x0020_Date_COM" ma:readOnly="true" ma:showField="Date_COM">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="COM_ID_x003a__x0020_remarque" ma:index="27" nillable="true" ma:displayName="COM_ID: remarque" ma:format="Dropdown" ma:hidden="true" ma:list="ba653cff-be45-4cd1-b79d-4d61f83b1955" ma:internalName="COM_ID_x003a__x0020_remarque" ma:readOnly="true" ma:showField="remarque">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="OP_x003a__x0020_AGR_LIB" ma:index="29" nillable="true" ma:displayName="OP: AGR_LIB" ma:hidden="true" ma:list="528ac69a-111c-4068-b0d8-f694cab0fa33" ma:internalName="OP_x003a__x0020_AGR_LIB" ma:readOnly="true" ma:showField="Title">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="31" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Eng_J_x003a_INTITULE" ma:index="33" nillable="true" ma:displayName="Eng_J:INTITULE" ma:hidden="true" ma:list="{7468fbe8-c469-48a4-8ed2-759a58de5e23}" ma:internalName="Eng_J_x003a_INTITULE" ma:readOnly="true" ma:showField="Title" ma:web="87cb0adf-676e-44ce-9015-52ee2404b255">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Eng_J_x003a_Exercice" ma:index="34" nillable="true" ma:displayName="Eng_J:Exercice" ma:hidden="true" ma:list="{7468fbe8-c469-48a4-8ed2-759a58de5e23}" ma:internalName="Eng_J_x003a_Exercice" ma:readOnly="true" ma:showField="Exercice" ma:web="87cb0adf-676e-44ce-9015-52ee2404b255">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Eng_J_x003a_Visa" ma:index="35" nillable="true" ma:displayName="Eng_J:Visa" ma:hidden="true" ma:list="{7468fbe8-c469-48a4-8ed2-759a58de5e23}" ma:internalName="Eng_J_x003a_Visa" ma:readOnly="true" ma:showField="Visa" ma:web="87cb0adf-676e-44ce-9015-52ee2404b255">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Eng_J_x003a_DF" ma:index="36" nillable="true" ma:displayName="Eng_J:DF" ma:hidden="true" ma:list="{7468fbe8-c469-48a4-8ed2-759a58de5e23}" ma:internalName="Eng_J_x003a_DF" ma:readOnly="true" ma:showField="DF" ma:web="87cb0adf-676e-44ce-9015-52ee2404b255">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MontantDC" ma:index="38" nillable="true" ma:displayName="MontantDC" ma:decimals="2" ma:format="Dropdown" ma:internalName="MontantDC" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PO" ma:index="39" nillable="true" ma:displayName="PO" ma:format="Dropdown" ma:list="45082860-fe57-4254-8c00-d40c04fe7813" ma:internalName="PO" ma:showField="PO_BCE_ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="PO_x003a__x0020_PO_LIB" ma:index="40" nillable="true" ma:displayName="PO: PO_LIB" ma:format="Dropdown" ma:list="45082860-fe57-4254-8c00-d40c04fe7813" ma:internalName="PO_x003a__x0020_PO_LIB" ma:readOnly="true" ma:showField="Title">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="41" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TYPE_AGR" ma:index="42" nillable="true" ma:displayName="TYPE_AGR" ma:format="Dropdown" ma:internalName="TYPE_AGR">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Nouvel Agr"/>
+          <xsd:enumeration value="Retrait Agr"/>
+          <xsd:enumeration value="Suspension AGr"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Perso_remarque" ma:index="45" nillable="true" ma:displayName="RemarqueAdd" ma:format="Dropdown" ma:internalName="Perso_remarque">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="REF_DC" ma:index="46" nillable="true" ma:displayName="REF_DC" ma:format="Dropdown" ma:list="fab613ed-2758-47a1-82a1-404bf2dd7031" ma:internalName="REF_DC" ma:showField="Title">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="REF_DC_x003a__x0020_DC_ANNEEL" ma:index="47" nillable="true" ma:displayName="REF_DC: DC_ANNEEL" ma:format="Dropdown" ma:list="fab613ed-2758-47a1-82a1-404bf2dd7031" ma:internalName="REF_DC_x003a__x0020_DC_ANNEEL" ma:readOnly="true" ma:showField="DC_ANNEEL">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="REF_DC_x003a__x0020_DC_MONTANT" ma:index="48" nillable="true" ma:displayName="REF_DC: DC_MONTANT" ma:format="Dropdown" ma:list="fab613ed-2758-47a1-82a1-404bf2dd7031" ma:internalName="REF_DC_x003a__x0020_DC_MONTANT" ma:readOnly="true" ma:showField="DC_MONTANT">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="REF_DC_x003a__x0020_DC_VISA" ma:index="49" nillable="true" ma:displayName="REF_DC: DC_VISA" ma:format="Dropdown" ma:list="fab613ed-2758-47a1-82a1-404bf2dd7031" ma:internalName="REF_DC_x003a__x0020_DC_VISA" ma:readOnly="true" ma:showField="DC_VISA">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="REF_DC_x003a__x0020_DC_SITU" ma:index="52" nillable="true" ma:displayName="REF_DC: DC_SITU" ma:format="Dropdown" ma:list="fab613ed-2758-47a1-82a1-404bf2dd7031" ma:internalName="REF_DC_x003a__x0020_DC_SITU" ma:readOnly="true" ma:showField="DC_SITU">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="REF_DC_x003a__x0020_DC_LIQ_DATE" ma:index="53" nillable="true" ma:displayName="REF_DC: DC_LIQ_DATE" ma:format="Dropdown" ma:list="fab613ed-2758-47a1-82a1-404bf2dd7031" ma:internalName="REF_DC_x003a__x0020_DC_LIQ_DATE" ma:readOnly="true" ma:showField="DC_LIQ_DATE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="87cb0adf-676e-44ce-9015-52ee2404b255" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{25fd89ad-f100-4e23-ae19-9e0c386e5341}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="87cb0adf-676e-44ce-9015-52ee2404b255">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Exercice" ma:index="43" nillable="true" ma:displayName="Exercice" ma:default="2023" ma:description="pour les DC, année de liquidation" ma:format="Dropdown" ma:indexed="true" ma:internalName="Exercice" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SUIVI_pièce" ma:index="44" nillable="true" ma:displayName="SUIVI_pièce" ma:default="Reçu" ma:format="RadioButtons" ma:internalName="SUIVI_pi_x00e8_ce">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Reçu"/>
+          <xsd:enumeration value="AR fait"/>
+          <xsd:enumeration value="Encodé"/>
+          <xsd:enumeration value="Transmis"/>
+          <xsd:enumeration value="Compta"/>
+          <xsd:enumeration value="Finalisé"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="50" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="51" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Type de contenu"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="2" ma:displayName="Titre"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TYPE_DOS xmlns="ae15fa5f-b403-4381-a580-09fbf140b541">Subvention</TYPE_DOS>
+    <REF_DC xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <MontantDC xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <Att_D_x00e9_but xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ae15fa5f-b403-4381-a580-09fbf140b541">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Avis_CSA xmlns="ae15fa5f-b403-4381-a580-09fbf140b541">Favorable</Avis_CSA>
+    <TYPE_AGR xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <Att_fin xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <Perso_remarque xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <RemarqueCSA xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <OP xmlns="ae15fa5f-b403-4381-a580-09fbf140b541">302</OP>
+    <Exercice xmlns="87cb0adf-676e-44ce-9015-52ee2404b255">2023</Exercice>
+    <Eng_J xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <Date_planning xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <Datestatuts xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <PO xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <COM_ID xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <Secteur xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+    <TaxCatchAll xmlns="87cb0adf-676e-44ce-9015-52ee2404b255" xsi:nil="true"/>
+    <SUIVI_pièce xmlns="87cb0adf-676e-44ce-9015-52ee2404b255">Encodé</SUIVI_pièce>
+    <_Flow_SignoffStatus xmlns="ae15fa5f-b403-4381-a580-09fbf140b541" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{968BD379-8C38-4C19-924B-928C2C9E4A5C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EAD55C35-B56F-41C3-8034-D9A853D511E6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ae15fa5f-b403-4381-a580-09fbf140b541"/>
+    <ds:schemaRef ds:uri="87cb0adf-676e-44ce-9015-52ee2404b255"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3953FAD-EF0E-423C-AE37-A218BAF255D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ae15fa5f-b403-4381-a580-09fbf140b541"/>
+    <ds:schemaRef ds:uri="87cb0adf-676e-44ce-9015-52ee2404b255"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>15</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="24" baseType="lpstr">
+    <vt:vector size="23" baseType="lpstr">
       <vt:lpstr>Identification du service</vt:lpstr>
       <vt:lpstr>Validation</vt:lpstr>
       <vt:lpstr>Frais de fonctionnement</vt:lpstr>
       <vt:lpstr>Nature de la recette</vt:lpstr>
       <vt:lpstr>Charges de personnel</vt:lpstr>
       <vt:lpstr>Charges d'amortissements</vt:lpstr>
       <vt:lpstr>Listes</vt:lpstr>
       <vt:lpstr>DONNEES</vt:lpstr>
       <vt:lpstr>Aide</vt:lpstr>
       <vt:lpstr>CAT_AGREM</vt:lpstr>
       <vt:lpstr>codification</vt:lpstr>
       <vt:lpstr>Exercice_budgétaire</vt:lpstr>
       <vt:lpstr>'Charges de personnel'!Impression_des_titres</vt:lpstr>
       <vt:lpstr>Nature_de_la_dépense</vt:lpstr>
       <vt:lpstr>Nature_de_la_recette</vt:lpstr>
-      <vt:lpstr>NOMS_ZONE_VISAS</vt:lpstr>
       <vt:lpstr>paiement</vt:lpstr>
       <vt:lpstr>'Nature de la recette'!Référence_PCMN</vt:lpstr>
       <vt:lpstr>Référence_PCMN</vt:lpstr>
       <vt:lpstr>Reponse</vt:lpstr>
       <vt:lpstr>sexe</vt:lpstr>
       <vt:lpstr>'Charges d''amortissements'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'Charges de personnel'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'Frais de fonctionnement'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Manager/>
   <Company>Service Public de Wallonie</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>DEFECHE CHRISTOPHE</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
-  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_SetDate">
-    <vt:lpwstr>2023-02-03T14:20:00Z</vt:lpwstr>
+    <vt:lpwstr>2022-02-15T13:54:33Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Name">
     <vt:lpwstr>e72a09c5-6e26-4737-a926-47ef1ab198ae</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_SiteId">
     <vt:lpwstr>1f816a84-7aa6-4a56-b22a-7b3452fa8681</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_ActionId">
     <vt:lpwstr>434049f3-2bb9-4acb-95b2-abe64d6d602d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_ContentBits">
     <vt:lpwstr>8</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x010100A7B96120F6962F4A9FB63455DDF13C7B</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Type_doc">
+    <vt:lpwstr>Justif</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TYPE_J">
+    <vt:lpwstr>Justif</vt:lpwstr>
+  </property>
 </Properties>
 </file>