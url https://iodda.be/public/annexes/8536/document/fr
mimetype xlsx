--- v0 (2025-10-26)
+++ v1 (2026-01-14)
@@ -1,97 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://walloniegov-my.sharepoint.com/personal/rodrigue_soyer_spw_wallonie_be/Documents/Bureau/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://walloniegov-my.sharepoint.com/personal/rodrigue_soyer_spw_wallonie_be/Documents/Bureau/modèles docs/2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="24" documentId="13_ncr:1_{B6E08F9D-DADA-4C46-B781-4C4520FA8A90}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3D7717BB-9351-431F-B8C1-19A0F1FB1C13}"/>
+  <xr:revisionPtr revIDLastSave="92" documentId="13_ncr:1_{67338021-CE3D-4D31-A6E7-25163866D236}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{95789BDB-951F-4986-B99E-6991B1C22222}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="872" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Demande de subvention" sheetId="1" r:id="rId1"/>
     <sheet name="ADRESSES" sheetId="13" r:id="rId2"/>
+    <sheet name="CP - RGB" sheetId="14" r:id="rId3"/>
+    <sheet name="Calendrier prévisionnel annuel" sheetId="15" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="CAT_AGREM">'Demande de subvention'!$B$5</definedName>
     <definedName name="COMPAR">ADRESSES!$C$106:$C$109</definedName>
     <definedName name="TYPE_SUBV">ADRESSES!$C$98:$C$100</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O15" i="1" l="1"/>
-  <c r="C10" i="1"/>
+  <c r="C10" i="1" l="1"/>
   <c r="B10" i="1"/>
   <c r="B9" i="1"/>
   <c r="B7" i="1"/>
   <c r="B6" i="1"/>
   <c r="I2" i="13" l="1"/>
   <c r="I3" i="13"/>
   <c r="I4" i="13"/>
   <c r="I5" i="13"/>
   <c r="I6" i="13"/>
   <c r="I7" i="13"/>
   <c r="I8" i="13"/>
   <c r="I9" i="13"/>
   <c r="I10" i="13"/>
   <c r="I11" i="13"/>
   <c r="I12" i="13"/>
   <c r="I13" i="13"/>
   <c r="I14" i="13"/>
   <c r="I15" i="13"/>
   <c r="I16" i="13"/>
   <c r="I17" i="13"/>
   <c r="I18" i="13"/>
   <c r="I19" i="13"/>
   <c r="I20" i="13"/>
   <c r="I21" i="13"/>
   <c r="I22" i="13"/>
@@ -170,91 +173,102 @@
   <c r="N8" i="1"/>
   <c r="O8" i="1" s="1"/>
   <c r="N9" i="1"/>
   <c r="O9" i="1" s="1"/>
   <c r="N10" i="1"/>
   <c r="O10" i="1" s="1"/>
   <c r="N11" i="1"/>
   <c r="O11" i="1" s="1"/>
   <c r="N12" i="1"/>
   <c r="O12" i="1" s="1"/>
   <c r="N13" i="1"/>
   <c r="O13" i="1" s="1"/>
   <c r="N4" i="1"/>
   <c r="O4" i="1" s="1"/>
   <c r="O14" i="1" s="1"/>
   <c r="O16" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={1FF3F0D6-A53A-4746-8C24-732B58C05204}</author>
     <author>tc={0468A590-23A6-4EAD-839B-0867B23FF22A}</author>
     <author>tc={0E696096-AED2-48BA-AD11-4F641D9A50D4}</author>
+    <author>tc={DFF6F9A9-3A30-4389-8D7C-60F9F7D16CF2}</author>
   </authors>
   <commentList>
     <comment ref="M2" authorId="0" shapeId="0" xr:uid="{1FF3F0D6-A53A-4746-8C24-732B58C05204}">
       <text>
         <t>[Commentaire à thread]
 Votre version d’Excel vous permet de lire ce commentaire à thread. Toutefois, les modifications qui y sont apportées seront supprimées si le fichier est ouvert dans une version plus récente d’Excel. En savoir plus : https://go.microsoft.com/fwlink/?linkid=870924
 Commentaire :
     Index base 1988 = 1,9607.
 Ne pas tenir compte des éventuelles indexations sur l'année</t>
       </text>
     </comment>
     <comment ref="N2" authorId="1" shapeId="0" xr:uid="{0468A590-23A6-4EAD-839B-0867B23FF22A}">
       <text>
         <t>[Commentaire à thread]
 Votre version d’Excel vous permet de lire ce commentaire à thread. Toutefois, les modifications qui y sont apportées seront supprimées si le fichier est ouvert dans une version plus récente d’Excel. En savoir plus : https://go.microsoft.com/fwlink/?linkid=870924
 Commentaire :
     Ne pas tenir compte des éventuelles indexations sur l'année</t>
       </text>
     </comment>
     <comment ref="P2" authorId="2" shapeId="0" xr:uid="{0E696096-AED2-48BA-AD11-4F641D9A50D4}">
       <text>
         <t>[Commentaire à thread]
 Votre version d’Excel vous permet de lire ce commentaire à thread. Toutefois, les modifications qui y sont apportées seront supprimées si le fichier est ouvert dans une version plus récente d’Excel. En savoir plus : https://go.microsoft.com/fwlink/?linkid=870924
 Commentaire :
     Ne pas indiquez de montants ; simplement le type de subventions</t>
       </text>
     </comment>
+    <comment ref="O15" authorId="3" shapeId="0" xr:uid="{DFF6F9A9-3A30-4389-8D7C-60F9F7D16CF2}">
+      <text>
+        <t>[Commentaire à thread]
+Votre version d’Excel vous permet de lire ce commentaire à thread. Toutefois, les modifications qui y sont apportées seront supprimées si le fichier est ouvert dans une version plus récente d’Excel. En savoir plus : https://go.microsoft.com/fwlink/?linkid=870924
+Commentaire :
+    Montant de base prévisionnel (lorsque le SIS obtient une subvention pour des frais de personnel pour 1/2ETP ou 1ETP) = 8122,88€
+Ajouter 4061,44 par 1/2ETP au-delà de 1ETP subventionné.
+Pour les SIS qui ne sollicitent pas de subvention pour couvrir les frais de personnel, le montant = 19.494,91 €</t>
+      </text>
+    </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{0CABBAF6-ACDB-4C68-80D3-338CD6A21A46}" keepAlive="1" name="Requête - SYNTHESE_SIS" description="Connexion à la requête « SYNTHESE_SIS » dans le classeur." type="5" refreshedVersion="6" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=SYNTHESE_SIS;Extended Properties=&quot;&quot;" command="SELECT * FROM [SYNTHESE_SIS]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1121" uniqueCount="679">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1259" uniqueCount="799">
   <si>
     <t>Numéro d’agrément :</t>
   </si>
   <si>
     <t>Exercice budgétaire :</t>
   </si>
   <si>
     <t>LIEGE</t>
   </si>
   <si>
     <t>NIVELLES</t>
   </si>
   <si>
     <t>CHARLEROI</t>
   </si>
   <si>
     <t>HANNUT</t>
   </si>
   <si>
     <t>MALMEDY</t>
   </si>
   <si>
     <t>SERAING</t>
   </si>
   <si>
@@ -688,55 +702,50 @@
   <si>
     <t>(2) temps de travail  à exprimer en fraction du temps de travail hebdomadaire ( un temps plein = 1).</t>
   </si>
   <si>
     <t>(4) temps de travail subventionné à exprimer en fraction du temps de travail hebdomadaire ( un temps plein = 1).</t>
   </si>
   <si>
     <t>(5) Brut barémique (sans tenir compte des double pécules, prime de fin d'année et autres obligations appliquées à l'employeur) pour un agent travaillant TP</t>
   </si>
   <si>
     <t>(6) Ne tient pas compte des double pécules, prime de fin d'année et autres obligations appliquées à l'employeur.</t>
   </si>
   <si>
     <t>(1) nombre de mois entiers où l'ancienneté et le barème restent inchangés</t>
   </si>
   <si>
     <t>Dupont</t>
   </si>
   <si>
     <t>Arthur</t>
   </si>
   <si>
     <t>AS</t>
   </si>
   <si>
-    <t>C)
-[...3 lines deleted...]
-  <si>
     <t>(3) applicable pour les mois renseignés en E)</t>
   </si>
   <si>
     <t>I)
 Temps de travail Subv. (4)</t>
   </si>
   <si>
     <t>II) Personnel subventionné</t>
   </si>
   <si>
     <t>fait à</t>
   </si>
   <si>
     <t xml:space="preserve">,le </t>
   </si>
   <si>
     <t>signature(s)</t>
   </si>
   <si>
     <t xml:space="preserve">Je/Nous, sousigné(e(s), </t>
   </si>
   <si>
     <t>Agissant en qualité de</t>
   </si>
   <si>
@@ -2223,76 +2232,67 @@
   <si>
     <t>beguin.bernard@skynet.be</t>
   </si>
   <si>
     <t>Téléservice de Verviers</t>
   </si>
   <si>
     <t>BE23001746018891</t>
   </si>
   <si>
     <t>KRINGS</t>
   </si>
   <si>
     <t>Marie-Christine</t>
   </si>
   <si>
     <t>co.sisterman@hotmail.com</t>
   </si>
   <si>
     <t>encodez votre n° d'agrément</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
-    <t>(8) Pour les indexations en cours d'année, les 3 montants seront indexés comme dans la fonction publique pour la subvention SIS.</t>
-[...1 lines deleted...]
-  <si>
     <t>SPW IAS  Département de l'Action sociale Direction de l'Action sociale</t>
   </si>
   <si>
     <t xml:space="preserve">Service d'Insertion sociale
 Demande de subvention </t>
   </si>
   <si>
     <t>José-Pierre</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">      à l'ancienneté reprise en colonne h), indexé au 01/01 de l'année de demande.  Au 01/01/2025, le coefficient d'indexation (base 1988) = 2,0807.</t>
   </si>
   <si>
     <t>J) 
 Brut barémique annuel indexé à 100% au 01/01/2025 (5)</t>
   </si>
   <si>
     <t>K)
 Brut mensuel indexé au 01/01/2025
 (6)</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">        A l'index applicable au 01/01/2025, au prorata de la prestation subventionné.</t>
   </si>
   <si>
     <t>1,5 TP</t>
   </si>
   <si>
     <t>2 TP</t>
   </si>
   <si>
     <t>2,5TP</t>
   </si>
   <si>
     <t>Objet de la demande (9) :</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">(9) Art. 29 CWASS réglementaire = par tranche complète de </t>
     </r>
     <r>
@@ -2316,61 +2316,442 @@
       </rPr>
       <t xml:space="preserve">d'actions collectives et communautaires: subvention destinée à couvrir le brut barémique d'un travailleur social à raison </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>d'1/2 ETP</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
+  <si>
+    <t xml:space="preserve">(8) Pour les indexations en cours d'année, les 3 montants seront indexés comme dans la fonction publique pour la subvention SIS. </t>
+  </si>
+  <si>
+    <t>Commission paritaire 332.00</t>
+  </si>
+  <si>
+    <t>Sélection dans la liste des échelles</t>
+  </si>
+  <si>
+    <t>1/12</t>
+  </si>
+  <si>
+    <t>ouvrier non qualifié</t>
+  </si>
+  <si>
+    <t>1/22</t>
+  </si>
+  <si>
+    <t>ouvrier qualifié</t>
+  </si>
+  <si>
+    <t>1/26</t>
+  </si>
+  <si>
+    <t>commis</t>
+  </si>
+  <si>
+    <t>1/30</t>
+  </si>
+  <si>
+    <t>ouvrier polyvalent</t>
+  </si>
+  <si>
+    <t>1/31</t>
+  </si>
+  <si>
+    <t>rédacteur comptable</t>
+  </si>
+  <si>
+    <t>1/35</t>
+  </si>
+  <si>
+    <t>aide sanitaire
+puériculteur</t>
+  </si>
+  <si>
+    <t>1/39</t>
+  </si>
+  <si>
+    <t>secrétaire de direction non gradué</t>
+  </si>
+  <si>
+    <t>1/40 - 1/57</t>
+  </si>
+  <si>
+    <t>assistant soins hospitaliers</t>
+  </si>
+  <si>
+    <t>1/43 - 1/55</t>
+  </si>
+  <si>
+    <t>Educateur Classe II
+Infirmier breveté</t>
+  </si>
+  <si>
+    <t>1/50</t>
+  </si>
+  <si>
+    <t>Rédacteur</t>
+  </si>
+  <si>
+    <t>1/54</t>
+  </si>
+  <si>
+    <t>Agent gestionnaire technique</t>
+  </si>
+  <si>
+    <t>1/55-1/61-1/77</t>
+  </si>
+  <si>
+    <t>Gradué
+Infirmier gradué
+Assistant social
+Coord. Des services et soins à domicile
+Gradué, cons. Conjugal, médiateur, animateur</t>
+  </si>
+  <si>
+    <t>1/59</t>
+  </si>
+  <si>
+    <t>Agent gestionnaire technique (titre spéc. Requis)</t>
+  </si>
+  <si>
+    <t>1/78S</t>
+  </si>
+  <si>
+    <t>Assistant social en chef</t>
+  </si>
+  <si>
+    <t>1/80</t>
+  </si>
+  <si>
+    <t>Licencié
+Directeur-coordinateur</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Commission paritaire 319.02</t>
+  </si>
+  <si>
+    <t>Personnel d'entretien</t>
+  </si>
+  <si>
+    <t>Educateur classe 3, Commis (-Sténodactylographe), Ouvrier qualifié</t>
+  </si>
+  <si>
+    <t>Puéricultrice, Aide-sociale sanitaire, Educateur Classe 2b</t>
+  </si>
+  <si>
+    <t>Educateur Classe 2a, Infirmier breveté, Educateur Classe 2</t>
+  </si>
+  <si>
+    <t>1/47</t>
+  </si>
+  <si>
+    <t>Econome</t>
+  </si>
+  <si>
+    <t>1/55</t>
+  </si>
+  <si>
+    <t>Educateur Classe 1, Comptable 1ere classe, Assistant social et gradués</t>
+  </si>
+  <si>
+    <t>1/66</t>
+  </si>
+  <si>
+    <t>Chef Educateur</t>
+  </si>
+  <si>
+    <t>Enseignant</t>
+  </si>
+  <si>
+    <t>Directeur, Licenciés</t>
+  </si>
+  <si>
+    <t>Commission paritaire 329.0220</t>
+  </si>
+  <si>
+    <t>Echelle 1</t>
+  </si>
+  <si>
+    <t>Technicien de surface</t>
+  </si>
+  <si>
+    <t>Echelle 2</t>
+  </si>
+  <si>
+    <t>Auxiliaire de projet, Auxiliaire administratif, Chauffeur, Agent d'entretien</t>
+  </si>
+  <si>
+    <t>Echelle 3</t>
+  </si>
+  <si>
+    <t>Ass. projet, Formateur, Ass. Adm. ou fin., Ass. Log. et tech., Commercial (ts Classe2)</t>
+  </si>
+  <si>
+    <t>Echelle 4.1</t>
+  </si>
+  <si>
+    <t>Non universitaire : Resp. projet, Agent de guidance, d'orient. et d'intégr., Assistant social,  classe 1 (Formateur, Ass. adm. ou fin., Ass. log. et tech. , Commercial)</t>
+  </si>
+  <si>
+    <t>Echelle 4.2</t>
+  </si>
+  <si>
+    <t>Universitaire : Responsable de projet, Agent de guidance, d'orient. et d'intégr., Formateur classe 1 , assistant social</t>
+  </si>
+  <si>
+    <t>Echelle 5</t>
+  </si>
+  <si>
+    <t>Coodinateur pédagogique et/ou de projet, Coordinateur administratif et/ou financier, Coordinateur logistique et technique</t>
+  </si>
+  <si>
+    <t>Echelle 6</t>
+  </si>
+  <si>
+    <t>Directeur universitaire</t>
+  </si>
+  <si>
+    <t>Niveau_A</t>
+  </si>
+  <si>
+    <t>A1</t>
+  </si>
+  <si>
+    <t>Diplômes universitaire, chef de bureau + (promotions diverses)</t>
+  </si>
+  <si>
+    <t>A1SP</t>
+  </si>
+  <si>
+    <t>Attaché spécifique</t>
+  </si>
+  <si>
+    <t>A1.1</t>
+  </si>
+  <si>
+    <t>A2</t>
+  </si>
+  <si>
+    <t>Promotion A1</t>
+  </si>
+  <si>
+    <t>A2SP</t>
+  </si>
+  <si>
+    <t>Promotion A1SP</t>
+  </si>
+  <si>
+    <t>A2.1</t>
+  </si>
+  <si>
+    <t>A3</t>
+  </si>
+  <si>
+    <t>Chef de division (promotion A1, A2)</t>
+  </si>
+  <si>
+    <t>A3SP</t>
+  </si>
+  <si>
+    <t>Promotion A1SP, A2SP</t>
+  </si>
+  <si>
+    <t>A3.1</t>
+  </si>
+  <si>
+    <t>A4</t>
+  </si>
+  <si>
+    <t>Promotion A3</t>
+  </si>
+  <si>
+    <t>A4SP</t>
+  </si>
+  <si>
+    <t>Ingénieur, Médecin, Pharmacien, vétérinaire + promotion A3SP</t>
+  </si>
+  <si>
+    <t>A4.1</t>
+  </si>
+  <si>
+    <t>A5</t>
+  </si>
+  <si>
+    <t>Directeur + promotion A3, A4</t>
+  </si>
+  <si>
+    <t>A5SP</t>
+  </si>
+  <si>
+    <t>Prmier attaché spécifique + promotion A4SP</t>
+  </si>
+  <si>
+    <t>A6</t>
+  </si>
+  <si>
+    <t>Premier directeur</t>
+  </si>
+  <si>
+    <t>A6SP</t>
+  </si>
+  <si>
+    <t>Premier directeur spécifique (promotion A4SP, A5SP)</t>
+  </si>
+  <si>
+    <t>A7</t>
+  </si>
+  <si>
+    <t>Inspecteur général (promotion A5, A6)</t>
+  </si>
+  <si>
+    <t>A7SP</t>
+  </si>
+  <si>
+    <t>Directeur en chef (titulaires A4SP, A5SP, A6SP)</t>
+  </si>
+  <si>
+    <t>A8</t>
+  </si>
+  <si>
+    <t>Directeur général</t>
+  </si>
+  <si>
+    <t>Niveau_B</t>
+  </si>
+  <si>
+    <t>B1</t>
+  </si>
+  <si>
+    <t>Gradué spécifique + promotion</t>
+  </si>
+  <si>
+    <t>B2</t>
+  </si>
+  <si>
+    <t>Promotion B1</t>
+  </si>
+  <si>
+    <t>B3</t>
+  </si>
+  <si>
+    <t>promotion B2</t>
+  </si>
+  <si>
+    <t>B4</t>
+  </si>
+  <si>
+    <t>Promotion (examen)</t>
+  </si>
+  <si>
+    <t>B4.1</t>
+  </si>
+  <si>
+    <t>B5</t>
+  </si>
+  <si>
+    <t>B6</t>
+  </si>
+  <si>
+    <t>C)
+Barème 
+(cfr. Commission paritaire ou RGB) (10)</t>
+  </si>
+  <si>
+    <t>(10) Voir Feuille CP - RGB</t>
+  </si>
+  <si>
+    <t>Nombre d'heures</t>
+  </si>
+  <si>
+    <t>Nombre d'heures: (11)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(11) Le nombre d'heures = le nombre d'heures d'activités prévues sur l'année (subvention = 1/2ETP par tranche ferme de 360h dans la limite des crédits budgétaires disponibles) </t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Type d'activité</t>
+  </si>
+  <si>
+    <t>Horaire</t>
+  </si>
+  <si>
+    <t>Lieu</t>
+  </si>
+  <si>
+    <t>Nom de l'activité</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Activité collective</t>
+  </si>
+  <si>
+    <t>Activité communautaire</t>
+  </si>
+  <si>
+    <t xml:space="preserve">        A l'index applicable au 01/01/2026, au prorata de la prestation subventionné.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      à l'ancienneté reprise en colonne h), indexé au 01/01 de l'année de demande.  Au 01/01/2026, le coefficient d'indexation (base 1988) = 2,1223.</t>
+  </si>
+  <si>
+    <t>Calendrier prévisionnel pour l'année 2026</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0000000000"/>
     <numFmt numFmtId="165" formatCode="0000000"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2434,72 +2815,86 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="3" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="16">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="22"/>
       </left>
       <right style="thin">
         <color indexed="22"/>
       </right>
       <top style="thin">
         <color indexed="22"/>
       </top>
       <bottom style="thin">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2634,119 +3029,135 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="90">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="8" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="2" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="2" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -2831,83 +3242,102 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="44" fontId="8" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Monétaire" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_ADRESSES" xfId="2" xr:uid="{4FA8E1C6-AA56-4EF5-98F0-2334C7D2DF8F}"/>
   </cellStyles>
   <dxfs count="34">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color indexed="8"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
@@ -3649,51 +4079,51 @@
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>58166</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>893056</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Image 2">
           <a:extLst>
@@ -3713,50 +4143,51 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="342900"/>
           <a:ext cx="1677416" cy="759706"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <person displayName="SOYER Rodrigue" id="{8EC78140-0136-4A3C-A15E-F11D745B9EC9}" userId="S::rodrigue.soyer@spw.wallonie.be::14229259-4ae0-4a53-ad5e-ab37c0046eef" providerId="AD"/>
   <person displayName="DEGAILLIER Pascal" id="{0BE2D5D8-1506-47E5-BA53-92D1A9393A27}" userId="S::pascal.degaillier@spw.wallonie.be::a6050c0d-5185-4a22-a751-9717bf1c790c" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D7FF0A56-5B5C-4C95-A735-982102FF4CC5}" name="LISTEADRESSES" displayName="LISTEADRESSES" ref="A1:P88" totalsRowShown="0" headerRowDxfId="33" dataDxfId="32">
   <autoFilter ref="A1:P88" xr:uid="{47540699-30BA-4DE9-8817-668D01DFC17E}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:P87">
     <sortCondition ref="A1:A87"/>
   </sortState>
   <tableColumns count="16">
     <tableColumn id="1" xr3:uid="{758BB968-3B9D-4D06-91D1-34C99D06EC63}" name="AGR_ID" dataDxfId="31" totalsRowDxfId="30"/>
     <tableColumn id="2" xr3:uid="{CAFC0E15-3854-4B02-8186-26631CCA1F2F}" name="PO_BCE_ID" dataDxfId="29" totalsRowDxfId="28"/>
     <tableColumn id="3" xr3:uid="{3C7668CC-0C9C-4A48-8E30-95C2EAD11650}" name="PO_LIB" dataDxfId="27" totalsRowDxfId="26"/>
     <tableColumn id="4" xr3:uid="{BAEC8668-34A4-41DB-BDF3-2CCB2E139C92}" name="PO_ADR_RUE" dataDxfId="25" totalsRowDxfId="24"/>
     <tableColumn id="5" xr3:uid="{F08A0793-5A50-4F8D-814C-6C3EC7686EBA}" name="PO_ADR_NR" dataDxfId="23" totalsRowDxfId="22"/>
     <tableColumn id="6" xr3:uid="{65BFB540-9E0D-430B-88DF-718E51F89470}" name="PO_ADR_BTE" dataDxfId="21" totalsRowDxfId="20"/>
     <tableColumn id="7" xr3:uid="{99A03FE5-EEA8-4899-956C-2F492108E17A}" name="PO_ADR_CP" dataDxfId="19" totalsRowDxfId="18"/>
     <tableColumn id="8" xr3:uid="{5C830560-C12A-4C84-811C-8876E0D25D77}" name="PO_ADR_LOC" dataDxfId="17" totalsRowDxfId="16"/>
     <tableColumn id="11" xr3:uid="{752BED21-C6E5-44D5-BE4E-01ED0BA022E1}" name="Adresse" dataDxfId="15" totalsRowDxfId="14" dataCellStyle="Normal_ADRESSES">
       <calculatedColumnFormula>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="9" xr3:uid="{BA271B5F-1ECD-4AC2-AF7A-E3EB43DC960E}" name="PO_INS_FK" dataDxfId="13" totalsRowDxfId="12"/>
     <tableColumn id="10" xr3:uid="{4CB438C9-E497-4C75-B931-8245223905FA}" name="PO_PARTENAIRE_ID" dataDxfId="11" totalsRowDxfId="10"/>
     <tableColumn id="12" xr3:uid="{4BDA0B15-21F5-4578-8338-D777F30CCE8C}" name="PO_IBAN" dataDxfId="9" totalsRowDxfId="8"/>
@@ -4044,795 +4475,805 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="M2" dT="2021-10-28T07:14:18.99" personId="{0BE2D5D8-1506-47E5-BA53-92D1A9393A27}" id="{1FF3F0D6-A53A-4746-8C24-732B58C05204}">
     <text>Index base 1988 = 1,9607.
 Ne pas tenir compte des éventuelles indexations sur l'année</text>
   </threadedComment>
   <threadedComment ref="N2" dT="2021-10-28T07:19:09.92" personId="{0BE2D5D8-1506-47E5-BA53-92D1A9393A27}" id="{0468A590-23A6-4EAD-839B-0867B23FF22A}">
     <text>Ne pas tenir compte des éventuelles indexations sur l'année</text>
   </threadedComment>
   <threadedComment ref="P2" dT="2021-10-28T07:15:19.29" personId="{0BE2D5D8-1506-47E5-BA53-92D1A9393A27}" id="{0E696096-AED2-48BA-AD11-4F641D9A50D4}">
     <text>Ne pas indiquez de montants ; simplement le type de subventions</text>
   </threadedComment>
+  <threadedComment ref="O15" dT="2025-11-24T11:12:44.25" personId="{8EC78140-0136-4A3C-A15E-F11D745B9EC9}" id="{DFF6F9A9-3A30-4389-8D7C-60F9F7D16CF2}">
+    <text>Montant de base prévisionnel (lorsque le SIS obtient une subvention pour des frais de personnel pour 1/2ETP ou 1ETP) = 8122,88€
+Ajouter 4061,44 par 1/2ETP au-delà de 1ETP subventionné.
+Pour les SIS qui ne sollicitent pas de subvention pour couvrir les frais de personnel, le montant = 19.494,91 €</text>
+  </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil2"/>
   <dimension ref="A1:S40"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E23" sqref="E23:P23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="23.5546875" customWidth="1"/>
     <col min="2" max="2" width="36.109375" customWidth="1"/>
     <col min="3" max="3" width="16.6640625" customWidth="1"/>
     <col min="4" max="4" width="1.6640625" customWidth="1"/>
     <col min="5" max="5" width="14.5546875" customWidth="1"/>
     <col min="6" max="6" width="12.109375" customWidth="1"/>
     <col min="7" max="7" width="11.6640625" customWidth="1"/>
     <col min="8" max="8" width="11" customWidth="1"/>
     <col min="9" max="9" width="10.109375" customWidth="1"/>
     <col min="10" max="10" width="7" customWidth="1"/>
     <col min="11" max="12" width="7.6640625" customWidth="1"/>
     <col min="13" max="13" width="11" customWidth="1"/>
     <col min="14" max="14" width="12.6640625" customWidth="1"/>
     <col min="15" max="15" width="12.44140625" customWidth="1"/>
     <col min="16" max="16" width="11.6640625" customWidth="1"/>
     <col min="19" max="19" width="22.109375" customWidth="1"/>
     <col min="20" max="20" width="11.6640625" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="21.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="16.8" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="63" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="64"/>
+      <c r="A1" s="57" t="s">
+        <v>665</v>
+      </c>
+      <c r="B1" s="58"/>
+      <c r="C1" s="58"/>
       <c r="E1" s="3" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
     </row>
     <row r="2" spans="1:19" ht="92.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="67" t="s">
+      <c r="A2" s="61" t="s">
+        <v>666</v>
+      </c>
+      <c r="B2" s="62"/>
+      <c r="C2" s="63"/>
+      <c r="D2" s="14"/>
+      <c r="E2" s="59" t="s">
+        <v>141</v>
+      </c>
+      <c r="F2" s="59" t="s">
+        <v>142</v>
+      </c>
+      <c r="G2" s="59" t="s">
+        <v>783</v>
+      </c>
+      <c r="H2" s="59" t="s">
+        <v>143</v>
+      </c>
+      <c r="I2" s="59" t="s">
+        <v>147</v>
+      </c>
+      <c r="J2" s="59" t="s">
+        <v>145</v>
+      </c>
+      <c r="K2" s="59" t="s">
+        <v>146</v>
+      </c>
+      <c r="L2" s="59" t="s">
+        <v>157</v>
+      </c>
+      <c r="M2" s="59" t="s">
         <v>668</v>
       </c>
-      <c r="B2" s="68"/>
-[...36 lines deleted...]
-        <v>173</v>
+      <c r="N2" s="59" t="s">
+        <v>669</v>
+      </c>
+      <c r="O2" s="59" t="s">
+        <v>170</v>
+      </c>
+      <c r="P2" s="59" t="s">
+        <v>172</v>
       </c>
     </row>
     <row r="3" spans="1:19" ht="22.65" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="20" t="s">
+      <c r="A3" s="80" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="47">
-[...2 lines deleted...]
-      <c r="C3" s="22"/>
+      <c r="B3" s="41">
+        <v>2026</v>
+      </c>
+      <c r="C3" s="21"/>
       <c r="D3" s="13"/>
-      <c r="E3" s="65"/>
-[...13 lines deleted...]
-      <c r="A4" s="23" t="s">
+      <c r="E3" s="59"/>
+      <c r="F3" s="59"/>
+      <c r="G3" s="59"/>
+      <c r="H3" s="59"/>
+      <c r="I3" s="59"/>
+      <c r="J3" s="59"/>
+      <c r="K3" s="59"/>
+      <c r="L3" s="59"/>
+      <c r="M3" s="59"/>
+      <c r="N3" s="59"/>
+      <c r="O3" s="74"/>
+      <c r="P3" s="59"/>
+    </row>
+    <row r="4" spans="1:19" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A4" s="22" t="s">
         <v>131</v>
       </c>
-      <c r="B4" s="24"/>
-[...1 lines deleted...]
-      <c r="E4" s="34" t="s">
+      <c r="B4" s="23"/>
+      <c r="C4" s="21"/>
+      <c r="E4" s="28" t="s">
         <v>153</v>
       </c>
-      <c r="F4" s="34" t="s">
+      <c r="F4" s="28" t="s">
         <v>154</v>
       </c>
-      <c r="G4" s="34" t="s">
+      <c r="G4" s="28" t="s">
         <v>135</v>
       </c>
-      <c r="H4" s="34" t="s">
+      <c r="H4" s="28" t="s">
         <v>155</v>
       </c>
-      <c r="I4" s="34">
+      <c r="I4" s="28">
         <v>4</v>
       </c>
-      <c r="J4" s="34">
+      <c r="J4" s="28">
         <v>1</v>
       </c>
-      <c r="K4" s="34">
+      <c r="K4" s="28">
         <v>11</v>
       </c>
-      <c r="L4" s="35">
+      <c r="L4" s="29">
         <v>1</v>
       </c>
-      <c r="M4" s="37">
+      <c r="M4" s="31">
         <v>45348.13</v>
       </c>
       <c r="N4" s="8">
         <f>$M4/12*$L4</f>
         <v>3779.0108333333333</v>
       </c>
       <c r="O4" s="8">
         <f>$I4*(ROUND($N4*1.54,2))</f>
         <v>23278.720000000001</v>
       </c>
-      <c r="P4" s="37" t="s">
-        <v>172</v>
+      <c r="P4" s="31" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="5" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="20" t="s">
+      <c r="A5" s="80" t="s">
         <v>0</v>
       </c>
-      <c r="B5" s="21">
+      <c r="B5" s="20">
         <v>0</v>
       </c>
-      <c r="C5" s="22"/>
-[...1 lines deleted...]
-      <c r="E5" s="34" t="s">
+      <c r="C5" s="21"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="28" t="s">
         <v>153</v>
       </c>
-      <c r="F5" s="34" t="s">
+      <c r="F5" s="28" t="s">
         <v>154</v>
       </c>
-      <c r="G5" s="34" t="s">
+      <c r="G5" s="28" t="s">
         <v>135</v>
       </c>
-      <c r="H5" s="34" t="s">
+      <c r="H5" s="28" t="s">
         <v>155</v>
       </c>
-      <c r="I5" s="34">
+      <c r="I5" s="28">
         <v>8</v>
       </c>
-      <c r="J5" s="34">
+      <c r="J5" s="28">
         <v>1</v>
       </c>
-      <c r="K5" s="34">
+      <c r="K5" s="28">
         <v>12</v>
       </c>
-      <c r="L5" s="36">
+      <c r="L5" s="30">
         <v>1</v>
       </c>
-      <c r="M5" s="37">
+      <c r="M5" s="31">
         <v>45980</v>
       </c>
       <c r="N5" s="8">
         <f t="shared" ref="N5:N13" si="0">$M5/12*$L5</f>
         <v>3831.6666666666665</v>
       </c>
       <c r="O5" s="8">
         <f t="shared" ref="O5:O13" si="1">$I5*(ROUND($N5*1.54,2))</f>
         <v>47206.16</v>
       </c>
-      <c r="P5" s="37" t="s">
-        <v>172</v>
+      <c r="P5" s="31" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="6" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="25" t="s">
+      <c r="A6" s="81" t="s">
         <v>124</v>
       </c>
-      <c r="B6" s="70" t="e">
+      <c r="B6" s="64" t="e">
         <f>VLOOKUP(CAT_AGREM,LISTEADRESSES[],3,FALSE)</f>
         <v>#N/A</v>
       </c>
-      <c r="C6" s="71"/>
-[...9 lines deleted...]
-      <c r="M6" s="37"/>
+      <c r="C6" s="65"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="28"/>
+      <c r="F6" s="28"/>
+      <c r="G6" s="28"/>
+      <c r="H6" s="28"/>
+      <c r="I6" s="28"/>
+      <c r="J6" s="28"/>
+      <c r="K6" s="28"/>
+      <c r="L6" s="30"/>
+      <c r="M6" s="31"/>
       <c r="N6" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O6" s="8">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="P6" s="37"/>
+      <c r="P6" s="31"/>
     </row>
     <row r="7" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="72" t="s">
+      <c r="A7" s="82" t="s">
         <v>123</v>
       </c>
-      <c r="B7" s="73" t="e">
+      <c r="B7" s="66" t="e">
         <f>VLOOKUP(CAT_AGREM,LISTEADRESSES[],9,FALSE)</f>
         <v>#N/A</v>
       </c>
-      <c r="C7" s="74"/>
-[...9 lines deleted...]
-      <c r="M7" s="37"/>
+      <c r="C7" s="67"/>
+      <c r="D7" s="35"/>
+      <c r="E7" s="28"/>
+      <c r="F7" s="28"/>
+      <c r="G7" s="28"/>
+      <c r="H7" s="28"/>
+      <c r="I7" s="28"/>
+      <c r="J7" s="28"/>
+      <c r="K7" s="28"/>
+      <c r="L7" s="30"/>
+      <c r="M7" s="31"/>
       <c r="N7" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O7" s="8">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="P7" s="37"/>
+      <c r="P7" s="31"/>
     </row>
     <row r="8" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="72"/>
-[...11 lines deleted...]
-      <c r="M8" s="37"/>
+      <c r="A8" s="82"/>
+      <c r="B8" s="66"/>
+      <c r="C8" s="67"/>
+      <c r="D8" s="27"/>
+      <c r="E8" s="28"/>
+      <c r="F8" s="28"/>
+      <c r="G8" s="28"/>
+      <c r="H8" s="31"/>
+      <c r="I8" s="31"/>
+      <c r="J8" s="28"/>
+      <c r="K8" s="28"/>
+      <c r="L8" s="30"/>
+      <c r="M8" s="31"/>
       <c r="N8" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O8" s="8">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="P8" s="37"/>
+      <c r="P8" s="31"/>
     </row>
     <row r="9" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="20" t="s">
+      <c r="A9" s="80" t="s">
         <v>125</v>
       </c>
-      <c r="B9" s="26" t="e">
+      <c r="B9" s="24" t="e">
         <f>VLOOKUP(CAT_AGREM,LISTEADRESSES[],2,FALSE)</f>
         <v>#N/A</v>
       </c>
-      <c r="C9" s="27" t="s">
-[...11 lines deleted...]
-      <c r="M9" s="37"/>
+      <c r="C9" s="85" t="s">
+        <v>174</v>
+      </c>
+      <c r="D9" s="27"/>
+      <c r="E9" s="28"/>
+      <c r="F9" s="28"/>
+      <c r="G9" s="28"/>
+      <c r="H9" s="31"/>
+      <c r="I9" s="31"/>
+      <c r="J9" s="28"/>
+      <c r="K9" s="28"/>
+      <c r="L9" s="30"/>
+      <c r="M9" s="31"/>
       <c r="N9" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O9" s="8">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="P9" s="37"/>
+      <c r="P9" s="31"/>
     </row>
     <row r="10" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="20" t="s">
+      <c r="A10" s="80" t="s">
         <v>126</v>
       </c>
-      <c r="B10" s="28" t="e">
+      <c r="B10" s="25" t="e">
         <f>VLOOKUP(CAT_AGREM,LISTEADRESSES[],12,FALSE)</f>
         <v>#N/A</v>
       </c>
-      <c r="C10" s="29" t="e">
+      <c r="C10" s="26" t="e">
         <f>VLOOKUP(CAT_AGREM,LISTEADRESSES[],11,FALSE)</f>
         <v>#N/A</v>
       </c>
-      <c r="D10" s="33"/>
-[...8 lines deleted...]
-      <c r="M10" s="37"/>
+      <c r="D10" s="27"/>
+      <c r="E10" s="28"/>
+      <c r="F10" s="28"/>
+      <c r="G10" s="28"/>
+      <c r="H10" s="31"/>
+      <c r="I10" s="31"/>
+      <c r="J10" s="28"/>
+      <c r="K10" s="28"/>
+      <c r="L10" s="30"/>
+      <c r="M10" s="31"/>
       <c r="N10" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O10" s="8">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="P10" s="37"/>
+      <c r="P10" s="31"/>
     </row>
     <row r="11" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="30" t="s">
+      <c r="A11" s="83" t="s">
         <v>136</v>
       </c>
-      <c r="B11" s="39" t="s">
+      <c r="B11" s="33" t="s">
         <v>137</v>
       </c>
-      <c r="C11" s="22"/>
-[...9 lines deleted...]
-      <c r="M11" s="37"/>
+      <c r="C11" s="86" t="s">
+        <v>786</v>
+      </c>
+      <c r="D11" s="27"/>
+      <c r="E11" s="28"/>
+      <c r="F11" s="28"/>
+      <c r="G11" s="28"/>
+      <c r="H11" s="31"/>
+      <c r="I11" s="31"/>
+      <c r="J11" s="28"/>
+      <c r="K11" s="28"/>
+      <c r="L11" s="30"/>
+      <c r="M11" s="31"/>
       <c r="N11" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O11" s="8">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="P11" s="37"/>
+      <c r="P11" s="31"/>
     </row>
     <row r="12" spans="1:19" ht="16.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="31" t="s">
-[...15 lines deleted...]
-      <c r="M12" s="37"/>
+      <c r="A12" s="84" t="s">
+        <v>673</v>
+      </c>
+      <c r="B12" s="32" t="s">
+        <v>133</v>
+      </c>
+      <c r="C12" s="87"/>
+      <c r="D12" s="27"/>
+      <c r="E12" s="28"/>
+      <c r="F12" s="28"/>
+      <c r="G12" s="28"/>
+      <c r="H12" s="31"/>
+      <c r="I12" s="31"/>
+      <c r="J12" s="28"/>
+      <c r="K12" s="28"/>
+      <c r="L12" s="30"/>
+      <c r="M12" s="31"/>
       <c r="N12" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O12" s="8">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="P12" s="37"/>
+      <c r="P12" s="31"/>
     </row>
     <row r="13" spans="1:19" ht="16.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="D13" s="33"/>
-[...8 lines deleted...]
-      <c r="M13" s="37"/>
+      <c r="D13" s="27"/>
+      <c r="E13" s="28"/>
+      <c r="F13" s="28"/>
+      <c r="G13" s="28"/>
+      <c r="H13" s="31"/>
+      <c r="I13" s="31"/>
+      <c r="J13" s="28"/>
+      <c r="K13" s="28"/>
+      <c r="L13" s="30"/>
+      <c r="M13" s="31"/>
       <c r="N13" s="8">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="O13" s="8">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="P13" s="37"/>
+      <c r="P13" s="31"/>
     </row>
     <row r="14" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
-        <v>163</v>
-[...11 lines deleted...]
-      <c r="J14" s="66" t="s">
+        <v>162</v>
+      </c>
+      <c r="B14" s="49"/>
+      <c r="C14" s="50"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="73" t="s">
+        <v>169</v>
+      </c>
+      <c r="F14" s="73"/>
+      <c r="G14" s="73"/>
+      <c r="H14" s="73"/>
+      <c r="I14" s="73"/>
+      <c r="J14" s="60" t="s">
         <v>144</v>
       </c>
-      <c r="K14" s="66"/>
+      <c r="K14" s="60"/>
       <c r="L14" s="10"/>
-      <c r="M14" s="75" t="s">
-[...2 lines deleted...]
-      <c r="N14" s="75"/>
+      <c r="M14" s="68" t="s">
+        <v>166</v>
+      </c>
+      <c r="N14" s="68"/>
       <c r="O14" s="9">
         <f>IF($B$12="Uniquement des frais de fonctionnement",0,SUM(O4:O13))</f>
         <v>70484.88</v>
       </c>
       <c r="R14" s="4"/>
       <c r="S14" s="12"/>
     </row>
     <row r="15" spans="1:19" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="62"/>
-[...16 lines deleted...]
-      <c r="N15" s="78"/>
+      <c r="A15" s="56"/>
+      <c r="B15" s="51"/>
+      <c r="C15" s="52"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="72" t="s">
+        <v>165</v>
+      </c>
+      <c r="F15" s="72"/>
+      <c r="G15" s="72"/>
+      <c r="H15" s="72"/>
+      <c r="I15" s="72"/>
+      <c r="J15" s="72"/>
+      <c r="K15" s="72"/>
+      <c r="L15" s="72"/>
+      <c r="M15" s="71" t="s">
+        <v>167</v>
+      </c>
+      <c r="N15" s="71"/>
       <c r="O15" s="9">
-        <f>IF($B$12="Uniquement des frais de fonctionnement",12000,5000)*1.546</f>
-        <v>7730</v>
+        <v>8122.88</v>
       </c>
       <c r="R15" s="11"/>
       <c r="S15" s="12"/>
     </row>
     <row r="16" spans="1:19" ht="16.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="62"/>
-[...14 lines deleted...]
-      <c r="N16" s="78"/>
+      <c r="A16" s="56"/>
+      <c r="B16" s="53"/>
+      <c r="C16" s="54"/>
+      <c r="D16" s="27"/>
+      <c r="E16" s="72"/>
+      <c r="F16" s="72"/>
+      <c r="G16" s="72"/>
+      <c r="H16" s="72"/>
+      <c r="I16" s="72"/>
+      <c r="J16" s="72"/>
+      <c r="K16" s="72"/>
+      <c r="L16" s="72"/>
+      <c r="M16" s="71" t="s">
+        <v>168</v>
+      </c>
+      <c r="N16" s="71"/>
       <c r="O16" s="9">
         <f>O14+O15</f>
-        <v>78214.880000000005</v>
+        <v>78607.760000000009</v>
       </c>
     </row>
     <row r="17" spans="1:19" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>164</v>
-[...4 lines deleted...]
-      <c r="E17" s="82" t="s">
+        <v>163</v>
+      </c>
+      <c r="B17" s="43"/>
+      <c r="C17" s="44"/>
+      <c r="D17" s="27"/>
+      <c r="E17" s="75" t="s">
         <v>152</v>
       </c>
-      <c r="F17" s="82"/>
-[...9 lines deleted...]
-      <c r="P17" s="82"/>
+      <c r="F17" s="75"/>
+      <c r="G17" s="75"/>
+      <c r="H17" s="75"/>
+      <c r="I17" s="75"/>
+      <c r="J17" s="75"/>
+      <c r="K17" s="75"/>
+      <c r="L17" s="75"/>
+      <c r="M17" s="75"/>
+      <c r="N17" s="75"/>
+      <c r="O17" s="75"/>
+      <c r="P17" s="75"/>
     </row>
     <row r="18" spans="1:19" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="15"/>
-      <c r="B18" s="51"/>
-[...2 lines deleted...]
-      <c r="E18" s="76" t="s">
+      <c r="B18" s="45"/>
+      <c r="C18" s="46"/>
+      <c r="D18" s="27"/>
+      <c r="E18" s="69" t="s">
         <v>148</v>
       </c>
-      <c r="F18" s="76"/>
-[...9 lines deleted...]
-      <c r="P18" s="76"/>
+      <c r="F18" s="69"/>
+      <c r="G18" s="69"/>
+      <c r="H18" s="69"/>
+      <c r="I18" s="69"/>
+      <c r="J18" s="69"/>
+      <c r="K18" s="69"/>
+      <c r="L18" s="69"/>
+      <c r="M18" s="69"/>
+      <c r="N18" s="69"/>
+      <c r="O18" s="69"/>
+      <c r="P18" s="69"/>
     </row>
     <row r="19" spans="1:19" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B19" s="53"/>
-      <c r="C19" s="54"/>
+      <c r="B19" s="47"/>
+      <c r="C19" s="48"/>
       <c r="D19" s="17"/>
-      <c r="E19" s="76" t="s">
-[...12 lines deleted...]
-      <c r="P19" s="76"/>
+      <c r="E19" s="69" t="s">
+        <v>156</v>
+      </c>
+      <c r="F19" s="69"/>
+      <c r="G19" s="69"/>
+      <c r="H19" s="69"/>
+      <c r="I19" s="69"/>
+      <c r="J19" s="69"/>
+      <c r="K19" s="69"/>
+      <c r="L19" s="69"/>
+      <c r="M19" s="69"/>
+      <c r="N19" s="69"/>
+      <c r="O19" s="69"/>
+      <c r="P19" s="69"/>
     </row>
     <row r="20" spans="1:19" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="61" t="s">
-[...3 lines deleted...]
-      <c r="C20" s="61"/>
+      <c r="A20" s="55" t="s">
+        <v>164</v>
+      </c>
+      <c r="B20" s="55"/>
+      <c r="C20" s="55"/>
       <c r="D20" s="18"/>
-      <c r="E20" s="76" t="s">
+      <c r="E20" s="69" t="s">
         <v>149</v>
       </c>
-      <c r="F20" s="76"/>
-[...9 lines deleted...]
-      <c r="P20" s="76"/>
+      <c r="F20" s="69"/>
+      <c r="G20" s="69"/>
+      <c r="H20" s="69"/>
+      <c r="I20" s="69"/>
+      <c r="J20" s="69"/>
+      <c r="K20" s="69"/>
+      <c r="L20" s="69"/>
+      <c r="M20" s="69"/>
+      <c r="N20" s="69"/>
+      <c r="O20" s="69"/>
+      <c r="P20" s="69"/>
     </row>
     <row r="21" spans="1:19" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="61"/>
-[...1 lines deleted...]
-      <c r="C21" s="61"/>
+      <c r="A21" s="55"/>
+      <c r="B21" s="55"/>
+      <c r="C21" s="55"/>
       <c r="D21" s="18"/>
-      <c r="E21" s="76" t="s">
+      <c r="E21" s="69" t="s">
         <v>150</v>
       </c>
-      <c r="F21" s="76"/>
-[...10 lines deleted...]
-      <c r="S21" s="46"/>
+      <c r="F21" s="69"/>
+      <c r="G21" s="69"/>
+      <c r="H21" s="69"/>
+      <c r="I21" s="69"/>
+      <c r="J21" s="69"/>
+      <c r="K21" s="69"/>
+      <c r="L21" s="69"/>
+      <c r="M21" s="69"/>
+      <c r="N21" s="69"/>
+      <c r="O21" s="69"/>
+      <c r="P21" s="69"/>
+      <c r="S21" s="40"/>
     </row>
     <row r="22" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" s="6" t="s">
         <v>160</v>
       </c>
-      <c r="B22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="40"/>
+      <c r="C22" s="34"/>
       <c r="D22" s="18"/>
-      <c r="E22" s="77" t="s">
-[...12 lines deleted...]
-      <c r="P22" s="77"/>
+      <c r="E22" s="70" t="s">
+        <v>797</v>
+      </c>
+      <c r="F22" s="70"/>
+      <c r="G22" s="70"/>
+      <c r="H22" s="70"/>
+      <c r="I22" s="70"/>
+      <c r="J22" s="70"/>
+      <c r="K22" s="70"/>
+      <c r="L22" s="70"/>
+      <c r="M22" s="70"/>
+      <c r="N22" s="70"/>
+      <c r="O22" s="70"/>
+      <c r="P22" s="70"/>
     </row>
     <row r="23" spans="1:19" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="15" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-      <c r="C23" s="50"/>
+        <v>161</v>
+      </c>
+      <c r="B23" s="43"/>
+      <c r="C23" s="44"/>
       <c r="D23" s="16"/>
-      <c r="E23" s="76" t="s">
+      <c r="E23" s="69" t="s">
         <v>151</v>
       </c>
-      <c r="F23" s="76"/>
-[...9 lines deleted...]
-      <c r="P23" s="76"/>
+      <c r="F23" s="69"/>
+      <c r="G23" s="69"/>
+      <c r="H23" s="69"/>
+      <c r="I23" s="69"/>
+      <c r="J23" s="69"/>
+      <c r="K23" s="69"/>
+      <c r="L23" s="69"/>
+      <c r="M23" s="69"/>
+      <c r="N23" s="69"/>
+      <c r="O23" s="69"/>
+      <c r="P23" s="69"/>
     </row>
     <row r="24" spans="1:19" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="51"/>
-      <c r="C24" s="52"/>
+      <c r="B24" s="45"/>
+      <c r="C24" s="46"/>
       <c r="D24" s="16"/>
-      <c r="E24" s="76" t="s">
-[...12 lines deleted...]
-      <c r="P24" s="76"/>
+      <c r="E24" s="69" t="s">
+        <v>796</v>
+      </c>
+      <c r="F24" s="69"/>
+      <c r="G24" s="69"/>
+      <c r="H24" s="69"/>
+      <c r="I24" s="69"/>
+      <c r="J24" s="69"/>
+      <c r="K24" s="69"/>
+      <c r="L24" s="69"/>
+      <c r="M24" s="69"/>
+      <c r="N24" s="69"/>
+      <c r="O24" s="69"/>
+      <c r="P24" s="69"/>
     </row>
     <row r="25" spans="1:19" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B25" s="51"/>
-      <c r="C25" s="52"/>
+      <c r="B25" s="45"/>
+      <c r="C25" s="46"/>
       <c r="D25" s="19"/>
-      <c r="E25" s="76" t="s">
-[...12 lines deleted...]
-      <c r="P25" s="76"/>
+      <c r="E25" s="69" t="s">
+        <v>173</v>
+      </c>
+      <c r="F25" s="69"/>
+      <c r="G25" s="69"/>
+      <c r="H25" s="69"/>
+      <c r="I25" s="69"/>
+      <c r="J25" s="69"/>
+      <c r="K25" s="69"/>
+      <c r="L25" s="69"/>
+      <c r="M25" s="69"/>
+      <c r="N25" s="69"/>
+      <c r="O25" s="69"/>
+      <c r="P25" s="69"/>
     </row>
     <row r="26" spans="1:19" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="51"/>
-      <c r="C26" s="52"/>
+      <c r="B26" s="45"/>
+      <c r="C26" s="46"/>
       <c r="D26" s="18"/>
-      <c r="E26" s="82" t="s">
-[...12 lines deleted...]
-      <c r="P26" s="82"/>
+      <c r="E26" s="75" t="s">
+        <v>675</v>
+      </c>
+      <c r="F26" s="75"/>
+      <c r="G26" s="75"/>
+      <c r="H26" s="75"/>
+      <c r="I26" s="75"/>
+      <c r="J26" s="75"/>
+      <c r="K26" s="75"/>
+      <c r="L26" s="75"/>
+      <c r="M26" s="75"/>
+      <c r="N26" s="75"/>
+      <c r="O26" s="75"/>
+      <c r="P26" s="75"/>
     </row>
     <row r="27" spans="1:19" ht="13.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B27" s="53"/>
-      <c r="C27" s="54"/>
+      <c r="B27" s="47"/>
+      <c r="C27" s="48"/>
       <c r="D27" s="18"/>
-      <c r="E27" s="48" t="s">
-        <v>678</v>
+      <c r="E27" s="42" t="s">
+        <v>674</v>
       </c>
     </row>
     <row r="28" spans="1:19" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D28" s="18"/>
-      <c r="E28" s="2"/>
+      <c r="E28" s="79" t="s">
+        <v>784</v>
+      </c>
       <c r="H28" s="4"/>
       <c r="I28" s="4"/>
     </row>
     <row r="29" spans="1:19" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="E29" s="2"/>
+      <c r="E29" s="79" t="s">
+        <v>787</v>
+      </c>
       <c r="H29" s="4"/>
       <c r="I29" s="4"/>
     </row>
     <row r="30" spans="1:19" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E30" s="2"/>
       <c r="H30" s="4"/>
       <c r="I30" s="4"/>
     </row>
     <row r="31" spans="1:19" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E31" s="2"/>
       <c r="H31" s="4"/>
       <c r="I31" s="4"/>
     </row>
     <row r="32" spans="1:19" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E32" s="2"/>
       <c r="H32" s="4"/>
       <c r="I32" s="4"/>
     </row>
     <row r="33" spans="5:9" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E33" s="2"/>
       <c r="H33" s="4"/>
       <c r="I33" s="4"/>
     </row>
     <row r="34" spans="5:9" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E34" s="2"/>
@@ -4927,5160 +5368,6833 @@
   <colBreaks count="1" manualBreakCount="1">
     <brk id="4" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xWindow="461" yWindow="616" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F0EFDBB6-19C9-4329-914C-E0FC1D363B46}">
           <x14:formula1>
             <xm:f>ADRESSES!$C$98:$C$103</xm:f>
           </x14:formula1>
           <xm:sqref>B12</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{421DCA59-DD49-4203-BC61-28F0F95DB40F}">
   <sheetPr codeName="Feuil4"/>
   <dimension ref="A1:R109"/>
   <sheetViews>
-    <sheetView topLeftCell="A69" workbookViewId="0">
-      <selection activeCell="C106" sqref="C106"/>
+    <sheetView topLeftCell="A83" workbookViewId="0">
+      <selection activeCell="C98" sqref="C98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="7.44140625" style="1" customWidth="1"/>
     <col min="2" max="2" width="11" style="1" customWidth="1"/>
     <col min="3" max="3" width="40.109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="27.109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="9.6640625" style="1" customWidth="1"/>
     <col min="6" max="6" width="4.5546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="7" style="1" customWidth="1"/>
     <col min="8" max="9" width="23.33203125" style="1" customWidth="1"/>
     <col min="10" max="10" width="6.6640625" style="1" customWidth="1"/>
     <col min="11" max="11" width="9.5546875" style="1" customWidth="1"/>
     <col min="12" max="12" width="19.109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="13.33203125" style="1" customWidth="1"/>
     <col min="14" max="14" width="9.33203125" style="1" customWidth="1"/>
     <col min="15" max="15" width="19.109375" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13.5546875" style="1" customWidth="1"/>
     <col min="17" max="17" width="31" style="1" customWidth="1"/>
     <col min="18" max="16384" width="11.44140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A1" s="44" t="s">
+      <c r="A1" s="38" t="s">
+        <v>175</v>
+      </c>
+      <c r="B1" s="38" t="s">
         <v>176</v>
       </c>
-      <c r="B1" s="44" t="s">
+      <c r="C1" s="38" t="s">
         <v>177</v>
       </c>
-      <c r="C1" s="44" t="s">
+      <c r="D1" s="38" t="s">
         <v>178</v>
       </c>
-      <c r="D1" s="44" t="s">
+      <c r="E1" s="38" t="s">
         <v>179</v>
       </c>
-      <c r="E1" s="44" t="s">
+      <c r="F1" s="38" t="s">
         <v>180</v>
       </c>
-      <c r="F1" s="44" t="s">
+      <c r="G1" s="38" t="s">
         <v>181</v>
       </c>
-      <c r="G1" s="44" t="s">
+      <c r="H1" s="38" t="s">
         <v>182</v>
       </c>
-      <c r="H1" s="44" t="s">
+      <c r="I1" s="38" t="s">
+        <v>664</v>
+      </c>
+      <c r="J1" s="38" t="s">
         <v>183</v>
       </c>
-      <c r="I1" s="44" t="s">
-[...2 lines deleted...]
-      <c r="J1" s="44" t="s">
+      <c r="K1" s="38" t="s">
         <v>184</v>
       </c>
-      <c r="K1" s="44" t="s">
+      <c r="L1" s="38" t="s">
         <v>185</v>
       </c>
-      <c r="L1" s="44" t="s">
+      <c r="M1" s="38" t="s">
         <v>186</v>
       </c>
-      <c r="M1" s="44" t="s">
+      <c r="N1" s="38" t="s">
         <v>187</v>
       </c>
-      <c r="N1" s="44" t="s">
+      <c r="O1" s="38" t="s">
         <v>188</v>
       </c>
-      <c r="O1" s="44" t="s">
+      <c r="P1" s="38" t="s">
         <v>189</v>
       </c>
-      <c r="P1" s="44" t="s">
+      <c r="Q1" s="38" t="s">
         <v>190</v>
       </c>
-      <c r="Q1" s="44" t="s">
+      <c r="R1" s="38" t="s">
         <v>191</v>
       </c>
-      <c r="R1" s="44" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A2" s="45">
+      <c r="A2" s="39">
         <v>632</v>
       </c>
-      <c r="B2" s="45"/>
-[...8 lines deleted...]
-      <c r="I2" s="45" t="str">
+      <c r="B2" s="39"/>
+      <c r="C2" s="39" t="s">
+        <v>663</v>
+      </c>
+      <c r="D2" s="39"/>
+      <c r="E2" s="39"/>
+      <c r="F2" s="39"/>
+      <c r="G2" s="39"/>
+      <c r="H2" s="39"/>
+      <c r="I2" s="39" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v xml:space="preserve">,  -  </v>
       </c>
-      <c r="J2" s="45"/>
-[...7 lines deleted...]
-      <c r="R2" s="45"/>
+      <c r="J2" s="39"/>
+      <c r="K2" s="39"/>
+      <c r="L2" s="39"/>
+      <c r="M2" s="39"/>
+      <c r="N2" s="39"/>
+      <c r="O2" s="39"/>
+      <c r="P2" s="39"/>
+      <c r="Q2" s="39"/>
+      <c r="R2" s="39"/>
     </row>
     <row r="3" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
-      <c r="A3" s="42">
+      <c r="A3" s="36">
         <v>632001</v>
       </c>
-      <c r="B3" s="42">
+      <c r="B3" s="36">
         <v>216694436</v>
       </c>
-      <c r="C3" s="43" t="s">
+      <c r="C3" s="37" t="s">
+        <v>192</v>
+      </c>
+      <c r="D3" s="37" t="s">
         <v>193</v>
       </c>
-      <c r="D3" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E3" s="43" t="s">
+      <c r="E3" s="37" t="s">
         <v>94</v>
       </c>
-      <c r="F3" s="43" t="s">
+      <c r="F3" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G3" s="42">
+      <c r="G3" s="36">
         <v>4400</v>
       </c>
-      <c r="H3" s="43" t="s">
+      <c r="H3" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="I3" s="43" t="str">
+      <c r="I3" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue de l'Ermitage,16  - 4400 FLEMALLE</v>
       </c>
-      <c r="J3" s="42">
+      <c r="J3" s="36">
         <v>62120</v>
       </c>
-      <c r="K3" s="42">
+      <c r="K3" s="36">
         <v>10091710</v>
       </c>
-      <c r="L3" s="43" t="s">
+      <c r="L3" s="37" t="s">
+        <v>194</v>
+      </c>
+      <c r="M3" s="37" t="s">
         <v>195</v>
       </c>
-      <c r="M3" s="43" t="s">
+      <c r="N3" s="37" t="s">
         <v>196</v>
       </c>
-      <c r="N3" s="43" t="s">
+      <c r="O3" s="37" t="s">
         <v>197</v>
       </c>
-      <c r="O3" s="43" t="s">
+      <c r="P3" s="37" t="s">
         <v>198</v>
       </c>
-      <c r="P3" s="43" t="s">
+      <c r="Q3" s="37" t="s">
         <v>199</v>
       </c>
-      <c r="Q3" s="43" t="s">
+      <c r="R3" s="36" t="s">
         <v>200</v>
       </c>
-      <c r="R3" s="42" t="s">
+    </row>
+    <row r="4" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A4" s="36">
+        <v>632002</v>
+      </c>
+      <c r="B4" s="36">
+        <v>207889113</v>
+      </c>
+      <c r="C4" s="37" t="s">
         <v>201</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C4" s="43" t="s">
+      <c r="D4" s="37" t="s">
         <v>202</v>
       </c>
-      <c r="D4" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="43" t="s">
+      <c r="E4" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="43" t="s">
+      <c r="F4" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G4" s="42">
+      <c r="G4" s="36">
         <v>7000</v>
       </c>
-      <c r="H4" s="43" t="s">
+      <c r="H4" s="37" t="s">
         <v>12</v>
       </c>
-      <c r="I4" s="43" t="str">
+      <c r="I4" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue de Bouzanton,1  - 7000 MONS</v>
       </c>
-      <c r="J4" s="42">
+      <c r="J4" s="36">
         <v>53053</v>
       </c>
-      <c r="K4" s="42">
+      <c r="K4" s="36">
         <v>10091353</v>
       </c>
-      <c r="L4" s="43" t="s">
+      <c r="L4" s="37" t="s">
+        <v>203</v>
+      </c>
+      <c r="M4" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N4" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O4" s="37" t="s">
         <v>204</v>
       </c>
-      <c r="M4" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O4" s="43" t="s">
+      <c r="P4" s="37" t="s">
         <v>205</v>
       </c>
-      <c r="P4" s="43" t="s">
+      <c r="Q4" s="37" t="s">
         <v>206</v>
       </c>
-      <c r="Q4" s="43" t="s">
+      <c r="R4" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A5" s="36">
+        <v>632003</v>
+      </c>
+      <c r="B5" s="36">
+        <v>212149292</v>
+      </c>
+      <c r="C5" s="37" t="s">
         <v>207</v>
       </c>
-      <c r="R4" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C5" s="43" t="s">
+      <c r="D5" s="37" t="s">
         <v>208</v>
       </c>
-      <c r="D5" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="43" t="s">
+      <c r="E5" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="F5" s="43" t="s">
+      <c r="F5" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G5" s="42">
+      <c r="G5" s="36">
         <v>6900</v>
       </c>
-      <c r="H5" s="43" t="s">
+      <c r="H5" s="37" t="s">
         <v>21</v>
       </c>
-      <c r="I5" s="43" t="str">
+      <c r="I5" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Bld. du Midi,20  - 6900 MARCHE-EN-FAMENNE</v>
       </c>
-      <c r="J5" s="42">
+      <c r="J5" s="36">
         <v>83034</v>
       </c>
-      <c r="K5" s="42">
+      <c r="K5" s="36">
         <v>10091448</v>
       </c>
-      <c r="L5" s="43" t="s">
+      <c r="L5" s="37" t="s">
+        <v>209</v>
+      </c>
+      <c r="M5" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N5" s="37" t="s">
         <v>210</v>
       </c>
-      <c r="M5" s="43" t="s">
-[...2 lines deleted...]
-      <c r="N5" s="43" t="s">
+      <c r="O5" s="37" t="s">
         <v>211</v>
       </c>
-      <c r="O5" s="43" t="s">
+      <c r="P5" s="37" t="s">
         <v>212</v>
       </c>
-      <c r="P5" s="43" t="s">
+      <c r="Q5" s="37" t="s">
         <v>213</v>
       </c>
-      <c r="Q5" s="43" t="s">
+      <c r="R5" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A6" s="36">
+        <v>632004</v>
+      </c>
+      <c r="B6" s="36">
+        <v>212374273</v>
+      </c>
+      <c r="C6" s="37" t="s">
         <v>214</v>
       </c>
-      <c r="R5" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C6" s="43" t="s">
+      <c r="D6" s="37" t="s">
         <v>215</v>
       </c>
-      <c r="D6" s="43" t="s">
+      <c r="E6" s="37" t="s">
         <v>216</v>
       </c>
-      <c r="E6" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="43" t="s">
+      <c r="F6" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G6" s="42">
+      <c r="G6" s="36">
         <v>6460</v>
       </c>
-      <c r="H6" s="43" t="s">
+      <c r="H6" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="I6" s="43" t="str">
+      <c r="I6" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>chée. de Couvin,59  - 6460 CHIMAY</v>
       </c>
-      <c r="J6" s="42">
+      <c r="J6" s="36">
         <v>56016</v>
       </c>
-      <c r="K6" s="42">
+      <c r="K6" s="36">
         <v>10091635</v>
       </c>
-      <c r="L6" s="43" t="s">
+      <c r="L6" s="37" t="s">
+        <v>217</v>
+      </c>
+      <c r="M6" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N6" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O6" s="37" t="s">
         <v>218</v>
       </c>
-      <c r="M6" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O6" s="43" t="s">
+      <c r="P6" s="37" t="s">
         <v>219</v>
       </c>
-      <c r="P6" s="43" t="s">
+      <c r="Q6" s="37" t="s">
         <v>220</v>
       </c>
-      <c r="Q6" s="43" t="s">
+      <c r="R6" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A7" s="36">
+        <v>632005</v>
+      </c>
+      <c r="B7" s="36">
+        <v>212225211</v>
+      </c>
+      <c r="C7" s="37" t="s">
         <v>221</v>
       </c>
-      <c r="R6" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C7" s="43" t="s">
+      <c r="D7" s="37" t="s">
         <v>222</v>
       </c>
-      <c r="D7" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E7" s="43" t="s">
+      <c r="E7" s="37" t="s">
         <v>41</v>
       </c>
-      <c r="F7" s="43" t="s">
+      <c r="F7" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G7" s="42">
+      <c r="G7" s="36">
         <v>7060</v>
       </c>
-      <c r="H7" s="43" t="s">
+      <c r="H7" s="37" t="s">
         <v>23</v>
       </c>
-      <c r="I7" s="43" t="str">
+      <c r="I7" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue du Lombard,4  - 7060 SOIGNIES</v>
       </c>
-      <c r="J7" s="42">
+      <c r="J7" s="36">
         <v>55040</v>
       </c>
-      <c r="K7" s="42">
+      <c r="K7" s="36">
         <v>10091487</v>
       </c>
-      <c r="L7" s="43" t="s">
+      <c r="L7" s="37" t="s">
+        <v>223</v>
+      </c>
+      <c r="M7" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N7" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O7" s="37" t="s">
         <v>224</v>
       </c>
-      <c r="M7" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O7" s="43" t="s">
+      <c r="P7" s="37" t="s">
         <v>225</v>
       </c>
-      <c r="P7" s="43" t="s">
+      <c r="Q7" s="37" t="s">
         <v>226</v>
       </c>
-      <c r="Q7" s="43" t="s">
+      <c r="R7" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A8" s="36">
+        <v>632006</v>
+      </c>
+      <c r="B8" s="36">
+        <v>216692060</v>
+      </c>
+      <c r="C8" s="37" t="s">
         <v>227</v>
       </c>
-      <c r="R7" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C8" s="43" t="s">
+      <c r="D8" s="37" t="s">
         <v>228</v>
       </c>
-      <c r="D8" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="43" t="s">
+      <c r="E8" s="37" t="s">
         <v>127</v>
       </c>
-      <c r="F8" s="43" t="s">
+      <c r="F8" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G8" s="42">
+      <c r="G8" s="36">
         <v>7191</v>
       </c>
-      <c r="H8" s="43" t="s">
+      <c r="H8" s="37" t="s">
         <v>24</v>
       </c>
-      <c r="I8" s="43" t="str">
+      <c r="I8" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place des Martyrs,9  - 7191 ECAUSSINNES</v>
       </c>
-      <c r="J8" s="42">
+      <c r="J8" s="36">
         <v>55050</v>
       </c>
-      <c r="K8" s="42">
+      <c r="K8" s="36">
         <v>10091686</v>
       </c>
-      <c r="L8" s="43" t="s">
+      <c r="L8" s="37" t="s">
+        <v>229</v>
+      </c>
+      <c r="M8" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N8" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O8" s="37" t="s">
         <v>230</v>
       </c>
-      <c r="M8" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O8" s="43" t="s">
+      <c r="P8" s="37" t="s">
         <v>231</v>
       </c>
-      <c r="P8" s="43" t="s">
+      <c r="Q8" s="37" t="s">
         <v>232</v>
       </c>
-      <c r="Q8" s="43" t="s">
+      <c r="R8" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A9" s="36">
+        <v>632008</v>
+      </c>
+      <c r="B9" s="36">
+        <v>212156123</v>
+      </c>
+      <c r="C9" s="37" t="s">
         <v>233</v>
       </c>
-      <c r="R8" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C9" s="43" t="s">
+      <c r="D9" s="37" t="s">
         <v>234</v>
       </c>
-      <c r="D9" s="43" t="s">
+      <c r="E9" s="37" t="s">
         <v>235</v>
       </c>
-      <c r="E9" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="43" t="s">
+      <c r="F9" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G9" s="42">
+      <c r="G9" s="36">
         <v>6180</v>
       </c>
-      <c r="H9" s="43" t="s">
+      <c r="H9" s="37" t="s">
         <v>16</v>
       </c>
-      <c r="I9" s="43" t="str">
+      <c r="I9" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Baudouin 1er,119  - 6180 COURCELLES</v>
       </c>
-      <c r="J9" s="42">
+      <c r="J9" s="36">
         <v>52015</v>
       </c>
-      <c r="K9" s="42">
+      <c r="K9" s="36">
         <v>10091465</v>
       </c>
-      <c r="L9" s="43" t="s">
+      <c r="L9" s="37" t="s">
+        <v>236</v>
+      </c>
+      <c r="M9" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N9" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O9" s="37" t="s">
         <v>237</v>
       </c>
-      <c r="M9" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O9" s="43" t="s">
+      <c r="P9" s="37" t="s">
         <v>238</v>
       </c>
-      <c r="P9" s="43" t="s">
+      <c r="Q9" s="37" t="s">
         <v>239</v>
       </c>
-      <c r="Q9" s="43" t="s">
+      <c r="R9" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A10" s="36">
+        <v>632010</v>
+      </c>
+      <c r="B10" s="36">
+        <v>207663043</v>
+      </c>
+      <c r="C10" s="37" t="s">
         <v>240</v>
       </c>
-      <c r="R9" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C10" s="43" t="s">
+      <c r="D10" s="37" t="s">
         <v>241</v>
       </c>
-      <c r="D10" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="43" t="s">
+      <c r="E10" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="F10" s="43" t="s">
+      <c r="F10" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G10" s="42">
+      <c r="G10" s="36">
         <v>4000</v>
       </c>
-      <c r="H10" s="43" t="s">
+      <c r="H10" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="I10" s="43" t="str">
+      <c r="I10" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place Saint-Jacques,13  - 4000 LIEGE</v>
       </c>
-      <c r="J10" s="42">
+      <c r="J10" s="36">
         <v>62063</v>
       </c>
-      <c r="K10" s="42">
+      <c r="K10" s="36">
         <v>10091343</v>
       </c>
-      <c r="L10" s="43" t="s">
+      <c r="L10" s="37" t="s">
+        <v>242</v>
+      </c>
+      <c r="M10" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N10" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O10" s="37" t="s">
         <v>243</v>
       </c>
-      <c r="M10" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O10" s="43" t="s">
+      <c r="P10" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="P10" s="43" t="s">
+      <c r="Q10" s="37" t="s">
         <v>245</v>
       </c>
-      <c r="Q10" s="43" t="s">
+      <c r="R10" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A11" s="36">
+        <v>632011</v>
+      </c>
+      <c r="B11" s="36">
+        <v>212150084</v>
+      </c>
+      <c r="C11" s="37" t="s">
         <v>246</v>
       </c>
-      <c r="R10" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C11" s="43" t="s">
+      <c r="D11" s="37" t="s">
         <v>247</v>
       </c>
-      <c r="D11" s="43" t="s">
+      <c r="E11" s="37" t="s">
         <v>248</v>
       </c>
-      <c r="E11" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="43" t="s">
+      <c r="F11" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G11" s="42">
+      <c r="G11" s="36">
         <v>7170</v>
       </c>
-      <c r="H11" s="43" t="s">
+      <c r="H11" s="37" t="s">
         <v>26</v>
       </c>
-      <c r="I11" s="43" t="str">
+      <c r="I11" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place Albert Ier,1A  - 7170 Manage</v>
       </c>
-      <c r="J11" s="42">
+      <c r="J11" s="36">
         <v>55086</v>
       </c>
-      <c r="K11" s="42">
+      <c r="K11" s="36">
         <v>10091450</v>
       </c>
-      <c r="L11" s="43" t="s">
+      <c r="L11" s="37" t="s">
+        <v>249</v>
+      </c>
+      <c r="M11" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N11" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O11" s="37" t="s">
         <v>250</v>
       </c>
-      <c r="M11" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O11" s="43" t="s">
+      <c r="P11" s="37" t="s">
         <v>251</v>
       </c>
-      <c r="P11" s="43" t="s">
+      <c r="Q11" s="37" t="s">
         <v>252</v>
       </c>
-      <c r="Q11" s="43" t="s">
+      <c r="R11" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A12" s="36">
+        <v>632012</v>
+      </c>
+      <c r="B12" s="36">
+        <v>212147809</v>
+      </c>
+      <c r="C12" s="37" t="s">
         <v>253</v>
       </c>
-      <c r="R11" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C12" s="43" t="s">
+      <c r="D12" s="37" t="s">
         <v>254</v>
       </c>
-      <c r="D12" s="43" t="s">
+      <c r="E12" s="37" t="s">
         <v>255</v>
       </c>
-      <c r="E12" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="43" t="s">
+      <c r="F12" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G12" s="42">
+      <c r="G12" s="36">
         <v>4540</v>
       </c>
-      <c r="H12" s="43" t="s">
+      <c r="H12" s="37" t="s">
         <v>27</v>
       </c>
-      <c r="I12" s="43" t="str">
+      <c r="I12" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Chée Freddy Terwagne,76a  - 4540 AMAY</v>
       </c>
-      <c r="J12" s="42">
+      <c r="J12" s="36">
         <v>61003</v>
       </c>
-      <c r="K12" s="42">
+      <c r="K12" s="36">
         <v>10091445</v>
       </c>
-      <c r="L12" s="43" t="s">
+      <c r="L12" s="37" t="s">
+        <v>256</v>
+      </c>
+      <c r="M12" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N12" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O12" s="37" t="s">
         <v>257</v>
       </c>
-      <c r="M12" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O12" s="43" t="s">
+      <c r="P12" s="37" t="s">
         <v>258</v>
       </c>
-      <c r="P12" s="43" t="s">
+      <c r="Q12" s="37" t="s">
         <v>259</v>
       </c>
-      <c r="Q12" s="43" t="s">
+      <c r="R12" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A13" s="36">
+        <v>632014</v>
+      </c>
+      <c r="B13" s="36">
+        <v>212353091</v>
+      </c>
+      <c r="C13" s="37" t="s">
         <v>260</v>
       </c>
-      <c r="R12" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C13" s="43" t="s">
+      <c r="D13" s="37" t="s">
         <v>261</v>
       </c>
-      <c r="D13" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="43" t="s">
+      <c r="E13" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="F13" s="43" t="s">
+      <c r="F13" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G13" s="42">
+      <c r="G13" s="36">
         <v>7160</v>
       </c>
-      <c r="H13" s="43" t="s">
+      <c r="H13" s="37" t="s">
         <v>29</v>
       </c>
-      <c r="I13" s="43" t="str">
+      <c r="I13" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place de l'Eglise,24  - 7160 CHAPELLE-LEZ-HERLAIMONT</v>
       </c>
-      <c r="J13" s="42">
+      <c r="J13" s="36">
         <v>52010</v>
       </c>
-      <c r="K13" s="42">
+      <c r="K13" s="36">
         <v>10091565</v>
       </c>
-      <c r="L13" s="43" t="s">
+      <c r="L13" s="37" t="s">
+        <v>262</v>
+      </c>
+      <c r="M13" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N13" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O13" s="37" t="s">
         <v>263</v>
       </c>
-      <c r="M13" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O13" s="43" t="s">
+      <c r="P13" s="37" t="s">
         <v>264</v>
       </c>
-      <c r="P13" s="43" t="s">
+      <c r="Q13" s="37" t="s">
         <v>265</v>
       </c>
-      <c r="Q13" s="43" t="s">
+      <c r="R13" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A14" s="36">
+        <v>632016</v>
+      </c>
+      <c r="B14" s="36">
+        <v>212144443</v>
+      </c>
+      <c r="C14" s="37" t="s">
         <v>266</v>
       </c>
-      <c r="R13" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C14" s="43" t="s">
+      <c r="D14" s="37" t="s">
+        <v>30</v>
+      </c>
+      <c r="E14" s="37" t="s">
+        <v>31</v>
+      </c>
+      <c r="F14" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="36">
+        <v>7100</v>
+      </c>
+      <c r="H14" s="37" t="s">
         <v>267</v>
       </c>
-      <c r="D14" s="43" t="s">
-[...14 lines deleted...]
-      <c r="I14" s="43" t="str">
+      <c r="I14" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place de la Concorde,15  - 7100 La Louvière</v>
       </c>
-      <c r="J14" s="42">
+      <c r="J14" s="36">
         <v>58001</v>
       </c>
-      <c r="K14" s="42">
+      <c r="K14" s="36">
         <v>10091437</v>
       </c>
-      <c r="L14" s="43" t="s">
+      <c r="L14" s="37" t="s">
+        <v>268</v>
+      </c>
+      <c r="M14" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N14" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O14" s="37" t="s">
         <v>269</v>
       </c>
-      <c r="M14" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O14" s="43" t="s">
+      <c r="P14" s="37" t="s">
         <v>270</v>
       </c>
-      <c r="P14" s="43" t="s">
+      <c r="Q14" s="37" t="s">
         <v>271</v>
       </c>
-      <c r="Q14" s="43" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="R14" s="36" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
-      <c r="A15" s="42">
+      <c r="A15" s="36">
         <v>632017</v>
       </c>
-      <c r="B15" s="42">
+      <c r="B15" s="36">
         <v>212144443</v>
       </c>
-      <c r="C15" s="43" t="s">
+      <c r="C15" s="37" t="s">
+        <v>266</v>
+      </c>
+      <c r="D15" s="37" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" s="37" t="s">
+        <v>31</v>
+      </c>
+      <c r="F15" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="36">
+        <v>7100</v>
+      </c>
+      <c r="H15" s="37" t="s">
         <v>267</v>
       </c>
-      <c r="D15" s="43" t="s">
-[...14 lines deleted...]
-      <c r="I15" s="43" t="str">
+      <c r="I15" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place de la Concorde,15  - 7100 La Louvière</v>
       </c>
-      <c r="J15" s="42">
+      <c r="J15" s="36">
         <v>58001</v>
       </c>
-      <c r="K15" s="42">
+      <c r="K15" s="36">
         <v>10091437</v>
       </c>
-      <c r="L15" s="43" t="s">
+      <c r="L15" s="37" t="s">
+        <v>268</v>
+      </c>
+      <c r="M15" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N15" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O15" s="37" t="s">
         <v>269</v>
       </c>
-      <c r="M15" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O15" s="43" t="s">
+      <c r="P15" s="37" t="s">
         <v>270</v>
       </c>
-      <c r="P15" s="43" t="s">
+      <c r="Q15" s="37" t="s">
         <v>271</v>
       </c>
-      <c r="Q15" s="43" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="R15" s="36" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A16" s="42">
+      <c r="A16" s="36">
         <v>632019</v>
       </c>
-      <c r="B16" s="42">
+      <c r="B16" s="36">
         <v>207663043</v>
       </c>
-      <c r="C16" s="43" t="s">
+      <c r="C16" s="37" t="s">
+        <v>240</v>
+      </c>
+      <c r="D16" s="37" t="s">
         <v>241</v>
       </c>
-      <c r="D16" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="43" t="s">
+      <c r="E16" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="F16" s="43" t="s">
+      <c r="F16" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G16" s="42">
+      <c r="G16" s="36">
         <v>4000</v>
       </c>
-      <c r="H16" s="43" t="s">
+      <c r="H16" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="I16" s="43" t="str">
+      <c r="I16" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place Saint-Jacques,13  - 4000 LIEGE</v>
       </c>
-      <c r="J16" s="42">
+      <c r="J16" s="36">
         <v>62063</v>
       </c>
-      <c r="K16" s="42">
+      <c r="K16" s="36">
         <v>10091343</v>
       </c>
-      <c r="L16" s="43" t="s">
+      <c r="L16" s="37" t="s">
+        <v>242</v>
+      </c>
+      <c r="M16" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N16" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O16" s="37" t="s">
         <v>243</v>
       </c>
-      <c r="M16" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O16" s="43" t="s">
+      <c r="P16" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="P16" s="43" t="s">
+      <c r="Q16" s="37" t="s">
         <v>245</v>
       </c>
-      <c r="Q16" s="43" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="R16" s="36" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
-      <c r="A17" s="42">
+      <c r="A17" s="36">
         <v>632020</v>
       </c>
-      <c r="B17" s="42">
+      <c r="B17" s="36">
         <v>212351806</v>
       </c>
-      <c r="C17" s="43" t="s">
+      <c r="C17" s="37" t="s">
+        <v>272</v>
+      </c>
+      <c r="D17" s="37" t="s">
         <v>273</v>
       </c>
-      <c r="D17" s="43" t="s">
+      <c r="E17" s="37" t="s">
         <v>274</v>
       </c>
-      <c r="E17" s="43" t="s">
+      <c r="F17" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="36">
+        <v>5310</v>
+      </c>
+      <c r="H17" s="37" t="s">
         <v>275</v>
       </c>
-      <c r="F17" s="43" t="s">
-[...8 lines deleted...]
-      <c r="I17" s="43" t="str">
+      <c r="I17" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue de la Poste,33  - 5310 LEUZE-LONGCHAMPS</v>
       </c>
-      <c r="J17" s="42">
+      <c r="J17" s="36">
         <v>92035</v>
       </c>
-      <c r="K17" s="42">
+      <c r="K17" s="36">
         <v>10091560</v>
       </c>
-      <c r="L17" s="43" t="s">
+      <c r="L17" s="37" t="s">
+        <v>276</v>
+      </c>
+      <c r="M17" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N17" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O17" s="37" t="s">
         <v>277</v>
       </c>
-      <c r="M17" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O17" s="43" t="s">
+      <c r="P17" s="37" t="s">
         <v>278</v>
       </c>
-      <c r="P17" s="43" t="s">
+      <c r="Q17" s="37" t="s">
         <v>279</v>
       </c>
-      <c r="Q17" s="43" t="s">
+      <c r="R17" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A18" s="36">
+        <v>632021</v>
+      </c>
+      <c r="B18" s="36">
+        <v>212165427</v>
+      </c>
+      <c r="C18" s="37" t="s">
         <v>280</v>
       </c>
-      <c r="R17" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C18" s="43" t="s">
+      <c r="D18" s="37" t="s">
         <v>281</v>
       </c>
-      <c r="D18" s="43" t="s">
+      <c r="E18" s="37" t="s">
         <v>282</v>
       </c>
-      <c r="E18" s="43" t="s">
+      <c r="F18" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="36">
+        <v>4102</v>
+      </c>
+      <c r="H18" s="37" t="s">
         <v>283</v>
       </c>
-      <c r="F18" s="43" t="s">
-[...8 lines deleted...]
-      <c r="I18" s="43" t="str">
+      <c r="I18" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Av. du Centenaire,400  - 4102 OUGREE</v>
       </c>
-      <c r="J18" s="42">
+      <c r="J18" s="36">
         <v>62096</v>
       </c>
-      <c r="K18" s="42">
+      <c r="K18" s="36">
         <v>10091485</v>
       </c>
-      <c r="L18" s="43" t="s">
+      <c r="L18" s="37" t="s">
+        <v>284</v>
+      </c>
+      <c r="M18" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N18" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O18" s="37" t="s">
         <v>285</v>
       </c>
-      <c r="M18" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O18" s="43" t="s">
+      <c r="P18" s="37" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q18" s="37" t="s">
         <v>286</v>
       </c>
-      <c r="P18" s="43" t="s">
-[...2 lines deleted...]
-      <c r="Q18" s="43" t="s">
+      <c r="R18" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A19" s="36">
+        <v>632023</v>
+      </c>
+      <c r="B19" s="36">
+        <v>212365365</v>
+      </c>
+      <c r="C19" s="37" t="s">
         <v>287</v>
       </c>
-      <c r="R18" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C19" s="43" t="s">
+      <c r="D19" s="37" t="s">
         <v>288</v>
       </c>
-      <c r="D19" s="43" t="s">
+      <c r="E19" s="37" t="s">
         <v>289</v>
       </c>
-      <c r="E19" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="43" t="s">
+      <c r="F19" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G19" s="42">
+      <c r="G19" s="36">
         <v>4680</v>
       </c>
-      <c r="H19" s="43" t="s">
+      <c r="H19" s="37" t="s">
         <v>33</v>
       </c>
-      <c r="I19" s="43" t="str">
+      <c r="I19" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Sur les Vignes,37  - 4680 OUPEYE</v>
       </c>
-      <c r="J19" s="42">
+      <c r="J19" s="36">
         <v>62079</v>
       </c>
-      <c r="K19" s="42">
+      <c r="K19" s="36">
         <v>10091606</v>
       </c>
-      <c r="L19" s="43" t="s">
+      <c r="L19" s="37" t="s">
+        <v>290</v>
+      </c>
+      <c r="M19" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N19" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O19" s="37" t="s">
         <v>291</v>
       </c>
-      <c r="M19" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O19" s="43" t="s">
+      <c r="P19" s="37" t="s">
         <v>292</v>
       </c>
-      <c r="P19" s="43" t="s">
+      <c r="Q19" s="37" t="s">
         <v>293</v>
       </c>
-      <c r="Q19" s="43" t="s">
+      <c r="R19" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A20" s="36">
+        <v>632024</v>
+      </c>
+      <c r="B20" s="36">
+        <v>212229565</v>
+      </c>
+      <c r="C20" s="37" t="s">
         <v>294</v>
       </c>
-      <c r="R19" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C20" s="43" t="s">
+      <c r="D20" s="37" t="s">
         <v>295</v>
       </c>
-      <c r="D20" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="43" t="s">
+      <c r="E20" s="37" t="s">
         <v>98</v>
       </c>
-      <c r="F20" s="43" t="s">
+      <c r="F20" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G20" s="42">
+      <c r="G20" s="36">
         <v>4800</v>
       </c>
-      <c r="H20" s="43" t="s">
+      <c r="H20" s="37" t="s">
         <v>14</v>
       </c>
-      <c r="I20" s="43" t="str">
+      <c r="I20" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue du Collège,49  - 4800 VERVIERS</v>
       </c>
-      <c r="J20" s="42">
+      <c r="J20" s="36">
         <v>63079</v>
       </c>
-      <c r="K20" s="42">
+      <c r="K20" s="36">
         <v>10091498</v>
       </c>
-      <c r="L20" s="43" t="s">
+      <c r="L20" s="37" t="s">
+        <v>296</v>
+      </c>
+      <c r="M20" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N20" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O20" s="37" t="s">
         <v>297</v>
       </c>
-      <c r="M20" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O20" s="43" t="s">
+      <c r="P20" s="37" t="s">
         <v>298</v>
       </c>
-      <c r="P20" s="43" t="s">
+      <c r="Q20" s="37" t="s">
         <v>299</v>
       </c>
-      <c r="Q20" s="43" t="s">
+      <c r="R20" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A21" s="36">
+        <v>632028</v>
+      </c>
+      <c r="B21" s="36">
+        <v>212368137</v>
+      </c>
+      <c r="C21" s="37" t="s">
         <v>300</v>
       </c>
-      <c r="R20" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D21" s="43" t="s">
+      <c r="D21" s="37" t="s">
         <v>34</v>
       </c>
-      <c r="E21" s="43" t="s">
+      <c r="E21" s="37" t="s">
         <v>35</v>
       </c>
-      <c r="F21" s="43" t="s">
+      <c r="F21" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G21" s="42">
+      <c r="G21" s="36">
         <v>6224</v>
       </c>
-      <c r="H21" s="43" t="s">
+      <c r="H21" s="37" t="s">
         <v>36</v>
       </c>
-      <c r="I21" s="43" t="str">
+      <c r="I21" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Ferrer,18  - 6224 WANFERCEE-BAULET</v>
       </c>
-      <c r="J21" s="42">
+      <c r="J21" s="36">
         <v>52021</v>
       </c>
-      <c r="K21" s="42">
+      <c r="K21" s="36">
         <v>10091618</v>
       </c>
-      <c r="L21" s="43" t="s">
+      <c r="L21" s="37" t="s">
+        <v>301</v>
+      </c>
+      <c r="M21" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N21" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O21" s="37" t="s">
         <v>302</v>
       </c>
-      <c r="M21" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O21" s="43" t="s">
+      <c r="P21" s="37" t="s">
+        <v>667</v>
+      </c>
+      <c r="Q21" s="37" t="s">
         <v>303</v>
       </c>
-      <c r="P21" s="43" t="s">
-[...2 lines deleted...]
-      <c r="Q21" s="43" t="s">
+      <c r="R21" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A22" s="36">
+        <v>632029</v>
+      </c>
+      <c r="B22" s="36">
+        <v>212358536</v>
+      </c>
+      <c r="C22" s="37" t="s">
         <v>304</v>
       </c>
-      <c r="R21" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C22" s="43" t="s">
+      <c r="D22" s="37" t="s">
         <v>305</v>
       </c>
-      <c r="D22" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="43" t="s">
+      <c r="E22" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="F22" s="43" t="s">
+      <c r="F22" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G22" s="42">
+      <c r="G22" s="36">
         <v>6000</v>
       </c>
-      <c r="H22" s="43" t="s">
+      <c r="H22" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="I22" s="43" t="str">
+      <c r="I22" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Bld. Joseph II,13  - 6000 CHARLEROI</v>
       </c>
-      <c r="J22" s="42">
+      <c r="J22" s="36">
         <v>52011</v>
       </c>
-      <c r="K22" s="42">
+      <c r="K22" s="36">
         <v>10091581</v>
       </c>
-      <c r="L22" s="43" t="s">
+      <c r="L22" s="37" t="s">
+        <v>306</v>
+      </c>
+      <c r="M22" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N22" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O22" s="37" t="s">
         <v>307</v>
       </c>
-      <c r="M22" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O22" s="43" t="s">
+      <c r="P22" s="37" t="s">
         <v>308</v>
       </c>
-      <c r="P22" s="43" t="s">
+      <c r="Q22" s="37" t="s">
         <v>309</v>
       </c>
-      <c r="Q22" s="43" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="R22" s="36" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A23" s="42">
+      <c r="A23" s="36">
         <v>632030</v>
       </c>
-      <c r="B23" s="42">
+      <c r="B23" s="36">
         <v>212358536</v>
       </c>
-      <c r="C23" s="43" t="s">
+      <c r="C23" s="37" t="s">
+        <v>304</v>
+      </c>
+      <c r="D23" s="37" t="s">
         <v>305</v>
       </c>
-      <c r="D23" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="43" t="s">
+      <c r="E23" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="F23" s="43" t="s">
+      <c r="F23" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G23" s="42">
+      <c r="G23" s="36">
         <v>6000</v>
       </c>
-      <c r="H23" s="43" t="s">
+      <c r="H23" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="I23" s="43" t="str">
+      <c r="I23" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Bld. Joseph II,13  - 6000 CHARLEROI</v>
       </c>
-      <c r="J23" s="42">
+      <c r="J23" s="36">
         <v>52011</v>
       </c>
-      <c r="K23" s="42">
+      <c r="K23" s="36">
         <v>10091581</v>
       </c>
-      <c r="L23" s="43" t="s">
+      <c r="L23" s="37" t="s">
+        <v>306</v>
+      </c>
+      <c r="M23" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N23" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O23" s="37" t="s">
         <v>307</v>
       </c>
-      <c r="M23" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O23" s="43" t="s">
+      <c r="P23" s="37" t="s">
         <v>308</v>
       </c>
-      <c r="P23" s="43" t="s">
+      <c r="Q23" s="37" t="s">
         <v>309</v>
       </c>
-      <c r="Q23" s="43" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="R23" s="36" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A24" s="42">
+      <c r="A24" s="36">
         <v>632031</v>
       </c>
-      <c r="B24" s="42">
+      <c r="B24" s="36">
         <v>212358536</v>
       </c>
-      <c r="C24" s="43" t="s">
+      <c r="C24" s="37" t="s">
+        <v>304</v>
+      </c>
+      <c r="D24" s="37" t="s">
         <v>305</v>
       </c>
-      <c r="D24" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E24" s="43" t="s">
+      <c r="E24" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="F24" s="43" t="s">
+      <c r="F24" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G24" s="42">
+      <c r="G24" s="36">
         <v>6000</v>
       </c>
-      <c r="H24" s="43" t="s">
+      <c r="H24" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="I24" s="43" t="str">
+      <c r="I24" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Bld. Joseph II,13  - 6000 CHARLEROI</v>
       </c>
-      <c r="J24" s="42">
+      <c r="J24" s="36">
         <v>52011</v>
       </c>
-      <c r="K24" s="42">
+      <c r="K24" s="36">
         <v>10091581</v>
       </c>
-      <c r="L24" s="43" t="s">
+      <c r="L24" s="37" t="s">
+        <v>306</v>
+      </c>
+      <c r="M24" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N24" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O24" s="37" t="s">
         <v>307</v>
       </c>
-      <c r="M24" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O24" s="43" t="s">
+      <c r="P24" s="37" t="s">
         <v>308</v>
       </c>
-      <c r="P24" s="43" t="s">
+      <c r="Q24" s="37" t="s">
         <v>309</v>
       </c>
-      <c r="Q24" s="43" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="R24" s="36" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A25" s="42">
+      <c r="A25" s="36">
         <v>632032</v>
       </c>
-      <c r="B25" s="42">
+      <c r="B25" s="36">
         <v>212358536</v>
       </c>
-      <c r="C25" s="43" t="s">
+      <c r="C25" s="37" t="s">
+        <v>304</v>
+      </c>
+      <c r="D25" s="37" t="s">
         <v>305</v>
       </c>
-      <c r="D25" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="43" t="s">
+      <c r="E25" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="F25" s="43" t="s">
+      <c r="F25" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G25" s="42">
+      <c r="G25" s="36">
         <v>6000</v>
       </c>
-      <c r="H25" s="43" t="s">
+      <c r="H25" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="I25" s="43" t="str">
+      <c r="I25" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Bld. Joseph II,13  - 6000 CHARLEROI</v>
       </c>
-      <c r="J25" s="42">
+      <c r="J25" s="36">
         <v>52011</v>
       </c>
-      <c r="K25" s="42">
+      <c r="K25" s="36">
         <v>10091581</v>
       </c>
-      <c r="L25" s="43" t="s">
+      <c r="L25" s="37" t="s">
+        <v>306</v>
+      </c>
+      <c r="M25" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N25" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O25" s="37" t="s">
         <v>307</v>
       </c>
-      <c r="M25" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O25" s="43" t="s">
+      <c r="P25" s="37" t="s">
         <v>308</v>
       </c>
-      <c r="P25" s="43" t="s">
+      <c r="Q25" s="37" t="s">
         <v>309</v>
       </c>
-      <c r="Q25" s="43" t="s">
+      <c r="R25" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A26" s="36">
+        <v>632033</v>
+      </c>
+      <c r="B26" s="36">
+        <v>216694238</v>
+      </c>
+      <c r="C26" s="37" t="s">
         <v>310</v>
       </c>
-      <c r="R25" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C26" s="43" t="s">
+      <c r="D26" s="37" t="s">
         <v>311</v>
       </c>
-      <c r="D26" s="43" t="s">
+      <c r="E26" s="37" t="s">
         <v>312</v>
       </c>
-      <c r="E26" s="43" t="s">
+      <c r="F26" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="36">
+        <v>4671</v>
+      </c>
+      <c r="H26" s="37" t="s">
         <v>313</v>
       </c>
-      <c r="F26" s="43" t="s">
-[...8 lines deleted...]
-      <c r="I26" s="43" t="str">
+      <c r="I26" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Esplanade de Cuyper Beniest,7/13  - 4671 Saive</v>
       </c>
-      <c r="J26" s="42">
+      <c r="J26" s="36">
         <v>62119</v>
       </c>
-      <c r="K26" s="42">
+      <c r="K26" s="36">
         <v>10091708</v>
       </c>
-      <c r="L26" s="43" t="s">
+      <c r="L26" s="37" t="s">
+        <v>314</v>
+      </c>
+      <c r="M26" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N26" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O26" s="37" t="s">
         <v>315</v>
       </c>
-      <c r="M26" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O26" s="43" t="s">
+      <c r="P26" s="37" t="s">
         <v>316</v>
       </c>
-      <c r="P26" s="43" t="s">
+      <c r="Q26" s="37" t="s">
         <v>317</v>
       </c>
-      <c r="Q26" s="43" t="s">
+      <c r="R26" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A27" s="36">
+        <v>632034</v>
+      </c>
+      <c r="B27" s="36">
+        <v>212360714</v>
+      </c>
+      <c r="C27" s="37" t="s">
         <v>318</v>
       </c>
-      <c r="R26" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D27" s="43" t="s">
+      <c r="D27" s="37" t="s">
         <v>38</v>
       </c>
-      <c r="E27" s="43" t="s">
+      <c r="E27" s="37" t="s">
         <v>39</v>
       </c>
-      <c r="F27" s="43" t="s">
+      <c r="F27" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G27" s="42">
+      <c r="G27" s="36">
         <v>7090</v>
       </c>
-      <c r="H27" s="43" t="s">
+      <c r="H27" s="37" t="s">
         <v>40</v>
       </c>
-      <c r="I27" s="43" t="str">
+      <c r="I27" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue des Frères Dulait,19  - 7090 BRAINE-LE-COMTE</v>
       </c>
-      <c r="J27" s="42">
+      <c r="J27" s="36">
         <v>55004</v>
       </c>
-      <c r="K27" s="42">
+      <c r="K27" s="36">
         <v>10091592</v>
       </c>
-      <c r="L27" s="43" t="s">
+      <c r="L27" s="37" t="s">
+        <v>319</v>
+      </c>
+      <c r="M27" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N27" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O27" s="37" t="s">
         <v>320</v>
       </c>
-      <c r="M27" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O27" s="43" t="s">
+      <c r="P27" s="37" t="s">
         <v>321</v>
       </c>
-      <c r="P27" s="43" t="s">
+      <c r="Q27" s="37" t="s">
         <v>322</v>
       </c>
-      <c r="Q27" s="43" t="s">
+      <c r="R27" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A28" s="36">
+        <v>632035</v>
+      </c>
+      <c r="B28" s="36">
+        <v>212360318</v>
+      </c>
+      <c r="C28" s="37" t="s">
         <v>323</v>
       </c>
-      <c r="R27" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C28" s="43" t="s">
+      <c r="D28" s="37" t="s">
         <v>324</v>
       </c>
-      <c r="D28" s="43" t="s">
+      <c r="E28" s="37" t="s">
         <v>325</v>
       </c>
-      <c r="E28" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="43" t="s">
+      <c r="F28" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G28" s="42">
+      <c r="G28" s="36">
         <v>5620</v>
       </c>
-      <c r="H28" s="43" t="s">
+      <c r="H28" s="37" t="s">
         <v>42</v>
       </c>
-      <c r="I28" s="43" t="str">
+      <c r="I28" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place Verte ,30  - 5620 FLORENNES</v>
       </c>
-      <c r="J28" s="42">
+      <c r="J28" s="36">
         <v>93022</v>
       </c>
-      <c r="K28" s="42">
+      <c r="K28" s="36">
         <v>10091589</v>
       </c>
-      <c r="L28" s="43" t="s">
+      <c r="L28" s="37" t="s">
+        <v>326</v>
+      </c>
+      <c r="M28" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N28" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O28" s="37" t="s">
         <v>327</v>
       </c>
-      <c r="M28" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O28" s="43" t="s">
+      <c r="P28" s="37" t="s">
         <v>328</v>
       </c>
-      <c r="P28" s="43" t="s">
+      <c r="Q28" s="37" t="s">
         <v>329</v>
       </c>
-      <c r="Q28" s="43" t="s">
+      <c r="R28" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A29" s="36">
+        <v>632036</v>
+      </c>
+      <c r="B29" s="36">
+        <v>467616610</v>
+      </c>
+      <c r="C29" s="37" t="s">
         <v>330</v>
       </c>
-      <c r="R28" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C29" s="43" t="s">
+      <c r="D29" s="37" t="s">
+        <v>120</v>
+      </c>
+      <c r="E29" s="37" t="s">
         <v>331</v>
       </c>
-      <c r="D29" s="43" t="s">
-[...5 lines deleted...]
-      <c r="F29" s="43" t="s">
+      <c r="F29" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G29" s="42">
+      <c r="G29" s="36">
         <v>6927</v>
       </c>
-      <c r="H29" s="43" t="s">
+      <c r="H29" s="37" t="s">
         <v>44</v>
       </c>
-      <c r="I29" s="43" t="str">
+      <c r="I29" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Saint Roch,154  - 6927 TELLIN</v>
       </c>
-      <c r="J29" s="42">
+      <c r="J29" s="36">
         <v>84068</v>
       </c>
-      <c r="K29" s="42">
+      <c r="K29" s="36">
         <v>10103697</v>
       </c>
-      <c r="L29" s="43" t="s">
+      <c r="L29" s="37" t="s">
+        <v>332</v>
+      </c>
+      <c r="M29" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N29" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O29" s="37" t="s">
         <v>333</v>
       </c>
-      <c r="M29" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O29" s="43" t="s">
+      <c r="P29" s="37" t="s">
         <v>334</v>
       </c>
-      <c r="P29" s="43" t="s">
+      <c r="Q29" s="37" t="s">
         <v>335</v>
       </c>
-      <c r="Q29" s="43" t="s">
+      <c r="R29" s="36" t="s">
         <v>336</v>
       </c>
-      <c r="R29" s="42" t="s">
+    </row>
+    <row r="30" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A30" s="36">
+        <v>632037</v>
+      </c>
+      <c r="B30" s="36">
+        <v>212366751</v>
+      </c>
+      <c r="C30" s="37" t="s">
         <v>337</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D30" s="43" t="s">
+      <c r="D30" s="37" t="s">
         <v>45</v>
       </c>
-      <c r="E30" s="43" t="s">
+      <c r="E30" s="37" t="s">
         <v>46</v>
       </c>
-      <c r="F30" s="43" t="s">
+      <c r="F30" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G30" s="42">
+      <c r="G30" s="36">
         <v>7301</v>
       </c>
-      <c r="H30" s="43" t="s">
+      <c r="H30" s="37" t="s">
         <v>13</v>
       </c>
-      <c r="I30" s="43" t="str">
+      <c r="I30" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue de la Fontaine,127  - 7301 HORNU</v>
       </c>
-      <c r="J30" s="42">
+      <c r="J30" s="36">
         <v>53014</v>
       </c>
-      <c r="K30" s="42">
+      <c r="K30" s="36">
         <v>10091612</v>
       </c>
-      <c r="L30" s="43" t="s">
+      <c r="L30" s="37" t="s">
+        <v>338</v>
+      </c>
+      <c r="M30" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N30" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O30" s="37" t="s">
         <v>339</v>
       </c>
-      <c r="M30" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O30" s="43" t="s">
+      <c r="P30" s="37" t="s">
+        <v>270</v>
+      </c>
+      <c r="Q30" s="37" t="s">
         <v>340</v>
       </c>
-      <c r="P30" s="43" t="s">
-[...2 lines deleted...]
-      <c r="Q30" s="43" t="s">
+      <c r="R30" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A31" s="36">
+        <v>632038</v>
+      </c>
+      <c r="B31" s="36">
+        <v>212360516</v>
+      </c>
+      <c r="C31" s="37" t="s">
         <v>341</v>
       </c>
-      <c r="R30" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D31" s="43" t="s">
+      <c r="D31" s="37" t="s">
         <v>47</v>
       </c>
-      <c r="E31" s="43" t="s">
+      <c r="E31" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="F31" s="43" t="s">
+      <c r="F31" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G31" s="42">
+      <c r="G31" s="36">
         <v>6200</v>
       </c>
-      <c r="H31" s="43" t="s">
+      <c r="H31" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="I31" s="43" t="str">
+      <c r="I31" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue du Beau Moulin,80  - 6200 CHATELET</v>
       </c>
-      <c r="J31" s="42">
+      <c r="J31" s="36">
         <v>52012</v>
       </c>
-      <c r="K31" s="42">
+      <c r="K31" s="36">
         <v>10091591</v>
       </c>
-      <c r="L31" s="43" t="s">
+      <c r="L31" s="37" t="s">
+        <v>342</v>
+      </c>
+      <c r="M31" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N31" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O31" s="37" t="s">
         <v>343</v>
       </c>
-      <c r="M31" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O31" s="43" t="s">
+      <c r="P31" s="37" t="s">
         <v>344</v>
       </c>
-      <c r="P31" s="43" t="s">
+      <c r="Q31" s="37" t="s">
         <v>345</v>
       </c>
-      <c r="Q31" s="43" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="R31" s="36" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A32" s="42">
+      <c r="A32" s="36">
         <v>632039</v>
       </c>
-      <c r="B32" s="42">
+      <c r="B32" s="36">
         <v>207663043</v>
       </c>
-      <c r="C32" s="43" t="s">
+      <c r="C32" s="37" t="s">
+        <v>240</v>
+      </c>
+      <c r="D32" s="37" t="s">
         <v>241</v>
       </c>
-      <c r="D32" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="43" t="s">
+      <c r="E32" s="37" t="s">
         <v>74</v>
       </c>
-      <c r="F32" s="43" t="s">
+      <c r="F32" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G32" s="42">
+      <c r="G32" s="36">
         <v>4000</v>
       </c>
-      <c r="H32" s="43" t="s">
+      <c r="H32" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="I32" s="43" t="str">
+      <c r="I32" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place Saint-Jacques,13  - 4000 LIEGE</v>
       </c>
-      <c r="J32" s="42">
+      <c r="J32" s="36">
         <v>62063</v>
       </c>
-      <c r="K32" s="42">
+      <c r="K32" s="36">
         <v>10091343</v>
       </c>
-      <c r="L32" s="43" t="s">
+      <c r="L32" s="37" t="s">
+        <v>242</v>
+      </c>
+      <c r="M32" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N32" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O32" s="37" t="s">
         <v>243</v>
       </c>
-      <c r="M32" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O32" s="43" t="s">
+      <c r="P32" s="37" t="s">
         <v>244</v>
       </c>
-      <c r="P32" s="43" t="s">
+      <c r="Q32" s="37" t="s">
         <v>245</v>
       </c>
-      <c r="Q32" s="43" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="R32" s="36" t="s">
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
-      <c r="A33" s="42">
+      <c r="A33" s="36">
         <v>632040</v>
       </c>
-      <c r="B33" s="42">
+      <c r="B33" s="36">
         <v>212349925</v>
       </c>
-      <c r="C33" s="43" t="s">
+      <c r="C33" s="37" t="s">
+        <v>346</v>
+      </c>
+      <c r="D33" s="37" t="s">
         <v>347</v>
       </c>
-      <c r="D33" s="43" t="s">
+      <c r="E33" s="37" t="s">
         <v>348</v>
       </c>
-      <c r="E33" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="43" t="s">
+      <c r="F33" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G33" s="42">
+      <c r="G33" s="36">
         <v>4610</v>
       </c>
-      <c r="H33" s="43" t="s">
+      <c r="H33" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="I33" s="43" t="str">
+      <c r="I33" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>av. de la Gare,64  - 4610 BEYNE-HEUSAY</v>
       </c>
-      <c r="J33" s="42">
+      <c r="J33" s="36">
         <v>62015</v>
       </c>
-      <c r="K33" s="42">
+      <c r="K33" s="36">
         <v>10091554</v>
       </c>
-      <c r="L33" s="43" t="s">
+      <c r="L33" s="37" t="s">
+        <v>349</v>
+      </c>
+      <c r="M33" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N33" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O33" s="37" t="s">
         <v>350</v>
       </c>
-      <c r="M33" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O33" s="43" t="s">
+      <c r="P33" s="37" t="s">
         <v>351</v>
       </c>
-      <c r="P33" s="43" t="s">
+      <c r="Q33" s="37" t="s">
         <v>352</v>
       </c>
-      <c r="Q33" s="43" t="s">
+      <c r="R33" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A34" s="36">
+        <v>632041</v>
+      </c>
+      <c r="B34" s="36">
+        <v>212372293</v>
+      </c>
+      <c r="C34" s="37" t="s">
         <v>353</v>
       </c>
-      <c r="R33" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D34" s="43" t="s">
+      <c r="D34" s="37" t="s">
         <v>51</v>
       </c>
-      <c r="E34" s="43" t="s">
+      <c r="E34" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="F34" s="43" t="s">
+      <c r="F34" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G34" s="42">
+      <c r="G34" s="36">
         <v>7080</v>
       </c>
-      <c r="H34" s="43" t="s">
+      <c r="H34" s="37" t="s">
         <v>52</v>
       </c>
-      <c r="I34" s="43" t="str">
+      <c r="I34" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue du Chapitre,1  - 7080 FRAMERIES</v>
       </c>
-      <c r="J34" s="42">
+      <c r="J34" s="36">
         <v>53028</v>
       </c>
-      <c r="K34" s="42">
+      <c r="K34" s="36">
         <v>10091625</v>
       </c>
-      <c r="L34" s="43" t="s">
+      <c r="L34" s="37" t="s">
+        <v>354</v>
+      </c>
+      <c r="M34" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N34" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O34" s="37" t="s">
         <v>355</v>
       </c>
-      <c r="M34" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O34" s="43" t="s">
+      <c r="P34" s="37" t="s">
         <v>356</v>
       </c>
-      <c r="P34" s="43" t="s">
+      <c r="Q34" s="37" t="s">
         <v>357</v>
       </c>
-      <c r="Q34" s="43" t="s">
+      <c r="R34" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A35" s="36">
+        <v>632042</v>
+      </c>
+      <c r="B35" s="36">
+        <v>212354180</v>
+      </c>
+      <c r="C35" s="37" t="s">
         <v>358</v>
       </c>
-      <c r="R34" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C35" s="43" t="s">
+      <c r="D35" s="37" t="s">
         <v>359</v>
       </c>
-      <c r="D35" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E35" s="43" t="s">
+      <c r="E35" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="F35" s="43" t="s">
+      <c r="F35" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G35" s="42">
+      <c r="G35" s="36">
         <v>4051</v>
       </c>
-      <c r="H35" s="43" t="s">
+      <c r="H35" s="37" t="s">
         <v>53</v>
       </c>
-      <c r="I35" s="43" t="str">
+      <c r="I35" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue des Combattants,28  - 4051 CHAUDFONTAINE</v>
       </c>
-      <c r="J35" s="42">
+      <c r="J35" s="36">
         <v>62022</v>
       </c>
-      <c r="K35" s="42">
+      <c r="K35" s="36">
         <v>10091570</v>
       </c>
-      <c r="L35" s="43" t="s">
+      <c r="L35" s="37" t="s">
+        <v>360</v>
+      </c>
+      <c r="M35" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N35" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O35" s="37" t="s">
         <v>361</v>
       </c>
-      <c r="M35" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O35" s="43" t="s">
+      <c r="P35" s="37" t="s">
         <v>362</v>
       </c>
-      <c r="P35" s="43" t="s">
+      <c r="Q35" s="37" t="s">
         <v>363</v>
       </c>
-      <c r="Q35" s="43" t="s">
+      <c r="R35" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A36" s="36">
+        <v>632049</v>
+      </c>
+      <c r="B36" s="36">
+        <v>212232139</v>
+      </c>
+      <c r="C36" s="37" t="s">
         <v>364</v>
       </c>
-      <c r="R35" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D36" s="43" t="s">
+      <c r="D36" s="37" t="s">
         <v>54</v>
       </c>
-      <c r="E36" s="43" t="s">
+      <c r="E36" s="37" t="s">
         <v>55</v>
       </c>
-      <c r="F36" s="43" t="s">
+      <c r="F36" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G36" s="42">
+      <c r="G36" s="36">
         <v>4300</v>
       </c>
-      <c r="H36" s="43" t="s">
+      <c r="H36" s="37" t="s">
         <v>56</v>
       </c>
-      <c r="I36" s="43" t="str">
+      <c r="I36" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Sous-le-Château,34  - 4300 WAREMME</v>
       </c>
-      <c r="J36" s="42">
+      <c r="J36" s="36">
         <v>64074</v>
       </c>
-      <c r="K36" s="42">
+      <c r="K36" s="36">
         <v>10091506</v>
       </c>
-      <c r="L36" s="43" t="s">
+      <c r="L36" s="37" t="s">
+        <v>365</v>
+      </c>
+      <c r="M36" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N36" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O36" s="37" t="s">
         <v>366</v>
       </c>
-      <c r="M36" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O36" s="43" t="s">
+      <c r="P36" s="37" t="s">
+        <v>258</v>
+      </c>
+      <c r="Q36" s="37" t="s">
         <v>367</v>
       </c>
-      <c r="P36" s="43" t="s">
-[...2 lines deleted...]
-      <c r="Q36" s="43" t="s">
+      <c r="R36" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A37" s="36">
+        <v>632050</v>
+      </c>
+      <c r="B37" s="36">
+        <v>212352301</v>
+      </c>
+      <c r="C37" s="37" t="s">
         <v>368</v>
       </c>
-      <c r="R36" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D37" s="43" t="s">
+      <c r="D37" s="37" t="s">
         <v>57</v>
       </c>
-      <c r="E37" s="43" t="s">
+      <c r="E37" s="37" t="s">
         <v>81</v>
       </c>
-      <c r="F37" s="43" t="s">
+      <c r="F37" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G37" s="42">
+      <c r="G37" s="36">
         <v>6700</v>
       </c>
-      <c r="H37" s="43" t="s">
+      <c r="H37" s="37" t="s">
         <v>58</v>
       </c>
-      <c r="I37" s="43" t="str">
+      <c r="I37" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Godefroid Kurth,2  - 6700 ARLON</v>
       </c>
-      <c r="J37" s="42">
+      <c r="J37" s="36">
         <v>81001</v>
       </c>
-      <c r="K37" s="42">
+      <c r="K37" s="36">
         <v>10091561</v>
       </c>
-      <c r="L37" s="43" t="s">
+      <c r="L37" s="37" t="s">
+        <v>369</v>
+      </c>
+      <c r="M37" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N37" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O37" s="37" t="s">
         <v>370</v>
       </c>
-      <c r="M37" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O37" s="43" t="s">
+      <c r="P37" s="37" t="s">
         <v>371</v>
       </c>
-      <c r="P37" s="43" t="s">
+      <c r="Q37" s="37" t="s">
         <v>372</v>
       </c>
-      <c r="Q37" s="43" t="s">
+      <c r="R37" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A38" s="36">
+        <v>632052</v>
+      </c>
+      <c r="B38" s="36">
+        <v>212360417</v>
+      </c>
+      <c r="C38" s="37" t="s">
         <v>373</v>
       </c>
-      <c r="R37" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D38" s="43" t="s">
+      <c r="D38" s="37" t="s">
         <v>59</v>
       </c>
-      <c r="E38" s="43" t="s">
+      <c r="E38" s="37" t="s">
         <v>60</v>
       </c>
-      <c r="F38" s="43" t="s">
+      <c r="F38" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G38" s="42">
+      <c r="G38" s="36">
         <v>6140</v>
       </c>
-      <c r="H38" s="43" t="s">
+      <c r="H38" s="37" t="s">
         <v>61</v>
       </c>
-      <c r="I38" s="43" t="str">
+      <c r="I38" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place Cornille,3  - 6140 FONTAINE-L'EVEQUE</v>
       </c>
-      <c r="J38" s="42">
+      <c r="J38" s="36">
         <v>52022</v>
       </c>
-      <c r="K38" s="42">
+      <c r="K38" s="36">
         <v>10091590</v>
       </c>
-      <c r="L38" s="43" t="s">
+      <c r="L38" s="37" t="s">
+        <v>374</v>
+      </c>
+      <c r="M38" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N38" s="37" t="s">
         <v>375</v>
       </c>
-      <c r="M38" s="43" t="s">
-[...2 lines deleted...]
-      <c r="N38" s="43" t="s">
+      <c r="O38" s="37" t="s">
         <v>376</v>
       </c>
-      <c r="O38" s="43" t="s">
+      <c r="P38" s="37" t="s">
         <v>377</v>
       </c>
-      <c r="P38" s="43" t="s">
+      <c r="Q38" s="37" t="s">
         <v>378</v>
       </c>
-      <c r="Q38" s="43" t="s">
+      <c r="R38" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A39" s="36">
+        <v>632053</v>
+      </c>
+      <c r="B39" s="36">
+        <v>212149688</v>
+      </c>
+      <c r="C39" s="37" t="s">
         <v>379</v>
       </c>
-      <c r="R38" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C39" s="43" t="s">
+      <c r="D39" s="37" t="s">
         <v>380</v>
       </c>
-      <c r="D39" s="43" t="s">
+      <c r="E39" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" s="37" t="s">
         <v>381</v>
       </c>
-      <c r="E39" s="43" t="s">
-[...5 lines deleted...]
-      <c r="G39" s="42">
+      <c r="G39" s="36">
         <v>4570</v>
       </c>
-      <c r="H39" s="43" t="s">
+      <c r="H39" s="37" t="s">
         <v>62</v>
       </c>
-      <c r="I39" s="43" t="str">
+      <c r="I39" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place de Belle-Maison,1   - 4570 MARCHIN</v>
       </c>
-      <c r="J39" s="42">
+      <c r="J39" s="36">
         <v>61039</v>
       </c>
-      <c r="K39" s="42">
+      <c r="K39" s="36">
         <v>10091449</v>
       </c>
-      <c r="L39" s="43" t="s">
+      <c r="L39" s="37" t="s">
+        <v>382</v>
+      </c>
+      <c r="M39" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N39" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O39" s="37" t="s">
         <v>383</v>
       </c>
-      <c r="M39" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O39" s="43" t="s">
+      <c r="P39" s="37" t="s">
         <v>384</v>
       </c>
-      <c r="P39" s="43" t="s">
+      <c r="Q39" s="37" t="s">
         <v>385</v>
       </c>
-      <c r="Q39" s="43" t="s">
+      <c r="R39" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A40" s="36">
+        <v>632056</v>
+      </c>
+      <c r="B40" s="36">
+        <v>216691466</v>
+      </c>
+      <c r="C40" s="37" t="s">
         <v>386</v>
       </c>
-      <c r="R39" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C40" s="43" t="s">
+      <c r="D40" s="37" t="s">
         <v>387</v>
       </c>
-      <c r="D40" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="43" t="s">
+      <c r="E40" s="37" t="s">
         <v>63</v>
       </c>
-      <c r="F40" s="43" t="s">
+      <c r="F40" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G40" s="42">
+      <c r="G40" s="36">
         <v>7340</v>
       </c>
-      <c r="H40" s="43" t="s">
+      <c r="H40" s="37" t="s">
         <v>64</v>
       </c>
-      <c r="I40" s="43" t="str">
+      <c r="I40" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place de Pâturages,17  - 7340 PATURAGES</v>
       </c>
-      <c r="J40" s="42">
+      <c r="J40" s="36">
         <v>53082</v>
       </c>
-      <c r="K40" s="42">
+      <c r="K40" s="36">
         <v>10091680</v>
       </c>
-      <c r="L40" s="43" t="s">
+      <c r="L40" s="37" t="s">
+        <v>388</v>
+      </c>
+      <c r="M40" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N40" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O40" s="37" t="s">
         <v>389</v>
       </c>
-      <c r="M40" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O40" s="43" t="s">
+      <c r="P40" s="37" t="s">
         <v>390</v>
       </c>
-      <c r="P40" s="43" t="s">
+      <c r="Q40" s="37" t="s">
         <v>391</v>
       </c>
-      <c r="Q40" s="43" t="s">
+      <c r="R40" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A41" s="36">
+        <v>632057</v>
+      </c>
+      <c r="B41" s="36">
+        <v>212226102</v>
+      </c>
+      <c r="C41" s="37" t="s">
         <v>392</v>
       </c>
-      <c r="R40" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C41" s="43" t="s">
+      <c r="D41" s="37" t="s">
         <v>393</v>
       </c>
-      <c r="D41" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="43" t="s">
+      <c r="E41" s="37" t="s">
         <v>79</v>
       </c>
-      <c r="F41" s="43" t="s">
+      <c r="F41" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="G41" s="42">
+      <c r="G41" s="36">
         <v>4630</v>
       </c>
-      <c r="H41" s="43" t="s">
+      <c r="H41" s="37" t="s">
         <v>65</v>
       </c>
-      <c r="I41" s="43" t="str">
+      <c r="I41" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue de la Siroperie,7 1 - 4630 SOUMAGNE</v>
       </c>
-      <c r="J41" s="42">
+      <c r="J41" s="36">
         <v>62099</v>
       </c>
-      <c r="K41" s="42">
+      <c r="K41" s="36">
         <v>10091491</v>
       </c>
-      <c r="L41" s="43" t="s">
+      <c r="L41" s="37" t="s">
+        <v>394</v>
+      </c>
+      <c r="M41" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N41" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O41" s="37" t="s">
         <v>395</v>
       </c>
-      <c r="M41" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O41" s="43" t="s">
+      <c r="P41" s="37" t="s">
         <v>396</v>
       </c>
-      <c r="P41" s="43" t="s">
+      <c r="Q41" s="37" t="s">
         <v>397</v>
       </c>
-      <c r="Q41" s="43" t="s">
+      <c r="R41" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A42" s="36">
+        <v>632059</v>
+      </c>
+      <c r="B42" s="36">
+        <v>212365860</v>
+      </c>
+      <c r="C42" s="37" t="s">
         <v>398</v>
       </c>
-      <c r="R41" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C42" s="43" t="s">
+      <c r="D42" s="37" t="s">
         <v>399</v>
       </c>
-      <c r="D42" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="43" t="s">
+      <c r="E42" s="37" t="s">
         <v>81</v>
       </c>
-      <c r="F42" s="43" t="s">
+      <c r="F42" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G42" s="42">
+      <c r="G42" s="36">
         <v>6660</v>
       </c>
-      <c r="H42" s="43" t="s">
+      <c r="H42" s="37" t="s">
         <v>66</v>
       </c>
-      <c r="I42" s="43" t="str">
+      <c r="I42" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place Albert 1er,2  - 6660 HOUFFALIZE</v>
       </c>
-      <c r="J42" s="42">
+      <c r="J42" s="36">
         <v>82014</v>
       </c>
-      <c r="K42" s="42">
+      <c r="K42" s="36">
         <v>10091608</v>
       </c>
-      <c r="L42" s="43" t="s">
+      <c r="L42" s="37" t="s">
+        <v>400</v>
+      </c>
+      <c r="M42" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N42" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O42" s="37" t="s">
         <v>401</v>
       </c>
-      <c r="M42" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O42" s="43" t="s">
+      <c r="P42" s="37" t="s">
         <v>402</v>
       </c>
-      <c r="P42" s="43" t="s">
+      <c r="Q42" s="37" t="s">
         <v>403</v>
       </c>
-      <c r="Q42" s="43" t="s">
+      <c r="R42" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A43" s="36">
+        <v>632060</v>
+      </c>
+      <c r="B43" s="36">
+        <v>211085163</v>
+      </c>
+      <c r="C43" s="37" t="s">
         <v>404</v>
       </c>
-      <c r="R42" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C43" s="43" t="s">
+      <c r="D43" s="37" t="s">
         <v>405</v>
       </c>
-      <c r="D43" s="43" t="s">
+      <c r="E43" s="37" t="s">
         <v>406</v>
       </c>
-      <c r="E43" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="43" t="s">
+      <c r="F43" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G43" s="42">
+      <c r="G43" s="36">
         <v>5100</v>
       </c>
-      <c r="H43" s="43" t="s">
+      <c r="H43" s="37" t="s">
         <v>67</v>
       </c>
-      <c r="I43" s="43" t="str">
+      <c r="I43" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>rue de Dave,165  - 5100 JAMBES</v>
       </c>
-      <c r="J43" s="42">
+      <c r="J43" s="36">
         <v>92094</v>
       </c>
-      <c r="K43" s="42">
+      <c r="K43" s="36">
         <v>10091362</v>
       </c>
-      <c r="L43" s="43" t="s">
+      <c r="L43" s="37" t="s">
+        <v>407</v>
+      </c>
+      <c r="M43" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N43" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O43" s="37" t="s">
         <v>408</v>
       </c>
-      <c r="M43" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O43" s="43" t="s">
+      <c r="P43" s="37" t="s">
+        <v>308</v>
+      </c>
+      <c r="Q43" s="37" t="s">
         <v>409</v>
       </c>
-      <c r="P43" s="43" t="s">
-[...2 lines deleted...]
-      <c r="Q43" s="43" t="s">
+      <c r="R43" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A44" s="36">
+        <v>632061</v>
+      </c>
+      <c r="B44" s="36">
+        <v>212351410</v>
+      </c>
+      <c r="C44" s="37" t="s">
         <v>410</v>
       </c>
-      <c r="R43" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D44" s="43" t="s">
+      <c r="D44" s="37" t="s">
         <v>68</v>
       </c>
-      <c r="E44" s="43" t="s">
+      <c r="E44" s="37" t="s">
         <v>69</v>
       </c>
-      <c r="F44" s="43" t="s">
+      <c r="F44" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G44" s="42">
+      <c r="G44" s="36">
         <v>7800</v>
       </c>
-      <c r="H44" s="43" t="s">
+      <c r="H44" s="37" t="s">
         <v>70</v>
       </c>
-      <c r="I44" s="43" t="str">
+      <c r="I44" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Bld. de l'Hôpital,71  - 7800 ATH</v>
       </c>
-      <c r="J44" s="42">
+      <c r="J44" s="36">
         <v>51004</v>
       </c>
-      <c r="K44" s="42">
+      <c r="K44" s="36">
         <v>10091558</v>
       </c>
-      <c r="L44" s="43" t="s">
+      <c r="L44" s="37" t="s">
+        <v>411</v>
+      </c>
+      <c r="M44" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N44" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O44" s="37" t="s">
         <v>412</v>
       </c>
-      <c r="M44" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O44" s="43" t="s">
+      <c r="P44" s="37" t="s">
         <v>413</v>
       </c>
-      <c r="P44" s="43" t="s">
+      <c r="Q44" s="37" t="s">
         <v>414</v>
       </c>
-      <c r="Q44" s="43" t="s">
+      <c r="R44" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A45" s="36">
+        <v>632062</v>
+      </c>
+      <c r="B45" s="36">
+        <v>212353487</v>
+      </c>
+      <c r="C45" s="37" t="s">
         <v>415</v>
       </c>
-      <c r="R44" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C45" s="43" t="s">
+      <c r="D45" s="37" t="s">
         <v>416</v>
       </c>
-      <c r="D45" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E45" s="43" t="s">
+      <c r="E45" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="F45" s="43" t="s">
+      <c r="F45" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G45" s="42">
+      <c r="G45" s="36">
         <v>4130</v>
       </c>
-      <c r="H45" s="43" t="s">
+      <c r="H45" s="37" t="s">
         <v>71</v>
       </c>
-      <c r="I45" s="43" t="str">
+      <c r="I45" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place du Souvenir,1  - 4130 TILFF</v>
       </c>
-      <c r="J45" s="42">
+      <c r="J45" s="36">
         <v>62032</v>
       </c>
-      <c r="K45" s="42">
+      <c r="K45" s="36">
         <v>10091568</v>
       </c>
-      <c r="L45" s="43" t="s">
+      <c r="L45" s="37" t="s">
+        <v>417</v>
+      </c>
+      <c r="M45" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N45" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O45" s="37" t="s">
         <v>418</v>
       </c>
-      <c r="M45" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O45" s="43" t="s">
+      <c r="P45" s="37" t="s">
         <v>419</v>
       </c>
-      <c r="P45" s="43" t="s">
+      <c r="Q45" s="37" t="s">
         <v>420</v>
       </c>
-      <c r="Q45" s="43" t="s">
+      <c r="R45" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A46" s="36">
+        <v>632063</v>
+      </c>
+      <c r="B46" s="36">
+        <v>212163051</v>
+      </c>
+      <c r="C46" s="37" t="s">
         <v>421</v>
       </c>
-      <c r="R45" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C46" s="43" t="s">
+      <c r="D46" s="37" t="s">
         <v>422</v>
       </c>
-      <c r="D46" s="43" t="s">
+      <c r="E46" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="F46" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="36">
+        <v>7331</v>
+      </c>
+      <c r="H46" s="37" t="s">
         <v>423</v>
       </c>
-      <c r="E46" s="43" t="s">
-[...11 lines deleted...]
-      <c r="I46" s="43" t="str">
+      <c r="I46" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Parc Communal,  - 7331 BAUDOUR</v>
       </c>
-      <c r="J46" s="42">
+      <c r="J46" s="36">
         <v>53070</v>
       </c>
-      <c r="K46" s="42">
+      <c r="K46" s="36">
         <v>10091480</v>
       </c>
-      <c r="L46" s="43" t="s">
+      <c r="L46" s="37" t="s">
+        <v>424</v>
+      </c>
+      <c r="M46" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N46" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O46" s="37" t="s">
         <v>425</v>
       </c>
-      <c r="M46" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O46" s="43" t="s">
+      <c r="P46" s="37" t="s">
         <v>426</v>
       </c>
-      <c r="P46" s="43" t="s">
+      <c r="Q46" s="37" t="s">
         <v>427</v>
       </c>
-      <c r="Q46" s="43" t="s">
+      <c r="R46" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A47" s="36">
+        <v>632065</v>
+      </c>
+      <c r="B47" s="36">
+        <v>216697208</v>
+      </c>
+      <c r="C47" s="37" t="s">
         <v>428</v>
       </c>
-      <c r="R46" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C47" s="43" t="s">
+      <c r="D47" s="37" t="s">
         <v>429</v>
       </c>
-      <c r="D47" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="43" t="s">
+      <c r="E47" s="37" t="s">
         <v>128</v>
       </c>
-      <c r="F47" s="43" t="s">
+      <c r="F47" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G47" s="42">
+      <c r="G47" s="36">
         <v>5060</v>
       </c>
-      <c r="H47" s="43" t="s">
+      <c r="H47" s="37" t="s">
         <v>73</v>
       </c>
-      <c r="I47" s="43" t="str">
+      <c r="I47" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>av. Président Roosevelt,14  - 5060 TAMINES</v>
       </c>
-      <c r="J47" s="42">
+      <c r="J47" s="36">
         <v>92137</v>
       </c>
-      <c r="K47" s="42">
+      <c r="K47" s="36">
         <v>10091738</v>
       </c>
-      <c r="L47" s="43" t="s">
+      <c r="L47" s="37" t="s">
+        <v>430</v>
+      </c>
+      <c r="M47" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N47" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O47" s="37" t="s">
         <v>431</v>
       </c>
-      <c r="M47" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O47" s="43" t="s">
+      <c r="P47" s="37" t="s">
         <v>432</v>
       </c>
-      <c r="P47" s="43" t="s">
+      <c r="Q47" s="37" t="s">
         <v>433</v>
       </c>
-      <c r="Q47" s="43" t="s">
+      <c r="R47" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A48" s="36">
+        <v>632066</v>
+      </c>
+      <c r="B48" s="36">
+        <v>216697604</v>
+      </c>
+      <c r="C48" s="37" t="s">
         <v>434</v>
       </c>
-      <c r="R47" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C48" s="43" t="s">
+      <c r="D48" s="37" t="s">
         <v>435</v>
       </c>
-      <c r="D48" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E48" s="43" t="s">
+      <c r="E48" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="F48" s="43" t="s">
+      <c r="F48" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G48" s="42">
+      <c r="G48" s="36">
         <v>5030</v>
       </c>
-      <c r="H48" s="43" t="s">
+      <c r="H48" s="37" t="s">
         <v>75</v>
       </c>
-      <c r="I48" s="43" t="str">
+      <c r="I48" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Chapelle Marion,1  - 5030 GEMBLOUX</v>
       </c>
-      <c r="J48" s="42">
+      <c r="J48" s="36">
         <v>92142</v>
       </c>
-      <c r="K48" s="42">
+      <c r="K48" s="36">
         <v>10091742</v>
       </c>
-      <c r="L48" s="43" t="s">
+      <c r="L48" s="37" t="s">
+        <v>436</v>
+      </c>
+      <c r="M48" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N48" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O48" s="37" t="s">
         <v>437</v>
       </c>
-      <c r="M48" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O48" s="43" t="s">
+      <c r="P48" s="37" t="s">
         <v>438</v>
       </c>
-      <c r="P48" s="43" t="s">
+      <c r="Q48" s="37" t="s">
         <v>439</v>
       </c>
-      <c r="Q48" s="43" t="s">
+      <c r="R48" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A49" s="36">
+        <v>632067</v>
+      </c>
+      <c r="B49" s="36">
+        <v>212358932</v>
+      </c>
+      <c r="C49" s="37" t="s">
         <v>440</v>
       </c>
-      <c r="R48" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C49" s="43" t="s">
+      <c r="D49" s="37" t="s">
         <v>441</v>
       </c>
-      <c r="D49" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="43" t="s">
+      <c r="E49" s="37" t="s">
         <v>37</v>
       </c>
-      <c r="F49" s="43" t="s">
+      <c r="F49" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G49" s="42">
+      <c r="G49" s="36">
         <v>4040</v>
       </c>
-      <c r="H49" s="43" t="s">
+      <c r="H49" s="37" t="s">
         <v>76</v>
       </c>
-      <c r="I49" s="43" t="str">
+      <c r="I49" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Place Jean Jaurès,45  - 4040 HERSTAL</v>
       </c>
-      <c r="J49" s="42">
+      <c r="J49" s="36">
         <v>62051</v>
       </c>
-      <c r="K49" s="42">
+      <c r="K49" s="36">
         <v>10091583</v>
       </c>
-      <c r="L49" s="43" t="s">
+      <c r="L49" s="37" t="s">
+        <v>442</v>
+      </c>
+      <c r="M49" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N49" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O49" s="37" t="s">
         <v>443</v>
       </c>
-      <c r="M49" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O49" s="43" t="s">
+      <c r="P49" s="37" t="s">
         <v>444</v>
       </c>
-      <c r="P49" s="43" t="s">
+      <c r="Q49" s="37" t="s">
         <v>445</v>
       </c>
-      <c r="Q49" s="43" t="s">
+      <c r="R49" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A50" s="36">
+        <v>632068</v>
+      </c>
+      <c r="B50" s="36">
+        <v>862947632</v>
+      </c>
+      <c r="C50" s="37" t="s">
         <v>446</v>
       </c>
-      <c r="R49" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D50" s="43" t="s">
+      <c r="D50" s="37" t="s">
         <v>77</v>
       </c>
-      <c r="E50" s="43" t="s">
+      <c r="E50" s="37" t="s">
         <v>60</v>
       </c>
-      <c r="F50" s="43" t="s">
+      <c r="F50" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G50" s="42">
+      <c r="G50" s="36">
         <v>6940</v>
       </c>
-      <c r="H50" s="43" t="s">
+      <c r="H50" s="37" t="s">
         <v>78</v>
       </c>
-      <c r="I50" s="43" t="str">
+      <c r="I50" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Chainrue,3  - 6940 BARVAUX-SUR-OURTHE</v>
       </c>
-      <c r="J50" s="42">
+      <c r="J50" s="36">
         <v>83012</v>
       </c>
-      <c r="K50" s="42">
+      <c r="K50" s="36">
         <v>10117872</v>
       </c>
-      <c r="L50" s="43" t="s">
+      <c r="L50" s="37" t="s">
+        <v>447</v>
+      </c>
+      <c r="M50" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N50" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O50" s="37" t="s">
         <v>448</v>
       </c>
-      <c r="M50" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O50" s="43" t="s">
+      <c r="P50" s="37" t="s">
         <v>449</v>
       </c>
-      <c r="P50" s="43" t="s">
+      <c r="Q50" s="37" t="s">
         <v>450</v>
       </c>
-      <c r="Q50" s="43" t="s">
+      <c r="R50" s="36" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A51" s="36">
+        <v>632070</v>
+      </c>
+      <c r="B51" s="36">
+        <v>212158992</v>
+      </c>
+      <c r="C51" s="37" t="s">
         <v>451</v>
       </c>
-      <c r="R50" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C51" s="43" t="s">
+      <c r="D51" s="37" t="s">
         <v>452</v>
       </c>
-      <c r="D51" s="43" t="s">
+      <c r="E51" s="37" t="s">
         <v>453</v>
       </c>
-      <c r="E51" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="43" t="s">
+      <c r="F51" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G51" s="42">
+      <c r="G51" s="36">
         <v>7600</v>
       </c>
-      <c r="H51" s="43" t="s">
+      <c r="H51" s="37" t="s">
         <v>80</v>
       </c>
-      <c r="I51" s="43" t="str">
+      <c r="I51" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue de Roucourt,85  - 7600 PERUWELZ</v>
       </c>
-      <c r="J51" s="42">
+      <c r="J51" s="36">
         <v>57064</v>
       </c>
-      <c r="K51" s="42">
+      <c r="K51" s="36">
         <v>10091472</v>
       </c>
-      <c r="L51" s="43" t="s">
+      <c r="L51" s="37" t="s">
+        <v>454</v>
+      </c>
+      <c r="M51" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N51" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O51" s="37" t="s">
         <v>455</v>
       </c>
-      <c r="M51" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O51" s="43" t="s">
+      <c r="P51" s="37" t="s">
         <v>456</v>
       </c>
-      <c r="P51" s="43" t="s">
+      <c r="Q51" s="37" t="s">
         <v>457</v>
       </c>
-      <c r="Q51" s="43" t="s">
+      <c r="R51" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A52" s="36">
+        <v>632072</v>
+      </c>
+      <c r="B52" s="36">
+        <v>212230654</v>
+      </c>
+      <c r="C52" s="37" t="s">
         <v>458</v>
       </c>
-      <c r="R51" s="42" t="s">
-[...16 lines deleted...]
-      <c r="E52" s="43" t="s">
+      <c r="D52" s="37" t="s">
+        <v>359</v>
+      </c>
+      <c r="E52" s="37" t="s">
         <v>81</v>
       </c>
-      <c r="F52" s="43" t="s">
+      <c r="F52" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G52" s="42">
+      <c r="G52" s="36">
         <v>6760</v>
       </c>
-      <c r="H52" s="43" t="s">
+      <c r="H52" s="37" t="s">
         <v>82</v>
       </c>
-      <c r="I52" s="43" t="str">
+      <c r="I52" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue des Combattants,2  - 6760 VIRTON</v>
       </c>
-      <c r="J52" s="42">
+      <c r="J52" s="36">
         <v>85045</v>
       </c>
-      <c r="K52" s="42">
+      <c r="K52" s="36">
         <v>10091501</v>
       </c>
-      <c r="L52" s="43" t="s">
+      <c r="L52" s="37" t="s">
+        <v>459</v>
+      </c>
+      <c r="M52" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N52" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O52" s="37" t="s">
         <v>460</v>
       </c>
-      <c r="M52" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O52" s="43" t="s">
+      <c r="P52" s="37" t="s">
         <v>461</v>
       </c>
-      <c r="P52" s="43" t="s">
+      <c r="Q52" s="37" t="s">
         <v>462</v>
       </c>
-      <c r="Q52" s="43" t="s">
+      <c r="R52" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="53" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A53" s="36">
+        <v>632073</v>
+      </c>
+      <c r="B53" s="36">
+        <v>212366058</v>
+      </c>
+      <c r="C53" s="37" t="s">
         <v>463</v>
       </c>
-      <c r="R52" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C53" s="43" t="s">
+      <c r="D53" s="37" t="s">
         <v>464</v>
       </c>
-      <c r="D53" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="43" t="s">
+      <c r="E53" s="37" t="s">
         <v>25</v>
       </c>
-      <c r="F53" s="43" t="s">
+      <c r="F53" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G53" s="42">
+      <c r="G53" s="36">
         <v>4620</v>
       </c>
-      <c r="H53" s="43" t="s">
+      <c r="H53" s="37" t="s">
         <v>83</v>
       </c>
-      <c r="I53" s="43" t="str">
+      <c r="I53" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Marganne,10  - 4620 FLERON</v>
       </c>
-      <c r="J53" s="42">
+      <c r="J53" s="36">
         <v>62038</v>
       </c>
-      <c r="K53" s="42">
+      <c r="K53" s="36">
         <v>10091609</v>
       </c>
-      <c r="L53" s="43" t="s">
+      <c r="L53" s="37" t="s">
+        <v>465</v>
+      </c>
+      <c r="M53" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N53" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O53" s="37" t="s">
         <v>466</v>
       </c>
-      <c r="M53" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O53" s="43" t="s">
+      <c r="P53" s="37" t="s">
+        <v>444</v>
+      </c>
+      <c r="Q53" s="37" t="s">
         <v>467</v>
       </c>
-      <c r="P53" s="43" t="s">
-[...2 lines deleted...]
-      <c r="Q53" s="43" t="s">
+      <c r="R53" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A54" s="36">
+        <v>632075</v>
+      </c>
+      <c r="B54" s="36">
+        <v>212153252</v>
+      </c>
+      <c r="C54" s="37" t="s">
         <v>468</v>
       </c>
-      <c r="R53" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D54" s="43" t="s">
+      <c r="D54" s="37" t="s">
         <v>129</v>
       </c>
-      <c r="E54" s="43" t="s">
+      <c r="E54" s="37" t="s">
         <v>72</v>
       </c>
-      <c r="F54" s="43" t="s">
+      <c r="F54" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G54" s="42">
+      <c r="G54" s="36">
         <v>7700</v>
       </c>
-      <c r="H54" s="43" t="s">
+      <c r="H54" s="37" t="s">
         <v>130</v>
       </c>
-      <c r="I54" s="43" t="str">
+      <c r="I54" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Avenue Royale,5  - 7700 Mouscron</v>
       </c>
-      <c r="J54" s="42">
+      <c r="J54" s="36">
         <v>57096</v>
       </c>
-      <c r="K54" s="42">
+      <c r="K54" s="36">
         <v>10091456</v>
       </c>
-      <c r="L54" s="43" t="s">
+      <c r="L54" s="37" t="s">
+        <v>469</v>
+      </c>
+      <c r="M54" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N54" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O54" s="37" t="s">
         <v>470</v>
       </c>
-      <c r="M54" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O54" s="43" t="s">
+      <c r="P54" s="37" t="s">
         <v>471</v>
       </c>
-      <c r="P54" s="43" t="s">
+      <c r="Q54" s="37" t="s">
         <v>472</v>
       </c>
-      <c r="Q54" s="43" t="s">
+      <c r="R54" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A55" s="36">
+        <v>632081</v>
+      </c>
+      <c r="B55" s="36">
+        <v>212226201</v>
+      </c>
+      <c r="C55" s="37" t="s">
         <v>473</v>
       </c>
-      <c r="R54" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D55" s="43" t="s">
+      <c r="D55" s="37" t="s">
         <v>84</v>
       </c>
-      <c r="E55" s="43" t="s">
+      <c r="E55" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="F55" s="43" t="s">
+      <c r="F55" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G55" s="42">
+      <c r="G55" s="36">
         <v>4140</v>
       </c>
-      <c r="H55" s="43" t="s">
+      <c r="H55" s="37" t="s">
         <v>85</v>
       </c>
-      <c r="I55" s="43" t="str">
+      <c r="I55" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue du Centre,1  - 4140 SPRIMONT</v>
       </c>
-      <c r="J55" s="42">
+      <c r="J55" s="36">
         <v>62100</v>
       </c>
-      <c r="K55" s="42">
+      <c r="K55" s="36">
         <v>10091492</v>
       </c>
-      <c r="L55" s="43" t="s">
+      <c r="L55" s="37" t="s">
+        <v>474</v>
+      </c>
+      <c r="M55" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N55" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O55" s="37" t="s">
+        <v>224</v>
+      </c>
+      <c r="P55" s="37" t="s">
         <v>475</v>
       </c>
-      <c r="M55" s="43" t="s">
-[...8 lines deleted...]
-      <c r="P55" s="43" t="s">
+      <c r="Q55" s="37" t="s">
         <v>476</v>
       </c>
-      <c r="Q55" s="43" t="s">
+      <c r="R55" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A56" s="36">
+        <v>632083</v>
+      </c>
+      <c r="B56" s="36">
+        <v>207888123</v>
+      </c>
+      <c r="C56" s="37" t="s">
         <v>477</v>
       </c>
-      <c r="R55" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D56" s="43" t="s">
+      <c r="D56" s="37" t="s">
         <v>86</v>
       </c>
-      <c r="E56" s="43" t="s">
+      <c r="E56" s="37" t="s">
         <v>87</v>
       </c>
-      <c r="F56" s="43" t="s">
+      <c r="F56" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G56" s="42">
+      <c r="G56" s="36">
         <v>1400</v>
       </c>
-      <c r="H56" s="43" t="s">
+      <c r="H56" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="I56" s="43" t="str">
+      <c r="I56" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Samiette,70  - 1400 NIVELLES</v>
       </c>
-      <c r="J56" s="42">
+      <c r="J56" s="36">
         <v>25072</v>
       </c>
-      <c r="K56" s="42">
+      <c r="K56" s="36">
         <v>10091352</v>
       </c>
-      <c r="L56" s="43" t="s">
+      <c r="L56" s="37" t="s">
+        <v>478</v>
+      </c>
+      <c r="M56" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N56" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O56" s="37" t="s">
         <v>479</v>
       </c>
-      <c r="M56" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O56" s="43" t="s">
+      <c r="P56" s="37" t="s">
         <v>480</v>
       </c>
-      <c r="P56" s="43" t="s">
+      <c r="Q56" s="37" t="s">
         <v>481</v>
       </c>
-      <c r="Q56" s="43" t="s">
+      <c r="R56" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A57" s="36">
+        <v>632084</v>
+      </c>
+      <c r="B57" s="36">
+        <v>212227684</v>
+      </c>
+      <c r="C57" s="37" t="s">
         <v>482</v>
       </c>
-      <c r="R56" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C57" s="43" t="s">
+      <c r="D57" s="37" t="s">
         <v>483</v>
       </c>
-      <c r="D57" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="43" t="s">
+      <c r="E57" s="37" t="s">
         <v>60</v>
       </c>
-      <c r="F57" s="43" t="s">
+      <c r="F57" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G57" s="42">
+      <c r="G57" s="36">
         <v>6530</v>
       </c>
-      <c r="H57" s="43" t="s">
+      <c r="H57" s="37" t="s">
         <v>88</v>
       </c>
-      <c r="I57" s="43" t="str">
+      <c r="I57" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Drève des Alliés,3  - 6530 THUIN</v>
       </c>
-      <c r="J57" s="42">
+      <c r="J57" s="36">
         <v>56078</v>
       </c>
-      <c r="K57" s="42">
+      <c r="K57" s="36">
         <v>10091494</v>
       </c>
-      <c r="L57" s="43" t="s">
+      <c r="L57" s="37" t="s">
+        <v>484</v>
+      </c>
+      <c r="M57" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N57" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O57" s="37" t="s">
         <v>485</v>
       </c>
-      <c r="M57" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O57" s="43" t="s">
+      <c r="P57" s="37" t="s">
         <v>486</v>
       </c>
-      <c r="P57" s="43" t="s">
+      <c r="Q57" s="37" t="s">
         <v>487</v>
       </c>
-      <c r="Q57" s="43" t="s">
+      <c r="R57" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A58" s="36">
+        <v>632085</v>
+      </c>
+      <c r="B58" s="36">
+        <v>212228872</v>
+      </c>
+      <c r="C58" s="37" t="s">
         <v>488</v>
       </c>
-      <c r="R57" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C58" s="43" t="s">
+      <c r="D58" s="37" t="s">
         <v>489</v>
       </c>
-      <c r="D58" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="43" t="s">
+      <c r="E58" s="37" t="s">
         <v>89</v>
       </c>
-      <c r="F58" s="43" t="s">
+      <c r="F58" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G58" s="42">
+      <c r="G58" s="36">
         <v>1480</v>
       </c>
-      <c r="H58" s="43" t="s">
+      <c r="H58" s="37" t="s">
         <v>90</v>
       </c>
-      <c r="I58" s="43" t="str">
+      <c r="I58" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue des Frères Taymans,32  - 1480 TUBIZE</v>
       </c>
-      <c r="J58" s="42">
+      <c r="J58" s="36">
         <v>25105</v>
       </c>
-      <c r="K58" s="42">
+      <c r="K58" s="36">
         <v>10091495</v>
       </c>
-      <c r="L58" s="43" t="s">
+      <c r="L58" s="37" t="s">
+        <v>490</v>
+      </c>
+      <c r="M58" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N58" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O58" s="37" t="s">
         <v>491</v>
       </c>
-      <c r="M58" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O58" s="43" t="s">
+      <c r="P58" s="37" t="s">
         <v>492</v>
       </c>
-      <c r="P58" s="43" t="s">
+      <c r="Q58" s="37" t="s">
         <v>493</v>
       </c>
-      <c r="Q58" s="43" t="s">
+      <c r="R58" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A59" s="36">
+        <v>632086</v>
+      </c>
+      <c r="B59" s="36">
+        <v>212159586</v>
+      </c>
+      <c r="C59" s="37" t="s">
         <v>494</v>
       </c>
-      <c r="R58" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C59" s="43" t="s">
+      <c r="D59" s="37" t="s">
         <v>495</v>
       </c>
-      <c r="D59" s="43" t="s">
+      <c r="E59" s="37" t="s">
         <v>496</v>
       </c>
-      <c r="E59" s="43" t="s">
+      <c r="F59" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G59" s="36">
+        <v>7390</v>
+      </c>
+      <c r="H59" s="37" t="s">
         <v>497</v>
       </c>
-      <c r="F59" s="43" t="s">
-[...8 lines deleted...]
-      <c r="I59" s="43" t="str">
+      <c r="I59" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Jules Destrée,352  - 7390 Quaregnon</v>
       </c>
-      <c r="J59" s="42">
+      <c r="J59" s="36">
         <v>53065</v>
       </c>
-      <c r="K59" s="42">
+      <c r="K59" s="36">
         <v>10091475</v>
       </c>
-      <c r="L59" s="43" t="s">
+      <c r="L59" s="37" t="s">
+        <v>498</v>
+      </c>
+      <c r="M59" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N59" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O59" s="37" t="s">
         <v>499</v>
       </c>
-      <c r="M59" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O59" s="43" t="s">
+      <c r="P59" s="37" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q59" s="37" t="s">
         <v>500</v>
       </c>
-      <c r="P59" s="43" t="s">
-[...2 lines deleted...]
-      <c r="Q59" s="43" t="s">
+      <c r="R59" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A60" s="36">
+        <v>632087</v>
+      </c>
+      <c r="B60" s="36">
+        <v>212357348</v>
+      </c>
+      <c r="C60" s="37" t="s">
         <v>501</v>
       </c>
-      <c r="R59" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C60" s="43" t="s">
+      <c r="D60" s="37" t="s">
         <v>502</v>
       </c>
-      <c r="D60" s="43" t="s">
+      <c r="E60" s="37" t="s">
         <v>503</v>
       </c>
-      <c r="E60" s="43" t="s">
+      <c r="F60" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G60" s="36">
+        <v>7780</v>
+      </c>
+      <c r="H60" s="37" t="s">
         <v>504</v>
       </c>
-      <c r="F60" s="43" t="s">
-[...8 lines deleted...]
-      <c r="I60" s="43" t="str">
+      <c r="I60" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue de Ten-Brielen(COM),160  - 7780 Comines-Warneton</v>
       </c>
-      <c r="J60" s="42">
+      <c r="J60" s="36">
         <v>57097</v>
       </c>
-      <c r="K60" s="42">
+      <c r="K60" s="36">
         <v>10091578</v>
       </c>
-      <c r="L60" s="43" t="s">
+      <c r="L60" s="37" t="s">
+        <v>505</v>
+      </c>
+      <c r="M60" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N60" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O60" s="37" t="s">
         <v>506</v>
       </c>
-      <c r="M60" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O60" s="43" t="s">
+      <c r="P60" s="37" t="s">
+        <v>492</v>
+      </c>
+      <c r="Q60" s="37" t="s">
         <v>507</v>
       </c>
-      <c r="P60" s="43" t="s">
-[...2 lines deleted...]
-      <c r="Q60" s="43" t="s">
+      <c r="R60" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A61" s="36">
+        <v>632088</v>
+      </c>
+      <c r="B61" s="36">
+        <v>212350717</v>
+      </c>
+      <c r="C61" s="37" t="s">
         <v>508</v>
       </c>
-      <c r="R60" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C61" s="43" t="s">
+      <c r="D61" s="37" t="s">
         <v>509</v>
       </c>
-      <c r="D61" s="43" t="s">
+      <c r="E61" s="37" t="s">
+        <v>25</v>
+      </c>
+      <c r="F61" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G61" s="36">
+        <v>7321</v>
+      </c>
+      <c r="H61" s="37" t="s">
         <v>510</v>
       </c>
-      <c r="E61" s="43" t="s">
-[...11 lines deleted...]
-      <c r="I61" s="43" t="str">
+      <c r="I61" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Joseph Wauters(BLA),10  - 7321 Bernissart</v>
       </c>
-      <c r="J61" s="42">
+      <c r="J61" s="36">
         <v>51009</v>
       </c>
-      <c r="K61" s="42">
+      <c r="K61" s="36">
         <v>10091556</v>
       </c>
-      <c r="L61" s="43" t="s">
+      <c r="L61" s="37" t="s">
+        <v>511</v>
+      </c>
+      <c r="M61" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N61" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O61" s="37" t="s">
         <v>512</v>
       </c>
-      <c r="M61" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O61" s="43" t="s">
+      <c r="P61" s="37" t="s">
         <v>513</v>
       </c>
-      <c r="P61" s="43" t="s">
+      <c r="Q61" s="37" t="s">
         <v>514</v>
       </c>
-      <c r="Q61" s="43" t="s">
+      <c r="R61" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A62" s="36">
+        <v>632089</v>
+      </c>
+      <c r="B62" s="36">
+        <v>212156321</v>
+      </c>
+      <c r="C62" s="37" t="s">
         <v>515</v>
       </c>
-      <c r="R61" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C62" s="43" t="s">
+      <c r="D62" s="37" t="s">
         <v>516</v>
       </c>
-      <c r="D62" s="43" t="s">
+      <c r="E62" s="37" t="s">
+        <v>94</v>
+      </c>
+      <c r="F62" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="36">
+        <v>7130</v>
+      </c>
+      <c r="H62" s="37" t="s">
         <v>517</v>
       </c>
-      <c r="E62" s="43" t="s">
-[...11 lines deleted...]
-      <c r="I62" s="43" t="str">
+      <c r="I62" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue de la Triperie(BIN),16  - 7130 Binche</v>
       </c>
-      <c r="J62" s="42">
+      <c r="J62" s="36">
         <v>58002</v>
       </c>
-      <c r="K62" s="42">
+      <c r="K62" s="36">
         <v>10091466</v>
       </c>
-      <c r="L62" s="43" t="s">
+      <c r="L62" s="37" t="s">
+        <v>518</v>
+      </c>
+      <c r="M62" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N62" s="37" t="s">
         <v>519</v>
       </c>
-      <c r="M62" s="43" t="s">
-[...2 lines deleted...]
-      <c r="N62" s="43" t="s">
+      <c r="O62" s="37" t="s">
         <v>520</v>
       </c>
-      <c r="O62" s="43" t="s">
+      <c r="P62" s="37" t="s">
         <v>521</v>
       </c>
-      <c r="P62" s="43" t="s">
+      <c r="Q62" s="37" t="s">
         <v>522</v>
       </c>
-      <c r="Q62" s="43" t="s">
+      <c r="R62" s="36" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A63" s="36">
+        <v>632102</v>
+      </c>
+      <c r="B63" s="36">
+        <v>411532002</v>
+      </c>
+      <c r="C63" s="37" t="s">
         <v>523</v>
       </c>
-      <c r="R62" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C63" s="43" t="s">
+      <c r="D63" s="37" t="s">
         <v>524</v>
       </c>
-      <c r="D63" s="43" t="s">
+      <c r="E63" s="37" t="s">
         <v>525</v>
       </c>
-      <c r="E63" s="43" t="s">
+      <c r="F63" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G63" s="36">
+        <v>5060</v>
+      </c>
+      <c r="H63" s="37" t="s">
         <v>526</v>
       </c>
-      <c r="F63" s="43" t="s">
-[...8 lines deleted...]
-      <c r="I63" s="43" t="str">
+      <c r="I63" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>rue des Glaces nationales,142-144  - 5060 AUVELAIS</v>
       </c>
-      <c r="J63" s="42">
+      <c r="J63" s="36">
         <v>92140</v>
       </c>
-      <c r="K63" s="42">
+      <c r="K63" s="36">
         <v>10093526</v>
       </c>
-      <c r="L63" s="43" t="s">
+      <c r="L63" s="37" t="s">
+        <v>527</v>
+      </c>
+      <c r="M63" s="37" t="s">
         <v>528</v>
       </c>
-      <c r="M63" s="43" t="s">
+      <c r="N63" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O63" s="37" t="s">
         <v>529</v>
       </c>
-      <c r="N63" s="43" t="s">
-[...2 lines deleted...]
-      <c r="O63" s="43" t="s">
+      <c r="P63" s="37" t="s">
         <v>530</v>
       </c>
-      <c r="P63" s="43" t="s">
+      <c r="Q63" s="37" t="s">
         <v>531</v>
       </c>
-      <c r="Q63" s="43" t="s">
+      <c r="R63" s="36" t="s">
         <v>532</v>
       </c>
-      <c r="R63" s="42" t="s">
+    </row>
+    <row r="64" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A64" s="36">
+        <v>632105</v>
+      </c>
+      <c r="B64" s="36">
+        <v>465659089</v>
+      </c>
+      <c r="C64" s="37" t="s">
         <v>533</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D64" s="43" t="s">
+      <c r="D64" s="37" t="s">
         <v>92</v>
       </c>
-      <c r="E64" s="43" t="s">
+      <c r="E64" s="37" t="s">
         <v>79</v>
       </c>
-      <c r="F64" s="43" t="s">
+      <c r="F64" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G64" s="42">
+      <c r="G64" s="36">
         <v>1400</v>
       </c>
-      <c r="H64" s="43" t="s">
+      <c r="H64" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="I64" s="43" t="str">
+      <c r="I64" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue aux Souris,7  - 1400 NIVELLES</v>
       </c>
-      <c r="J64" s="42">
+      <c r="J64" s="36">
         <v>25072</v>
       </c>
-      <c r="K64" s="42">
+      <c r="K64" s="36">
         <v>10103348</v>
       </c>
-      <c r="L64" s="43" t="s">
+      <c r="L64" s="37" t="s">
+        <v>534</v>
+      </c>
+      <c r="M64" s="37" t="s">
         <v>535</v>
       </c>
-      <c r="M64" s="43" t="s">
+      <c r="N64" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O64" s="37" t="s">
         <v>536</v>
       </c>
-      <c r="N64" s="43" t="s">
-[...2 lines deleted...]
-      <c r="O64" s="43" t="s">
+      <c r="P64" s="37" t="s">
         <v>537</v>
       </c>
-      <c r="P64" s="43" t="s">
+      <c r="Q64" s="37" t="s">
         <v>538</v>
       </c>
-      <c r="Q64" s="43" t="s">
+      <c r="R64" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A65" s="36">
+        <v>632106</v>
+      </c>
+      <c r="B65" s="36">
+        <v>408018622</v>
+      </c>
+      <c r="C65" s="37" t="s">
+        <v>93</v>
+      </c>
+      <c r="D65" s="37" t="s">
         <v>539</v>
       </c>
-      <c r="R64" s="42" t="s">
-[...16 lines deleted...]
-      <c r="E65" s="43" t="s">
+      <c r="E65" s="37" t="s">
         <v>91</v>
       </c>
-      <c r="F65" s="43" t="s">
+      <c r="F65" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G65" s="42">
+      <c r="G65" s="36">
         <v>6000</v>
       </c>
-      <c r="H65" s="43" t="s">
+      <c r="H65" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="I65" s="43" t="str">
+      <c r="I65" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Boulevard Jacques Bertrand,8  - 6000 CHARLEROI</v>
       </c>
-      <c r="J65" s="42">
+      <c r="J65" s="36">
         <v>52011</v>
       </c>
-      <c r="K65" s="42">
+      <c r="K65" s="36">
         <v>10093067</v>
       </c>
-      <c r="L65" s="43" t="s">
+      <c r="L65" s="37" t="s">
+        <v>540</v>
+      </c>
+      <c r="M65" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N65" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O65" s="37" t="s">
         <v>541</v>
       </c>
-      <c r="M65" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O65" s="43" t="s">
+      <c r="P65" s="37" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q65" s="37" t="s">
         <v>542</v>
       </c>
-      <c r="P65" s="43" t="s">
-[...2 lines deleted...]
-      <c r="Q65" s="43" t="s">
+      <c r="R65" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A66" s="36">
+        <v>632107</v>
+      </c>
+      <c r="B66" s="36">
+        <v>445076580</v>
+      </c>
+      <c r="C66" s="37" t="s">
         <v>543</v>
       </c>
-      <c r="R65" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C66" s="43" t="s">
+      <c r="D66" s="37" t="s">
         <v>544</v>
       </c>
-      <c r="D66" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="43" t="s">
+      <c r="E66" s="37" t="s">
         <v>95</v>
       </c>
-      <c r="F66" s="43" t="s">
+      <c r="F66" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G66" s="42">
+      <c r="G66" s="36">
         <v>4280</v>
       </c>
-      <c r="H66" s="43" t="s">
+      <c r="H66" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="I66" s="43" t="str">
+      <c r="I66" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>rue Zénobe Gramme,42  - 4280 HANNUT</v>
       </c>
-      <c r="J66" s="42">
+      <c r="J66" s="36">
         <v>64034</v>
       </c>
-      <c r="K66" s="42">
+      <c r="K66" s="36">
         <v>10099490</v>
       </c>
-      <c r="L66" s="43" t="s">
+      <c r="L66" s="37" t="s">
+        <v>545</v>
+      </c>
+      <c r="M66" s="37" t="s">
+        <v>528</v>
+      </c>
+      <c r="N66" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O66" s="37" t="s">
         <v>546</v>
       </c>
-      <c r="M66" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O66" s="43" t="s">
+      <c r="P66" s="37" t="s">
         <v>547</v>
       </c>
-      <c r="P66" s="43" t="s">
+      <c r="Q66" s="37" t="s">
         <v>548</v>
       </c>
-      <c r="Q66" s="43" t="s">
+      <c r="R66" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A67" s="36">
+        <v>632114</v>
+      </c>
+      <c r="B67" s="36">
+        <v>409115415</v>
+      </c>
+      <c r="C67" s="37" t="s">
         <v>549</v>
       </c>
-      <c r="R66" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C67" s="43" t="s">
+      <c r="D67" s="37" t="s">
         <v>550</v>
       </c>
-      <c r="D67" s="43" t="s">
+      <c r="E67" s="37" t="s">
         <v>551</v>
       </c>
-      <c r="E67" s="43" t="s">
+      <c r="F67" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G67" s="36">
+        <v>4041</v>
+      </c>
+      <c r="H67" s="37" t="s">
         <v>552</v>
       </c>
-      <c r="F67" s="43" t="s">
-[...8 lines deleted...]
-      <c r="I67" s="43" t="str">
+      <c r="I67" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Vert Vinâve,60  - 4041 VOTTEM</v>
       </c>
-      <c r="J67" s="42">
+      <c r="J67" s="36">
         <v>62051</v>
       </c>
-      <c r="K67" s="42">
+      <c r="K67" s="36">
         <v>10093232</v>
       </c>
-      <c r="L67" s="43" t="s">
+      <c r="L67" s="37" t="s">
+        <v>553</v>
+      </c>
+      <c r="M67" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N67" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O67" s="37" t="s">
         <v>554</v>
       </c>
-      <c r="M67" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O67" s="43" t="s">
+      <c r="P67" s="37" t="s">
         <v>555</v>
       </c>
-      <c r="P67" s="43" t="s">
+      <c r="Q67" s="37" t="s">
         <v>556</v>
       </c>
-      <c r="Q67" s="43" t="s">
-[...3 lines deleted...]
-        <v>533</v>
+      <c r="R67" s="36" t="s">
+        <v>532</v>
       </c>
     </row>
     <row r="68" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
-      <c r="A68" s="42">
+      <c r="A68" s="36">
         <v>632115</v>
       </c>
-      <c r="B68" s="42">
+      <c r="B68" s="36">
         <v>477431723</v>
       </c>
-      <c r="C68" s="43" t="s">
+      <c r="C68" s="37" t="s">
         <v>96</v>
       </c>
-      <c r="D68" s="43" t="s">
+      <c r="D68" s="37" t="s">
         <v>97</v>
       </c>
-      <c r="E68" s="43" t="s">
+      <c r="E68" s="37" t="s">
         <v>98</v>
       </c>
-      <c r="F68" s="43" t="s">
+      <c r="F68" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G68" s="42">
+      <c r="G68" s="36">
         <v>4960</v>
       </c>
-      <c r="H68" s="43" t="s">
+      <c r="H68" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="I68" s="43" t="str">
+      <c r="I68" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Jean-Hubert Cavens,49  - 4960 MALMEDY</v>
       </c>
-      <c r="J68" s="42">
+      <c r="J68" s="36">
         <v>63049</v>
       </c>
-      <c r="K68" s="42">
+      <c r="K68" s="36">
         <v>10105186</v>
       </c>
-      <c r="L68" s="43" t="s">
+      <c r="L68" s="37" t="s">
+        <v>557</v>
+      </c>
+      <c r="M68" s="37" t="s">
+        <v>528</v>
+      </c>
+      <c r="N68" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O68" s="37" t="s">
         <v>558</v>
       </c>
-      <c r="M68" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O68" s="43" t="s">
+      <c r="P68" s="37" t="s">
         <v>559</v>
       </c>
-      <c r="P68" s="43" t="s">
+      <c r="Q68" s="37" t="s">
         <v>560</v>
       </c>
-      <c r="Q68" s="43" t="s">
+      <c r="R68" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A69" s="36">
+        <v>632117</v>
+      </c>
+      <c r="B69" s="36">
+        <v>456562469</v>
+      </c>
+      <c r="C69" s="37" t="s">
         <v>561</v>
       </c>
-      <c r="R68" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C69" s="43" t="s">
+      <c r="D69" s="37" t="s">
         <v>562</v>
       </c>
-      <c r="D69" s="43" t="s">
+      <c r="E69" s="37" t="s">
         <v>563</v>
       </c>
-      <c r="E69" s="43" t="s">
-[...2 lines deleted...]
-      <c r="F69" s="43" t="s">
+      <c r="F69" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G69" s="42">
+      <c r="G69" s="36">
         <v>6000</v>
       </c>
-      <c r="H69" s="43" t="s">
+      <c r="H69" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="I69" s="43" t="str">
+      <c r="I69" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Léopold,36  - 6000 CHARLEROI</v>
       </c>
-      <c r="J69" s="42">
+      <c r="J69" s="36">
         <v>52011</v>
       </c>
-      <c r="K69" s="42">
+      <c r="K69" s="36">
         <v>10101504</v>
       </c>
-      <c r="L69" s="43" t="s">
+      <c r="L69" s="37" t="s">
+        <v>564</v>
+      </c>
+      <c r="M69" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N69" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O69" s="37" t="s">
         <v>565</v>
       </c>
-      <c r="M69" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O69" s="43" t="s">
+      <c r="P69" s="37" t="s">
+        <v>278</v>
+      </c>
+      <c r="Q69" s="37" t="s">
         <v>566</v>
       </c>
-      <c r="P69" s="43" t="s">
-[...6 lines deleted...]
-        <v>533</v>
+      <c r="R69" s="36" t="s">
+        <v>532</v>
       </c>
     </row>
     <row r="70" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A70" s="42">
+      <c r="A70" s="36">
         <v>632118</v>
       </c>
-      <c r="B70" s="42">
+      <c r="B70" s="36">
         <v>423570195</v>
       </c>
-      <c r="C70" s="43" t="s">
+      <c r="C70" s="37" t="s">
         <v>99</v>
       </c>
-      <c r="D70" s="43" t="s">
+      <c r="D70" s="37" t="s">
         <v>100</v>
       </c>
-      <c r="E70" s="43" t="s">
+      <c r="E70" s="37" t="s">
         <v>39</v>
       </c>
-      <c r="F70" s="43" t="s">
+      <c r="F70" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G70" s="42">
+      <c r="G70" s="36">
         <v>4000</v>
       </c>
-      <c r="H70" s="43" t="s">
+      <c r="H70" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="I70" s="43" t="str">
+      <c r="I70" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Maghin,19  - 4000 LIEGE</v>
       </c>
-      <c r="J70" s="42">
+      <c r="J70" s="36">
         <v>62063</v>
       </c>
-      <c r="K70" s="42">
+      <c r="K70" s="36">
         <v>10095682</v>
       </c>
-      <c r="L70" s="43" t="s">
+      <c r="L70" s="37" t="s">
+        <v>567</v>
+      </c>
+      <c r="M70" s="37" t="s">
         <v>568</v>
       </c>
-      <c r="M70" s="43" t="s">
+      <c r="N70" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O70" s="37" t="s">
         <v>569</v>
       </c>
-      <c r="N70" s="43" t="s">
-[...2 lines deleted...]
-      <c r="O70" s="43" t="s">
+      <c r="P70" s="37" t="s">
         <v>570</v>
       </c>
-      <c r="P70" s="43" t="s">
+      <c r="Q70" s="37" t="s">
         <v>571</v>
       </c>
-      <c r="Q70" s="43" t="s">
+      <c r="R70" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A71" s="36">
+        <v>632120</v>
+      </c>
+      <c r="B71" s="36">
+        <v>460322804</v>
+      </c>
+      <c r="C71" s="37" t="s">
         <v>572</v>
       </c>
-      <c r="R70" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C71" s="43" t="s">
+      <c r="D71" s="37" t="s">
         <v>573</v>
       </c>
-      <c r="D71" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="43" t="s">
+      <c r="E71" s="37" t="s">
         <v>37</v>
       </c>
-      <c r="F71" s="43" t="s">
+      <c r="F71" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G71" s="42">
+      <c r="G71" s="36">
         <v>4100</v>
       </c>
-      <c r="H71" s="43" t="s">
+      <c r="H71" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="I71" s="43" t="str">
+      <c r="I71" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>rue du Papillon,45  - 4100 SERAING</v>
       </c>
-      <c r="J71" s="42">
+      <c r="J71" s="36">
         <v>62096</v>
       </c>
-      <c r="K71" s="42">
+      <c r="K71" s="36">
         <v>10102246</v>
       </c>
-      <c r="L71" s="43" t="s">
+      <c r="L71" s="37" t="s">
+        <v>574</v>
+      </c>
+      <c r="M71" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N71" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O71" s="37" t="s">
         <v>575</v>
       </c>
-      <c r="M71" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O71" s="43" t="s">
+      <c r="P71" s="37" t="s">
         <v>576</v>
       </c>
-      <c r="P71" s="43" t="s">
+      <c r="Q71" s="37" t="s">
         <v>577</v>
       </c>
-      <c r="Q71" s="43" t="s">
+      <c r="R71" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A72" s="36">
+        <v>632122</v>
+      </c>
+      <c r="B72" s="36">
+        <v>479209395</v>
+      </c>
+      <c r="C72" s="37" t="s">
         <v>578</v>
       </c>
-      <c r="R71" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C72" s="43" t="s">
+      <c r="D72" s="37" t="s">
         <v>579</v>
       </c>
-      <c r="D72" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E72" s="43" t="s">
+      <c r="E72" s="37" t="s">
         <v>101</v>
       </c>
-      <c r="F72" s="43" t="s">
+      <c r="F72" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G72" s="42">
+      <c r="G72" s="36">
         <v>4000</v>
       </c>
-      <c r="H72" s="43" t="s">
+      <c r="H72" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="I72" s="43" t="str">
+      <c r="I72" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>rue Saint Laurent,174  - 4000 LIEGE</v>
       </c>
-      <c r="J72" s="42">
+      <c r="J72" s="36">
         <v>62063</v>
       </c>
-      <c r="K72" s="42">
+      <c r="K72" s="36">
         <v>10105603</v>
       </c>
-      <c r="L72" s="43" t="s">
+      <c r="L72" s="37" t="s">
+        <v>580</v>
+      </c>
+      <c r="M72" s="37" t="s">
         <v>581</v>
       </c>
-      <c r="M72" s="43" t="s">
+      <c r="N72" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O72" s="37" t="s">
         <v>582</v>
       </c>
-      <c r="N72" s="43" t="s">
-[...2 lines deleted...]
-      <c r="O72" s="43" t="s">
+      <c r="P72" s="37" t="s">
         <v>583</v>
       </c>
-      <c r="P72" s="43" t="s">
+      <c r="Q72" s="37" t="s">
         <v>584</v>
       </c>
-      <c r="Q72" s="43" t="s">
+      <c r="R72" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A73" s="36">
+        <v>632124</v>
+      </c>
+      <c r="B73" s="36">
+        <v>874941483</v>
+      </c>
+      <c r="C73" s="37" t="s">
+        <v>102</v>
+      </c>
+      <c r="D73" s="37" t="s">
         <v>585</v>
       </c>
-      <c r="R72" s="42" t="s">
-[...16 lines deleted...]
-      <c r="E73" s="43" t="s">
+      <c r="E73" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="F73" s="43" t="s">
+      <c r="F73" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G73" s="42">
+      <c r="G73" s="36">
         <v>4684</v>
       </c>
-      <c r="H73" s="43" t="s">
+      <c r="H73" s="37" t="s">
         <v>8</v>
       </c>
-      <c r="I73" s="43" t="str">
+      <c r="I73" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>rue du Moulin,65  - 4684 HACCOURT</v>
       </c>
-      <c r="J73" s="42">
+      <c r="J73" s="36">
         <v>62079</v>
       </c>
-      <c r="K73" s="42">
+      <c r="K73" s="36">
         <v>10118955</v>
       </c>
-      <c r="L73" s="43" t="s">
+      <c r="L73" s="37" t="s">
+        <v>586</v>
+      </c>
+      <c r="M73" s="37" t="s">
         <v>587</v>
       </c>
-      <c r="M73" s="43" t="s">
+      <c r="N73" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O73" s="37" t="s">
         <v>588</v>
       </c>
-      <c r="N73" s="43" t="s">
-[...2 lines deleted...]
-      <c r="O73" s="43" t="s">
+      <c r="P73" s="37" t="s">
         <v>589</v>
       </c>
-      <c r="P73" s="43" t="s">
+      <c r="Q73" s="37" t="s">
         <v>590</v>
       </c>
-      <c r="Q73" s="43" t="s">
+      <c r="R73" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A74" s="36">
+        <v>632125</v>
+      </c>
+      <c r="B74" s="36">
+        <v>415450703</v>
+      </c>
+      <c r="C74" s="37" t="s">
         <v>591</v>
       </c>
-      <c r="R73" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C74" s="43" t="s">
+      <c r="D74" s="37" t="s">
         <v>592</v>
       </c>
-      <c r="D74" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="43" t="s">
+      <c r="E74" s="37" t="s">
         <v>104</v>
       </c>
-      <c r="F74" s="43" t="s">
+      <c r="F74" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G74" s="42">
+      <c r="G74" s="36">
         <v>4102</v>
       </c>
-      <c r="H74" s="43" t="s">
-[...2 lines deleted...]
-      <c r="I74" s="43" t="str">
+      <c r="H74" s="37" t="s">
+        <v>283</v>
+      </c>
+      <c r="I74" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Av. Wuidar,79  - 4102 OUGREE</v>
       </c>
-      <c r="J74" s="42">
+      <c r="J74" s="36">
         <v>62096</v>
       </c>
-      <c r="K74" s="42">
+      <c r="K74" s="36">
         <v>10094102</v>
       </c>
-      <c r="L74" s="43" t="s">
+      <c r="L74" s="37" t="s">
+        <v>593</v>
+      </c>
+      <c r="M74" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N74" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O74" s="37" t="s">
         <v>594</v>
       </c>
-      <c r="M74" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O74" s="43" t="s">
+      <c r="P74" s="37" t="s">
         <v>595</v>
       </c>
-      <c r="P74" s="43" t="s">
+      <c r="Q74" s="37" t="s">
         <v>596</v>
       </c>
-      <c r="Q74" s="43" t="s">
+      <c r="R74" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A75" s="36">
+        <v>632126</v>
+      </c>
+      <c r="B75" s="36">
+        <v>460362394</v>
+      </c>
+      <c r="C75" s="37" t="s">
         <v>597</v>
       </c>
-      <c r="R74" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C75" s="43" t="s">
+      <c r="D75" s="37" t="s">
         <v>598</v>
       </c>
-      <c r="D75" s="43" t="s">
+      <c r="E75" s="37" t="s">
+        <v>105</v>
+      </c>
+      <c r="F75" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G75" s="36">
+        <v>4920</v>
+      </c>
+      <c r="H75" s="37" t="s">
         <v>599</v>
       </c>
-      <c r="E75" s="43" t="s">
-[...11 lines deleted...]
-      <c r="I75" s="43" t="str">
+      <c r="I75" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Av. François Cornesse,61  - 4920 AYWAILLE</v>
       </c>
-      <c r="J75" s="42">
+      <c r="J75" s="36">
         <v>62009</v>
       </c>
-      <c r="K75" s="42">
+      <c r="K75" s="36">
         <v>10102255</v>
       </c>
-      <c r="L75" s="43" t="s">
+      <c r="L75" s="37" t="s">
+        <v>600</v>
+      </c>
+      <c r="M75" s="37" t="s">
         <v>601</v>
       </c>
-      <c r="M75" s="43" t="s">
+      <c r="N75" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O75" s="37" t="s">
         <v>602</v>
       </c>
-      <c r="N75" s="43" t="s">
-[...2 lines deleted...]
-      <c r="O75" s="43" t="s">
+      <c r="P75" s="37" t="s">
         <v>603</v>
       </c>
-      <c r="P75" s="43" t="s">
+      <c r="Q75" s="37" t="s">
         <v>604</v>
       </c>
-      <c r="Q75" s="43" t="s">
+      <c r="R75" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A76" s="36">
+        <v>632128</v>
+      </c>
+      <c r="B76" s="36">
+        <v>424707174</v>
+      </c>
+      <c r="C76" s="37" t="s">
         <v>605</v>
       </c>
-      <c r="R75" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D76" s="43" t="s">
+      <c r="D76" s="37" t="s">
+        <v>550</v>
+      </c>
+      <c r="E76" s="37" t="s">
         <v>551</v>
       </c>
-      <c r="E76" s="43" t="s">
+      <c r="F76" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G76" s="36">
+        <v>4041</v>
+      </c>
+      <c r="H76" s="37" t="s">
         <v>552</v>
       </c>
-      <c r="F76" s="43" t="s">
-[...8 lines deleted...]
-      <c r="I76" s="43" t="str">
+      <c r="I76" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Vert Vinâve,60  - 4041 VOTTEM</v>
       </c>
-      <c r="J76" s="42">
+      <c r="J76" s="36">
         <v>62051</v>
       </c>
-      <c r="K76" s="42">
+      <c r="K76" s="36">
         <v>10095871</v>
       </c>
-      <c r="L76" s="43" t="s">
+      <c r="L76" s="37" t="s">
+        <v>606</v>
+      </c>
+      <c r="M76" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N76" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O76" s="37" t="s">
         <v>607</v>
       </c>
-      <c r="M76" s="43" t="s">
-[...15 lines deleted...]
-        <v>533</v>
+      <c r="P76" s="37" t="s">
+        <v>258</v>
+      </c>
+      <c r="Q76" s="37" t="s">
+        <v>556</v>
+      </c>
+      <c r="R76" s="36" t="s">
+        <v>532</v>
       </c>
     </row>
     <row r="77" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
-      <c r="A77" s="42">
+      <c r="A77" s="36">
         <v>632129</v>
       </c>
-      <c r="B77" s="42">
+      <c r="B77" s="36">
         <v>542668775</v>
       </c>
-      <c r="C77" s="43" t="s">
+      <c r="C77" s="37" t="s">
         <v>106</v>
       </c>
-      <c r="D77" s="43" t="s">
+      <c r="D77" s="37" t="s">
         <v>107</v>
       </c>
-      <c r="E77" s="43" t="s">
+      <c r="E77" s="37" t="s">
         <v>32</v>
       </c>
-      <c r="F77" s="43" t="s">
+      <c r="F77" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G77" s="42">
+      <c r="G77" s="36">
         <v>6000</v>
       </c>
-      <c r="H77" s="43" t="s">
+      <c r="H77" s="37" t="s">
         <v>108</v>
       </c>
-      <c r="I77" s="43" t="str">
+      <c r="I77" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>place du Nord Michel Levie,22  - 6000 Charleroi</v>
       </c>
-      <c r="J77" s="42">
+      <c r="J77" s="36">
         <v>52011</v>
       </c>
-      <c r="K77" s="42">
+      <c r="K77" s="36">
         <v>10107223</v>
       </c>
-      <c r="L77" s="43" t="s">
+      <c r="L77" s="37" t="s">
+        <v>608</v>
+      </c>
+      <c r="M77" s="37" t="s">
+        <v>535</v>
+      </c>
+      <c r="N77" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O77" s="37" t="s">
         <v>609</v>
       </c>
-      <c r="M77" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O77" s="43" t="s">
+      <c r="P77" s="37" t="s">
         <v>610</v>
       </c>
-      <c r="P77" s="43" t="s">
+      <c r="Q77" s="37" t="s">
         <v>611</v>
       </c>
-      <c r="Q77" s="43" t="s">
+      <c r="R77" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A78" s="36">
+        <v>632135</v>
+      </c>
+      <c r="B78" s="36">
+        <v>418658928</v>
+      </c>
+      <c r="C78" s="37" t="s">
         <v>612</v>
       </c>
-      <c r="R77" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C78" s="43" t="s">
+      <c r="D78" s="37" t="s">
         <v>613</v>
       </c>
-      <c r="D78" s="43" t="s">
-[...2 lines deleted...]
-      <c r="E78" s="43" t="s">
+      <c r="E78" s="37" t="s">
         <v>43</v>
       </c>
-      <c r="F78" s="43" t="s">
+      <c r="F78" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G78" s="42">
+      <c r="G78" s="36">
         <v>7331</v>
       </c>
-      <c r="H78" s="43" t="s">
-[...2 lines deleted...]
-      <c r="I78" s="43" t="str">
+      <c r="H78" s="37" t="s">
+        <v>423</v>
+      </c>
+      <c r="I78" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Jules Escoyez,28  - 7331 BAUDOUR</v>
       </c>
-      <c r="J78" s="42">
+      <c r="J78" s="36">
         <v>53070</v>
       </c>
-      <c r="K78" s="42">
+      <c r="K78" s="36">
         <v>10094726</v>
       </c>
-      <c r="L78" s="43" t="s">
+      <c r="L78" s="37" t="s">
+        <v>614</v>
+      </c>
+      <c r="M78" s="37" t="s">
+        <v>528</v>
+      </c>
+      <c r="N78" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O78" s="37" t="s">
         <v>615</v>
       </c>
-      <c r="M78" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O78" s="43" t="s">
+      <c r="P78" s="37" t="s">
         <v>616</v>
       </c>
-      <c r="P78" s="43" t="s">
+      <c r="Q78" s="37" t="s">
         <v>617</v>
       </c>
-      <c r="Q78" s="43" t="s">
+      <c r="R78" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A79" s="36">
+        <v>632137</v>
+      </c>
+      <c r="B79" s="36">
+        <v>434080443</v>
+      </c>
+      <c r="C79" s="37" t="s">
         <v>618</v>
       </c>
-      <c r="R78" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D79" s="43" t="s">
+      <c r="D79" s="37" t="s">
         <v>109</v>
       </c>
-      <c r="E79" s="43" t="s">
+      <c r="E79" s="37" t="s">
         <v>35</v>
       </c>
-      <c r="F79" s="43" t="s">
+      <c r="F79" s="37" t="s">
         <v>110</v>
       </c>
-      <c r="G79" s="42">
+      <c r="G79" s="36">
         <v>4020</v>
       </c>
-      <c r="H79" s="43" t="s">
+      <c r="H79" s="37" t="s">
         <v>111</v>
       </c>
-      <c r="I79" s="43" t="str">
+      <c r="I79" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Av. Georges-Truffaut,18 bte 1 - 4020 BRESSOUX</v>
       </c>
-      <c r="J79" s="42">
+      <c r="J79" s="36">
         <v>62063</v>
       </c>
-      <c r="K79" s="42">
+      <c r="K79" s="36">
         <v>10097628</v>
       </c>
-      <c r="L79" s="43" t="s">
+      <c r="L79" s="37" t="s">
+        <v>619</v>
+      </c>
+      <c r="M79" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N79" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O79" s="37" t="s">
         <v>620</v>
       </c>
-      <c r="M79" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O79" s="43" t="s">
+      <c r="P79" s="37" t="s">
         <v>621</v>
       </c>
-      <c r="P79" s="43" t="s">
+      <c r="Q79" s="37" t="s">
         <v>622</v>
       </c>
-      <c r="Q79" s="43" t="s">
+      <c r="R79" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A80" s="36">
+        <v>632138</v>
+      </c>
+      <c r="B80" s="36">
+        <v>409201329</v>
+      </c>
+      <c r="C80" s="37" t="s">
+        <v>112</v>
+      </c>
+      <c r="D80" s="37" t="s">
         <v>623</v>
       </c>
-      <c r="R79" s="42" t="s">
-[...16 lines deleted...]
-      <c r="E80" s="43" t="s">
+      <c r="E80" s="37" t="s">
         <v>39</v>
       </c>
-      <c r="F80" s="43" t="s">
+      <c r="F80" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G80" s="42">
+      <c r="G80" s="36">
         <v>7011</v>
       </c>
-      <c r="H80" s="43" t="s">
+      <c r="H80" s="37" t="s">
         <v>9</v>
       </c>
-      <c r="I80" s="43" t="str">
+      <c r="I80" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>place de Ghlin,19  - 7011 GHLIN</v>
       </c>
-      <c r="J80" s="42">
+      <c r="J80" s="36">
         <v>53053</v>
       </c>
-      <c r="K80" s="42">
+      <c r="K80" s="36">
         <v>10093249</v>
       </c>
-      <c r="L80" s="43" t="s">
+      <c r="L80" s="37" t="s">
+        <v>624</v>
+      </c>
+      <c r="M80" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N80" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O80" s="37" t="s">
         <v>625</v>
       </c>
-      <c r="M80" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O80" s="43" t="s">
+      <c r="P80" s="37" t="s">
         <v>626</v>
       </c>
-      <c r="P80" s="43" t="s">
+      <c r="Q80" s="37" t="s">
         <v>627</v>
       </c>
-      <c r="Q80" s="43" t="s">
+      <c r="R80" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A81" s="36">
+        <v>632139</v>
+      </c>
+      <c r="B81" s="36">
+        <v>441372467</v>
+      </c>
+      <c r="C81" s="37" t="s">
+        <v>113</v>
+      </c>
+      <c r="D81" s="37" t="s">
         <v>628</v>
       </c>
-      <c r="R80" s="42" t="s">
-[...16 lines deleted...]
-      <c r="E81" s="43" t="s">
+      <c r="E81" s="37" t="s">
         <v>91</v>
       </c>
-      <c r="F81" s="43" t="s">
+      <c r="F81" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G81" s="42">
+      <c r="G81" s="36">
         <v>4900</v>
       </c>
-      <c r="H81" s="43" t="s">
+      <c r="H81" s="37" t="s">
         <v>10</v>
       </c>
-      <c r="I81" s="43" t="str">
+      <c r="I81" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Hanster,8  - 4900 SPA</v>
       </c>
-      <c r="J81" s="42">
+      <c r="J81" s="36">
         <v>63072</v>
       </c>
-      <c r="K81" s="42">
+      <c r="K81" s="36">
         <v>10098859</v>
       </c>
-      <c r="L81" s="43" t="s">
+      <c r="L81" s="37" t="s">
+        <v>629</v>
+      </c>
+      <c r="M81" s="37" t="s">
+        <v>528</v>
+      </c>
+      <c r="N81" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O81" s="37" t="s">
         <v>630</v>
       </c>
-      <c r="M81" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O81" s="43" t="s">
+      <c r="P81" s="37" t="s">
         <v>631</v>
       </c>
-      <c r="P81" s="43" t="s">
+      <c r="Q81" s="37" t="s">
         <v>632</v>
       </c>
-      <c r="Q81" s="43" t="s">
+      <c r="R81" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A82" s="36">
+        <v>632143</v>
+      </c>
+      <c r="B82" s="36">
+        <v>460065753</v>
+      </c>
+      <c r="C82" s="37" t="s">
+        <v>114</v>
+      </c>
+      <c r="D82" s="37" t="s">
         <v>633</v>
       </c>
-      <c r="R81" s="42" t="s">
-[...16 lines deleted...]
-      <c r="E82" s="43" t="s">
+      <c r="E82" s="37" t="s">
         <v>115</v>
       </c>
-      <c r="F82" s="43" t="s">
+      <c r="F82" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G82" s="42">
+      <c r="G82" s="36">
         <v>4000</v>
       </c>
-      <c r="H82" s="43" t="s">
+      <c r="H82" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="I82" s="43" t="str">
+      <c r="I82" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>rue Xhovémont,172  - 4000 LIEGE</v>
       </c>
-      <c r="J82" s="42">
+      <c r="J82" s="36">
         <v>62063</v>
       </c>
-      <c r="K82" s="42">
+      <c r="K82" s="36">
         <v>10102189</v>
       </c>
-      <c r="L82" s="43" t="s">
+      <c r="L82" s="37" t="s">
+        <v>634</v>
+      </c>
+      <c r="M82" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N82" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O82" s="37" t="s">
         <v>635</v>
       </c>
-      <c r="M82" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O82" s="43" t="s">
+      <c r="P82" s="37" t="s">
+        <v>583</v>
+      </c>
+      <c r="Q82" s="37" t="s">
         <v>636</v>
       </c>
-      <c r="P82" s="43" t="s">
-[...6 lines deleted...]
-        <v>533</v>
+      <c r="R82" s="36" t="s">
+        <v>532</v>
       </c>
     </row>
     <row r="83" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
-      <c r="A83" s="42">
+      <c r="A83" s="36">
         <v>632144</v>
       </c>
-      <c r="B83" s="42">
+      <c r="B83" s="36">
         <v>458205432</v>
       </c>
-      <c r="C83" s="43" t="s">
+      <c r="C83" s="37" t="s">
         <v>116</v>
       </c>
-      <c r="D83" s="43" t="s">
+      <c r="D83" s="37" t="s">
         <v>117</v>
       </c>
-      <c r="E83" s="43" t="s">
+      <c r="E83" s="37" t="s">
         <v>81</v>
       </c>
-      <c r="F83" s="43" t="s">
+      <c r="F83" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G83" s="42">
+      <c r="G83" s="36">
         <v>6044</v>
       </c>
-      <c r="H83" s="43" t="s">
+      <c r="H83" s="37" t="s">
         <v>15</v>
       </c>
-      <c r="I83" s="43" t="str">
+      <c r="I83" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue de l'abbaye de Liessies,2  - 6044 ROUX</v>
       </c>
-      <c r="J83" s="42">
+      <c r="J83" s="36">
         <v>52011</v>
       </c>
-      <c r="K83" s="42">
+      <c r="K83" s="36">
         <v>10101849</v>
       </c>
-      <c r="L83" s="43" t="s">
+      <c r="L83" s="37" t="s">
+        <v>637</v>
+      </c>
+      <c r="M83" s="37" t="s">
         <v>638</v>
       </c>
-      <c r="M83" s="43" t="s">
+      <c r="N83" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O83" s="37" t="s">
         <v>639</v>
       </c>
-      <c r="N83" s="43" t="s">
-[...2 lines deleted...]
-      <c r="O83" s="43" t="s">
+      <c r="P83" s="37" t="s">
         <v>640</v>
       </c>
-      <c r="P83" s="43" t="s">
+      <c r="Q83" s="37" t="s">
         <v>641</v>
       </c>
-      <c r="Q83" s="43" t="s">
+      <c r="R83" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
+      <c r="A84" s="36">
+        <v>632147</v>
+      </c>
+      <c r="B84" s="36">
+        <v>456157148</v>
+      </c>
+      <c r="C84" s="37" t="s">
+        <v>118</v>
+      </c>
+      <c r="D84" s="37" t="s">
         <v>642</v>
       </c>
-      <c r="R83" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D84" s="43" t="s">
+      <c r="E84" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="F84" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G84" s="36">
+        <v>6990</v>
+      </c>
+      <c r="H84" s="37" t="s">
         <v>643</v>
       </c>
-      <c r="E84" s="43" t="s">
-[...11 lines deleted...]
-      <c r="I84" s="43" t="str">
+      <c r="I84" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Vieille-Route-de-Marenne,2  - 6990 BOURDON</v>
       </c>
-      <c r="J84" s="42">
+      <c r="J84" s="36">
         <v>83028</v>
       </c>
-      <c r="K84" s="42">
+      <c r="K84" s="36">
         <v>10101437</v>
       </c>
-      <c r="L84" s="43" t="s">
+      <c r="L84" s="37" t="s">
+        <v>644</v>
+      </c>
+      <c r="M84" s="37" t="s">
+        <v>528</v>
+      </c>
+      <c r="N84" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O84" s="37" t="s">
+        <v>594</v>
+      </c>
+      <c r="P84" s="37" t="s">
         <v>645</v>
       </c>
-      <c r="M84" s="43" t="s">
-[...8 lines deleted...]
-      <c r="P84" s="43" t="s">
+      <c r="Q84" s="37" t="s">
         <v>646</v>
       </c>
-      <c r="Q84" s="43" t="s">
+      <c r="R84" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A85" s="36">
+        <v>632148</v>
+      </c>
+      <c r="B85" s="36">
+        <v>446997081</v>
+      </c>
+      <c r="C85" s="37" t="s">
         <v>647</v>
       </c>
-      <c r="R84" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D85" s="43" t="s">
+      <c r="D85" s="37" t="s">
         <v>119</v>
       </c>
-      <c r="E85" s="43" t="s">
+      <c r="E85" s="37" t="s">
         <v>60</v>
       </c>
-      <c r="F85" s="43" t="s">
+      <c r="F85" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G85" s="42">
+      <c r="G85" s="36">
         <v>6830</v>
       </c>
-      <c r="H85" s="43" t="s">
+      <c r="H85" s="37" t="s">
         <v>11</v>
       </c>
-      <c r="I85" s="43" t="str">
+      <c r="I85" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue du Brutz,3  - 6830 BOUILLON</v>
       </c>
-      <c r="J85" s="42">
+      <c r="J85" s="36">
         <v>84010</v>
       </c>
-      <c r="K85" s="42">
+      <c r="K85" s="36">
         <v>10099835</v>
       </c>
-      <c r="L85" s="43" t="s">
+      <c r="L85" s="37" t="s">
+        <v>648</v>
+      </c>
+      <c r="M85" s="37" t="s">
+        <v>528</v>
+      </c>
+      <c r="N85" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O85" s="37" t="s">
         <v>649</v>
       </c>
-      <c r="M85" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O85" s="43" t="s">
+      <c r="P85" s="37" t="s">
         <v>650</v>
       </c>
-      <c r="P85" s="43" t="s">
+      <c r="Q85" s="37" t="s">
         <v>651</v>
       </c>
-      <c r="Q85" s="43" t="s">
+      <c r="R85" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A86" s="36">
+        <v>632152</v>
+      </c>
+      <c r="B86" s="36">
+        <v>863787374</v>
+      </c>
+      <c r="C86" s="37" t="s">
         <v>652</v>
       </c>
-      <c r="R85" s="42" t="s">
-[...10 lines deleted...]
-      <c r="C86" s="43" t="s">
+      <c r="D86" s="37" t="s">
+        <v>120</v>
+      </c>
+      <c r="E86" s="37" t="s">
+        <v>41</v>
+      </c>
+      <c r="F86" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G86" s="36">
+        <v>6180</v>
+      </c>
+      <c r="H86" s="37" t="s">
         <v>653</v>
       </c>
-      <c r="D86" s="43" t="s">
-[...14 lines deleted...]
-      <c r="I86" s="43" t="str">
+      <c r="I86" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Saint Roch,4  - 6180 Courcelles</v>
       </c>
-      <c r="J86" s="42">
+      <c r="J86" s="36">
         <v>52015</v>
       </c>
-      <c r="K86" s="42">
+      <c r="K86" s="36">
         <v>10117960</v>
       </c>
-      <c r="L86" s="43" t="s">
+      <c r="L86" s="37" t="s">
+        <v>654</v>
+      </c>
+      <c r="M86" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="N86" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O86" s="37" t="s">
         <v>655</v>
       </c>
-      <c r="M86" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O86" s="43" t="s">
+      <c r="P86" s="37" t="s">
         <v>656</v>
       </c>
-      <c r="P86" s="43" t="s">
+      <c r="Q86" s="37" t="s">
         <v>657</v>
       </c>
-      <c r="Q86" s="43" t="s">
+      <c r="R86" s="36" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A87" s="36">
+        <v>632154</v>
+      </c>
+      <c r="B87" s="36">
+        <v>410901106</v>
+      </c>
+      <c r="C87" s="37" t="s">
         <v>658</v>
       </c>
-      <c r="R86" s="42" t="s">
-[...13 lines deleted...]
-      <c r="D87" s="43" t="s">
+      <c r="D87" s="37" t="s">
         <v>121</v>
       </c>
-      <c r="E87" s="43" t="s">
+      <c r="E87" s="37" t="s">
         <v>122</v>
       </c>
-      <c r="F87" s="43" t="s">
+      <c r="F87" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="G87" s="42">
+      <c r="G87" s="36">
         <v>4800</v>
       </c>
-      <c r="H87" s="43" t="s">
+      <c r="H87" s="37" t="s">
         <v>14</v>
       </c>
-      <c r="I87" s="43" t="str">
+      <c r="I87" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Rue Paul Janson,21  - 4800 VERVIERS</v>
       </c>
-      <c r="J87" s="42">
+      <c r="J87" s="36">
         <v>63079</v>
       </c>
-      <c r="K87" s="42">
+      <c r="K87" s="36">
         <v>10093499</v>
       </c>
-      <c r="L87" s="43" t="s">
+      <c r="L87" s="37" t="s">
+        <v>659</v>
+      </c>
+      <c r="M87" s="37" t="s">
+        <v>528</v>
+      </c>
+      <c r="N87" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="O87" s="37" t="s">
         <v>660</v>
       </c>
-      <c r="M87" s="43" t="s">
-[...5 lines deleted...]
-      <c r="O87" s="43" t="s">
+      <c r="P87" s="37" t="s">
         <v>661</v>
       </c>
-      <c r="P87" s="43" t="s">
+      <c r="Q87" s="37" t="s">
         <v>662</v>
       </c>
-      <c r="Q87" s="43" t="s">
-[...3 lines deleted...]
-        <v>533</v>
+      <c r="R87" s="36" t="s">
+        <v>532</v>
       </c>
     </row>
     <row r="88" spans="1:18" ht="20.399999999999999" x14ac:dyDescent="0.2">
-      <c r="A88" s="42">
+      <c r="A88" s="36">
         <v>632157</v>
       </c>
-      <c r="B88" s="42">
+      <c r="B88" s="36">
         <v>460362394</v>
       </c>
-      <c r="C88" s="43" t="s">
+      <c r="C88" s="37" t="s">
+        <v>597</v>
+      </c>
+      <c r="D88" s="37" t="s">
         <v>598</v>
       </c>
-      <c r="D88" s="43" t="s">
+      <c r="E88" s="37" t="s">
+        <v>105</v>
+      </c>
+      <c r="F88" s="37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G88" s="36">
+        <v>4920</v>
+      </c>
+      <c r="H88" s="37" t="s">
         <v>599</v>
       </c>
-      <c r="E88" s="43" t="s">
-[...11 lines deleted...]
-      <c r="I88" s="43" t="str">
+      <c r="I88" s="37" t="str">
         <f>LISTEADRESSES[[#This Row],[PO_ADR_RUE]] &amp;","&amp; LISTEADRESSES[[#This Row],[PO_ADR_NR]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_BTE]]&amp;" - "&amp;LISTEADRESSES[[#This Row],[PO_ADR_CP]]&amp;" " &amp;LISTEADRESSES[[#This Row],[PO_ADR_LOC]]</f>
         <v>Av. François Cornesse,61  - 4920 AYWAILLE</v>
       </c>
-      <c r="J88" s="42">
+      <c r="J88" s="36">
         <v>62009</v>
       </c>
-      <c r="K88" s="42">
+      <c r="K88" s="36">
         <v>10102255</v>
       </c>
-      <c r="L88" s="43" t="s">
+      <c r="L88" s="37" t="s">
+        <v>600</v>
+      </c>
+      <c r="M88" s="37" t="s">
         <v>601</v>
       </c>
-      <c r="M88" s="43" t="s">
+      <c r="N88" s="37" t="s">
+        <v>210</v>
+      </c>
+      <c r="O88" s="37" t="s">
         <v>602</v>
       </c>
-      <c r="N88" s="43" t="s">
-[...2 lines deleted...]
-      <c r="O88" s="43" t="s">
+      <c r="P88" s="37" t="s">
         <v>603</v>
       </c>
-      <c r="P88" s="43" t="s">
+      <c r="Q88" s="37" t="s">
         <v>604</v>
       </c>
-      <c r="Q88" s="43" t="s">
-[...3 lines deleted...]
-        <v>533</v>
+      <c r="R88" s="36" t="s">
+        <v>532</v>
       </c>
     </row>
     <row r="98" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C98" s="1" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="99" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C99" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="100" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C100" s="1" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="101" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C101" s="1" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
     </row>
     <row r="102" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C102" s="1" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
     </row>
     <row r="103" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C103" s="1" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
     </row>
     <row r="106" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C106" s="1" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="107" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C107" s="7" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="108" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C108" s="5" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="109" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C109" s="5" t="s">
         <v>138</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F0E5F035-E482-46FD-AE2E-3C8AC09A012B}">
+  <dimension ref="A1:E70"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E62" sqref="E62"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="27.44140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="141.109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A1" s="76" t="s">
+        <v>676</v>
+      </c>
+      <c r="B1" s="77"/>
+      <c r="C1" s="77" t="s">
+        <v>677</v>
+      </c>
+      <c r="D1" s="77"/>
+      <c r="E1" s="77"/>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B2" s="77">
+        <v>1</v>
+      </c>
+      <c r="C2" s="77" t="s">
+        <v>678</v>
+      </c>
+      <c r="D2" s="77">
+        <v>1</v>
+      </c>
+      <c r="E2" s="77" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B3" s="77">
+        <v>2</v>
+      </c>
+      <c r="C3" s="77" t="s">
+        <v>680</v>
+      </c>
+      <c r="D3" s="77">
+        <v>2</v>
+      </c>
+      <c r="E3" s="77" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B4" s="77">
+        <v>3</v>
+      </c>
+      <c r="C4" s="77" t="s">
+        <v>682</v>
+      </c>
+      <c r="D4" s="77">
+        <v>3</v>
+      </c>
+      <c r="E4" s="77" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B5" s="77">
+        <v>4</v>
+      </c>
+      <c r="C5" s="77" t="s">
+        <v>684</v>
+      </c>
+      <c r="D5" s="77">
+        <v>4</v>
+      </c>
+      <c r="E5" s="77" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B6" s="77">
+        <v>5</v>
+      </c>
+      <c r="C6" s="77" t="s">
+        <v>686</v>
+      </c>
+      <c r="D6" s="77">
+        <v>5</v>
+      </c>
+      <c r="E6" s="77" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B7" s="77">
+        <v>6</v>
+      </c>
+      <c r="C7" s="77" t="s">
+        <v>688</v>
+      </c>
+      <c r="D7" s="77">
+        <v>6</v>
+      </c>
+      <c r="E7" s="77" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B8" s="77">
+        <v>7</v>
+      </c>
+      <c r="C8" s="77" t="s">
+        <v>690</v>
+      </c>
+      <c r="D8" s="77">
+        <v>7</v>
+      </c>
+      <c r="E8" s="77" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B9" s="77">
+        <v>8</v>
+      </c>
+      <c r="C9" s="77" t="s">
+        <v>692</v>
+      </c>
+      <c r="D9" s="77">
+        <v>8</v>
+      </c>
+      <c r="E9" s="77" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B10" s="77">
+        <v>9</v>
+      </c>
+      <c r="C10" s="77" t="s">
+        <v>694</v>
+      </c>
+      <c r="D10" s="77">
+        <v>9</v>
+      </c>
+      <c r="E10" s="77" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B11" s="77">
+        <v>10</v>
+      </c>
+      <c r="C11" s="77" t="s">
+        <v>696</v>
+      </c>
+      <c r="D11" s="77">
+        <v>12</v>
+      </c>
+      <c r="E11" s="77" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B12" s="77">
+        <v>11</v>
+      </c>
+      <c r="C12" s="77" t="s">
+        <v>698</v>
+      </c>
+      <c r="D12" s="77">
+        <v>13</v>
+      </c>
+      <c r="E12" s="77" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B13" s="77">
+        <v>12</v>
+      </c>
+      <c r="C13" s="77" t="s">
+        <v>700</v>
+      </c>
+      <c r="D13" s="77">
+        <v>15</v>
+      </c>
+      <c r="E13" s="77" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B14" s="77">
+        <v>13</v>
+      </c>
+      <c r="C14" s="77" t="s">
+        <v>702</v>
+      </c>
+      <c r="D14" s="77">
+        <v>17</v>
+      </c>
+      <c r="E14" s="77" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B15" s="77">
+        <v>14</v>
+      </c>
+      <c r="C15" s="77" t="s">
+        <v>704</v>
+      </c>
+      <c r="D15" s="77">
+        <v>19</v>
+      </c>
+      <c r="E15" s="77" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B16" s="77">
+        <v>15</v>
+      </c>
+      <c r="C16" s="77" t="s">
+        <v>706</v>
+      </c>
+      <c r="D16" s="77">
+        <v>20</v>
+      </c>
+      <c r="E16" s="77" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A19" s="76" t="s">
+        <v>708</v>
+      </c>
+      <c r="B19" s="77"/>
+      <c r="C19" s="77" t="s">
+        <v>677</v>
+      </c>
+      <c r="D19" s="77"/>
+      <c r="E19" s="77"/>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B20" s="77">
+        <v>1</v>
+      </c>
+      <c r="C20" s="77" t="s">
+        <v>680</v>
+      </c>
+      <c r="D20" s="77">
+        <v>2</v>
+      </c>
+      <c r="E20" s="77" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B21" s="77">
+        <v>2</v>
+      </c>
+      <c r="C21" s="77" t="s">
+        <v>682</v>
+      </c>
+      <c r="D21" s="77">
+        <v>3</v>
+      </c>
+      <c r="E21" s="77" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B22" s="77">
+        <v>3</v>
+      </c>
+      <c r="C22" s="77" t="s">
+        <v>688</v>
+      </c>
+      <c r="D22" s="77">
+        <v>6</v>
+      </c>
+      <c r="E22" s="77" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B23" s="77">
+        <v>4</v>
+      </c>
+      <c r="C23" s="77" t="s">
+        <v>694</v>
+      </c>
+      <c r="D23" s="77">
+        <v>9</v>
+      </c>
+      <c r="E23" s="77" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B24" s="77">
+        <v>5</v>
+      </c>
+      <c r="C24" s="77" t="s">
+        <v>713</v>
+      </c>
+      <c r="D24" s="77">
+        <v>11</v>
+      </c>
+      <c r="E24" s="77" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B25" s="77">
+        <v>6</v>
+      </c>
+      <c r="C25" s="77" t="s">
+        <v>715</v>
+      </c>
+      <c r="D25" s="77">
+        <v>14</v>
+      </c>
+      <c r="E25" s="77" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B26" s="77">
+        <v>7</v>
+      </c>
+      <c r="C26" s="77" t="s">
+        <v>700</v>
+      </c>
+      <c r="D26" s="77">
+        <v>15</v>
+      </c>
+      <c r="E26" s="77" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B27" s="77">
+        <v>8</v>
+      </c>
+      <c r="C27" s="77" t="s">
+        <v>717</v>
+      </c>
+      <c r="D27" s="77">
+        <v>18</v>
+      </c>
+      <c r="E27" s="77" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B28" s="77">
+        <v>9</v>
+      </c>
+      <c r="C28" s="77" t="s">
+        <v>704</v>
+      </c>
+      <c r="D28" s="77">
+        <v>19</v>
+      </c>
+      <c r="E28" s="77" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B29" s="77">
+        <v>10</v>
+      </c>
+      <c r="C29" s="77" t="s">
+        <v>706</v>
+      </c>
+      <c r="D29" s="77">
+        <v>20</v>
+      </c>
+      <c r="E29" s="77" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A32" s="76" t="s">
+        <v>721</v>
+      </c>
+      <c r="B32" s="77"/>
+      <c r="C32" s="77" t="s">
+        <v>677</v>
+      </c>
+      <c r="D32" s="77"/>
+      <c r="E32" s="77"/>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B33" s="77">
+        <v>1</v>
+      </c>
+      <c r="C33" s="77" t="s">
+        <v>722</v>
+      </c>
+      <c r="D33" s="77">
+        <v>1</v>
+      </c>
+      <c r="E33" s="77" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B34" s="77">
+        <v>2</v>
+      </c>
+      <c r="C34" s="77" t="s">
+        <v>724</v>
+      </c>
+      <c r="D34" s="77">
+        <v>3</v>
+      </c>
+      <c r="E34" s="77" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B35" s="77">
+        <v>3</v>
+      </c>
+      <c r="C35" s="77" t="s">
+        <v>726</v>
+      </c>
+      <c r="D35" s="77">
+        <v>10</v>
+      </c>
+      <c r="E35" s="77" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B36" s="77">
+        <v>4</v>
+      </c>
+      <c r="C36" s="77" t="s">
+        <v>728</v>
+      </c>
+      <c r="D36" s="77">
+        <v>16</v>
+      </c>
+      <c r="E36" s="77" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B37" s="77">
+        <v>5</v>
+      </c>
+      <c r="C37" s="77" t="s">
+        <v>730</v>
+      </c>
+      <c r="D37" s="77">
+        <v>18</v>
+      </c>
+      <c r="E37" s="77" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B38" s="77">
+        <v>6</v>
+      </c>
+      <c r="C38" s="77" t="s">
+        <v>732</v>
+      </c>
+      <c r="D38" s="77">
+        <v>19</v>
+      </c>
+      <c r="E38" s="77" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B39" s="77">
+        <v>7</v>
+      </c>
+      <c r="C39" s="77" t="s">
+        <v>734</v>
+      </c>
+      <c r="D39" s="77">
+        <v>20</v>
+      </c>
+      <c r="E39" s="77" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A42" s="78" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A43" s="76" t="s">
+        <v>736</v>
+      </c>
+      <c r="B43" s="77">
+        <v>1</v>
+      </c>
+      <c r="C43" s="77" t="s">
+        <v>737</v>
+      </c>
+      <c r="D43" s="77" t="s">
+        <v>738</v>
+      </c>
+      <c r="E43" s="77"/>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B44" s="77">
+        <v>2</v>
+      </c>
+      <c r="C44" s="77" t="s">
+        <v>739</v>
+      </c>
+      <c r="D44" s="77" t="s">
+        <v>740</v>
+      </c>
+      <c r="E44" s="77"/>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B45" s="77">
+        <v>3</v>
+      </c>
+      <c r="C45" s="77" t="s">
+        <v>741</v>
+      </c>
+      <c r="D45" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="E45" s="77"/>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B46" s="77">
+        <v>4</v>
+      </c>
+      <c r="C46" s="77" t="s">
+        <v>742</v>
+      </c>
+      <c r="D46" s="77" t="s">
+        <v>743</v>
+      </c>
+      <c r="E46" s="77"/>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B47" s="77">
+        <v>5</v>
+      </c>
+      <c r="C47" s="77" t="s">
+        <v>744</v>
+      </c>
+      <c r="D47" s="77" t="s">
+        <v>745</v>
+      </c>
+      <c r="E47" s="77"/>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B48" s="77">
+        <v>6</v>
+      </c>
+      <c r="C48" s="77" t="s">
+        <v>746</v>
+      </c>
+      <c r="D48" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="E48" s="77"/>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B49" s="77">
+        <v>7</v>
+      </c>
+      <c r="C49" s="77" t="s">
+        <v>747</v>
+      </c>
+      <c r="D49" s="77" t="s">
+        <v>748</v>
+      </c>
+      <c r="E49" s="77"/>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B50" s="77">
+        <v>8</v>
+      </c>
+      <c r="C50" s="77" t="s">
+        <v>749</v>
+      </c>
+      <c r="D50" s="77" t="s">
+        <v>750</v>
+      </c>
+      <c r="E50" s="77"/>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B51" s="77">
+        <v>9</v>
+      </c>
+      <c r="C51" s="77" t="s">
+        <v>751</v>
+      </c>
+      <c r="D51" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="E51" s="77"/>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B52" s="77">
+        <v>10</v>
+      </c>
+      <c r="C52" s="77" t="s">
+        <v>752</v>
+      </c>
+      <c r="D52" s="77" t="s">
+        <v>753</v>
+      </c>
+      <c r="E52" s="77"/>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B53" s="77">
+        <v>11</v>
+      </c>
+      <c r="C53" s="77" t="s">
+        <v>754</v>
+      </c>
+      <c r="D53" s="77" t="s">
+        <v>755</v>
+      </c>
+      <c r="E53" s="77"/>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B54" s="77">
+        <v>12</v>
+      </c>
+      <c r="C54" s="77" t="s">
+        <v>756</v>
+      </c>
+      <c r="D54" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="E54" s="77"/>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B55" s="77">
+        <v>13</v>
+      </c>
+      <c r="C55" s="77" t="s">
+        <v>757</v>
+      </c>
+      <c r="D55" s="77" t="s">
+        <v>758</v>
+      </c>
+      <c r="E55" s="77"/>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B56" s="77">
+        <v>14</v>
+      </c>
+      <c r="C56" s="77" t="s">
+        <v>759</v>
+      </c>
+      <c r="D56" s="77" t="s">
+        <v>760</v>
+      </c>
+      <c r="E56" s="77"/>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B57" s="77">
+        <v>15</v>
+      </c>
+      <c r="C57" s="77" t="s">
+        <v>761</v>
+      </c>
+      <c r="D57" s="77" t="s">
+        <v>762</v>
+      </c>
+      <c r="E57" s="77"/>
+    </row>
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B58" s="77">
+        <v>16</v>
+      </c>
+      <c r="C58" s="77" t="s">
+        <v>763</v>
+      </c>
+      <c r="D58" s="77" t="s">
+        <v>764</v>
+      </c>
+      <c r="E58" s="77"/>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B59" s="77">
+        <v>17</v>
+      </c>
+      <c r="C59" s="77" t="s">
+        <v>765</v>
+      </c>
+      <c r="D59" s="77" t="s">
+        <v>766</v>
+      </c>
+      <c r="E59" s="77"/>
+    </row>
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B60" s="77">
+        <v>18</v>
+      </c>
+      <c r="C60" s="77" t="s">
+        <v>767</v>
+      </c>
+      <c r="D60" s="77" t="s">
+        <v>768</v>
+      </c>
+      <c r="E60" s="77"/>
+    </row>
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="B61" s="77">
+        <v>19</v>
+      </c>
+      <c r="C61" s="77" t="s">
+        <v>769</v>
+      </c>
+      <c r="D61" s="77" t="s">
+        <v>770</v>
+      </c>
+      <c r="E61" s="77"/>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A64" s="76" t="s">
+        <v>771</v>
+      </c>
+      <c r="B64" s="77">
+        <v>1</v>
+      </c>
+      <c r="C64" s="77" t="s">
+        <v>772</v>
+      </c>
+      <c r="D64" s="77" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B65" s="77">
+        <v>2</v>
+      </c>
+      <c r="C65" s="77" t="s">
+        <v>774</v>
+      </c>
+      <c r="D65" s="77" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B66" s="77">
+        <v>3</v>
+      </c>
+      <c r="C66" s="77" t="s">
+        <v>776</v>
+      </c>
+      <c r="D66" s="77" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B67" s="77">
+        <v>4</v>
+      </c>
+      <c r="C67" s="77" t="s">
+        <v>778</v>
+      </c>
+      <c r="D67" s="77" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B68" s="77">
+        <v>5</v>
+      </c>
+      <c r="C68" s="77" t="s">
+        <v>780</v>
+      </c>
+      <c r="D68" s="77" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B69" s="77">
+        <v>6</v>
+      </c>
+      <c r="C69" s="77" t="s">
+        <v>781</v>
+      </c>
+      <c r="D69" s="77" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.3">
+      <c r="B70" s="77">
+        <v>7</v>
+      </c>
+      <c r="C70" s="77" t="s">
+        <v>782</v>
+      </c>
+      <c r="D70" s="77" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76103B4C-87B0-4FD1-8D51-5EA9A1A17249}">
+  <dimension ref="A1:H101"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="G3" sqref="G3"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="2" max="2" width="31.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.6640625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A1" s="88" t="s">
+        <v>798</v>
+      </c>
+      <c r="B1" s="88"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="88"/>
+      <c r="F1" s="88"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A2" s="89" t="s">
+        <v>788</v>
+      </c>
+      <c r="B2" s="89" t="s">
+        <v>789</v>
+      </c>
+      <c r="C2" s="89" t="s">
+        <v>792</v>
+      </c>
+      <c r="D2" s="89" t="s">
+        <v>790</v>
+      </c>
+      <c r="E2" s="89" t="s">
+        <v>791</v>
+      </c>
+      <c r="F2" s="89" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A3" s="77"/>
+      <c r="B3" s="77"/>
+      <c r="C3" s="77"/>
+      <c r="D3" s="77"/>
+      <c r="E3" s="77"/>
+      <c r="F3" s="77"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A4" s="77"/>
+      <c r="B4" s="77"/>
+      <c r="C4" s="77"/>
+      <c r="D4" s="77"/>
+      <c r="E4" s="77"/>
+      <c r="F4" s="77"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A5" s="77"/>
+      <c r="B5" s="77"/>
+      <c r="C5" s="77"/>
+      <c r="D5" s="77"/>
+      <c r="E5" s="77"/>
+      <c r="F5" s="77"/>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A6" s="77"/>
+      <c r="B6" s="77"/>
+      <c r="C6" s="77"/>
+      <c r="D6" s="77"/>
+      <c r="E6" s="77"/>
+      <c r="F6" s="77"/>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A7" s="77"/>
+      <c r="B7" s="77"/>
+      <c r="C7" s="77"/>
+      <c r="D7" s="77"/>
+      <c r="E7" s="77"/>
+      <c r="F7" s="77"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A8" s="77"/>
+      <c r="B8" s="77"/>
+      <c r="C8" s="77"/>
+      <c r="D8" s="77"/>
+      <c r="E8" s="77"/>
+      <c r="F8" s="77"/>
+      <c r="H8" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A9" s="77"/>
+      <c r="B9" s="77"/>
+      <c r="C9" s="77"/>
+      <c r="D9" s="77"/>
+      <c r="E9" s="77"/>
+      <c r="F9" s="77"/>
+      <c r="H9" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A10" s="77"/>
+      <c r="B10" s="77"/>
+      <c r="C10" s="77"/>
+      <c r="D10" s="77"/>
+      <c r="E10" s="77"/>
+      <c r="F10" s="77"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A11" s="77"/>
+      <c r="B11" s="77"/>
+      <c r="C11" s="77"/>
+      <c r="D11" s="77"/>
+      <c r="E11" s="77"/>
+      <c r="F11" s="77"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A12" s="77"/>
+      <c r="B12" s="77"/>
+      <c r="C12" s="77"/>
+      <c r="D12" s="77"/>
+      <c r="E12" s="77"/>
+      <c r="F12" s="77"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A13" s="77"/>
+      <c r="B13" s="77"/>
+      <c r="C13" s="77"/>
+      <c r="D13" s="77"/>
+      <c r="E13" s="77"/>
+      <c r="F13" s="77"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A14" s="77"/>
+      <c r="B14" s="77"/>
+      <c r="C14" s="77"/>
+      <c r="D14" s="77"/>
+      <c r="E14" s="77"/>
+      <c r="F14" s="77"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A15" s="77"/>
+      <c r="B15" s="77"/>
+      <c r="C15" s="77"/>
+      <c r="D15" s="77"/>
+      <c r="E15" s="77"/>
+      <c r="F15" s="77"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A16" s="77"/>
+      <c r="B16" s="77"/>
+      <c r="C16" s="77"/>
+      <c r="D16" s="77"/>
+      <c r="E16" s="77"/>
+      <c r="F16" s="77"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A17" s="77"/>
+      <c r="B17" s="77"/>
+      <c r="C17" s="77"/>
+      <c r="D17" s="77"/>
+      <c r="E17" s="77"/>
+      <c r="F17" s="77"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A18" s="77"/>
+      <c r="B18" s="77"/>
+      <c r="C18" s="77"/>
+      <c r="D18" s="77"/>
+      <c r="E18" s="77"/>
+      <c r="F18" s="77"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A19" s="77"/>
+      <c r="B19" s="77"/>
+      <c r="C19" s="77"/>
+      <c r="D19" s="77"/>
+      <c r="E19" s="77"/>
+      <c r="F19" s="77"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A20" s="77"/>
+      <c r="B20" s="77"/>
+      <c r="C20" s="77"/>
+      <c r="D20" s="77"/>
+      <c r="E20" s="77"/>
+      <c r="F20" s="77"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A21" s="77"/>
+      <c r="B21" s="77"/>
+      <c r="C21" s="77"/>
+      <c r="D21" s="77"/>
+      <c r="E21" s="77"/>
+      <c r="F21" s="77"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A22" s="77"/>
+      <c r="B22" s="77"/>
+      <c r="C22" s="77"/>
+      <c r="D22" s="77"/>
+      <c r="E22" s="77"/>
+      <c r="F22" s="77"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A23" s="77"/>
+      <c r="B23" s="77"/>
+      <c r="C23" s="77"/>
+      <c r="D23" s="77"/>
+      <c r="E23" s="77"/>
+      <c r="F23" s="77"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A24" s="77"/>
+      <c r="B24" s="77"/>
+      <c r="C24" s="77"/>
+      <c r="D24" s="77"/>
+      <c r="E24" s="77"/>
+      <c r="F24" s="77"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A25" s="77"/>
+      <c r="B25" s="77"/>
+      <c r="C25" s="77"/>
+      <c r="D25" s="77"/>
+      <c r="E25" s="77"/>
+      <c r="F25" s="77"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A26" s="77"/>
+      <c r="B26" s="77"/>
+      <c r="C26" s="77"/>
+      <c r="D26" s="77"/>
+      <c r="E26" s="77"/>
+      <c r="F26" s="77"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A27" s="77"/>
+      <c r="B27" s="77"/>
+      <c r="C27" s="77"/>
+      <c r="D27" s="77"/>
+      <c r="E27" s="77"/>
+      <c r="F27" s="77"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A28" s="77"/>
+      <c r="B28" s="77"/>
+      <c r="C28" s="77"/>
+      <c r="D28" s="77"/>
+      <c r="E28" s="77"/>
+      <c r="F28" s="77"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A29" s="77"/>
+      <c r="B29" s="77"/>
+      <c r="C29" s="77"/>
+      <c r="D29" s="77"/>
+      <c r="E29" s="77"/>
+      <c r="F29" s="77"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A30" s="77"/>
+      <c r="B30" s="77"/>
+      <c r="C30" s="77"/>
+      <c r="D30" s="77"/>
+      <c r="E30" s="77"/>
+      <c r="F30" s="77"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A31" s="77"/>
+      <c r="B31" s="77"/>
+      <c r="C31" s="77"/>
+      <c r="D31" s="77"/>
+      <c r="E31" s="77"/>
+      <c r="F31" s="77"/>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A32" s="77"/>
+      <c r="B32" s="77"/>
+      <c r="C32" s="77"/>
+      <c r="D32" s="77"/>
+      <c r="E32" s="77"/>
+      <c r="F32" s="77"/>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A33" s="77"/>
+      <c r="B33" s="77"/>
+      <c r="C33" s="77"/>
+      <c r="D33" s="77"/>
+      <c r="E33" s="77"/>
+      <c r="F33" s="77"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A34" s="77"/>
+      <c r="B34" s="77"/>
+      <c r="C34" s="77"/>
+      <c r="D34" s="77"/>
+      <c r="E34" s="77"/>
+      <c r="F34" s="77"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A35" s="77"/>
+      <c r="B35" s="77"/>
+      <c r="C35" s="77"/>
+      <c r="D35" s="77"/>
+      <c r="E35" s="77"/>
+      <c r="F35" s="77"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A36" s="77"/>
+      <c r="B36" s="77"/>
+      <c r="C36" s="77"/>
+      <c r="D36" s="77"/>
+      <c r="E36" s="77"/>
+      <c r="F36" s="77"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A37" s="77"/>
+      <c r="B37" s="77"/>
+      <c r="C37" s="77"/>
+      <c r="D37" s="77"/>
+      <c r="E37" s="77"/>
+      <c r="F37" s="77"/>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A38" s="77"/>
+      <c r="B38" s="77"/>
+      <c r="C38" s="77"/>
+      <c r="D38" s="77"/>
+      <c r="E38" s="77"/>
+      <c r="F38" s="77"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A39" s="77"/>
+      <c r="B39" s="77"/>
+      <c r="C39" s="77"/>
+      <c r="D39" s="77"/>
+      <c r="E39" s="77"/>
+      <c r="F39" s="77"/>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A40" s="77"/>
+      <c r="B40" s="77"/>
+      <c r="C40" s="77"/>
+      <c r="D40" s="77"/>
+      <c r="E40" s="77"/>
+      <c r="F40" s="77"/>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A41" s="77"/>
+      <c r="B41" s="77"/>
+      <c r="C41" s="77"/>
+      <c r="D41" s="77"/>
+      <c r="E41" s="77"/>
+      <c r="F41" s="77"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A42" s="77"/>
+      <c r="B42" s="77"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="77"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A43" s="77"/>
+      <c r="B43" s="77"/>
+      <c r="C43" s="77"/>
+      <c r="D43" s="77"/>
+      <c r="E43" s="77"/>
+      <c r="F43" s="77"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A44" s="77"/>
+      <c r="B44" s="77"/>
+      <c r="C44" s="77"/>
+      <c r="D44" s="77"/>
+      <c r="E44" s="77"/>
+      <c r="F44" s="77"/>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A45" s="77"/>
+      <c r="B45" s="77"/>
+      <c r="C45" s="77"/>
+      <c r="D45" s="77"/>
+      <c r="E45" s="77"/>
+      <c r="F45" s="77"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A46" s="77"/>
+      <c r="B46" s="77"/>
+      <c r="C46" s="77"/>
+      <c r="D46" s="77"/>
+      <c r="E46" s="77"/>
+      <c r="F46" s="77"/>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A47" s="77"/>
+      <c r="B47" s="77"/>
+      <c r="C47" s="77"/>
+      <c r="D47" s="77"/>
+      <c r="E47" s="77"/>
+      <c r="F47" s="77"/>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A48" s="77"/>
+      <c r="B48" s="77"/>
+      <c r="C48" s="77"/>
+      <c r="D48" s="77"/>
+      <c r="E48" s="77"/>
+      <c r="F48" s="77"/>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A49" s="77"/>
+      <c r="B49" s="77"/>
+      <c r="C49" s="77"/>
+      <c r="D49" s="77"/>
+      <c r="E49" s="77"/>
+      <c r="F49" s="77"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A50" s="77"/>
+      <c r="B50" s="77"/>
+      <c r="C50" s="77"/>
+      <c r="D50" s="77"/>
+      <c r="E50" s="77"/>
+      <c r="F50" s="77"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A51" s="77"/>
+      <c r="B51" s="77"/>
+      <c r="C51" s="77"/>
+      <c r="D51" s="77"/>
+      <c r="E51" s="77"/>
+      <c r="F51" s="77"/>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A52" s="77"/>
+      <c r="B52" s="77"/>
+      <c r="C52" s="77"/>
+      <c r="D52" s="77"/>
+      <c r="E52" s="77"/>
+      <c r="F52" s="77"/>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A53" s="77"/>
+      <c r="B53" s="77"/>
+      <c r="C53" s="77"/>
+      <c r="D53" s="77"/>
+      <c r="E53" s="77"/>
+      <c r="F53" s="77"/>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A54" s="77"/>
+      <c r="B54" s="77"/>
+      <c r="C54" s="77"/>
+      <c r="D54" s="77"/>
+      <c r="E54" s="77"/>
+      <c r="F54" s="77"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A55" s="77"/>
+      <c r="B55" s="77"/>
+      <c r="C55" s="77"/>
+      <c r="D55" s="77"/>
+      <c r="E55" s="77"/>
+      <c r="F55" s="77"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A56" s="77"/>
+      <c r="B56" s="77"/>
+      <c r="C56" s="77"/>
+      <c r="D56" s="77"/>
+      <c r="E56" s="77"/>
+      <c r="F56" s="77"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A57" s="77"/>
+      <c r="B57" s="77"/>
+      <c r="C57" s="77"/>
+      <c r="D57" s="77"/>
+      <c r="E57" s="77"/>
+      <c r="F57" s="77"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A58" s="77"/>
+      <c r="B58" s="77"/>
+      <c r="C58" s="77"/>
+      <c r="D58" s="77"/>
+      <c r="E58" s="77"/>
+      <c r="F58" s="77"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A59" s="77"/>
+      <c r="B59" s="77"/>
+      <c r="C59" s="77"/>
+      <c r="D59" s="77"/>
+      <c r="E59" s="77"/>
+      <c r="F59" s="77"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A60" s="77"/>
+      <c r="B60" s="77"/>
+      <c r="C60" s="77"/>
+      <c r="D60" s="77"/>
+      <c r="E60" s="77"/>
+      <c r="F60" s="77"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A61" s="77"/>
+      <c r="B61" s="77"/>
+      <c r="C61" s="77"/>
+      <c r="D61" s="77"/>
+      <c r="E61" s="77"/>
+      <c r="F61" s="77"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A62" s="77"/>
+      <c r="B62" s="77"/>
+      <c r="C62" s="77"/>
+      <c r="D62" s="77"/>
+      <c r="E62" s="77"/>
+      <c r="F62" s="77"/>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A63" s="77"/>
+      <c r="B63" s="77"/>
+      <c r="C63" s="77"/>
+      <c r="D63" s="77"/>
+      <c r="E63" s="77"/>
+      <c r="F63" s="77"/>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A64" s="77"/>
+      <c r="B64" s="77"/>
+      <c r="C64" s="77"/>
+      <c r="D64" s="77"/>
+      <c r="E64" s="77"/>
+      <c r="F64" s="77"/>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A65" s="77"/>
+      <c r="B65" s="77"/>
+      <c r="C65" s="77"/>
+      <c r="D65" s="77"/>
+      <c r="E65" s="77"/>
+      <c r="F65" s="77"/>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A66" s="77"/>
+      <c r="B66" s="77"/>
+      <c r="C66" s="77"/>
+      <c r="D66" s="77"/>
+      <c r="E66" s="77"/>
+      <c r="F66" s="77"/>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A67" s="77"/>
+      <c r="B67" s="77"/>
+      <c r="C67" s="77"/>
+      <c r="D67" s="77"/>
+      <c r="E67" s="77"/>
+      <c r="F67" s="77"/>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A68" s="77"/>
+      <c r="B68" s="77"/>
+      <c r="C68" s="77"/>
+      <c r="D68" s="77"/>
+      <c r="E68" s="77"/>
+      <c r="F68" s="77"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A69" s="77"/>
+      <c r="B69" s="77"/>
+      <c r="C69" s="77"/>
+      <c r="D69" s="77"/>
+      <c r="E69" s="77"/>
+      <c r="F69" s="77"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A70" s="77"/>
+      <c r="B70" s="77"/>
+      <c r="C70" s="77"/>
+      <c r="D70" s="77"/>
+      <c r="E70" s="77"/>
+      <c r="F70" s="77"/>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A71" s="77"/>
+      <c r="B71" s="77"/>
+      <c r="C71" s="77"/>
+      <c r="D71" s="77"/>
+      <c r="E71" s="77"/>
+      <c r="F71" s="77"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A72" s="77"/>
+      <c r="B72" s="77"/>
+      <c r="C72" s="77"/>
+      <c r="D72" s="77"/>
+      <c r="E72" s="77"/>
+      <c r="F72" s="77"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A73" s="77"/>
+      <c r="B73" s="77"/>
+      <c r="C73" s="77"/>
+      <c r="D73" s="77"/>
+      <c r="E73" s="77"/>
+      <c r="F73" s="77"/>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A74" s="77"/>
+      <c r="B74" s="77"/>
+      <c r="C74" s="77"/>
+      <c r="D74" s="77"/>
+      <c r="E74" s="77"/>
+      <c r="F74" s="77"/>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A75" s="77"/>
+      <c r="B75" s="77"/>
+      <c r="C75" s="77"/>
+      <c r="D75" s="77"/>
+      <c r="E75" s="77"/>
+      <c r="F75" s="77"/>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A76" s="77"/>
+      <c r="B76" s="77"/>
+      <c r="C76" s="77"/>
+      <c r="D76" s="77"/>
+      <c r="E76" s="77"/>
+      <c r="F76" s="77"/>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A77" s="77"/>
+      <c r="B77" s="77"/>
+      <c r="C77" s="77"/>
+      <c r="D77" s="77"/>
+      <c r="E77" s="77"/>
+      <c r="F77" s="77"/>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A78" s="77"/>
+      <c r="B78" s="77"/>
+      <c r="C78" s="77"/>
+      <c r="D78" s="77"/>
+      <c r="E78" s="77"/>
+      <c r="F78" s="77"/>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A79" s="77"/>
+      <c r="B79" s="77"/>
+      <c r="C79" s="77"/>
+      <c r="D79" s="77"/>
+      <c r="E79" s="77"/>
+      <c r="F79" s="77"/>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A80" s="77"/>
+      <c r="B80" s="77"/>
+      <c r="C80" s="77"/>
+      <c r="D80" s="77"/>
+      <c r="E80" s="77"/>
+      <c r="F80" s="77"/>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A81" s="77"/>
+      <c r="B81" s="77"/>
+      <c r="C81" s="77"/>
+      <c r="D81" s="77"/>
+      <c r="E81" s="77"/>
+      <c r="F81" s="77"/>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A82" s="77"/>
+      <c r="B82" s="77"/>
+      <c r="C82" s="77"/>
+      <c r="D82" s="77"/>
+      <c r="E82" s="77"/>
+      <c r="F82" s="77"/>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A83" s="77"/>
+      <c r="B83" s="77"/>
+      <c r="C83" s="77"/>
+      <c r="D83" s="77"/>
+      <c r="E83" s="77"/>
+      <c r="F83" s="77"/>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A84" s="77"/>
+      <c r="B84" s="77"/>
+      <c r="C84" s="77"/>
+      <c r="D84" s="77"/>
+      <c r="E84" s="77"/>
+      <c r="F84" s="77"/>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A85" s="77"/>
+      <c r="B85" s="77"/>
+      <c r="C85" s="77"/>
+      <c r="D85" s="77"/>
+      <c r="E85" s="77"/>
+      <c r="F85" s="77"/>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A86" s="77"/>
+      <c r="B86" s="77"/>
+      <c r="C86" s="77"/>
+      <c r="D86" s="77"/>
+      <c r="E86" s="77"/>
+      <c r="F86" s="77"/>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A87" s="77"/>
+      <c r="B87" s="77"/>
+      <c r="C87" s="77"/>
+      <c r="D87" s="77"/>
+      <c r="E87" s="77"/>
+      <c r="F87" s="77"/>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A88" s="77"/>
+      <c r="B88" s="77"/>
+      <c r="C88" s="77"/>
+      <c r="D88" s="77"/>
+      <c r="E88" s="77"/>
+      <c r="F88" s="77"/>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A89" s="77"/>
+      <c r="B89" s="77"/>
+      <c r="C89" s="77"/>
+      <c r="D89" s="77"/>
+      <c r="E89" s="77"/>
+      <c r="F89" s="77"/>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A90" s="77"/>
+      <c r="B90" s="77"/>
+      <c r="C90" s="77"/>
+      <c r="D90" s="77"/>
+      <c r="E90" s="77"/>
+      <c r="F90" s="77"/>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A91" s="77"/>
+      <c r="B91" s="77"/>
+      <c r="C91" s="77"/>
+      <c r="D91" s="77"/>
+      <c r="E91" s="77"/>
+      <c r="F91" s="77"/>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A92" s="77"/>
+      <c r="B92" s="77"/>
+      <c r="C92" s="77"/>
+      <c r="D92" s="77"/>
+      <c r="E92" s="77"/>
+      <c r="F92" s="77"/>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A93" s="77"/>
+      <c r="B93" s="77"/>
+      <c r="C93" s="77"/>
+      <c r="D93" s="77"/>
+      <c r="E93" s="77"/>
+      <c r="F93" s="77"/>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A94" s="77"/>
+      <c r="B94" s="77"/>
+      <c r="C94" s="77"/>
+      <c r="D94" s="77"/>
+      <c r="E94" s="77"/>
+      <c r="F94" s="77"/>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A95" s="77"/>
+      <c r="B95" s="77"/>
+      <c r="C95" s="77"/>
+      <c r="D95" s="77"/>
+      <c r="E95" s="77"/>
+      <c r="F95" s="77"/>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A96" s="77"/>
+      <c r="B96" s="77"/>
+      <c r="C96" s="77"/>
+      <c r="D96" s="77"/>
+      <c r="E96" s="77"/>
+      <c r="F96" s="77"/>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A97" s="77"/>
+      <c r="B97" s="77"/>
+      <c r="C97" s="77"/>
+      <c r="D97" s="77"/>
+      <c r="E97" s="77"/>
+      <c r="F97" s="77"/>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A98" s="77"/>
+      <c r="B98" s="77"/>
+      <c r="C98" s="77"/>
+      <c r="D98" s="77"/>
+      <c r="E98" s="77"/>
+      <c r="F98" s="77"/>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A99" s="77"/>
+      <c r="B99" s="77"/>
+      <c r="C99" s="77"/>
+      <c r="D99" s="77"/>
+      <c r="E99" s="77"/>
+      <c r="F99" s="77"/>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A100" s="77"/>
+      <c r="B100" s="77"/>
+      <c r="C100" s="77"/>
+      <c r="D100" s="77"/>
+      <c r="E100" s="77"/>
+      <c r="F100" s="77"/>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="E101" s="77" t="s">
+        <v>793</v>
+      </c>
+      <c r="F101" s="77"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:F1"/>
+  </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B3:B100" xr:uid="{D3D8B4F3-7B0F-4025-B6D3-4F8C4B257477}">
+      <formula1>$H$8:$H$9</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M s E A A B Q S w M E F A A C A A g A D j Q w U S k O / R C k A A A A 9 Q A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T F n Q g 5 K c k G j d J T E y M a 1 M K N E I x b b H c z c E j e Q U x i r o 5 v v d 9 w 3 v 3 6 w 3 y s W u D i z R W 9 T p D E a Y o k F r 0 p d J 1 h g Z X h Q n K G e y 4 O P F a B p O s b T r a M k O N c + e U E O 8 9 9 g v c m 5 r E l E b k W G z 3 o p E d R x 9 Z / Z d D p a 3 j W k j E 4 P A a w 2 K c L H F C p 0 l A 5 g 4 K p b 8 8 n t i T / p S w H l o 3 G M k q E 6 4 2 Q O Y I 5 H 2 B P Q B Q S w M E F A A C A A g A D j Q w U Q / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A A 4 0 M F H Z k E P u x Q E A A N I D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t U 9 1 q 2 z A Y v Q / k H Y R 2 k 4 A x D M Y G K 7 l w H H U 1 S 1 x j q 4 z R F K P Y X 1 p R / Q R Z L i k h 7 9 P c 7 R m W F 5 u c d K V F 1 o 3 g n K N z z i e k B i r L t U L F e f 9 8 M R w M B 8 0 D M 1 C j 4 n d K r 0 h B y i I p 0 A Q J s M M B c q v Q r a n A I W R b g Q h / a f O 4 0 v p x d M k F h L F W F p R t R n j 2 f e k O L r + V c T S L C p q T M l 0 s Y y 2 E i 4 L O M 9 y K R u J x g F Q r R I C s a W E c v E a 8 i y 4 p W 4 k u 7 p y 7 u 0 0 s y A l + L 8 H B T 6 7 q C T 4 p 8 d 3 + d s Y s u 3 v 1 + o T p 8 w a Q 1 D V f 8 + M B O 6 e T L q S G q W a t j X S l W q k 6 V T P y k 4 P d D s f X 8 z m J a Z n M c I A S Z b 9 + C T v 5 P k A 7 n N 4 s 0 D Q m P n G d k T y i 5 C Z 3 l O 0 q W N j a E x N r K V s F H h 7 9 y M m C p N Q j 0 r 9 / E L s 3 f U Y o Y 2 8 4 U 8 8 n O D 8 e 7 r k E 9 K A N 4 w b 8 a j F / 4 o J b d x t e k p Y e l p n j Q f X g U 2 a O L 9 I f 4 1 K r 0 2 v y C G L b 2 p d T k J s G 1 Q 4 x 7 I l x 8 V + g W r k C c 7 4 Y V X F Q C l x j N J K a N 2 N / p m 7 o 3 r M Z 6 U E z m v k W i y h P p m T e I 3 c j 1 Q 3 a G L 0 x 0 P T x R V 9 I 1 F o D P f g V t M 4 G r b l i q k J W W 9 Z X P F 0 Z Q J n m 7 j d 9 r L o f D w d c 9 b / u i 3 9 Q S w E C L Q A U A A I A C A A O N D B R K Q 7 9 E K Q A A A D 1 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A D j Q w U Q / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A A O N D B R 2 Z B D 7 s U B A A D S A w A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A D z A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 5 F F g A A A A A A A C M W A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z Q 2 9 u b m V j d G l v b k 9 u b H k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w 2 N S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y M C 0 w N i 0 x M F Q w O T o x O D o 0 N i 4 4 N z I x O D I x W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 F 3 T U d C Z 1 l H Q U F N R 0 J n W U d C Z 1 l G Q X d V R k F 3 V U Z C U V V G Q X c 9 P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t D T 0 x M R U N U X 0 l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 V T S B C Q 0 U m c X V v d D s s J n F 1 b 3 Q 7 T 1 B F U k F U R V V S J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v b W 1 1 b m U m c X V v d D s s J n F 1 b 3 Q 7 Q U d S R U 1 F T l Q m c X V v d D s s J n F 1 b 3 Q 7 T s K w I G F n c i Z x d W 9 0 O y w m c X V v d D t D b 2 0 g U G F y J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 L D q W d p b W U g a G 9 y Y W l y Z S Z x d W 9 0 O y w m c X V v d D t D a X Z p b G l 0 w 6 k m c X V v d D s s J n F 1 b 3 Q 7 T m 9 t J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B y w 6 l u b 2 0 m c X V v d D s s J n F 1 b 3 Q 7 Q m F y w 6 h t Z S Z x d W 9 0 O y w m c X V v d D t G b 2 5 j d G l v b i Z x d W 9 0 O y w m c X V v d D t F d H V k Z S Z x d W 9 0 O y w m c X V v d D t U Z W 1 w c y B k Z S B 0 c m F 2 Y W l s J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 F u Y 2 l l b m 5 l d M O p I C h t b 2 l z K S Z x d W 9 0 O y w m c X V v d D t S w 6 l n b C Z x d W 9 0 O y w m c X V v d D t B U E U m c X V v d D s s J n F 1 b 3 Q 7 U F R Q J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 1 B U k l C R U w m c X V v d D s s J n F 1 b 3 Q 7 R m 9 u Z H M g c H J v c H J l c y Z x d W 9 0 O y w m c X V v d D t G U 0 U m c X V v d D s s J n F 1 b 3 Q 7 Q X V 0 c m U m c X V v d D s s J n F 1 b 3 Q 7 S G V 1 c m V z I G Z p b m F u Y y B 0 b 3 R h b C Z x d W 9 0 O y w m c X V v d D t O Y n J l I F B v a W 5 0 c y Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 1 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 Q 0 9 M T E V D V F 9 J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 T l V N I E J D R S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 T 1 B F U k F U R V V S L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t D b 2 1 t d W 5 l L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t B R 1 J F T U V O V C w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 T s K w I G F n c i w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 Q 2 9 t I F B h c i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 U s O p Z 2 l t Z S B o b 3 J h a X J l L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t D a X Z p b G l 0 w 6 k s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 5 v b S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 U H L D q W 5 v b S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 J h c s O o b W U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t G b 2 5 j d G l v b i w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 V 0 d W R l L D E z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 V G V t c H M g Z G U g d H J h d m F p b C w x N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 F u Y 2 l l b m 5 l d M O p I C h t b 2 l z K S w x N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 1 L D q W d s L D E 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 Q V B F L D E 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 U F R Q L D E 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 T U F S S U J F T C w x O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 Z v b m R z I H B y b 3 B y Z X M s M j B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t G U 0 U s M j F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t B d X R y Z S w y M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 h l d X J l c y B m a W 5 h b m M g d G 9 0 Y W w s M j N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t O Y n J l I F B v a W 5 0 c y w y N H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j I 1 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t D T 0 x M R U N U X 0 l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t O V U 0 g Q k N F L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t P U E V S Q V R F V V I s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 N v b W 1 1 b m U s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 F H U k V N R U 5 U L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t O w r A g Y W d y L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t D b 2 0 g U G F y L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t S w 6 l n a W 1 l I G h v c m F p c m U s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 N p d m l s a X T D q S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 T m 9 t L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t Q c s O p b m 9 t L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 Q m F y w 6 h t Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 Z v b m N 0 a W 9 u L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 R X R 1 Z G U s M T N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t U Z W 1 w c y B k Z S B 0 c m F 2 Y W l s L D E 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 Q W 5 j a W V u b m V 0 w 6 k g K G 1 v a X M p L D E 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 U s O p Z 2 w s M T Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t B U E U s M T d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t Q V F A s M T h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 U e X B l I G 1 v Z G l m a c O p L n t N Q V J J Q k V M L D E 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 R m 9 u Z H M g c H J v c H J l c y w y M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 Z T R S w y M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 F 1 d H J l L D I y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S B t b 2 R p Z m n D q S 5 7 S G V 1 c m V z I G Z p b m F u Y y B 0 b 3 R h b C w y M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 R 5 c G U g b W 9 k a W Z p w 6 k u e 0 5 i c m U g U G 9 p b n R z L D I 0 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v U 1 l O V E h F U 0 V f U 0 l T L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 N Z T l R I R V N F X 1 N J U y 9 T W U 5 U S E V T R V 9 T S V N f V G F i b G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 T W U 5 U S E V T R V 9 T S V M v V H l w Z S U y M G 1 v Z G l m a S V D M y V B O T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A N o A A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A A 2 8 A F C a P j O R q L V w X e J Y 0 O g A A A A A A I A A A A A A A N m A A D A A A A A E A A A A G 3 P I j 7 R w a e v 8 T w H W + a W 7 c A A A A A A B I A A A K A A A A A Q A A A A e G e u D L 0 O z 8 c o W 6 v x d X t / A 1 A A A A D Y i G l t g v h Q A y P / D 0 s 3 K E y 8 a m g e 2 o I G 1 b T B H L s J O G H h h Z 7 C d K G K g 0 v o f + g z 0 k O h 8 M O w 1 I 3 l 6 S m z i L 5 4 b w v a O H v F A U 6 Q d J v K G v A 2 C g 1 A 4 v I / D h Q A A A A T o X T 8 r F 6 R w k 1 q P P s M E + r J z T T K / g = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58C983DD-BFC9-42C0-A7AD-3CA5D64481F6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Demande de subvention</vt:lpstr>
       <vt:lpstr>ADRESSES</vt:lpstr>
+      <vt:lpstr>CP - RGB</vt:lpstr>
+      <vt:lpstr>Calendrier prévisionnel annuel</vt:lpstr>
       <vt:lpstr>CAT_AGREM</vt:lpstr>
       <vt:lpstr>COMPAR</vt:lpstr>
       <vt:lpstr>TYPE_SUBV</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Service Public de Wallonie</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>DEFECHE CHRISTOPHE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">