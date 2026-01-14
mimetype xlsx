--- v0 (2025-10-05)
+++ v1 (2026-01-14)
@@ -1,2138 +1,3144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\issep.be\DSE\CDS\DPD\End of Waste\06. Annexe 2_Granulats\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9B32E129-EF53-4891-B126-B7933252DAC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="hj7Fkwfw0e8CNT9ZoXcC7ozIWyyODlyDfyXC3Gjo9Oy7k/ADHpO5yKk+XSg3B9Fni7GOoHRAJrb3acRfbeR9GA==" workbookSaltValue="AJhghcqCg2v3C3RI3PxJYg==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2D6096FA-16F8-4BFE-A2B8-8FB3746C6522}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" activeTab="7" xr2:uid="{ECDB3457-B1FB-4C61-B593-DE3E07EB9FA1}"/>
   </bookViews>
   <sheets>
-    <sheet name="Lisez moi" sheetId="4" r:id="rId1"/>
-[...5 lines deleted...]
-    <sheet name="Commentaires" sheetId="11" r:id="rId7"/>
+    <sheet name="Lisez moi" sheetId="1" r:id="rId1"/>
+    <sheet name="Identification" sheetId="4" r:id="rId2"/>
+    <sheet name="Production" sheetId="2" r:id="rId3"/>
+    <sheet name="Sulfates" sheetId="5" r:id="rId4"/>
+    <sheet name="Dépassements" sheetId="3" r:id="rId5"/>
+    <sheet name="Coût" sheetId="6" r:id="rId6"/>
+    <sheet name="Commentaires" sheetId="7" r:id="rId7"/>
+    <sheet name="CTRLDATA" sheetId="8" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B10" i="14" l="1"/>
-[...4 lines deleted...]
-  <c r="B7" i="11"/>
+  <c r="F4" i="8" l="1"/>
+  <c r="B82" i="8"/>
+  <c r="F82" i="8" s="1"/>
+  <c r="I43" i="8"/>
+  <c r="I44" i="8"/>
+  <c r="I53" i="8"/>
+  <c r="I62" i="8"/>
+  <c r="I72" i="8"/>
+  <c r="I74" i="8"/>
+  <c r="I76" i="8"/>
+  <c r="I77" i="8"/>
+  <c r="I81" i="8"/>
+  <c r="I84" i="8"/>
+  <c r="I88" i="8"/>
+  <c r="I90" i="8"/>
+  <c r="I91" i="8"/>
+  <c r="I92" i="8"/>
+  <c r="I96" i="8"/>
+  <c r="I97" i="8"/>
+  <c r="I98" i="8"/>
+  <c r="I102" i="8"/>
+  <c r="I8" i="8"/>
+  <c r="I11" i="8"/>
+  <c r="I15" i="8"/>
+  <c r="I24" i="8"/>
+  <c r="I33" i="8"/>
+  <c r="I34" i="8"/>
+  <c r="B16" i="8"/>
+  <c r="F16" i="8" s="1"/>
+  <c r="I16" i="8" s="1"/>
+  <c r="B7" i="8"/>
+  <c r="F6" i="8" s="1"/>
+  <c r="I6" i="8" s="1"/>
+  <c r="B10" i="8"/>
+  <c r="F10" i="8" s="1"/>
+  <c r="I10" i="8" s="1"/>
+  <c r="B8" i="8"/>
+  <c r="B9" i="8"/>
+  <c r="F9" i="8" s="1"/>
+  <c r="I9" i="8" s="1"/>
+  <c r="B6" i="8"/>
+  <c r="B9" i="3"/>
+  <c r="B86" i="8" s="1"/>
+  <c r="B10" i="3"/>
+  <c r="B87" i="8" s="1"/>
+  <c r="B8" i="3"/>
+  <c r="B85" i="8" s="1"/>
+  <c r="B9" i="5"/>
+  <c r="B79" i="8" s="1"/>
+  <c r="B10" i="5"/>
+  <c r="B80" i="8" s="1"/>
+  <c r="B8" i="5"/>
+  <c r="B78" i="8" s="1"/>
+  <c r="I20" i="2"/>
+  <c r="I19" i="2"/>
+  <c r="I25" i="2" s="1"/>
+  <c r="B9" i="7"/>
+  <c r="B101" i="8" s="1"/>
+  <c r="B8" i="7"/>
+  <c r="B100" i="8" s="1"/>
+  <c r="B7" i="7"/>
+  <c r="B99" i="8" s="1"/>
   <c r="B9" i="6"/>
+  <c r="B95" i="8" s="1"/>
   <c r="B8" i="6"/>
+  <c r="B94" i="8" s="1"/>
   <c r="B7" i="6"/>
-  <c r="B9" i="7"/>
-[...10 lines deleted...]
-  <c r="I26" i="6" l="1"/>
+  <c r="B93" i="8" s="1"/>
+  <c r="B8" i="2"/>
+  <c r="B13" i="8" s="1"/>
+  <c r="B9" i="2"/>
+  <c r="B14" i="8" s="1"/>
+  <c r="B7" i="2"/>
+  <c r="B12" i="8" s="1"/>
+  <c r="B97" i="8"/>
+  <c r="B91" i="8"/>
+  <c r="B90" i="8"/>
+  <c r="B89" i="8"/>
+  <c r="F89" i="8" s="1"/>
+  <c r="I89" i="8" s="1"/>
+  <c r="B83" i="8"/>
+  <c r="F83" i="8" s="1"/>
+  <c r="I83" i="8" s="1"/>
+  <c r="B102" i="8"/>
+  <c r="B76" i="8"/>
+  <c r="B75" i="8"/>
+  <c r="F75" i="8" s="1"/>
+  <c r="I75" i="8" s="1"/>
+  <c r="B73" i="8"/>
+  <c r="F73" i="8" s="1"/>
+  <c r="I73" i="8" s="1"/>
+  <c r="B68" i="8"/>
+  <c r="F68" i="8" s="1"/>
+  <c r="I68" i="8" s="1"/>
+  <c r="B67" i="8"/>
+  <c r="F67" i="8" s="1"/>
+  <c r="I67" i="8" s="1"/>
+  <c r="B59" i="8"/>
+  <c r="F59" i="8" s="1"/>
+  <c r="I59" i="8" s="1"/>
+  <c r="B50" i="8"/>
+  <c r="F50" i="8" s="1"/>
+  <c r="I50" i="8" s="1"/>
+  <c r="B58" i="8"/>
+  <c r="F58" i="8" s="1"/>
+  <c r="I58" i="8" s="1"/>
+  <c r="B49" i="8"/>
+  <c r="F49" i="8" s="1"/>
+  <c r="I49" i="8" s="1"/>
+  <c r="B57" i="8"/>
+  <c r="F57" i="8" s="1"/>
+  <c r="I57" i="8" s="1"/>
+  <c r="B66" i="8"/>
+  <c r="F66" i="8" s="1"/>
+  <c r="I66" i="8" s="1"/>
+  <c r="B48" i="8"/>
+  <c r="F48" i="8" s="1"/>
+  <c r="I48" i="8" s="1"/>
+  <c r="B56" i="8"/>
+  <c r="F56" i="8" s="1"/>
+  <c r="I56" i="8" s="1"/>
+  <c r="B65" i="8"/>
+  <c r="F65" i="8" s="1"/>
+  <c r="I65" i="8" s="1"/>
+  <c r="B47" i="8"/>
+  <c r="F47" i="8" s="1"/>
+  <c r="I47" i="8" s="1"/>
+  <c r="B55" i="8"/>
+  <c r="F55" i="8" s="1"/>
+  <c r="I55" i="8" s="1"/>
+  <c r="B64" i="8"/>
+  <c r="F64" i="8" s="1"/>
+  <c r="I64" i="8" s="1"/>
+  <c r="B46" i="8"/>
+  <c r="F46" i="8" s="1"/>
+  <c r="I46" i="8" s="1"/>
+  <c r="B54" i="8"/>
+  <c r="F54" i="8" s="1"/>
+  <c r="I54" i="8" s="1"/>
+  <c r="B63" i="8"/>
+  <c r="F63" i="8" s="1"/>
+  <c r="I63" i="8" s="1"/>
+  <c r="B45" i="8"/>
+  <c r="F45" i="8" s="1"/>
+  <c r="I45" i="8" s="1"/>
+  <c r="H25" i="2"/>
+  <c r="B51" i="8" s="1"/>
+  <c r="B41" i="8"/>
+  <c r="B40" i="8"/>
+  <c r="F40" i="8" s="1"/>
+  <c r="I40" i="8" s="1"/>
+  <c r="B39" i="8"/>
+  <c r="F39" i="8" s="1"/>
+  <c r="I39" i="8" s="1"/>
+  <c r="B38" i="8"/>
+  <c r="F38" i="8" s="1"/>
+  <c r="I38" i="8" s="1"/>
+  <c r="B37" i="8"/>
+  <c r="F37" i="8" s="1"/>
+  <c r="I37" i="8" s="1"/>
+  <c r="B36" i="8"/>
+  <c r="F36" i="8" s="1"/>
+  <c r="I36" i="8" s="1"/>
+  <c r="B35" i="8"/>
+  <c r="F35" i="8" s="1"/>
+  <c r="I35" i="8" s="1"/>
+  <c r="B34" i="8"/>
+  <c r="F34" i="8" s="1"/>
+  <c r="B31" i="8"/>
+  <c r="F31" i="8" s="1"/>
+  <c r="I31" i="8" s="1"/>
+  <c r="B30" i="8"/>
+  <c r="F30" i="8" s="1"/>
+  <c r="I30" i="8" s="1"/>
+  <c r="B29" i="8"/>
+  <c r="F29" i="8" s="1"/>
+  <c r="I29" i="8" s="1"/>
+  <c r="B28" i="8"/>
+  <c r="F28" i="8" s="1"/>
+  <c r="I28" i="8" s="1"/>
+  <c r="B27" i="8"/>
+  <c r="F27" i="8" s="1"/>
+  <c r="I27" i="8" s="1"/>
+  <c r="B26" i="8"/>
+  <c r="F26" i="8" s="1"/>
+  <c r="I26" i="8" s="1"/>
+  <c r="B25" i="8"/>
+  <c r="F25" i="8" s="1"/>
+  <c r="I25" i="8" s="1"/>
+  <c r="B32" i="8"/>
+  <c r="B22" i="8"/>
+  <c r="F22" i="8" s="1"/>
+  <c r="I22" i="8" s="1"/>
+  <c r="B21" i="8"/>
+  <c r="F21" i="8" s="1"/>
+  <c r="I21" i="8" s="1"/>
+  <c r="B20" i="8"/>
+  <c r="F20" i="8" s="1"/>
+  <c r="I20" i="8" s="1"/>
+  <c r="B19" i="8"/>
+  <c r="F19" i="8" s="1"/>
+  <c r="I19" i="8" s="1"/>
+  <c r="B18" i="8"/>
+  <c r="F18" i="8" s="1"/>
+  <c r="I18" i="8" s="1"/>
+  <c r="B17" i="8"/>
+  <c r="F17" i="8" s="1"/>
+  <c r="I17" i="8" s="1"/>
+  <c r="B3" i="8"/>
+  <c r="F3" i="8" s="1"/>
+  <c r="I3" i="8" s="1"/>
+  <c r="B4" i="8"/>
+  <c r="B5" i="8"/>
+  <c r="F5" i="8" s="1"/>
+  <c r="H27" i="2"/>
+  <c r="B69" i="8" s="1"/>
+  <c r="H26" i="2"/>
+  <c r="B60" i="8" s="1"/>
+  <c r="I21" i="2"/>
+  <c r="I82" i="8" l="1"/>
+  <c r="I5" i="8"/>
+  <c r="I4" i="8"/>
+  <c r="F7" i="8"/>
+  <c r="I7" i="8" s="1"/>
+  <c r="C23" i="8"/>
+  <c r="C32" i="8"/>
+  <c r="C41" i="8"/>
+  <c r="F12" i="8"/>
+  <c r="I12" i="8" s="1"/>
+  <c r="F13" i="8"/>
+  <c r="I13" i="8" s="1"/>
+  <c r="F93" i="8"/>
+  <c r="I93" i="8" s="1"/>
+  <c r="F80" i="8"/>
+  <c r="I80" i="8" s="1"/>
+  <c r="F95" i="8"/>
+  <c r="I95" i="8" s="1"/>
+  <c r="F78" i="8"/>
+  <c r="I78" i="8" s="1"/>
+  <c r="F94" i="8"/>
+  <c r="I94" i="8" s="1"/>
+  <c r="F79" i="8"/>
+  <c r="I79" i="8" s="1"/>
+  <c r="F86" i="8"/>
+  <c r="I86" i="8" s="1"/>
+  <c r="F14" i="8"/>
+  <c r="I14" i="8" s="1"/>
+  <c r="F85" i="8"/>
+  <c r="I85" i="8" s="1"/>
+  <c r="F87" i="8"/>
+  <c r="I87" i="8" s="1"/>
+  <c r="F99" i="8"/>
+  <c r="I99" i="8" s="1"/>
+  <c r="F100" i="8"/>
+  <c r="I100" i="8" s="1"/>
+  <c r="F101" i="8"/>
+  <c r="I101" i="8" s="1"/>
+  <c r="C69" i="8"/>
+  <c r="F69" i="8" s="1"/>
+  <c r="I69" i="8" s="1"/>
+  <c r="C61" i="8"/>
+  <c r="I26" i="2"/>
+  <c r="B61" i="8" s="1"/>
+  <c r="F61" i="8" s="1"/>
+  <c r="I61" i="8" s="1"/>
+  <c r="C51" i="8"/>
+  <c r="F51" i="8" s="1"/>
+  <c r="I51" i="8" s="1"/>
+  <c r="I27" i="2"/>
+  <c r="B70" i="8" s="1"/>
+  <c r="B52" i="8"/>
+  <c r="C70" i="8"/>
+  <c r="C60" i="8"/>
+  <c r="F60" i="8" s="1"/>
+  <c r="I60" i="8" s="1"/>
+  <c r="F41" i="8"/>
+  <c r="I41" i="8" s="1"/>
+  <c r="B23" i="8"/>
+  <c r="F70" i="8" l="1"/>
+  <c r="I70" i="8" s="1"/>
+  <c r="F23" i="8"/>
+  <c r="I23" i="8" s="1"/>
+  <c r="F32" i="8"/>
+  <c r="I32" i="8" s="1"/>
+  <c r="C52" i="8"/>
+  <c r="C71" i="8" s="1"/>
+  <c r="C42" i="8"/>
+  <c r="F42" i="8" s="1"/>
+  <c r="I42" i="8" s="1"/>
+  <c r="F71" i="8" l="1"/>
+  <c r="I71" i="8" s="1"/>
+  <c r="F52" i="8"/>
+  <c r="I52" i="8" s="1"/>
+  <c r="I1" i="8" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="455" uniqueCount="193">
+  <si>
+    <t>Mise en œuvre de l'AGW du 28/02/2019 relatif à la sortie du statut de déchet.</t>
+  </si>
+  <si>
+    <t>Annexe 2 relative aux granulats recyclés produits à partir de déchets inertes.</t>
+  </si>
+  <si>
+    <t>Contexte, explications et consignes générales.</t>
+  </si>
+  <si>
+    <t>1. Rapport sur les données d'analyse des sulfates.</t>
+  </si>
+  <si>
+    <t>L’annexe 2 de l’arrêté du Gouvernement wallon 28 février 2019 relatif à la sortie du statut de déchet, telle que modifiée en 2022, prévoit : </t>
+  </si>
+  <si>
+    <r>
+      <t>a. que pour les sables de débris mixte, les graves de débris mixtes et les gravillons de débris mixtes, le seuil limite pour le paramètre SO</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2-</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> du test de lixiviation doit être respecté à partir du 1er janvier 2025 ;</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>b. que l’exploitant déclare à l'administration, au plus tard le 1er février et le 1er août de chaque année l'ensemble des résultats analytiques obtenus pour le paramètre SO</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="subscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>4</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>2-</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> pour les lots produits durant le semestre précédent, selon les modalités précisées par l'administration (point d'attention : cette obligation de déclaration concerne tous les types de granulats, pas uniquement les granulats mixtes).</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">2. Rapport sur la production, les non conformités analytiques, les mesures d'autocontrôle, préventives et correctives et leur résultat </t>
+  </si>
+  <si>
+    <t>Les données suivantes sont également demandées pour le suivi administratif  et environnemental des enregistrements et permettre à l'administration d'objectiver les coûts :</t>
+  </si>
+  <si>
+    <t xml:space="preserve">a. Données relatives aux intrants, aux refus d'intrants, et à la production de granulats sortis du statut de déchets, de fines terreuses </t>
+  </si>
+  <si>
+    <t>et non terreuses et de résidus et granulats non conformes.</t>
+  </si>
+  <si>
+    <t>b. Données relatives aux non-conformité analytiques environnementales et aux mesures correctives et préventives adoptées</t>
+  </si>
+  <si>
+    <t>c. Impact financier du système de gestion de la qualité, notamment des analyses environnementales.</t>
+  </si>
+  <si>
+    <t>Vous avez la possibilité de formuler des commentaires additionnels à l'attention de l’administration dans le dernier onglet.</t>
+  </si>
+  <si>
+    <t>3. Consignes pour le remplissage et l'envoi des documents.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Le présent fichier Excel devra impérativement être envoyé via la plateforme "Mon Espace" (lien ci-dessous) au moyen du formulaire intitulé "Rapportage de données relatives aux granulats recyclés"
+</t>
+  </si>
+  <si>
+    <t>Mon Espace</t>
+  </si>
+  <si>
+    <t>Avant envoi du formulaire, veuillez renommer le présent fichier en utilisant le numéro à quatre chiffres se trouvant à la fin de votre numéro d'enregistrement SSD.</t>
+  </si>
+  <si>
+    <t>Si vous exploitez plusieurs sites, couverts chacun par un enregistrement distinct, veuillez compléter un formulaire par site en y joignant à chaque fois le présent fichier Excel dûment renommé.</t>
+  </si>
   <si>
     <t>Certaines informations qui figureront dans l'onglet "données d'identification" seront automatiquement recopiées dans d'autres onglets. Nous vous invitons donc à commencer par compléter cet onglet.</t>
   </si>
   <si>
+    <t xml:space="preserve">Pour les onglets "Sulfates" et "Non-conformités analytiques", vous serez amenés à fournir certaines informations figurant dans les analyses que vous avez confiées aux laboratoires agréés. Nous vous recommandons de vous assurer au préalable d'avoir à portée de main tous les fichiers que ces laboratoires vous ont transmis.
+</t>
+  </si>
+  <si>
+    <t>Vos données seront exploitées par l'administration et par l'ISSeP qui intervient en sa qualité de support technique de l'administration. Ces deux entités s'engagent à ce que la confidentialité de vos données soit préservée et à ne publier ou communiquer à des tiers à l'administration que des données agrégées et anonymisées.</t>
+  </si>
+  <si>
+    <t>Données de production.</t>
+  </si>
+  <si>
     <t>Nom de l’entreprise </t>
   </si>
   <si>
     <t xml:space="preserve">Numéro d'enregistrement SSD </t>
   </si>
   <si>
     <t>N° BCE </t>
   </si>
   <si>
-    <t>Adresse e-mail</t>
-[...53 lines deleted...]
-    <t>Annexe 2 relative aux granulats recyclés produits à partir de déchets inertes.</t>
+    <t>Consignes spécifiques à cette feuille</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Avertissement important</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> : veillez à ne fournir ici </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>que les données en lien avec la production de granulats recyclés à partir de déchets inertes</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">L'annexe 2 de l'AGW SSD définit une liste fermée de déchets inertes pouvant servir à la production de granulats recyclés (voir extrait au bas de la présente page). </t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Ce sont donc bien </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>exclusivement</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> ces déchets et les granulats et résidus résultant de leur transformation qui doivent être rapportés ici.</t>
+    </r>
+  </si>
+  <si>
+    <t>Merci de bien exprimer toutes les données en tonnes</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tonnage de granulats recyclés produits </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
-        <rFont val="Calibri"/>
+        <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>sortis du statut de déchets</t>
     </r>
   </si>
   <si>
-    <t>Consignes spécifiques à cette feuille</t>
-[...11 lines deleted...]
-    <t>Autres commentaires éventuels</t>
+    <t>Période</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Veuillez utiliser </t>
+      <t xml:space="preserve">Tonnage total de déchets entrant dans l’installation </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>pour la production de granulats</t>
+    </r>
+  </si>
+  <si>
+    <t>Béton</t>
+  </si>
+  <si>
+    <t>Mixte</t>
+  </si>
+  <si>
+    <t>Hydrocarbonés</t>
+  </si>
+  <si>
+    <t>Pierre naturelle</t>
+  </si>
+  <si>
+    <t>Matériaux pierreux</t>
+  </si>
+  <si>
+    <t>Graves de préscalpage SSD conformes</t>
+  </si>
+  <si>
+    <t>Total SSD</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tonnage de </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>déchets sortant du site</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
-        <rFont val="Calibri"/>
+        <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>cette feuille pour tout autre commentaire ou point que vous voulez porter à l'attention de l'administration ou de l'ISSeP.</t>
+      <t xml:space="preserve"> (liés exclusivement à la préparation de granulats recyclés)</t>
     </r>
   </si>
   <si>
-    <t>Données relatives au dosage des sulfates.</t>
-[...20 lines deleted...]
-    <t>Graves de préscalpage SSD conformes</t>
+    <t>Graves faisant l'objet d'un RQT et assimilées à des terres 17 05 04 (via Walterre)*</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Impuretés extraites lors du processus de tri et recyclage </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>et envoyées dans une filière de valorisation matière</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Impuretés extraites lors du processus de tri et recyclage </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>et envoyées dans une filière de valorisation énergétique</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Impuretés extraites lors du processus de tri et recyclage </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>et envoyées dans une filière d'élimination (CET)</t>
     </r>
   </si>
   <si>
-    <t>Graves faisant l'objet d'un RQT et assimilées à des terres 17 05 04 (via Walterre)*</t>
-[...264 lines deleted...]
-</t>
+    <t>Granulats non conformes</t>
+  </si>
+  <si>
+    <t>Graves de préscalpage non conformes</t>
+  </si>
+  <si>
+    <t>Total déchets sortants</t>
+  </si>
+  <si>
+    <t>Total général des sorties</t>
   </si>
   <si>
     <t>* conformément au point 3 de la circulaire d’information n° 4 relative à l'AGW du 05/07/2018 relatif à la gestion et à la traçabilité des terres</t>
   </si>
   <si>
+    <t>Comme expliqué dans l'onglet "Lisez-moi", la communication de ces données ne se substitue pas au rapportage trimestriel requis sur base de votre permis d'environnement.</t>
+  </si>
+  <si>
     <t>Questions complémentaires relatives à certaines modalités de fonctionnement de votre établissement.</t>
   </si>
   <si>
+    <t>Votre réponse :</t>
+  </si>
+  <si>
+    <t>Si oui, veuillez préciser ou fournir une estimation du nombre de chargements refusés et du poids total que cela représente</t>
+  </si>
+  <si>
     <t>Année</t>
   </si>
   <si>
-    <t>Estimation du poids total</t>
-[...29 lines deleted...]
-    <t>Comme expliqué dans l'onglet "Lisez-moi", la communication de ces données ne se substitue pas au rapportage trimestriel requis sur base de votre permis d'environnement.</t>
+    <t>Estimation du nombre de chargements</t>
   </si>
   <si>
     <r>
       <t>b.</t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Fournissez-vous des lots de granulats recyclés à vos clients</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> avant d'avoir reçu les résultats de l'analyse effectuée sur l'échantillon prélevé ?</t>
     </r>
   </si>
   <si>
+    <t>Extrait de l'annexe 2 de l'AGW SSD.</t>
+  </si>
+  <si>
+    <t>Sous-section 2.1. - déchets entrants dans l'élaboration des granulats recyclés</t>
+  </si>
+  <si>
+    <t>2.1.1 Les seuls déchets acceptés en tant qu'intrants dans le processus d'élaboration des granulats recyclés sont les déchets suivants, pour autant qu'ils soient inertes :</t>
+  </si>
+  <si>
+    <t>  01 04 08 Déchets de graviers et débris de pierres autres que ceux visés à la rubrique 01 04 07.</t>
+  </si>
+  <si>
+    <t>  01 04 09 Déchets de sable et d'argile.</t>
+  </si>
+  <si>
+    <t>  01 04 13 Déchets provenant de la taille et du sciage des pierres autres que ceux visés à la rubrique 01 04 07.</t>
+  </si>
+  <si>
+    <t>  10 12 08 Déchets de produits en céramique, briques, carrelage et matériaux de construction (après cuisson).</t>
+  </si>
+  <si>
+    <t>  17 01 01 Béton;</t>
+  </si>
+  <si>
+    <t>  17 01 02 Briques;</t>
+  </si>
+  <si>
+    <t>  17 01 03 Tuiles et céramiques;</t>
+  </si>
+  <si>
+    <t>  17 01 07 Mélanges de béton, briques, tuiles et céramiques autres que ceux visés à la rubrique 17 01 06;</t>
+  </si>
+  <si>
+    <t>  17 03 02 Mélanges bitumeux autres que ceux visés à la rubrique 17 03 01;</t>
+  </si>
+  <si>
+    <t>  17 05 04 Terres et cailloux autres que ceux visés à la rubrique 17 05 03;</t>
+  </si>
+  <si>
+    <t>  17 07 95 Déchets de démolition provenant des bâtiments à caractère d'habitation, de services ou assimilés non mélangés à des matières putrescibles ou combustibles;</t>
+  </si>
+  <si>
+    <t>  20 02 02 Terres et pierres.</t>
+  </si>
+  <si>
+    <t>Données relatives au dosage des sulfates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nous vous remercions de bien vouloir encoder ces résultats par ordre chronologique (du plus ancien au plus récent). Toutefois, si un même lot a fait l'objet d'analyse et de contre-analyse, nous vous remercions de reporter les informations dans des lignes différentes et directement consécutives. </t>
+  </si>
+  <si>
+    <t>Pour la taille du lot, veuillez indiquer la masse totale, toutes classes granulométriques confondues.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pour la granulométrie, veuillez indiquer la fraction dans laquelle le prélèvement a été effectué et sur laquelle l'analyse a été réalisée. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pour la concentration en sulfates, veuillez vous assurer qu'elle est bien exprimée en mg/l dans le rapport d'analyse. A défaut, veuillez contacter le laboratoire pour convertir correctement le résultat. </t>
+  </si>
+  <si>
+    <t>Si la concentration est inférieure à la limite de quantification, veuillez indiquer LQ dans la colonne "Remarques".</t>
+  </si>
+  <si>
+    <t>Par contre-analyse, on entend une deuxième analyse effectuée sur un échantillon équivalent au premier échantillon analysé</t>
+  </si>
+  <si>
+    <t>*Dosage des sulfates - test de lixiviation selon la norme NBN EN 12457</t>
+  </si>
+  <si>
+    <t>Date d'échantillonnage</t>
+  </si>
+  <si>
+    <t>Laboratoire analyse environnement</t>
+  </si>
+  <si>
+    <t>Analyse ou contre-analyse ?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Type de granulats
+</t>
+  </si>
+  <si>
+    <t>Granulométrie</t>
+  </si>
+  <si>
+    <t>Remarques</t>
+  </si>
+  <si>
+    <t>Données d'identification.</t>
+  </si>
+  <si>
+    <t>Coordonnées de contact de l'entreprise</t>
+  </si>
+  <si>
+    <t>Adresse e-mail</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Personne de contact</t>
+  </si>
+  <si>
+    <t>Date à laquelle le formulaire est complété</t>
+  </si>
+  <si>
+    <t>Rapportage relatif aux années 2023 à 2025</t>
+  </si>
+  <si>
+    <t>Rapportage relatif aux années 2023 à 2025.</t>
+  </si>
+  <si>
+    <t>Rapportages relatifs aux années 2023 à 2025.</t>
+  </si>
+  <si>
+    <t>Données relatives aux non-conformités environnementales.</t>
+  </si>
+  <si>
+    <t>Typologie des granulats</t>
+  </si>
+  <si>
+    <t>Année de production</t>
+  </si>
+  <si>
+    <t>Réalisation d'une contre analyse?</t>
+  </si>
+  <si>
+    <t>Confirmation de non-conformité du lot par la contre-analyse ?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paramètre concerné par le dépassement </t>
+  </si>
+  <si>
+    <t>Autre paramètre concerné par le dépassement sur le même lot (le cas échéant)</t>
+  </si>
+  <si>
+    <t>Tonnage du lot concerné</t>
+  </si>
+  <si>
+    <t>Remarque</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Explications ou hypothèses sur la présence de ces dépassements et description des mesures correctives mises en place en cas de non-conformité, et des mesures de prévention adoptées en amont. </t>
+  </si>
+  <si>
+    <t>Quels autres paramètres devraient être obligatoirement analysés selon vous et à quelle(s) condition(s) ?</t>
+  </si>
+  <si>
+    <t>L'administration souhaite chiffrer et objectiver le mieux possible l'impact de la mise en œuvre de l'AGW, tout particulièrement pour les postes "certification SSD" et "prélèvements et analyses".</t>
+  </si>
+  <si>
+    <t>Afin d'arriver à une compréhension correcte de ces données, veuillez fournir toutes précisions et commentaires utiles dans la colonne "remarques" et dans l'espace réservé aux commentaires sous le tableau.</t>
+  </si>
+  <si>
     <t>Pour les audits, nous vous remercions de préciser si le calcul se base sur le coût d'un audit portant spécifiquement et exclusivement sur la certification SSD ou sur une estimation du surcoût "SSD" pour un audit commun "CE2+-SSD".</t>
   </si>
   <si>
-    <t>Coût moyen à la tonne de granulats SSD résultant des prélèvements et analyses environnementales
-[...6 lines deleted...]
-  <si>
     <t>Pour les coûts moyens par lot ou à la tonne des prélèvements et analyses environnementales, nous vous remercions de nous exposer, si vous le souhaitez, succinctement les modalités des calculs.</t>
   </si>
   <si>
     <t>Répercussion de ces coûts supplémentaires sur vos prix de vente</t>
   </si>
   <si>
-    <t xml:space="preserve">Autres coûts induits éventuels
-[...31 lines deleted...]
-    <t>Avant envoi du formulaire, veuillez renommer le présent fichier en utilisant le numéro à quatre chiffres se trouvant à la fin de votre numéro d'enregistrement SSD.</t>
+    <t xml:space="preserve">Remarques </t>
+  </si>
+  <si>
+    <t>Précisions et commentaires éventuels (ex. : a) détails pour lesquels le format synthétique du tableau ci-dessus ne facilite pas l'encodage ni la lisibilité; b) impacts de ces coûts supplémentaires sur votre activité (au-delà des dispositions que vous auriez été amené(e) à prendre sur les prix de vente); c) informations succinctes sur les méthodes de calculs et d'estimation …).</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">À ce stade, vous </t>
-[...9 lines deleted...]
-      <t>ne</t>
+      <t xml:space="preserve">Veuillez utiliser </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <rFont val="Calibri"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> devez </t>
+      <t>cette feuille pour tout autre commentaire ou point que vous voulez porter à l'attention de l'administration ou de l'ISSeP.</t>
     </r>
+  </si>
+  <si>
+    <t>Autres commentaires éventuels</t>
+  </si>
+  <si>
+    <t>Identification</t>
+  </si>
+  <si>
+    <t>Numéro d'enregistrement SSD</t>
+  </si>
+  <si>
+    <t>Format</t>
+  </si>
+  <si>
+    <t>Texte</t>
+  </si>
+  <si>
+    <t>NB-4</t>
+  </si>
+  <si>
+    <t>Mail</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Valeur</t>
+  </si>
+  <si>
+    <t>Contrôle</t>
+  </si>
+  <si>
+    <t>Production</t>
+  </si>
+  <si>
+    <t>Tonnage total de déchets entrant dans l’installation pour la production de granulats</t>
+  </si>
+  <si>
+    <t>Règle</t>
+  </si>
+  <si>
+    <t>Obligatoire</t>
+  </si>
+  <si>
+    <t>NB-Tonnes</t>
+  </si>
+  <si>
+    <t>Valeur calculée</t>
+  </si>
+  <si>
+    <t>IdentiqueNom</t>
+  </si>
+  <si>
+    <t>IdentiqueNumeroSSD</t>
+  </si>
+  <si>
+    <t>IdentiqueBCE</t>
+  </si>
+  <si>
+    <t>EGAUX</t>
+  </si>
+  <si>
+    <t>&gt;0</t>
+  </si>
+  <si>
+    <t>Facultatif</t>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...81 lines deleted...]
-      <t xml:space="preserve">a. Avez-vous  </t>
+      <t xml:space="preserve">a. Avez-vous </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>refusé des chargements de déchets à l'entrée</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0070C0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> de votre établissement ?</t>
     </r>
   </si>
   <si>
-    <t>Date d'échantillonnage</t>
-[...12 lines deleted...]
-    <t>Granulométrie</t>
+    <t>OUI-NON</t>
+  </si>
+  <si>
+    <t>Commentaire</t>
+  </si>
+  <si>
+    <t>FIN DES DONNEES</t>
+  </si>
+  <si>
+    <t>Veuillez écrire votre réponse ici</t>
+  </si>
+  <si>
+    <t>Pour chaque lot faisant l'objet d'un dépassement des valeurs seuil de l'annexe 2, veuillez remplir une ligne dans le Tableau 1. En cas de dépassement confirmé par une contre-analyse, veuillez mentionner "non-conforme" dans la 4e colonne du tableau et ne pas encoder d'information relative à ce lot sur une autre ligne.</t>
+  </si>
+  <si>
+    <t>Si un même lot a fait l'objet de plusieurs dépassements sur des familles de paramètres différents, indiquez ceux-ci sur une seule ligne (vous disposez des colonnes 5, 6 et 7; si le lot fait l'objet de plus de trois dépassements, veuillez le mentionner en remarque).</t>
+  </si>
+  <si>
+    <t>N'oubliez pas de répondre aux 2 questions en dessous des tableaux.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Commentaires éventuels</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> : indiquez ci-dessous les points sur lesquels vous souhaitez attirer notre attention et qui aideront à interpréter correctement les données du tableau (par exemple des informations sur les variations de stock, sur les difficultés que vous pourriez rencontrer en termes de capacité de stockage ou de possibilité d'écouler certaines fractions issues de votre activité de recyclage).</t>
+    </r>
+  </si>
+  <si>
+    <t>Ajouter des lignes au-dessus de cette ligne via l'insertion, ne pas ajouter de lignes en dessous, ne pas retirer cette ligne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  01 01 02 Déchets provenant de l'extraction des minéraux non métallifères</t>
+  </si>
+  <si>
+    <t>LIBRE</t>
+  </si>
+  <si>
+    <t>Sulfates</t>
+  </si>
+  <si>
+    <t>NB ERREURS :</t>
+  </si>
+  <si>
+    <t>En tonnes</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Taille du lot </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(tonnes)</t>
+    </r>
+  </si>
+  <si>
+    <t>Dépassements</t>
+  </si>
+  <si>
+    <t>Coût</t>
+  </si>
+  <si>
+    <t>Commentaires</t>
+  </si>
+  <si>
+    <t>Fin des données</t>
+  </si>
+  <si>
+    <t>Présent</t>
+  </si>
+  <si>
+    <t>Tableau</t>
+  </si>
+  <si>
+    <t>Q1</t>
+  </si>
+  <si>
+    <t>Q2</t>
+  </si>
+  <si>
+    <t>(En euros)</t>
+  </si>
+  <si>
+    <t>(En euros/lot)</t>
+  </si>
+  <si>
+    <t>(En euros/tonne)</t>
+  </si>
+  <si>
+    <t>Autres coûts induits éventuels</t>
+  </si>
+  <si>
+    <t>Coût moyen par lot des prélèvements et des analyses environnementales</t>
+  </si>
+  <si>
+    <t>Coût moyen à la tonne de granulats SSD résultant des prélèvements et analyses environnementales</t>
+  </si>
+  <si>
+    <t>Coût annuel des prélèvements et des analyses environnementales</t>
+  </si>
+  <si>
+    <t>Coût/surcoût de l’audit annuel par installation (partie SSD)</t>
+  </si>
+  <si>
+    <t>Coût/surcoût de l’audit initial (partie SSD)</t>
+  </si>
+  <si>
+    <t>Année/Unité</t>
   </si>
   <si>
     <r>
       <t>Concentration en sulfate</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
-        <rFont val="Calibri"/>
+        <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>*</t>
+      <t xml:space="preserve">* (mg/l) </t>
+    </r>
+  </si>
+  <si>
+    <t>Total des 3 années</t>
+  </si>
+  <si>
+    <t>(Description)</t>
+  </si>
+  <si>
+    <t>(Montant en euros)</t>
+  </si>
+  <si>
+    <t>Adresse e-mail*</t>
+  </si>
+  <si>
+    <t>Téléphone*</t>
+  </si>
+  <si>
+    <t>Personne de contact*</t>
+  </si>
+  <si>
+    <t>Date à laquelle le formulaire est complété*</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Numéro d'enregistrement SSD*
+</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
-        <color theme="1"/>
-        <rFont val="Calibri"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> (mg/l) </t>
+      <t>(numéro à quatre chiffres se trouvant à la fin de votre numéro d'enregistrement SSD)</t>
     </r>
   </si>
   <si>
-    <t>Pour la taille du lot, veuillez indiquer la masse totale, toutes classes granulométriques confondues.</t>
-[...10 lines deleted...]
-    <t>Les données suivantes sont également demandées pour le suivi administratif  et environnemental des enregistrements et permettre à l'administration d'objectiver les coûts :</t>
+    <t>Nom de l’entreprise*</t>
+  </si>
+  <si>
+    <r>
+      <t>N° BCE* </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(numéro à 10 chiffres)</t>
+    </r>
+  </si>
+  <si>
+    <t>* champ obligatoire</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Estimation du poids total </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Tonnes)</t>
+    </r>
+  </si>
+  <si>
+    <t>Tableau 1: liste des dépassements rencontrés sur la période 2023-2025</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>NB-10</t>
+  </si>
+  <si>
+    <t>Total des 3 années - au moins une année remplie</t>
+  </si>
+  <si>
+    <t>Au moins première ligne remplie</t>
+  </si>
+  <si>
+    <t>Remplir au moins la première ligne</t>
+  </si>
+  <si>
+    <t>Demander la reconnaissance ou l’enregistrement de sortie du statut de déchet (SSD) ou End-of-Waste (EoW)</t>
+  </si>
+  <si>
+    <r>
+      <t>À ce stade,</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> vous devez joindre</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> une copie des bulletins d'analyse des paramètres environnementaux à l'envoi de votre formulaire, en les glissant dans le dossier adéquat des annexes du formulaire MonEspace, en fonction de la date d’analyse.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="d/mm/yyyy;@"/>
+  <numFmts count="6">
+    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+    <numFmt numFmtId="164" formatCode="d/mm/yyyy;@"/>
+    <numFmt numFmtId="165" formatCode="d/mm/yy;@"/>
+    <numFmt numFmtId="166" formatCode="dd/mm/yyyy;@"/>
+    <numFmt numFmtId="167" formatCode="0000"/>
+    <numFmt numFmtId="168" formatCode="0000\ 000\ 000"/>
   </numFmts>
-  <fonts count="26" x14ac:knownFonts="1">
+  <fonts count="33">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="subscript"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
+      <u/>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-[...13 lines deleted...]
-      <name val="Calibri"/>
+      <color rgb="FFFF0000"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
-[...7 lines deleted...]
-      <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...70 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...18 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0070C0"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF071E22"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="2" tint="-0.499984740745262"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="2" tint="-0.499984740745262"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="9">
+  <fills count="15">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="27">
+  <borders count="43">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom style="medium">
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="hair">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...2 lines deleted...]
-      <top style="thin">
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...12 lines deleted...]
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...2 lines deleted...]
-      <top style="thin">
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...9 lines deleted...]
-      </right>
       <top style="medium">
-        <color indexed="64"/>
-[...74 lines deleted...]
-      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...71 lines deleted...]
-      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="24" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="187">
+  <cellXfs count="183">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
-[...9 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-[...22 lines deleted...]
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="26" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...16 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="9" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="12" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="12" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="12" borderId="12" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="14" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="0" fillId="12" borderId="12" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="168" fontId="0" fillId="12" borderId="12" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="15" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="13" borderId="40" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="13" borderId="41" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="13" borderId="42" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...49 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...220 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="3">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
+    <cellStyle name="Milliers" xfId="2" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="22">
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF006100"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFC6EFCE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -2150,65 +3156,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -2229,3673 +3235,6316 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monespace.wallonie.be/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://environnement.wallonie.be/legis/dechets/degen040.htm" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://monespace.wallonie.be/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wallonie.be/fr/demarches/demander-la-reconnaissance-ou-lenregistrement-de-sortie-du-statut-de-dechet-ssd-ou-end-waste-eow" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/L%c3%a9gislation/Circulaire%20info%204%20CR%20adapt%c3%a9e_VF%20(jaune).pdf" TargetMode="External"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sol.environnement.wallonie.be/files/Document/L%c3%a9gislation/Circulaire%20info%204%20CR%20adapt%c3%a9e_VF%20(jaune).pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:B40"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{718241C3-6979-4279-AC34-A22652452358}">
+  <dimension ref="A1:XFC40"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A29" sqref="A29"/>
+    <sheetView topLeftCell="A31" workbookViewId="0">
+      <selection activeCell="A35" sqref="A35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="122.109375" style="6" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="11.5546875" hidden="1"/>
+    <col min="1" max="1" width="124.69921875" style="5" customWidth="1"/>
+    <col min="2" max="2" width="52.09765625" hidden="1" customWidth="1"/>
+    <col min="3" max="16383" width="11.59765625" hidden="1"/>
+    <col min="16384" max="16384" width="1.8984375" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="21" x14ac:dyDescent="0.3">
-      <c r="A1" s="30" t="s">
+    <row r="1" spans="1:2" ht="21">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="21">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="21">
+      <c r="A3" s="2"/>
+    </row>
+    <row r="4" spans="1:2" ht="21">
+      <c r="A4" s="2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="21.6" thickBot="1">
+      <c r="A5" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="21">
+      <c r="A6" s="4"/>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" s="174" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2"/>
+    <row r="9" spans="1:2" ht="15.6">
+      <c r="A9" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2">
+      <c r="A10" s="5" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="31.2">
+      <c r="A11" s="7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="45">
+      <c r="A12" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="8"/>
+    </row>
+    <row r="13" spans="1:2">
+      <c r="A13" s="7"/>
+    </row>
+    <row r="14" spans="1:2" ht="31.2">
+      <c r="A14" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="27.6">
+      <c r="A15" s="7" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2">
+      <c r="A16" s="7"/>
+    </row>
+    <row r="17" spans="1:2">
+      <c r="A17" s="9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2">
+      <c r="A18" s="9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2">
+      <c r="A19" s="7"/>
+    </row>
+    <row r="20" spans="1:2">
+      <c r="A20" s="9" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2">
+      <c r="A21" s="7"/>
+    </row>
+    <row r="22" spans="1:2">
+      <c r="A22" s="9" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2">
+      <c r="A23" s="9"/>
+    </row>
+    <row r="24" spans="1:2">
+      <c r="A24" s="7"/>
+    </row>
+    <row r="25" spans="1:2">
+      <c r="A25" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2">
+      <c r="A26" s="7"/>
+    </row>
+    <row r="27" spans="1:2" ht="15.6">
+      <c r="A27" s="6" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2">
+      <c r="A28" s="10"/>
+    </row>
+    <row r="29" spans="1:2" ht="30.6" customHeight="1">
+      <c r="A29" s="11" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2">
+      <c r="A30" s="84" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" s="8"/>
+    </row>
+    <row r="31" spans="1:2" ht="27.6">
+      <c r="A31" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B31" s="8"/>
+    </row>
+    <row r="32" spans="1:2" ht="27.6">
+      <c r="A32" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B32" s="8"/>
+    </row>
+    <row r="33" spans="1:1" ht="27.6">
+      <c r="A33" s="13" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" ht="45.6" customHeight="1">
+      <c r="A34" s="13" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1" ht="27.6">
+      <c r="A35" s="13" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1"/>
+    <row r="37" spans="1:1" ht="46.8">
+      <c r="A37" s="14" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="21" x14ac:dyDescent="0.3">
-[...157 lines deleted...]
-    <row r="40" spans="1:1" x14ac:dyDescent="0.3"/>
+    <row r="38" spans="1:1"/>
+    <row r="39" spans="1:1"/>
+    <row r="40" spans="1:1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="d2lUcEEyyMxv4G7iNzuFLsH43aMMJCk+DcWPUIODe3eiURGooV6JkLqFvHF00Bf0yYgFy4qvlIaHta6i30KRzA==" saltValue="zHSOOCqoa9UlBwEyhWUkdw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <hyperlinks>
-    <hyperlink ref="A7" r:id="rId1" display="http://environnement.wallonie.be/legis/dechets/degen040.htm" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-    <hyperlink ref="A30" r:id="rId2" xr:uid="{7AA9E387-5A49-4DC1-94BD-A33F023AA94D}"/>
+    <hyperlink ref="A7" r:id="rId1" xr:uid="{E532EB4B-A239-48E8-9756-1F50AD0F71D4}"/>
+    <hyperlink ref="A30" r:id="rId2" xr:uid="{1B5C6C69-923F-43CC-9759-26646436E65C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <sheetPr codeName="Feuil2"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39ABB864-057B-480F-8140-3880D912F904}">
   <dimension ref="A1:C17"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
-      <selection activeCell="B8" sqref="B8"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A11" sqref="A11:B11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="52.109375" style="5" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="11.5546875" hidden="1"/>
+    <col min="1" max="1" width="77.3984375" style="8" customWidth="1"/>
+    <col min="2" max="2" width="63.09765625" customWidth="1"/>
+    <col min="3" max="3" width="47.3984375" hidden="1" customWidth="1"/>
+    <col min="4" max="16384" width="11.59765625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="42" customHeight="1" x14ac:dyDescent="0.3">
-[...36 lines deleted...]
-      <c r="A8" s="110" t="s">
+    <row r="1" spans="1:2" ht="42" customHeight="1">
+      <c r="A1" s="118" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="119"/>
+    </row>
+    <row r="2" spans="1:2" ht="42" customHeight="1">
+      <c r="A2" s="120" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="117"/>
-[...51 lines deleted...]
-      <c r="B17" s="111"/>
+      <c r="B2" s="121"/>
+    </row>
+    <row r="3" spans="1:2" ht="21">
+      <c r="A3" s="120"/>
+      <c r="B3" s="121"/>
+    </row>
+    <row r="4" spans="1:2" ht="21">
+      <c r="A4" s="120" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" s="121"/>
+    </row>
+    <row r="5" spans="1:2" ht="21.6" thickBot="1">
+      <c r="A5" s="122" t="s">
+        <v>87</v>
+      </c>
+      <c r="B5" s="123"/>
+    </row>
+    <row r="6" spans="1:2" ht="13.8">
+      <c r="A6" s="114"/>
+      <c r="B6" s="114"/>
+    </row>
+    <row r="7" spans="1:2" ht="13.8">
+      <c r="A7" s="115"/>
+      <c r="B7" s="115"/>
+    </row>
+    <row r="8" spans="1:2" ht="13.8">
+      <c r="A8" s="106" t="s">
+        <v>181</v>
+      </c>
+      <c r="B8" s="85"/>
+    </row>
+    <row r="9" spans="1:2" ht="27.6">
+      <c r="A9" s="106" t="s">
+        <v>180</v>
+      </c>
+      <c r="B9" s="110"/>
+    </row>
+    <row r="10" spans="1:2" ht="13.8">
+      <c r="A10" s="106" t="s">
+        <v>182</v>
+      </c>
+      <c r="B10" s="111"/>
+    </row>
+    <row r="11" spans="1:2" ht="30.75" customHeight="1">
+      <c r="A11" s="116" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" s="117"/>
+    </row>
+    <row r="12" spans="1:2" ht="13.8">
+      <c r="A12" s="107" t="s">
+        <v>176</v>
+      </c>
+      <c r="B12" s="94"/>
+    </row>
+    <row r="13" spans="1:2" ht="13.8">
+      <c r="A13" s="108" t="s">
+        <v>177</v>
+      </c>
+      <c r="B13" s="85"/>
+    </row>
+    <row r="14" spans="1:2" ht="13.8">
+      <c r="A14" s="108" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" s="85"/>
+    </row>
+    <row r="15" spans="1:2" ht="13.8">
+      <c r="A15" s="108" t="s">
+        <v>178</v>
+      </c>
+      <c r="B15" s="85"/>
+    </row>
+    <row r="16" spans="1:2" ht="13.8">
+      <c r="A16" s="109" t="s">
+        <v>179</v>
+      </c>
+      <c r="B16" s="92"/>
+    </row>
+    <row r="17" spans="1:2" ht="19.2" customHeight="1">
+      <c r="A17" s="112" t="s">
+        <v>183</v>
+      </c>
+      <c r="B17" s="113"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="PJrECpacYo+cp3YdckQOtgxvSjbaEKEpulXqwwd6mhbzrnlh4pGwwQxTPL6jYymM03qXCIN+S9V1z2tRxi/fHA==" saltValue="OrG2jTBDG/hwx90fVFmeOg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
-  <mergeCells count="6">
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="8">
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A6:B7"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
+    <mergeCell ref="A4:B4"/>
     <mergeCell ref="A5:B5"/>
-    <mergeCell ref="A4:B4"/>
   </mergeCells>
-  <dataValidations count="1">
-    <dataValidation allowBlank="1" sqref="B8" xr:uid="{1D12A7EC-056A-4886-B6BD-E74DB66ED841}"/>
+  <dataValidations count="3">
+    <dataValidation allowBlank="1" sqref="B8" xr:uid="{22EC64DE-BEB8-4CE3-AF6D-CD7D88CDC778}"/>
+    <dataValidation type="custom" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Il n'y a pas 4 chiffres" promptTitle="Attention" prompt="4 chiffres SVP" sqref="B9" xr:uid="{C0349502-A090-4D2C-B5AC-4D87FBE7B62D}">
+      <formula1>AND(ISNUMBER(B9),LEN(B9)=4)</formula1>
+    </dataValidation>
+    <dataValidation type="custom" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Il n'y a pas 10 chiffres" promptTitle="Attention" prompt="10 chiffres SVP" sqref="B10" xr:uid="{26B7AC35-9511-413A-9635-AFD7C655852C}">
+      <formula1>AND(ISNUMBER(B10),LEN(B10)=10)</formula1>
+    </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:Q86"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4C403016-D330-4E86-B26B-97D24A26A258}">
+  <dimension ref="A1:Q89"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A25" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="B44" sqref="B44"/>
+    <sheetView topLeftCell="A43" workbookViewId="0">
+      <selection activeCell="B46" sqref="B46"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="27.88671875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="12" width="27.88671875" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="27.8984375" customWidth="1"/>
+    <col min="2" max="2" width="23.09765625" customWidth="1"/>
+    <col min="3" max="4" width="13.3984375" customWidth="1"/>
+    <col min="5" max="5" width="15" customWidth="1"/>
+    <col min="6" max="8" width="13.3984375" customWidth="1"/>
+    <col min="9" max="9" width="12.3984375" customWidth="1"/>
+    <col min="10" max="10" width="17.09765625" customWidth="1"/>
+    <col min="11" max="12" width="27.8984375" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="25" hidden="1" customWidth="1"/>
     <col min="14" max="17" width="0" hidden="1" customWidth="1"/>
-    <col min="18" max="16384" width="11.5546875" hidden="1"/>
+    <col min="18" max="16384" width="11.59765625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="A2" s="152" t="s">
+    <row r="1" spans="1:10" ht="21" customHeight="1">
+      <c r="A1" s="118" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="124"/>
+      <c r="C1" s="124"/>
+      <c r="D1" s="124"/>
+      <c r="E1" s="124"/>
+      <c r="F1" s="124"/>
+      <c r="G1" s="124"/>
+      <c r="H1" s="124"/>
+      <c r="I1" s="124"/>
+      <c r="J1" s="119"/>
+    </row>
+    <row r="2" spans="1:10" ht="21" customHeight="1">
+      <c r="A2" s="120" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="125"/>
+      <c r="C2" s="125"/>
+      <c r="D2" s="125"/>
+      <c r="E2" s="125"/>
+      <c r="F2" s="125"/>
+      <c r="G2" s="125"/>
+      <c r="H2" s="125"/>
+      <c r="I2" s="125"/>
+      <c r="J2" s="121"/>
+    </row>
+    <row r="3" spans="1:10" ht="21" customHeight="1">
+      <c r="A3" s="120"/>
+      <c r="B3" s="125"/>
+      <c r="C3" s="125"/>
+      <c r="D3" s="125"/>
+      <c r="E3" s="125"/>
+      <c r="F3" s="125"/>
+      <c r="G3" s="125"/>
+      <c r="H3" s="125"/>
+      <c r="I3" s="125"/>
+      <c r="J3" s="121"/>
+    </row>
+    <row r="4" spans="1:10" ht="21" customHeight="1">
+      <c r="A4" s="120" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" s="125"/>
+      <c r="C4" s="125"/>
+      <c r="D4" s="125"/>
+      <c r="E4" s="125"/>
+      <c r="F4" s="125"/>
+      <c r="G4" s="125"/>
+      <c r="H4" s="125"/>
+      <c r="I4" s="125"/>
+      <c r="J4" s="121"/>
+    </row>
+    <row r="5" spans="1:10" ht="21.6" customHeight="1" thickBot="1">
+      <c r="A5" s="122" t="s">
         <v>22</v>
       </c>
-      <c r="B2" s="153"/>
-[...22 lines deleted...]
-      <c r="A4" s="152" t="s">
+      <c r="B5" s="126"/>
+      <c r="C5" s="126"/>
+      <c r="D5" s="126"/>
+      <c r="E5" s="126"/>
+      <c r="F5" s="126"/>
+      <c r="G5" s="126"/>
+      <c r="H5" s="126"/>
+      <c r="I5" s="126"/>
+      <c r="J5" s="123"/>
+    </row>
+    <row r="6" spans="1:10"/>
+    <row r="7" spans="1:10">
+      <c r="A7" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="16">
+        <f>Identification!B8</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="16">
+        <f>Identification!B9</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="16">
+        <f>Identification!B10</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" s="19"/>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" s="20" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" s="21" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" s="22" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" s="22" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" s="22"/>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" s="21" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" s="23"/>
+      <c r="B17" s="24"/>
+      <c r="C17" s="127" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" s="128"/>
+      <c r="E17" s="128"/>
+      <c r="F17" s="128"/>
+      <c r="G17" s="128"/>
+      <c r="H17" s="128"/>
+      <c r="I17" s="129"/>
+    </row>
+    <row r="18" spans="1:10" s="29" customFormat="1" ht="72" customHeight="1">
+      <c r="A18" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="C18" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="E18" s="27" t="s">
+        <v>36</v>
+      </c>
+      <c r="F18" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="G18" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18" s="28" t="s">
+        <v>39</v>
+      </c>
+      <c r="I18" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="J18" s="87"/>
+    </row>
+    <row r="19" spans="1:10" ht="14.4">
+      <c r="A19" s="30">
+        <v>2023</v>
+      </c>
+      <c r="B19" s="31"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
+      <c r="E19" s="32"/>
+      <c r="F19" s="32"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="28">
+        <f>SUM(C19:H19)</f>
+        <v>0</v>
+      </c>
+      <c r="J19" s="74" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="14.4">
+      <c r="A20" s="30">
+        <v>2024</v>
+      </c>
+      <c r="B20" s="31"/>
+      <c r="C20" s="32"/>
+      <c r="D20" s="32"/>
+      <c r="E20" s="32"/>
+      <c r="F20" s="32"/>
+      <c r="G20" s="32"/>
+      <c r="H20" s="32"/>
+      <c r="I20" s="28">
+        <f>SUM(C20:H20)</f>
+        <v>0</v>
+      </c>
+      <c r="J20" s="74" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="14.4">
+      <c r="A21" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B21" s="31"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="32"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="32"/>
+      <c r="G21" s="32"/>
+      <c r="H21" s="32"/>
+      <c r="I21" s="28">
+        <f t="shared" ref="I21" si="0">SUM(C21:H21)</f>
+        <v>0</v>
+      </c>
+      <c r="J21" s="74" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="14.4">
+      <c r="A22" s="33"/>
+      <c r="B22" s="34"/>
+    </row>
+    <row r="23" spans="1:10" ht="30" customHeight="1">
+      <c r="A23" s="23"/>
+      <c r="B23" s="35"/>
+      <c r="C23" s="130" t="s">
+        <v>41</v>
+      </c>
+      <c r="D23" s="131"/>
+      <c r="E23" s="131"/>
+      <c r="F23" s="131"/>
+      <c r="G23" s="131"/>
+      <c r="H23" s="132"/>
+      <c r="I23" s="36"/>
+    </row>
+    <row r="24" spans="1:10" ht="115.2">
+      <c r="A24" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="B24" s="37" t="s">
+        <v>42</v>
+      </c>
+      <c r="C24" s="38" t="s">
+        <v>43</v>
+      </c>
+      <c r="D24" s="38" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" s="38" t="s">
+        <v>45</v>
+      </c>
+      <c r="F24" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="H24" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="I24" s="26" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="14.4">
+      <c r="A25" s="30">
+        <v>2023</v>
+      </c>
+      <c r="B25" s="32"/>
+      <c r="C25" s="32"/>
+      <c r="D25" s="32"/>
+      <c r="E25" s="32"/>
+      <c r="F25" s="32"/>
+      <c r="G25" s="32"/>
+      <c r="H25" s="18">
+        <f>SUM(C25:G25)</f>
+        <v>0</v>
+      </c>
+      <c r="I25" s="26">
+        <f>I19+B25+H25</f>
+        <v>0</v>
+      </c>
+      <c r="J25" s="74" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="14.4">
+      <c r="A26" s="30">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="32"/>
+      <c r="C26" s="32"/>
+      <c r="D26" s="32"/>
+      <c r="E26" s="32"/>
+      <c r="F26" s="32"/>
+      <c r="G26" s="32"/>
+      <c r="H26" s="18">
+        <f>SUM(C26:G26)</f>
+        <v>0</v>
+      </c>
+      <c r="I26" s="26">
+        <f>I20+B26+H26</f>
+        <v>0</v>
+      </c>
+      <c r="J26" s="74" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="14.4">
+      <c r="A27" s="30">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="32"/>
+      <c r="C27" s="32"/>
+      <c r="D27" s="32"/>
+      <c r="E27" s="32"/>
+      <c r="F27" s="32"/>
+      <c r="G27" s="32"/>
+      <c r="H27" s="18">
+        <f>SUM(C27:G27)</f>
+        <v>0</v>
+      </c>
+      <c r="I27" s="26">
+        <f>I21+B27+H27</f>
+        <v>0</v>
+      </c>
+      <c r="J27" s="74" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="14.4">
+      <c r="A28" s="33"/>
+      <c r="B28" s="34"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="40" t="s">
         <v>50</v>
       </c>
-      <c r="B4" s="153"/>
-[...62 lines deleted...]
-      <c r="A12" s="76" t="s">
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="40"/>
+    </row>
+    <row r="31" spans="1:10" ht="14.4">
+      <c r="A31" s="41" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="15" thickBot="1">
+      <c r="A32" s="41"/>
+    </row>
+    <row r="33" spans="1:10" ht="14.4">
+      <c r="A33" s="42" t="s">
+        <v>52</v>
+      </c>
+      <c r="B33" s="43"/>
+      <c r="C33" s="43"/>
+      <c r="D33" s="43"/>
+      <c r="E33" s="43"/>
+      <c r="F33" s="43"/>
+      <c r="G33" s="43"/>
+      <c r="H33" s="43"/>
+      <c r="I33" s="43"/>
+      <c r="J33" s="44"/>
+    </row>
+    <row r="34" spans="1:10" ht="14.4">
+      <c r="A34" s="45"/>
+      <c r="B34" s="46"/>
+      <c r="C34" s="46"/>
+      <c r="D34" s="46"/>
+      <c r="E34" s="46"/>
+      <c r="F34" s="46"/>
+      <c r="G34" s="46"/>
+      <c r="H34" s="46"/>
+      <c r="I34" s="46"/>
+      <c r="J34" s="47"/>
+    </row>
+    <row r="35" spans="1:10" ht="14.4">
+      <c r="A35" s="48" t="s">
+        <v>138</v>
+      </c>
+      <c r="B35" s="46"/>
+      <c r="C35" s="46"/>
+      <c r="D35" s="46"/>
+      <c r="E35" s="46"/>
+      <c r="F35" s="46"/>
+      <c r="G35" s="46"/>
+      <c r="H35" s="49"/>
+      <c r="I35" s="50"/>
+      <c r="J35" s="47"/>
+    </row>
+    <row r="36" spans="1:10" ht="14.4">
+      <c r="A36" s="51" t="s">
+        <v>53</v>
+      </c>
+      <c r="B36" s="32"/>
+      <c r="C36" s="46"/>
+      <c r="D36" s="46"/>
+      <c r="E36" s="46"/>
+      <c r="F36" s="46"/>
+      <c r="G36" s="46"/>
+      <c r="H36" s="49"/>
+      <c r="I36" s="50"/>
+      <c r="J36" s="47"/>
+    </row>
+    <row r="37" spans="1:10" ht="14.4">
+      <c r="A37" s="48"/>
+      <c r="B37" s="46"/>
+      <c r="C37" s="46"/>
+      <c r="D37" s="46"/>
+      <c r="E37" s="46"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="46"/>
+      <c r="H37" s="49"/>
+      <c r="I37" s="50"/>
+      <c r="J37" s="47"/>
+    </row>
+    <row r="38" spans="1:10" ht="14.4">
+      <c r="A38" s="48" t="s">
+        <v>54</v>
+      </c>
+      <c r="B38" s="46"/>
+      <c r="C38" s="46"/>
+      <c r="D38" s="46"/>
+      <c r="E38" s="46"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="46"/>
+      <c r="H38" s="46"/>
+      <c r="I38" s="46"/>
+      <c r="J38" s="47"/>
+    </row>
+    <row r="39" spans="1:10" ht="14.4">
+      <c r="A39" s="52"/>
+      <c r="B39" s="46"/>
+      <c r="C39" s="46"/>
+      <c r="D39" s="46"/>
+      <c r="E39" s="46"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="46"/>
+      <c r="H39" s="46"/>
+      <c r="I39" s="46"/>
+      <c r="J39" s="47"/>
+    </row>
+    <row r="40" spans="1:10" ht="41.4">
+      <c r="A40" s="53" t="s">
+        <v>55</v>
+      </c>
+      <c r="B40" s="54" t="s">
+        <v>56</v>
+      </c>
+      <c r="C40" s="91" t="s">
+        <v>184</v>
+      </c>
+      <c r="D40" s="46"/>
+      <c r="E40" s="46"/>
+      <c r="F40" s="46"/>
+      <c r="G40" s="46"/>
+      <c r="H40" s="46"/>
+      <c r="I40" s="46"/>
+      <c r="J40" s="47"/>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="55">
+        <v>2023</v>
+      </c>
+      <c r="B41" s="32"/>
+      <c r="C41" s="32"/>
+      <c r="D41" s="46"/>
+      <c r="E41" s="46"/>
+      <c r="F41" s="46"/>
+      <c r="G41" s="46"/>
+      <c r="H41" s="46"/>
+      <c r="I41" s="46"/>
+      <c r="J41" s="47"/>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" s="55">
+        <v>2024</v>
+      </c>
+      <c r="B42" s="32"/>
+      <c r="C42" s="32"/>
+      <c r="D42" s="46"/>
+      <c r="E42" s="46"/>
+      <c r="F42" s="46"/>
+      <c r="G42" s="46"/>
+      <c r="H42" s="46"/>
+      <c r="I42" s="46"/>
+      <c r="J42" s="47"/>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" s="55">
+        <v>2025</v>
+      </c>
+      <c r="B43" s="32"/>
+      <c r="C43" s="32"/>
+      <c r="D43" s="46"/>
+      <c r="E43" s="46"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="46"/>
+      <c r="H43" s="46"/>
+      <c r="I43" s="46"/>
+      <c r="J43" s="47"/>
+    </row>
+    <row r="44" spans="1:10" ht="14.4">
+      <c r="A44" s="52"/>
+      <c r="B44" s="46"/>
+      <c r="C44" s="46"/>
+      <c r="D44" s="46"/>
+      <c r="E44" s="46"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="46"/>
+      <c r="H44" s="46"/>
+      <c r="I44" s="46"/>
+      <c r="J44" s="47"/>
+    </row>
+    <row r="45" spans="1:10" ht="14.4">
+      <c r="A45" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="B45" s="46"/>
+      <c r="C45" s="46"/>
+      <c r="D45" s="46"/>
+      <c r="E45" s="46"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="46"/>
+      <c r="H45" s="46"/>
+      <c r="I45" s="46"/>
+      <c r="J45" s="47"/>
+    </row>
+    <row r="46" spans="1:10" ht="14.4">
+      <c r="A46" s="51" t="s">
+        <v>53</v>
+      </c>
+      <c r="B46" s="32"/>
+      <c r="C46" s="46"/>
+      <c r="D46" s="46"/>
+      <c r="E46" s="46"/>
+      <c r="F46" s="46"/>
+      <c r="G46" s="46"/>
+      <c r="H46" s="46"/>
+      <c r="I46" s="46"/>
+      <c r="J46" s="47"/>
+    </row>
+    <row r="47" spans="1:10" ht="15" thickBot="1">
+      <c r="A47" s="56"/>
+      <c r="B47" s="57"/>
+      <c r="C47" s="57"/>
+      <c r="D47" s="57"/>
+      <c r="E47" s="57"/>
+      <c r="F47" s="57"/>
+      <c r="G47" s="57"/>
+      <c r="H47" s="57"/>
+      <c r="I47" s="57"/>
+      <c r="J47" s="58"/>
+    </row>
+    <row r="48" spans="1:10" ht="15" thickBot="1">
+      <c r="A48" s="41"/>
+    </row>
+    <row r="49" spans="1:10" ht="48" customHeight="1">
+      <c r="A49" s="133" t="s">
+        <v>146</v>
+      </c>
+      <c r="B49" s="134"/>
+      <c r="C49" s="134"/>
+      <c r="D49" s="134"/>
+      <c r="E49" s="134"/>
+      <c r="F49" s="134"/>
+      <c r="G49" s="134"/>
+      <c r="H49" s="134"/>
+      <c r="I49" s="134"/>
+      <c r="J49" s="135"/>
+    </row>
+    <row r="50" spans="1:10" ht="197.25" customHeight="1" thickBot="1">
+      <c r="A50" s="136" t="s">
+        <v>142</v>
+      </c>
+      <c r="B50" s="137"/>
+      <c r="C50" s="137"/>
+      <c r="D50" s="137"/>
+      <c r="E50" s="137"/>
+      <c r="F50" s="137"/>
+      <c r="G50" s="137"/>
+      <c r="H50" s="137"/>
+      <c r="I50" s="137"/>
+      <c r="J50" s="138"/>
+    </row>
+    <row r="51" spans="1:10"/>
+    <row r="52" spans="1:10">
+      <c r="A52" s="59" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="60" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="60" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="B55" s="60" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="B56" s="60" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="B57" s="60" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="B58" s="60" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="B59" s="60" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="B60" s="60" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="B61" s="60" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="B62" s="60" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="B63" s="60" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="B64" s="60" t="s">
         <v>69</v>
       </c>
-      <c r="B12" s="9"/>
-[...855 lines deleted...]
-    <row r="86" spans="1:10" x14ac:dyDescent="0.3"/>
+    </row>
+    <row r="65" spans="2:9">
+      <c r="B65" s="60" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="66" spans="2:9" ht="27.75" customHeight="1">
+      <c r="B66" s="139" t="s">
+        <v>71</v>
+      </c>
+      <c r="C66" s="139"/>
+      <c r="D66" s="139"/>
+      <c r="E66" s="139"/>
+      <c r="F66" s="139"/>
+      <c r="G66" s="139"/>
+      <c r="H66" s="139"/>
+      <c r="I66" s="139"/>
+    </row>
+    <row r="67" spans="2:9">
+      <c r="B67" s="60" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="68" spans="2:9"/>
+    <row r="69" spans="2:9"/>
+    <row r="70" spans="2:9"/>
+    <row r="80" spans="2:9"/>
+    <row r="88"/>
+    <row r="89"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="75lLkFbUVgaoXX2SxTMzdTJjdW8MlTNj9HoZ8YzdU9xNvXw/SDwS3+FaRoWtrDKkFc9IDQXERQl/BGPkYeMz4w==" saltValue="Ryct/MWXp2mLccrOOgrK9A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...1 lines deleted...]
-    <mergeCell ref="A48:J67"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="10">
+    <mergeCell ref="C17:I17"/>
     <mergeCell ref="C23:H23"/>
-    <mergeCell ref="C18:I18"/>
+    <mergeCell ref="A49:J49"/>
+    <mergeCell ref="A50:J50"/>
+    <mergeCell ref="B66:I66"/>
     <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:J2"/>
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="A4:J4"/>
     <mergeCell ref="A5:J5"/>
   </mergeCells>
   <dataValidations count="5">
-    <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="Production en continu" error="Etes-vous amenés à fournir des lots de granulats recyclés à vos clients avant d'avoir reçu les résultats de l'analyse effectuées sur l'échantillon prélevé ? &quot;Oui&quot; ou &quot;Non&quot;" sqref="B35" xr:uid="{640D410C-8377-4182-937A-3A7C5E5AD58C}">
-      <formula1>"Oui, Non"</formula1>
+    <dataValidation type="decimal" errorStyle="information" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Masse" error="Indiquer une masse en tonne" sqref="C19:H21" xr:uid="{CBDA5EFE-78F1-4E6E-B2EA-3EBD76A6156E}">
+      <formula1>0</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="information" allowBlank="1" showErrorMessage="1" errorTitle="Production en continu" error="Introduire un des choix: Jamais; Exceptionnellement; Parfois; Fréquemment; Toujours" sqref="B44" xr:uid="{5E4762FF-BA6F-4C8E-AE14-15CC3CFB5249}">
+    <dataValidation type="decimal" errorStyle="information" operator="greaterThanOrEqual" allowBlank="1" showErrorMessage="1" errorTitle="Masse" error="Indiquer une masse en tonne" sqref="B25:G27 B19:B21" xr:uid="{D04B3A1D-7CE5-40BB-A1E7-75F9D1F882E9}">
+      <formula1>0</formula1>
+    </dataValidation>
+    <dataValidation errorStyle="information" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Masse" error="Indiquer une masse en tonne" sqref="I19:I21 H25:I27" xr:uid="{B7EED8B8-41C9-4838-B58E-EEEBAB440FC4}"/>
+    <dataValidation type="list" errorStyle="information" allowBlank="1" showErrorMessage="1" errorTitle="Production en continu" error="Introduire un des choix: Jamais; Exceptionnellement; Parfois; Fréquemment; Toujours" sqref="B46" xr:uid="{707AF778-4477-4A21-9527-524FFD1F58DD}">
       <formula1>"Jamais, Exceptionnellement, Parfois, Fréquemment, Toujours"</formula1>
     </dataValidation>
-    <dataValidation errorStyle="information" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Masse" error="Indiquer une masse en tonne" sqref="I20:I21 H25:I26" xr:uid="{00000000-0002-0000-0200-000000000000}"/>
-[...4 lines deleted...]
-      <formula1>0</formula1>
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="Production en continu" error="Etes-vous amenés à fournir des lots de granulats recyclés à vos clients avant d'avoir reçu les résultats de l'analyse effectuées sur l'échantillon prélevé ? &quot;Oui&quot; ou &quot;Non&quot;" sqref="B36" xr:uid="{3F8B85AC-455F-4C63-86C6-F7A713D7B2C6}">
+      <formula1>"Oui, Non"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="A28" r:id="rId1" display="* conformément à la circulaire d’information n° 4 relative aux installations de regroupement pouvant accueillir, conformément à leur autorisation, des terres reprises sous le code déchet 170504" xr:uid="{DB6AAFFA-53DC-4337-A2AE-27EBE8EE711F}"/>
+    <hyperlink ref="A29" r:id="rId1" display="* conformément à la circulaire d’information n° 4 relative aux installations de regroupement pouvant accueillir, conformément à leur autorisation, des terres reprises sous le code déchet 170504" xr:uid="{38593F54-AE22-4DD5-93BC-FB2E1E6B77DD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:K39"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E672829-C1E7-4F8E-83A0-6C9290E18CFD}">
+  <dimension ref="A1:K57"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A12" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="E23" sqref="E23:E39"/>
+    <sheetView topLeftCell="A13" workbookViewId="0">
+      <selection activeCell="A23" sqref="A23:H23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="19.44140625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="21.109375" customWidth="1"/>
+    <col min="1" max="1" width="28.296875" customWidth="1"/>
+    <col min="2" max="2" width="33.3984375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.8984375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="23.3984375" customWidth="1"/>
+    <col min="5" max="5" width="11.3984375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="17.59765625" customWidth="1"/>
+    <col min="7" max="7" width="18" style="70" customWidth="1"/>
+    <col min="8" max="8" width="29.69921875" customWidth="1"/>
     <col min="9" max="11" width="0" hidden="1" customWidth="1"/>
-    <col min="12" max="16384" width="11.5546875" hidden="1"/>
+    <col min="12" max="16384" width="11.59765625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-[...57 lines deleted...]
-    <row r="6" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" ht="21" customHeight="1">
+      <c r="A1" s="120" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="125"/>
+      <c r="C1" s="125"/>
+      <c r="D1" s="125"/>
+      <c r="E1" s="125"/>
+      <c r="F1" s="125"/>
+      <c r="G1" s="125"/>
+      <c r="H1" s="125"/>
+    </row>
+    <row r="2" spans="1:8" ht="21" customHeight="1">
+      <c r="A2" s="120" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="125"/>
+      <c r="C2" s="125"/>
+      <c r="D2" s="125"/>
+      <c r="E2" s="125"/>
+      <c r="F2" s="125"/>
+      <c r="G2" s="125"/>
+      <c r="H2" s="125"/>
+    </row>
+    <row r="3" spans="1:8" ht="21" customHeight="1">
+      <c r="A3" s="120"/>
+      <c r="B3" s="125"/>
+      <c r="C3" s="125"/>
+      <c r="D3" s="125"/>
+      <c r="E3" s="125"/>
+      <c r="F3" s="125"/>
+      <c r="G3" s="125"/>
+      <c r="H3" s="125"/>
+    </row>
+    <row r="4" spans="1:8" ht="21" customHeight="1">
+      <c r="A4" s="120" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" s="125"/>
+      <c r="C4" s="125"/>
+      <c r="D4" s="125"/>
+      <c r="E4" s="125"/>
+      <c r="F4" s="125"/>
+      <c r="G4" s="125"/>
+      <c r="H4" s="125"/>
+    </row>
+    <row r="5" spans="1:8" ht="21.6" customHeight="1" thickBot="1">
+      <c r="A5" s="122" t="s">
+        <v>73</v>
+      </c>
+      <c r="B5" s="126"/>
+      <c r="C5" s="126"/>
+      <c r="D5" s="126"/>
+      <c r="E5" s="126"/>
+      <c r="F5" s="126"/>
+      <c r="G5" s="126"/>
+      <c r="H5" s="126"/>
+    </row>
+    <row r="6" spans="1:8">
       <c r="G6"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:8">
       <c r="G7"/>
     </row>
-    <row r="8" spans="1:8" s="15" customFormat="1" x14ac:dyDescent="0.3">
-[...29 lines deleted...]
-    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:8" s="29" customFormat="1">
+      <c r="A8" s="61" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="16">
+        <f>Identification!B8</f>
+        <v>0</v>
+      </c>
+      <c r="C8" s="62"/>
+    </row>
+    <row r="9" spans="1:8" s="29" customFormat="1">
+      <c r="A9" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="16">
+        <f>Identification!B9</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" s="29" customFormat="1">
+      <c r="A10" s="61" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="16">
+        <f>Identification!B10</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
       <c r="G11"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="C12" s="34"/>
+    <row r="12" spans="1:8">
+      <c r="A12" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="63"/>
+      <c r="C12" s="63"/>
       <c r="G12"/>
     </row>
-    <row r="13" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...81 lines deleted...]
-    <row r="20" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:8" ht="30" customHeight="1">
+      <c r="A13" s="140" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" s="140"/>
+      <c r="C13" s="140"/>
+      <c r="D13" s="140"/>
+      <c r="E13" s="140"/>
+      <c r="F13" s="140"/>
+      <c r="G13" s="140"/>
+      <c r="H13" s="140"/>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="65" t="s">
+        <v>75</v>
+      </c>
+      <c r="B14" s="66"/>
+      <c r="C14" s="66"/>
+      <c r="D14" s="66"/>
+      <c r="E14" s="66"/>
+      <c r="F14" s="66"/>
+      <c r="G14" s="66"/>
+      <c r="H14" s="66"/>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="65" t="s">
+        <v>76</v>
+      </c>
+      <c r="B15" s="66"/>
+      <c r="C15" s="66"/>
+      <c r="D15" s="66"/>
+      <c r="E15" s="66"/>
+      <c r="F15" s="66"/>
+      <c r="G15" s="66"/>
+      <c r="H15" s="66"/>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="147" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" s="147"/>
+      <c r="C16" s="147"/>
+      <c r="D16" s="147"/>
+      <c r="E16" s="147"/>
+      <c r="F16" s="147"/>
+      <c r="G16" s="147"/>
+      <c r="H16" s="147"/>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" s="148" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" s="148"/>
+      <c r="C17" s="148"/>
+      <c r="D17" s="148"/>
+      <c r="E17" s="148"/>
+      <c r="F17" s="148"/>
+      <c r="G17" s="148"/>
+      <c r="H17" s="148"/>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" s="65" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" s="67"/>
+      <c r="C18" s="67"/>
+      <c r="D18" s="67"/>
+      <c r="E18" s="67"/>
+      <c r="F18" s="67"/>
+      <c r="G18" s="67"/>
+      <c r="H18" s="67"/>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" s="68"/>
+      <c r="B19" s="68"/>
+      <c r="C19" s="68"/>
+      <c r="D19" s="68"/>
+      <c r="E19" s="68"/>
+      <c r="F19" s="68"/>
+      <c r="G19" s="68"/>
+      <c r="H19" s="68"/>
+    </row>
+    <row r="20" spans="1:11">
       <c r="G20"/>
     </row>
-    <row r="21" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
-[...210 lines deleted...]
-      <c r="H39" s="2"/>
+    <row r="21" spans="1:11" ht="14.4" thickBot="1">
+      <c r="A21" s="149" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" s="150"/>
+      <c r="C21" s="150"/>
+      <c r="D21" s="151"/>
+      <c r="E21" s="151"/>
+      <c r="F21" s="151"/>
+      <c r="G21" s="152"/>
+      <c r="H21" s="153"/>
+    </row>
+    <row r="22" spans="1:11" s="29" customFormat="1" ht="28.2" thickBot="1">
+      <c r="A22" s="101" t="s">
+        <v>81</v>
+      </c>
+      <c r="B22" s="102" t="s">
+        <v>82</v>
+      </c>
+      <c r="C22" s="102" t="s">
+        <v>83</v>
+      </c>
+      <c r="D22" s="103" t="s">
+        <v>84</v>
+      </c>
+      <c r="E22" s="103" t="s">
+        <v>153</v>
+      </c>
+      <c r="F22" s="103" t="s">
+        <v>85</v>
+      </c>
+      <c r="G22" s="104" t="s">
+        <v>172</v>
+      </c>
+      <c r="H22" s="105" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" s="144" t="s">
+        <v>190</v>
+      </c>
+      <c r="B23" s="145"/>
+      <c r="C23" s="145"/>
+      <c r="D23" s="145"/>
+      <c r="E23" s="145"/>
+      <c r="F23" s="145"/>
+      <c r="G23" s="145"/>
+      <c r="H23" s="146"/>
+      <c r="J23" s="71"/>
+      <c r="K23" s="71"/>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" s="72"/>
+      <c r="B24" s="73"/>
+      <c r="C24" s="69"/>
+      <c r="D24" s="70"/>
+      <c r="E24" s="70"/>
+      <c r="F24" s="70"/>
+      <c r="H24" s="32"/>
+      <c r="K24" s="74"/>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" s="72"/>
+      <c r="B25" s="73"/>
+      <c r="C25" s="69"/>
+      <c r="D25" s="70"/>
+      <c r="E25" s="70"/>
+      <c r="F25" s="70"/>
+      <c r="H25" s="32"/>
+      <c r="K25" s="74"/>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" s="72"/>
+      <c r="B26" s="73"/>
+      <c r="C26" s="69"/>
+      <c r="D26" s="70"/>
+      <c r="E26" s="70"/>
+      <c r="F26" s="70"/>
+      <c r="H26" s="32"/>
+      <c r="K26" s="74"/>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" s="72"/>
+      <c r="B27" s="73"/>
+      <c r="C27" s="69"/>
+      <c r="D27" s="70"/>
+      <c r="E27" s="70"/>
+      <c r="F27" s="70"/>
+      <c r="H27" s="32"/>
+      <c r="K27" s="74"/>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" s="72"/>
+      <c r="B28" s="73"/>
+      <c r="C28" s="69"/>
+      <c r="D28" s="70"/>
+      <c r="E28" s="70"/>
+      <c r="F28" s="70"/>
+      <c r="H28" s="32"/>
+      <c r="K28" s="74"/>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" s="72"/>
+      <c r="B29" s="73"/>
+      <c r="C29" s="69"/>
+      <c r="D29" s="70"/>
+      <c r="E29" s="70"/>
+      <c r="F29" s="70"/>
+      <c r="H29" s="32"/>
+      <c r="K29" s="74"/>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" s="72"/>
+      <c r="B30" s="73"/>
+      <c r="C30" s="69"/>
+      <c r="D30" s="70"/>
+      <c r="E30" s="70"/>
+      <c r="F30" s="70"/>
+      <c r="H30" s="32"/>
+      <c r="K30" s="74"/>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" s="72"/>
+      <c r="B31" s="73"/>
+      <c r="C31" s="69"/>
+      <c r="D31" s="70"/>
+      <c r="E31" s="70"/>
+      <c r="F31" s="70"/>
+      <c r="H31" s="32"/>
+      <c r="K31" s="74"/>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" s="72"/>
+      <c r="B32" s="73"/>
+      <c r="C32" s="69"/>
+      <c r="D32" s="70"/>
+      <c r="E32" s="70"/>
+      <c r="F32" s="70"/>
+      <c r="H32" s="32"/>
+      <c r="K32" s="74"/>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" s="72"/>
+      <c r="B33" s="73"/>
+      <c r="C33" s="69"/>
+      <c r="D33" s="70"/>
+      <c r="E33" s="70"/>
+      <c r="F33" s="70"/>
+      <c r="H33" s="32"/>
+      <c r="K33" s="74"/>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" s="72"/>
+      <c r="B34" s="73"/>
+      <c r="C34" s="69"/>
+      <c r="D34" s="70"/>
+      <c r="E34" s="70"/>
+      <c r="F34" s="70"/>
+      <c r="H34" s="32"/>
+      <c r="K34" s="74"/>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" s="72"/>
+      <c r="B35" s="73"/>
+      <c r="C35" s="69"/>
+      <c r="D35" s="70"/>
+      <c r="E35" s="70"/>
+      <c r="F35" s="70"/>
+      <c r="H35" s="32"/>
+      <c r="K35" s="74"/>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" s="72"/>
+      <c r="B36" s="73"/>
+      <c r="C36" s="69"/>
+      <c r="D36" s="70"/>
+      <c r="E36" s="70"/>
+      <c r="F36" s="70"/>
+      <c r="H36" s="32"/>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" s="72"/>
+      <c r="B37" s="73"/>
+      <c r="C37" s="69"/>
+      <c r="D37" s="70"/>
+      <c r="E37" s="70"/>
+      <c r="F37" s="70"/>
+      <c r="H37" s="32"/>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" s="72"/>
+      <c r="B38" s="73"/>
+      <c r="C38" s="69"/>
+      <c r="D38" s="70"/>
+      <c r="E38" s="70"/>
+      <c r="F38" s="70"/>
+      <c r="H38" s="32"/>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" s="72"/>
+      <c r="B39" s="73"/>
+      <c r="C39" s="69"/>
+      <c r="D39" s="70"/>
+      <c r="E39" s="70"/>
+      <c r="F39" s="70"/>
+      <c r="H39" s="32"/>
+    </row>
+    <row r="40" spans="1:11">
+      <c r="A40" s="72"/>
+      <c r="B40" s="73"/>
+      <c r="C40" s="69"/>
+      <c r="D40" s="70"/>
+      <c r="E40" s="70"/>
+      <c r="F40" s="70"/>
+      <c r="H40" s="32"/>
+    </row>
+    <row r="41" spans="1:11">
+      <c r="A41" s="72"/>
+      <c r="B41" s="73"/>
+      <c r="C41" s="69"/>
+      <c r="D41" s="70"/>
+      <c r="E41" s="70"/>
+      <c r="F41" s="70"/>
+      <c r="H41" s="32"/>
+    </row>
+    <row r="42" spans="1:11">
+      <c r="A42" s="72"/>
+      <c r="B42" s="73"/>
+      <c r="C42" s="69"/>
+      <c r="D42" s="70"/>
+      <c r="E42" s="70"/>
+      <c r="F42" s="70"/>
+      <c r="H42" s="32"/>
+    </row>
+    <row r="43" spans="1:11">
+      <c r="A43" s="72"/>
+      <c r="B43" s="73"/>
+      <c r="C43" s="69"/>
+      <c r="D43" s="70"/>
+      <c r="E43" s="70"/>
+      <c r="F43" s="70"/>
+      <c r="H43" s="32"/>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" s="72"/>
+      <c r="B44" s="73"/>
+      <c r="C44" s="69"/>
+      <c r="D44" s="70"/>
+      <c r="E44" s="70"/>
+      <c r="F44" s="70"/>
+      <c r="H44" s="32"/>
+    </row>
+    <row r="45" spans="1:11">
+      <c r="A45" s="72"/>
+      <c r="B45" s="73"/>
+      <c r="C45" s="69"/>
+      <c r="D45" s="70"/>
+      <c r="E45" s="70"/>
+      <c r="F45" s="70"/>
+      <c r="H45" s="32"/>
+    </row>
+    <row r="46" spans="1:11">
+      <c r="A46" s="72"/>
+      <c r="B46" s="73"/>
+      <c r="C46" s="69"/>
+      <c r="D46" s="70"/>
+      <c r="E46" s="70"/>
+      <c r="F46" s="70"/>
+      <c r="H46" s="32"/>
+    </row>
+    <row r="47" spans="1:11">
+      <c r="A47" s="72"/>
+      <c r="B47" s="73"/>
+      <c r="C47" s="69"/>
+      <c r="D47" s="70"/>
+      <c r="E47" s="70"/>
+      <c r="F47" s="70"/>
+      <c r="H47" s="32"/>
+    </row>
+    <row r="48" spans="1:11">
+      <c r="A48" s="72"/>
+      <c r="B48" s="73"/>
+      <c r="C48" s="69"/>
+      <c r="D48" s="70"/>
+      <c r="E48" s="70"/>
+      <c r="F48" s="70"/>
+      <c r="H48" s="32"/>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="72"/>
+      <c r="B49" s="73"/>
+      <c r="C49" s="69"/>
+      <c r="D49" s="70"/>
+      <c r="E49" s="70"/>
+      <c r="F49" s="70"/>
+      <c r="H49" s="32"/>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="72"/>
+      <c r="B50" s="73"/>
+      <c r="C50" s="69"/>
+      <c r="D50" s="70"/>
+      <c r="E50" s="70"/>
+      <c r="F50" s="70"/>
+      <c r="H50" s="32"/>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="72"/>
+      <c r="B51" s="73"/>
+      <c r="C51" s="69"/>
+      <c r="D51" s="70"/>
+      <c r="E51" s="70"/>
+      <c r="F51" s="70"/>
+      <c r="H51" s="32"/>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="72"/>
+      <c r="B52" s="73"/>
+      <c r="C52" s="69"/>
+      <c r="D52" s="70"/>
+      <c r="E52" s="70"/>
+      <c r="F52" s="70"/>
+      <c r="H52" s="32"/>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="72"/>
+      <c r="B53" s="73"/>
+      <c r="C53" s="69"/>
+      <c r="D53" s="70"/>
+      <c r="E53" s="70"/>
+      <c r="F53" s="70"/>
+      <c r="H53" s="32"/>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="72"/>
+      <c r="B54" s="73"/>
+      <c r="C54" s="69"/>
+      <c r="D54" s="70"/>
+      <c r="E54" s="70"/>
+      <c r="F54" s="70"/>
+      <c r="H54" s="32"/>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="72"/>
+      <c r="B55" s="73"/>
+      <c r="C55" s="69"/>
+      <c r="D55" s="70"/>
+      <c r="E55" s="70"/>
+      <c r="F55" s="70"/>
+      <c r="H55" s="32"/>
+    </row>
+    <row r="56" spans="1:9" ht="14.4" thickBot="1">
+      <c r="A56" s="72"/>
+      <c r="B56" s="73"/>
+      <c r="C56" s="69"/>
+      <c r="D56" s="70"/>
+      <c r="E56" s="70"/>
+      <c r="F56" s="70"/>
+      <c r="H56" s="32"/>
+    </row>
+    <row r="57" spans="1:9" s="93" customFormat="1" ht="15" thickBot="1">
+      <c r="A57" s="100" t="s">
+        <v>141</v>
+      </c>
+      <c r="B57" s="141" t="s">
+        <v>147</v>
+      </c>
+      <c r="C57" s="142"/>
+      <c r="D57" s="142"/>
+      <c r="E57" s="142"/>
+      <c r="F57" s="142"/>
+      <c r="G57" s="142"/>
+      <c r="H57" s="142"/>
+      <c r="I57" s="143"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7ciaWOxTaMj6Em4cvQlTjTG1U8r+nPagUmK33JRSFd1bMqoEmjl80f/N9bAx6HqGvGu5ZZaqEetVEdGwqFkEyw==" saltValue="X63fTDqjYmqYChLedACNfg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...1 lines deleted...]
-    <mergeCell ref="A21:H21"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1" insertRows="0"/>
+  <mergeCells count="11">
+    <mergeCell ref="B57:I57"/>
+    <mergeCell ref="A23:H23"/>
     <mergeCell ref="A16:H16"/>
     <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A21:H21"/>
+    <mergeCell ref="A13:H13"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
-    <mergeCell ref="A13:H13"/>
   </mergeCells>
   <dataValidations count="8">
-    <dataValidation type="date" errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" errorTitle="date" error="Indiquer la date de prélèvement au format dd-mm-aa à partir du 01-01-2018" sqref="A23:A39" xr:uid="{00000000-0002-0000-0300-000001000000}">
-      <formula1>43101</formula1>
+    <dataValidation type="decimal" errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" errorTitle="Concentration sulfate" error="Indiquer la concentration mesurée en sulfate. Si la concentration est inférieure à la limite de quantification, introduire la limite sans signe &quot;&lt;&quot;" sqref="G58:G1048576 G24:G56" xr:uid="{C44668D8-CEEA-493D-99EA-A2E1234CC55D}">
+      <formula1>0</formula1>
     </dataValidation>
-    <dataValidation operator="greaterThanOrEqual" allowBlank="1" showErrorMessage="1" sqref="H23:H39" xr:uid="{00000000-0002-0000-0300-000002000000}"/>
-    <dataValidation type="list" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Granulométrie du lot" error="indiquer le d/D diamètre inférieur et supérieur des granulats recyclés" sqref="F23:F39" xr:uid="{00000000-0002-0000-0300-000003000000}">
+    <dataValidation type="decimal" errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" errorTitle="taille du lot" error="Introduire la masse totale du lot de granulats recyclés correspondant au prélèvement, toutes granulométries confondues" sqref="E24:E56" xr:uid="{F72153CD-783A-41AB-BAF1-7AA733C4928D}">
+      <formula1>0</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="type de granulats recyclés" error="Introduire 1 des 3 types prévus dans la liste" sqref="D24:D56" xr:uid="{D01A7779-D150-47F5-B1CE-FE08CC623AEF}">
+      <formula1>"béton, mixtes, enrobés bitumineux, graves de préscalpage mixtes, graves de préscalpage béton/bitume, pierres naturelles, matériaux pierreux"</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="type d'analyse" error="Indiquer s'il s'agit d'une analyse ou d'une contre-analyse (pour vérifier un premier constat de dépassement d'une première analyse.)" sqref="C24:C56" xr:uid="{BF252815-C1C4-4431-AAB0-B0E69E96DFD5}">
+      <formula1>"analyse, contre-analyse"</formula1>
+    </dataValidation>
+    <dataValidation errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" sqref="B24:B57" xr:uid="{4F79D80A-258D-43F0-8DE7-76C7AF3E4AE7}"/>
+    <dataValidation type="list" errorStyle="information" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Granulométrie du lot" error="indiquer le d/D diamètre inférieur et supérieur des granulats recyclés" sqref="F24:F56" xr:uid="{6CE2C3F8-D8BD-4723-AF9F-6A791D1A692D}">
       <mc:AlternateContent xmlns:x12ac="http://schemas.microsoft.com/office/spreadsheetml/2011/1/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
         <mc:Choice Requires="x12ac">
           <x12ac:list>0/2, 0/4, 0/8, 0/20," 0/31,5", 0/40</x12ac:list>
         </mc:Choice>
         <mc:Fallback>
           <formula1>"0/2, 0/4, 0/8, 0/20, 0/31,5, 0/40"</formula1>
         </mc:Fallback>
       </mc:AlternateContent>
     </dataValidation>
-    <dataValidation errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" sqref="B23:B39" xr:uid="{00000000-0002-0000-0300-000005000000}"/>
-[...1 lines deleted...]
-      <formula1>"analyse, contre-analyse"</formula1>
+    <dataValidation operator="greaterThanOrEqual" allowBlank="1" showErrorMessage="1" sqref="H24:H56" xr:uid="{4F7C0C91-24CC-4DA9-A8FF-FF36A37A7CF2}"/>
+    <dataValidation type="date" errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" errorTitle="date" error="Indiquer la date de prélèvement au format dd-mm-aa à partir du 01-01-2018" sqref="A24:A57" xr:uid="{A8AC3BF2-3721-485F-96F4-5169E113DC21}">
+      <formula1>43101</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="type de granulats recyclés" error="Introduire 1 des 3 types prévus dans la liste" sqref="D23:D39" xr:uid="{C5E54252-279A-43B0-A547-61401276BA96}">
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2C2A232-1328-489B-8001-CC1A84683085}">
+  <dimension ref="A1:I96"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A16" sqref="A16"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="40" customWidth="1"/>
+    <col min="2" max="2" width="19.296875" customWidth="1"/>
+    <col min="3" max="3" width="14.59765625" customWidth="1"/>
+    <col min="4" max="4" width="17.09765625" customWidth="1"/>
+    <col min="5" max="5" width="18.3984375" customWidth="1"/>
+    <col min="6" max="7" width="30.69921875" customWidth="1"/>
+    <col min="8" max="8" width="16.69921875" customWidth="1"/>
+    <col min="9" max="9" width="33.59765625" customWidth="1"/>
+    <col min="10" max="16384" width="11.59765625" hidden="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="21" customHeight="1">
+      <c r="A1" s="120" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="125"/>
+      <c r="C1" s="125"/>
+      <c r="D1" s="125"/>
+      <c r="E1" s="125"/>
+      <c r="F1" s="125"/>
+      <c r="G1" s="125"/>
+      <c r="H1" s="125"/>
+      <c r="I1" s="125"/>
+    </row>
+    <row r="2" spans="1:9" ht="21" customHeight="1">
+      <c r="A2" s="120" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="125"/>
+      <c r="C2" s="125"/>
+      <c r="D2" s="125"/>
+      <c r="E2" s="125"/>
+      <c r="F2" s="125"/>
+      <c r="G2" s="125"/>
+      <c r="H2" s="125"/>
+      <c r="I2" s="125"/>
+    </row>
+    <row r="3" spans="1:9" ht="21" customHeight="1">
+      <c r="A3" s="120"/>
+      <c r="B3" s="125"/>
+      <c r="C3" s="125"/>
+      <c r="D3" s="125"/>
+      <c r="E3" s="125"/>
+      <c r="F3" s="125"/>
+      <c r="G3" s="125"/>
+      <c r="H3" s="125"/>
+      <c r="I3" s="125"/>
+    </row>
+    <row r="4" spans="1:9" ht="21" customHeight="1">
+      <c r="A4" s="120" t="s">
+        <v>96</v>
+      </c>
+      <c r="B4" s="125"/>
+      <c r="C4" s="125"/>
+      <c r="D4" s="125"/>
+      <c r="E4" s="125"/>
+      <c r="F4" s="125"/>
+      <c r="G4" s="125"/>
+      <c r="H4" s="125"/>
+      <c r="I4" s="125"/>
+    </row>
+    <row r="5" spans="1:9" ht="21.6" customHeight="1" thickBot="1">
+      <c r="A5" s="122" t="s">
+        <v>97</v>
+      </c>
+      <c r="B5" s="126"/>
+      <c r="C5" s="126"/>
+      <c r="D5" s="126"/>
+      <c r="E5" s="126"/>
+      <c r="F5" s="126"/>
+      <c r="G5" s="126"/>
+      <c r="H5" s="126"/>
+      <c r="I5" s="126"/>
+    </row>
+    <row r="6" spans="1:9" ht="13.8"/>
+    <row r="7" spans="1:9" ht="13.8"/>
+    <row r="8" spans="1:9" ht="13.8">
+      <c r="A8" s="61" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="16">
+        <f>Identification!B8</f>
+        <v>0</v>
+      </c>
+      <c r="C8" s="75"/>
+      <c r="D8" s="75"/>
+      <c r="E8" s="75"/>
+      <c r="F8" s="62"/>
+      <c r="G8" s="62"/>
+      <c r="H8" s="62"/>
+    </row>
+    <row r="9" spans="1:9" ht="13.8">
+      <c r="A9" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="16">
+        <f>Identification!B9</f>
+        <v>0</v>
+      </c>
+      <c r="C9" s="76"/>
+      <c r="D9" s="76"/>
+      <c r="E9" s="76"/>
+      <c r="F9" s="29"/>
+      <c r="G9" s="29"/>
+      <c r="H9" s="29"/>
+    </row>
+    <row r="10" spans="1:9" ht="13.8">
+      <c r="A10" s="61" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="16">
+        <f>Identification!B10</f>
+        <v>0</v>
+      </c>
+      <c r="C10" s="76"/>
+      <c r="D10" s="76"/>
+      <c r="E10" s="76"/>
+      <c r="F10" s="29"/>
+      <c r="G10" s="29"/>
+      <c r="H10" s="29"/>
+    </row>
+    <row r="11" spans="1:9" ht="13.8"/>
+    <row r="12" spans="1:9" ht="13.8">
+      <c r="A12" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="B12" s="63"/>
+      <c r="C12" s="63"/>
+      <c r="D12" s="63"/>
+      <c r="E12" s="63"/>
+      <c r="F12" s="63"/>
+    </row>
+    <row r="13" spans="1:9" ht="13.8"/>
+    <row r="14" spans="1:9" s="140" customFormat="1" ht="34.5" customHeight="1">
+      <c r="A14" s="140" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" s="77" customFormat="1" ht="32.25" customHeight="1">
+      <c r="A15" s="140" t="s">
+        <v>144</v>
+      </c>
+      <c r="B15" s="140"/>
+      <c r="C15" s="140"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="140"/>
+      <c r="F15" s="140"/>
+      <c r="G15" s="140"/>
+      <c r="H15" s="140"/>
+      <c r="I15" s="140"/>
+    </row>
+    <row r="16" spans="1:9" ht="18" customHeight="1">
+      <c r="A16" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="13.8"/>
+    <row r="18" spans="1:9" ht="13.8"/>
+    <row r="19" spans="1:9" ht="14.4" thickBot="1">
+      <c r="A19" s="59" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" s="77" customFormat="1" ht="43.8" thickBot="1">
+      <c r="A20" s="175" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="176" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" s="175" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" s="175" t="s">
+        <v>101</v>
+      </c>
+      <c r="E20" s="175" t="s">
+        <v>102</v>
+      </c>
+      <c r="F20" s="175" t="s">
+        <v>103</v>
+      </c>
+      <c r="G20" s="175" t="s">
+        <v>103</v>
+      </c>
+      <c r="H20" s="175" t="s">
+        <v>104</v>
+      </c>
+      <c r="I20" s="175" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" thickBot="1">
+      <c r="A21" s="177"/>
+      <c r="B21" s="177"/>
+      <c r="C21" s="177"/>
+      <c r="D21" s="177"/>
+      <c r="E21" s="178"/>
+      <c r="F21" s="178"/>
+      <c r="G21" s="178"/>
+      <c r="H21" s="179"/>
+      <c r="I21" s="179"/>
+    </row>
+    <row r="22" spans="1:9" thickBot="1">
+      <c r="A22" s="180"/>
+      <c r="B22" s="180"/>
+      <c r="C22" s="180"/>
+      <c r="D22" s="180"/>
+      <c r="E22" s="181"/>
+      <c r="F22" s="181"/>
+      <c r="G22" s="181"/>
+      <c r="H22" s="182"/>
+      <c r="I22" s="182"/>
+    </row>
+    <row r="23" spans="1:9" thickBot="1">
+      <c r="A23" s="177"/>
+      <c r="B23" s="177"/>
+      <c r="C23" s="177"/>
+      <c r="D23" s="177"/>
+      <c r="E23" s="178"/>
+      <c r="F23" s="178"/>
+      <c r="G23" s="178"/>
+      <c r="H23" s="179"/>
+      <c r="I23" s="179"/>
+    </row>
+    <row r="24" spans="1:9" thickBot="1">
+      <c r="A24" s="180"/>
+      <c r="B24" s="180"/>
+      <c r="C24" s="180"/>
+      <c r="D24" s="180"/>
+      <c r="E24" s="181"/>
+      <c r="F24" s="181"/>
+      <c r="G24" s="181"/>
+      <c r="H24" s="182"/>
+      <c r="I24" s="182"/>
+    </row>
+    <row r="25" spans="1:9" thickBot="1">
+      <c r="A25" s="177"/>
+      <c r="B25" s="177"/>
+      <c r="C25" s="177"/>
+      <c r="D25" s="177"/>
+      <c r="E25" s="178"/>
+      <c r="F25" s="178"/>
+      <c r="G25" s="178"/>
+      <c r="H25" s="179"/>
+      <c r="I25" s="179"/>
+    </row>
+    <row r="26" spans="1:9" thickBot="1">
+      <c r="A26" s="180"/>
+      <c r="B26" s="180"/>
+      <c r="C26" s="180"/>
+      <c r="D26" s="180"/>
+      <c r="E26" s="181"/>
+      <c r="F26" s="181"/>
+      <c r="G26" s="181"/>
+      <c r="H26" s="182"/>
+      <c r="I26" s="182"/>
+    </row>
+    <row r="27" spans="1:9" thickBot="1">
+      <c r="A27" s="177"/>
+      <c r="B27" s="177"/>
+      <c r="C27" s="177"/>
+      <c r="D27" s="177"/>
+      <c r="E27" s="178"/>
+      <c r="F27" s="178"/>
+      <c r="G27" s="178"/>
+      <c r="H27" s="179"/>
+      <c r="I27" s="179"/>
+    </row>
+    <row r="28" spans="1:9" thickBot="1">
+      <c r="A28" s="180"/>
+      <c r="B28" s="180"/>
+      <c r="C28" s="180"/>
+      <c r="D28" s="180"/>
+      <c r="E28" s="181"/>
+      <c r="F28" s="181"/>
+      <c r="G28" s="181"/>
+      <c r="H28" s="182"/>
+      <c r="I28" s="182"/>
+    </row>
+    <row r="29" spans="1:9" thickBot="1">
+      <c r="A29" s="177"/>
+      <c r="B29" s="177"/>
+      <c r="C29" s="177"/>
+      <c r="D29" s="177"/>
+      <c r="E29" s="178"/>
+      <c r="F29" s="178"/>
+      <c r="G29" s="178"/>
+      <c r="H29" s="179"/>
+      <c r="I29" s="179"/>
+    </row>
+    <row r="30" spans="1:9" thickBot="1">
+      <c r="A30" s="180"/>
+      <c r="B30" s="180"/>
+      <c r="C30" s="180"/>
+      <c r="D30" s="180"/>
+      <c r="E30" s="181"/>
+      <c r="F30" s="181"/>
+      <c r="G30" s="181"/>
+      <c r="H30" s="182"/>
+      <c r="I30" s="182"/>
+    </row>
+    <row r="31" spans="1:9" thickBot="1">
+      <c r="A31" s="177"/>
+      <c r="B31" s="177"/>
+      <c r="C31" s="177"/>
+      <c r="D31" s="177"/>
+      <c r="E31" s="178"/>
+      <c r="F31" s="178"/>
+      <c r="G31" s="178"/>
+      <c r="H31" s="179"/>
+      <c r="I31" s="179"/>
+    </row>
+    <row r="32" spans="1:9" thickBot="1">
+      <c r="A32" s="180"/>
+      <c r="B32" s="180"/>
+      <c r="C32" s="180"/>
+      <c r="D32" s="180"/>
+      <c r="E32" s="181"/>
+      <c r="F32" s="181"/>
+      <c r="G32" s="181"/>
+      <c r="H32" s="182"/>
+      <c r="I32" s="182"/>
+    </row>
+    <row r="33" spans="1:9" thickBot="1">
+      <c r="A33" s="177"/>
+      <c r="B33" s="177"/>
+      <c r="C33" s="177"/>
+      <c r="D33" s="177"/>
+      <c r="E33" s="178"/>
+      <c r="F33" s="178"/>
+      <c r="G33" s="178"/>
+      <c r="H33" s="179"/>
+      <c r="I33" s="179"/>
+    </row>
+    <row r="34" spans="1:9" thickBot="1">
+      <c r="A34" s="180"/>
+      <c r="B34" s="180"/>
+      <c r="C34" s="180"/>
+      <c r="D34" s="180"/>
+      <c r="E34" s="181"/>
+      <c r="F34" s="181"/>
+      <c r="G34" s="181"/>
+      <c r="H34" s="182"/>
+      <c r="I34" s="182"/>
+    </row>
+    <row r="35" spans="1:9" thickBot="1">
+      <c r="A35" s="177"/>
+      <c r="B35" s="177"/>
+      <c r="C35" s="177"/>
+      <c r="D35" s="177"/>
+      <c r="E35" s="178"/>
+      <c r="F35" s="178"/>
+      <c r="G35" s="178"/>
+      <c r="H35" s="179"/>
+      <c r="I35" s="179"/>
+    </row>
+    <row r="36" spans="1:9" thickBot="1">
+      <c r="A36" s="180"/>
+      <c r="B36" s="180"/>
+      <c r="C36" s="180"/>
+      <c r="D36" s="180"/>
+      <c r="E36" s="181"/>
+      <c r="F36" s="181"/>
+      <c r="G36" s="181"/>
+      <c r="H36" s="182"/>
+      <c r="I36" s="182"/>
+    </row>
+    <row r="37" spans="1:9" thickBot="1">
+      <c r="A37" s="177"/>
+      <c r="B37" s="177"/>
+      <c r="C37" s="177"/>
+      <c r="D37" s="177"/>
+      <c r="E37" s="178"/>
+      <c r="F37" s="178"/>
+      <c r="G37" s="178"/>
+      <c r="H37" s="179"/>
+      <c r="I37" s="179"/>
+    </row>
+    <row r="38" spans="1:9" thickBot="1">
+      <c r="A38" s="180"/>
+      <c r="B38" s="180"/>
+      <c r="C38" s="180"/>
+      <c r="D38" s="180"/>
+      <c r="E38" s="181"/>
+      <c r="F38" s="181"/>
+      <c r="G38" s="181"/>
+      <c r="H38" s="182"/>
+      <c r="I38" s="182"/>
+    </row>
+    <row r="39" spans="1:9" thickBot="1">
+      <c r="A39" s="177"/>
+      <c r="B39" s="177"/>
+      <c r="C39" s="177"/>
+      <c r="D39" s="177"/>
+      <c r="E39" s="178"/>
+      <c r="F39" s="178"/>
+      <c r="G39" s="178"/>
+      <c r="H39" s="179"/>
+      <c r="I39" s="179"/>
+    </row>
+    <row r="40" spans="1:9" thickBot="1">
+      <c r="A40" s="180"/>
+      <c r="B40" s="180"/>
+      <c r="C40" s="180"/>
+      <c r="D40" s="180"/>
+      <c r="E40" s="181"/>
+      <c r="F40" s="181"/>
+      <c r="G40" s="181"/>
+      <c r="H40" s="182"/>
+      <c r="I40" s="182"/>
+    </row>
+    <row r="41" spans="1:9" thickBot="1">
+      <c r="A41" s="177"/>
+      <c r="B41" s="177"/>
+      <c r="C41" s="177"/>
+      <c r="D41" s="177"/>
+      <c r="E41" s="178"/>
+      <c r="F41" s="178"/>
+      <c r="G41" s="178"/>
+      <c r="H41" s="179"/>
+      <c r="I41" s="179"/>
+    </row>
+    <row r="42" spans="1:9" thickBot="1">
+      <c r="A42" s="180"/>
+      <c r="B42" s="180"/>
+      <c r="C42" s="180"/>
+      <c r="D42" s="180"/>
+      <c r="E42" s="181"/>
+      <c r="F42" s="181"/>
+      <c r="G42" s="181"/>
+      <c r="H42" s="182"/>
+      <c r="I42" s="182"/>
+    </row>
+    <row r="43" spans="1:9" thickBot="1">
+      <c r="A43" s="177"/>
+      <c r="B43" s="177"/>
+      <c r="C43" s="177"/>
+      <c r="D43" s="177"/>
+      <c r="E43" s="178"/>
+      <c r="F43" s="178"/>
+      <c r="G43" s="178"/>
+      <c r="H43" s="179"/>
+      <c r="I43" s="179"/>
+    </row>
+    <row r="44" spans="1:9" thickBot="1">
+      <c r="A44" s="180"/>
+      <c r="B44" s="180"/>
+      <c r="C44" s="180"/>
+      <c r="D44" s="180"/>
+      <c r="E44" s="181"/>
+      <c r="F44" s="181"/>
+      <c r="G44" s="181"/>
+      <c r="H44" s="182"/>
+      <c r="I44" s="182"/>
+    </row>
+    <row r="45" spans="1:9" thickBot="1">
+      <c r="A45" s="177"/>
+      <c r="B45" s="177"/>
+      <c r="C45" s="177"/>
+      <c r="D45" s="177"/>
+      <c r="E45" s="178"/>
+      <c r="F45" s="178"/>
+      <c r="G45" s="178"/>
+      <c r="H45" s="179"/>
+      <c r="I45" s="179"/>
+    </row>
+    <row r="46" spans="1:9" thickBot="1">
+      <c r="A46" s="180"/>
+      <c r="B46" s="180"/>
+      <c r="C46" s="180"/>
+      <c r="D46" s="180"/>
+      <c r="E46" s="181"/>
+      <c r="F46" s="181"/>
+      <c r="G46" s="181"/>
+      <c r="H46" s="182"/>
+      <c r="I46" s="182"/>
+    </row>
+    <row r="47" spans="1:9" ht="12.6" customHeight="1" thickBot="1">
+      <c r="A47" s="177"/>
+      <c r="B47" s="177"/>
+      <c r="C47" s="177"/>
+      <c r="D47" s="177"/>
+      <c r="E47" s="178"/>
+      <c r="F47" s="178"/>
+      <c r="G47" s="178"/>
+      <c r="H47" s="179"/>
+      <c r="I47" s="179"/>
+    </row>
+    <row r="48" spans="1:9" thickBot="1">
+      <c r="A48" s="180"/>
+      <c r="B48" s="180"/>
+      <c r="C48" s="180"/>
+      <c r="D48" s="180"/>
+      <c r="E48" s="181"/>
+      <c r="F48" s="181"/>
+      <c r="G48" s="181"/>
+      <c r="H48" s="182"/>
+      <c r="I48" s="182"/>
+    </row>
+    <row r="49" spans="1:9" thickBot="1">
+      <c r="A49" s="177"/>
+      <c r="B49" s="177"/>
+      <c r="C49" s="177"/>
+      <c r="D49" s="177"/>
+      <c r="E49" s="178"/>
+      <c r="F49" s="178"/>
+      <c r="G49" s="178"/>
+      <c r="H49" s="179"/>
+      <c r="I49" s="179"/>
+    </row>
+    <row r="50" spans="1:9" thickBot="1">
+      <c r="A50" s="180"/>
+      <c r="B50" s="180"/>
+      <c r="C50" s="180"/>
+      <c r="D50" s="180"/>
+      <c r="E50" s="181"/>
+      <c r="F50" s="181"/>
+      <c r="G50" s="181"/>
+      <c r="H50" s="182"/>
+      <c r="I50" s="182"/>
+    </row>
+    <row r="51" spans="1:9" s="59" customFormat="1" thickBot="1">
+      <c r="A51" s="100" t="s">
+        <v>141</v>
+      </c>
+      <c r="B51" s="141" t="s">
+        <v>147</v>
+      </c>
+      <c r="C51" s="142"/>
+      <c r="D51" s="142"/>
+      <c r="E51" s="142"/>
+      <c r="F51" s="142"/>
+      <c r="G51" s="142"/>
+      <c r="H51" s="142"/>
+      <c r="I51" s="143"/>
+    </row>
+    <row r="52" spans="1:9" ht="14.4" thickBot="1"/>
+    <row r="53" spans="1:9" ht="13.8">
+      <c r="A53" s="154" t="s">
+        <v>106</v>
+      </c>
+      <c r="B53" s="155"/>
+      <c r="C53" s="155"/>
+      <c r="D53" s="155"/>
+      <c r="E53" s="155"/>
+      <c r="F53" s="155"/>
+      <c r="G53" s="155"/>
+      <c r="H53" s="155"/>
+      <c r="I53" s="156"/>
+    </row>
+    <row r="54" spans="1:9" ht="13.8">
+      <c r="A54" s="157" t="s">
+        <v>142</v>
+      </c>
+      <c r="B54" s="158"/>
+      <c r="C54" s="158"/>
+      <c r="D54" s="158"/>
+      <c r="E54" s="158"/>
+      <c r="F54" s="158"/>
+      <c r="G54" s="158"/>
+      <c r="H54" s="158"/>
+      <c r="I54" s="159"/>
+    </row>
+    <row r="55" spans="1:9" ht="13.8">
+      <c r="A55" s="157"/>
+      <c r="B55" s="158"/>
+      <c r="C55" s="158"/>
+      <c r="D55" s="158"/>
+      <c r="E55" s="158"/>
+      <c r="F55" s="158"/>
+      <c r="G55" s="158"/>
+      <c r="H55" s="158"/>
+      <c r="I55" s="159"/>
+    </row>
+    <row r="56" spans="1:9" ht="13.8">
+      <c r="A56" s="157"/>
+      <c r="B56" s="158"/>
+      <c r="C56" s="158"/>
+      <c r="D56" s="158"/>
+      <c r="E56" s="158"/>
+      <c r="F56" s="158"/>
+      <c r="G56" s="158"/>
+      <c r="H56" s="158"/>
+      <c r="I56" s="159"/>
+    </row>
+    <row r="57" spans="1:9" ht="13.8">
+      <c r="A57" s="157"/>
+      <c r="B57" s="158"/>
+      <c r="C57" s="158"/>
+      <c r="D57" s="158"/>
+      <c r="E57" s="158"/>
+      <c r="F57" s="158"/>
+      <c r="G57" s="158"/>
+      <c r="H57" s="158"/>
+      <c r="I57" s="159"/>
+    </row>
+    <row r="58" spans="1:9" ht="13.8">
+      <c r="A58" s="157"/>
+      <c r="B58" s="158"/>
+      <c r="C58" s="158"/>
+      <c r="D58" s="158"/>
+      <c r="E58" s="158"/>
+      <c r="F58" s="158"/>
+      <c r="G58" s="158"/>
+      <c r="H58" s="158"/>
+      <c r="I58" s="159"/>
+    </row>
+    <row r="59" spans="1:9" ht="13.8">
+      <c r="A59" s="157"/>
+      <c r="B59" s="158"/>
+      <c r="C59" s="158"/>
+      <c r="D59" s="158"/>
+      <c r="E59" s="158"/>
+      <c r="F59" s="158"/>
+      <c r="G59" s="158"/>
+      <c r="H59" s="158"/>
+      <c r="I59" s="159"/>
+    </row>
+    <row r="60" spans="1:9" ht="13.8">
+      <c r="A60" s="157"/>
+      <c r="B60" s="158"/>
+      <c r="C60" s="158"/>
+      <c r="D60" s="158"/>
+      <c r="E60" s="158"/>
+      <c r="F60" s="158"/>
+      <c r="G60" s="158"/>
+      <c r="H60" s="158"/>
+      <c r="I60" s="159"/>
+    </row>
+    <row r="61" spans="1:9" ht="13.8">
+      <c r="A61" s="157"/>
+      <c r="B61" s="158"/>
+      <c r="C61" s="158"/>
+      <c r="D61" s="158"/>
+      <c r="E61" s="158"/>
+      <c r="F61" s="158"/>
+      <c r="G61" s="158"/>
+      <c r="H61" s="158"/>
+      <c r="I61" s="159"/>
+    </row>
+    <row r="62" spans="1:9" ht="13.8">
+      <c r="A62" s="157"/>
+      <c r="B62" s="158"/>
+      <c r="C62" s="158"/>
+      <c r="D62" s="158"/>
+      <c r="E62" s="158"/>
+      <c r="F62" s="158"/>
+      <c r="G62" s="158"/>
+      <c r="H62" s="158"/>
+      <c r="I62" s="159"/>
+    </row>
+    <row r="63" spans="1:9" ht="13.8">
+      <c r="A63" s="157"/>
+      <c r="B63" s="158"/>
+      <c r="C63" s="158"/>
+      <c r="D63" s="158"/>
+      <c r="E63" s="158"/>
+      <c r="F63" s="158"/>
+      <c r="G63" s="158"/>
+      <c r="H63" s="158"/>
+      <c r="I63" s="159"/>
+    </row>
+    <row r="64" spans="1:9" ht="13.8">
+      <c r="A64" s="157"/>
+      <c r="B64" s="158"/>
+      <c r="C64" s="158"/>
+      <c r="D64" s="158"/>
+      <c r="E64" s="158"/>
+      <c r="F64" s="158"/>
+      <c r="G64" s="158"/>
+      <c r="H64" s="158"/>
+      <c r="I64" s="159"/>
+    </row>
+    <row r="65" spans="1:9" ht="13.8">
+      <c r="A65" s="157"/>
+      <c r="B65" s="158"/>
+      <c r="C65" s="158"/>
+      <c r="D65" s="158"/>
+      <c r="E65" s="158"/>
+      <c r="F65" s="158"/>
+      <c r="G65" s="158"/>
+      <c r="H65" s="158"/>
+      <c r="I65" s="159"/>
+    </row>
+    <row r="66" spans="1:9" ht="13.8">
+      <c r="A66" s="157"/>
+      <c r="B66" s="158"/>
+      <c r="C66" s="158"/>
+      <c r="D66" s="158"/>
+      <c r="E66" s="158"/>
+      <c r="F66" s="158"/>
+      <c r="G66" s="158"/>
+      <c r="H66" s="158"/>
+      <c r="I66" s="159"/>
+    </row>
+    <row r="67" spans="1:9" ht="13.8">
+      <c r="A67" s="157"/>
+      <c r="B67" s="158"/>
+      <c r="C67" s="158"/>
+      <c r="D67" s="158"/>
+      <c r="E67" s="158"/>
+      <c r="F67" s="158"/>
+      <c r="G67" s="158"/>
+      <c r="H67" s="158"/>
+      <c r="I67" s="159"/>
+    </row>
+    <row r="68" spans="1:9" ht="13.8">
+      <c r="A68" s="157"/>
+      <c r="B68" s="158"/>
+      <c r="C68" s="158"/>
+      <c r="D68" s="158"/>
+      <c r="E68" s="158"/>
+      <c r="F68" s="158"/>
+      <c r="G68" s="158"/>
+      <c r="H68" s="158"/>
+      <c r="I68" s="159"/>
+    </row>
+    <row r="69" spans="1:9" ht="14.4" thickBot="1">
+      <c r="A69" s="160"/>
+      <c r="B69" s="161"/>
+      <c r="C69" s="161"/>
+      <c r="D69" s="161"/>
+      <c r="E69" s="161"/>
+      <c r="F69" s="161"/>
+      <c r="G69" s="161"/>
+      <c r="H69" s="161"/>
+      <c r="I69" s="162"/>
+    </row>
+    <row r="70" spans="1:9" ht="14.4" thickBot="1"/>
+    <row r="71" spans="1:9" ht="15" customHeight="1">
+      <c r="A71" s="154" t="s">
+        <v>107</v>
+      </c>
+      <c r="B71" s="155"/>
+      <c r="C71" s="155"/>
+      <c r="D71" s="155"/>
+      <c r="E71" s="155"/>
+      <c r="F71" s="155"/>
+      <c r="G71" s="155"/>
+      <c r="H71" s="155"/>
+      <c r="I71" s="156"/>
+    </row>
+    <row r="72" spans="1:9" ht="13.8">
+      <c r="A72" s="157" t="s">
+        <v>142</v>
+      </c>
+      <c r="B72" s="158"/>
+      <c r="C72" s="158"/>
+      <c r="D72" s="158"/>
+      <c r="E72" s="158"/>
+      <c r="F72" s="158"/>
+      <c r="G72" s="158"/>
+      <c r="H72" s="158"/>
+      <c r="I72" s="159"/>
+    </row>
+    <row r="73" spans="1:9" ht="13.8">
+      <c r="A73" s="157"/>
+      <c r="B73" s="158"/>
+      <c r="C73" s="158"/>
+      <c r="D73" s="158"/>
+      <c r="E73" s="158"/>
+      <c r="F73" s="158"/>
+      <c r="G73" s="158"/>
+      <c r="H73" s="158"/>
+      <c r="I73" s="159"/>
+    </row>
+    <row r="74" spans="1:9" ht="13.8">
+      <c r="A74" s="157"/>
+      <c r="B74" s="158"/>
+      <c r="C74" s="158"/>
+      <c r="D74" s="158"/>
+      <c r="E74" s="158"/>
+      <c r="F74" s="158"/>
+      <c r="G74" s="158"/>
+      <c r="H74" s="158"/>
+      <c r="I74" s="159"/>
+    </row>
+    <row r="75" spans="1:9" ht="13.8">
+      <c r="A75" s="157"/>
+      <c r="B75" s="158"/>
+      <c r="C75" s="158"/>
+      <c r="D75" s="158"/>
+      <c r="E75" s="158"/>
+      <c r="F75" s="158"/>
+      <c r="G75" s="158"/>
+      <c r="H75" s="158"/>
+      <c r="I75" s="159"/>
+    </row>
+    <row r="76" spans="1:9" ht="13.8">
+      <c r="A76" s="157"/>
+      <c r="B76" s="158"/>
+      <c r="C76" s="158"/>
+      <c r="D76" s="158"/>
+      <c r="E76" s="158"/>
+      <c r="F76" s="158"/>
+      <c r="G76" s="158"/>
+      <c r="H76" s="158"/>
+      <c r="I76" s="159"/>
+    </row>
+    <row r="77" spans="1:9" ht="13.8">
+      <c r="A77" s="157"/>
+      <c r="B77" s="158"/>
+      <c r="C77" s="158"/>
+      <c r="D77" s="158"/>
+      <c r="E77" s="158"/>
+      <c r="F77" s="158"/>
+      <c r="G77" s="158"/>
+      <c r="H77" s="158"/>
+      <c r="I77" s="159"/>
+    </row>
+    <row r="78" spans="1:9" ht="13.8">
+      <c r="A78" s="157"/>
+      <c r="B78" s="158"/>
+      <c r="C78" s="158"/>
+      <c r="D78" s="158"/>
+      <c r="E78" s="158"/>
+      <c r="F78" s="158"/>
+      <c r="G78" s="158"/>
+      <c r="H78" s="158"/>
+      <c r="I78" s="159"/>
+    </row>
+    <row r="79" spans="1:9" ht="13.8">
+      <c r="A79" s="157"/>
+      <c r="B79" s="158"/>
+      <c r="C79" s="158"/>
+      <c r="D79" s="158"/>
+      <c r="E79" s="158"/>
+      <c r="F79" s="158"/>
+      <c r="G79" s="158"/>
+      <c r="H79" s="158"/>
+      <c r="I79" s="159"/>
+    </row>
+    <row r="80" spans="1:9" ht="13.8">
+      <c r="A80" s="157"/>
+      <c r="B80" s="158"/>
+      <c r="C80" s="158"/>
+      <c r="D80" s="158"/>
+      <c r="E80" s="158"/>
+      <c r="F80" s="158"/>
+      <c r="G80" s="158"/>
+      <c r="H80" s="158"/>
+      <c r="I80" s="159"/>
+    </row>
+    <row r="81" spans="1:9" ht="13.8">
+      <c r="A81" s="157"/>
+      <c r="B81" s="158"/>
+      <c r="C81" s="158"/>
+      <c r="D81" s="158"/>
+      <c r="E81" s="158"/>
+      <c r="F81" s="158"/>
+      <c r="G81" s="158"/>
+      <c r="H81" s="158"/>
+      <c r="I81" s="159"/>
+    </row>
+    <row r="82" spans="1:9" ht="13.8">
+      <c r="A82" s="157"/>
+      <c r="B82" s="158"/>
+      <c r="C82" s="158"/>
+      <c r="D82" s="158"/>
+      <c r="E82" s="158"/>
+      <c r="F82" s="158"/>
+      <c r="G82" s="158"/>
+      <c r="H82" s="158"/>
+      <c r="I82" s="159"/>
+    </row>
+    <row r="83" spans="1:9" ht="13.8">
+      <c r="A83" s="157"/>
+      <c r="B83" s="158"/>
+      <c r="C83" s="158"/>
+      <c r="D83" s="158"/>
+      <c r="E83" s="158"/>
+      <c r="F83" s="158"/>
+      <c r="G83" s="158"/>
+      <c r="H83" s="158"/>
+      <c r="I83" s="159"/>
+    </row>
+    <row r="84" spans="1:9" ht="14.4" thickBot="1">
+      <c r="A84" s="160"/>
+      <c r="B84" s="161"/>
+      <c r="C84" s="161"/>
+      <c r="D84" s="161"/>
+      <c r="E84" s="161"/>
+      <c r="F84" s="161"/>
+      <c r="G84" s="161"/>
+      <c r="H84" s="161"/>
+      <c r="I84" s="162"/>
+    </row>
+    <row r="85" spans="1:9" ht="15" customHeight="1"/>
+    <row r="86" spans="1:9" ht="15" customHeight="1"/>
+    <row r="87" spans="1:9" ht="15" customHeight="1"/>
+    <row r="88" spans="1:9" ht="15" customHeight="1"/>
+    <row r="89" spans="1:9" ht="15" customHeight="1"/>
+    <row r="90" spans="1:9" ht="15" customHeight="1"/>
+    <row r="91" spans="1:9" ht="15" customHeight="1"/>
+    <row r="92" spans="1:9" ht="15" customHeight="1"/>
+    <row r="93" spans="1:9" ht="15" customHeight="1"/>
+    <row r="94" spans="1:9" ht="15" customHeight="1"/>
+    <row r="95" spans="1:9" ht="15" customHeight="1"/>
+    <row r="96" spans="1:9" ht="15" customHeight="1"/>
+  </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1" insertRows="0"/>
+  <mergeCells count="12">
+    <mergeCell ref="A71:I71"/>
+    <mergeCell ref="A72:I84"/>
+    <mergeCell ref="A15:I15"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A14:XFD14"/>
+    <mergeCell ref="B51:I51"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A54:I69"/>
+  </mergeCells>
+  <dataValidations count="10">
+    <dataValidation type="decimal" errorStyle="warning" operator="greaterThanOrEqual" allowBlank="1" showErrorMessage="1" error="Indiquer le tonnage du lot" sqref="H21:H50" xr:uid="{E9559104-6E30-4853-AB4C-78C4CD3B4FC2}">
+      <formula1>0</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Choisir le paramètre concerné par le dépassment " sqref="E21:G50" xr:uid="{A45BD337-43DE-4C54-A7A0-8213617F1FCE}">
+      <formula1>"pH, métaux sur lixiviat, nitrites sur lixiviat, cyanure sur lixviat, sulfates sur lixiviat, HAP sur lixiviat, autre paramètre sur lixiviat, hydrocarbures C10-C40 sur déchet brut, EOX sur déchet brut, benzo(a)pyrene sur déchet brut"</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" error="Choisir &quot;Oui&quot;ou &quot;Non&quot;" sqref="C21" xr:uid="{430156E7-1C79-47B8-8840-86DC4A951577}">
+      <formula1>"Oui, Non"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showErrorMessage="1" errorTitle="type de granulats recyclés" error="Veuillez saisir un type dans la liste." promptTitle="type de granulats recyclés" sqref="A21" xr:uid="{56684990-706F-4458-8A4B-6FA6592CFA0F}">
       <formula1>"béton, mixtes, enrobés bitumineux, graves de préscalpage mixtes, graves de préscalpage béton/bitume, pierres naturelles, matériaux pierreux"</formula1>
     </dataValidation>
-    <dataValidation type="decimal" errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" errorTitle="taille du lot" error="Introduire la masse totale du lot de granulats recyclés correspondant au prélèvement, toutes granulométries confondues" sqref="E23:E39" xr:uid="{405FAB7B-CB50-4D8E-8F84-7774387CE1CF}">
-      <formula1>0</formula1>
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" error="&quot;Conforme&quot; ou &quot;Non-conforme&quot;" sqref="D21:D50" xr:uid="{3BD35188-C35B-44B4-B434-A392C3C21990}">
+      <formula1>"Conforme, Non-conforme"</formula1>
     </dataValidation>
-    <dataValidation type="decimal" errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" errorTitle="Concentration sulfate" error="Indiquer la concentration mesurée en sulfate. Si la concentration est inférieure à la limite de quantification, introduire la limite sans signe &quot;&lt;&quot;" sqref="G24:G1048576 G23" xr:uid="{09C49A4A-6C48-4AA7-8502-421F74B775D0}">
-      <formula1>0</formula1>
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" error="&quot;Oui&quot;ou &quot;Non&quot;" sqref="C22:C50" xr:uid="{0D629B01-165C-4EBC-AD44-256B148A4A28}">
+      <formula1>"Oui, Non"</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showErrorMessage="1" errorTitle="type de granulats recyclés" error="Veuillez saisir un type dans la liste" promptTitle="type de granulats recyclés" sqref="A22:A50" xr:uid="{6226D7AC-84EF-451B-8983-85072AB508C4}">
+      <formula1>"béton, mixtes, enrobés bitumineux, graves de préscalpage mixtes, graves de préscalpage béton/bitume, pierres naturelles, matériaux pierreux"</formula1>
+    </dataValidation>
+    <dataValidation type="date" errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" errorTitle="date" error="Indiquer la date de prélèvement au format dd-mm-aa à partir du 01-01-2018" sqref="A51" xr:uid="{96A0B89B-573C-488B-B9CA-5F58EEDEBD5D}">
+      <formula1>43101</formula1>
+    </dataValidation>
+    <dataValidation errorStyle="warning" operator="greaterThan" allowBlank="1" showErrorMessage="1" sqref="B51" xr:uid="{F970194B-A7AC-46F2-8407-3F2C08FE9E3F}"/>
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Année de production" error="Veuillez remplir 2023, 2024 ou 2025" promptTitle="année de production" sqref="B21:B50" xr:uid="{81C659BA-03D0-4832-AC9F-B60F341ACCC3}">
+      <formula1>"2023,2024,2025"</formula1>
     </dataValidation>
   </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{04D0C180-F41A-45C5-B6D6-9C7F46753C91}">
+  <dimension ref="A1:N43"/>
+  <sheetViews>
+    <sheetView topLeftCell="A13" workbookViewId="0">
+      <selection activeCell="J22" sqref="B20:J22"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="27.59765625" customWidth="1"/>
+    <col min="2" max="5" width="18.69921875" customWidth="1"/>
+    <col min="6" max="6" width="27.59765625" customWidth="1"/>
+    <col min="7" max="8" width="18.69921875" customWidth="1"/>
+    <col min="9" max="9" width="23.296875" customWidth="1"/>
+    <col min="10" max="10" width="31.09765625" customWidth="1"/>
+    <col min="11" max="12" width="11.59765625" hidden="1" customWidth="1"/>
+    <col min="13" max="14" width="0" hidden="1" customWidth="1"/>
+    <col min="15" max="16384" width="11.59765625" hidden="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="21">
+      <c r="A1" s="118" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="124"/>
+      <c r="C1" s="124"/>
+      <c r="D1" s="124"/>
+      <c r="E1" s="124"/>
+      <c r="F1" s="124"/>
+      <c r="G1" s="124"/>
+      <c r="H1" s="124"/>
+      <c r="I1" s="124"/>
+      <c r="J1" s="124"/>
+    </row>
+    <row r="2" spans="1:10" ht="21">
+      <c r="A2" s="120" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="125"/>
+      <c r="C2" s="125"/>
+      <c r="D2" s="125"/>
+      <c r="E2" s="125"/>
+      <c r="F2" s="125"/>
+      <c r="G2" s="125"/>
+      <c r="H2" s="125"/>
+      <c r="I2" s="125"/>
+      <c r="J2" s="125"/>
+    </row>
+    <row r="3" spans="1:10" ht="21">
+      <c r="A3" s="120"/>
+      <c r="B3" s="125"/>
+      <c r="C3" s="125"/>
+      <c r="D3" s="125"/>
+      <c r="E3" s="125"/>
+      <c r="F3" s="125"/>
+      <c r="G3" s="125"/>
+      <c r="H3" s="125"/>
+      <c r="I3" s="125"/>
+      <c r="J3" s="125"/>
+    </row>
+    <row r="4" spans="1:10" ht="21.6" thickBot="1">
+      <c r="A4" s="122" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" s="126"/>
+      <c r="C4" s="126"/>
+      <c r="D4" s="126"/>
+      <c r="E4" s="126"/>
+      <c r="F4" s="126"/>
+      <c r="G4" s="126"/>
+      <c r="H4" s="126"/>
+      <c r="I4" s="126"/>
+      <c r="J4" s="126"/>
+    </row>
+    <row r="5" spans="1:10"/>
+    <row r="6" spans="1:10"/>
+    <row r="7" spans="1:10">
+      <c r="A7" s="61" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="16">
+        <f>Identification!B8</f>
+        <v>0</v>
+      </c>
+      <c r="C7" s="62"/>
+      <c r="D7" s="62"/>
+      <c r="E7" s="62"/>
+      <c r="F7" s="62"/>
+      <c r="G7" s="62"/>
+      <c r="H7" s="62"/>
+      <c r="I7" s="62"/>
+      <c r="J7" s="29"/>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="16">
+        <f>Identification!B9</f>
+        <v>0</v>
+      </c>
+      <c r="C8" s="29"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="29"/>
+      <c r="F8" s="29"/>
+      <c r="G8" s="29"/>
+      <c r="H8" s="29"/>
+      <c r="I8" s="29"/>
+      <c r="J8" s="29"/>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" s="61" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="16">
+        <f>Identification!B10</f>
+        <v>0</v>
+      </c>
+      <c r="C9" s="29"/>
+      <c r="D9" s="29"/>
+      <c r="E9" s="29"/>
+      <c r="F9" s="29"/>
+      <c r="G9" s="29"/>
+      <c r="H9" s="29"/>
+      <c r="I9" s="29"/>
+      <c r="J9" s="29"/>
+    </row>
+    <row r="10" spans="1:10"/>
+    <row r="11" spans="1:10">
+      <c r="A11" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="63"/>
+      <c r="C11" s="63"/>
+      <c r="D11" s="63"/>
+    </row>
+    <row r="12" spans="1:10" ht="15" customHeight="1">
+      <c r="A12" s="140" t="s">
+        <v>108</v>
+      </c>
+      <c r="B12" s="140"/>
+      <c r="C12" s="140"/>
+      <c r="D12" s="140"/>
+      <c r="E12" s="140"/>
+      <c r="F12" s="140"/>
+      <c r="G12" s="140"/>
+      <c r="H12" s="140"/>
+      <c r="I12" s="140"/>
+      <c r="J12" s="140"/>
+    </row>
+    <row r="13" spans="1:10" ht="15" customHeight="1">
+      <c r="A13" s="140" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" s="140"/>
+      <c r="C13" s="140"/>
+      <c r="D13" s="140"/>
+      <c r="E13" s="140"/>
+      <c r="F13" s="140"/>
+      <c r="G13" s="140"/>
+      <c r="H13" s="140"/>
+      <c r="I13" s="140"/>
+      <c r="J13" s="140"/>
+    </row>
+    <row r="14" spans="1:10" ht="30" customHeight="1">
+      <c r="A14" s="64"/>
+      <c r="B14" s="140" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" s="140"/>
+      <c r="D14" s="140"/>
+      <c r="E14" s="140"/>
+      <c r="F14" s="140"/>
+      <c r="G14" s="140"/>
+      <c r="H14" s="140"/>
+      <c r="I14" s="140"/>
+      <c r="J14" s="140"/>
+    </row>
+    <row r="15" spans="1:10" ht="15" customHeight="1">
+      <c r="A15" s="64"/>
+      <c r="B15" s="140" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" s="140"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="140"/>
+      <c r="F15" s="140"/>
+      <c r="G15" s="140"/>
+      <c r="H15" s="140"/>
+      <c r="I15" s="140"/>
+      <c r="J15" s="140"/>
+    </row>
+    <row r="16" spans="1:10"/>
+    <row r="17" spans="1:10"/>
+    <row r="18" spans="1:10" s="77" customFormat="1" ht="57.6">
+      <c r="A18" s="78" t="s">
+        <v>32</v>
+      </c>
+      <c r="B18" s="78" t="s">
+        <v>170</v>
+      </c>
+      <c r="C18" s="78" t="s">
+        <v>169</v>
+      </c>
+      <c r="D18" s="78" t="s">
+        <v>168</v>
+      </c>
+      <c r="E18" s="78" t="s">
+        <v>166</v>
+      </c>
+      <c r="F18" s="78" t="s">
+        <v>167</v>
+      </c>
+      <c r="G18" s="163" t="s">
+        <v>165</v>
+      </c>
+      <c r="H18" s="164"/>
+      <c r="I18" s="78" t="s">
+        <v>112</v>
+      </c>
+      <c r="J18" s="79" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" s="77" customFormat="1" ht="14.4">
+      <c r="A19" s="88" t="s">
+        <v>171</v>
+      </c>
+      <c r="B19" s="90" t="s">
+        <v>162</v>
+      </c>
+      <c r="C19" s="90" t="s">
+        <v>162</v>
+      </c>
+      <c r="D19" s="90" t="s">
+        <v>162</v>
+      </c>
+      <c r="E19" s="90" t="s">
+        <v>163</v>
+      </c>
+      <c r="F19" s="90" t="s">
+        <v>164</v>
+      </c>
+      <c r="G19" s="90" t="s">
+        <v>174</v>
+      </c>
+      <c r="H19" s="90" t="s">
+        <v>175</v>
+      </c>
+      <c r="I19" s="89" t="s">
+        <v>186</v>
+      </c>
+      <c r="J19" s="79"/>
+    </row>
+    <row r="20" spans="1:10" ht="14.4">
+      <c r="A20" s="80">
+        <v>2023</v>
+      </c>
+      <c r="B20" s="31"/>
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="31"/>
+      <c r="F20" s="31"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="32"/>
+    </row>
+    <row r="21" spans="1:10" ht="14.4">
+      <c r="A21" s="80">
+        <v>2024</v>
+      </c>
+      <c r="B21" s="31"/>
+      <c r="C21" s="31"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="31"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="31"/>
+      <c r="H21" s="31"/>
+      <c r="I21" s="31"/>
+      <c r="J21" s="32"/>
+    </row>
+    <row r="22" spans="1:10" ht="14.4">
+      <c r="A22" s="80">
+        <v>2025</v>
+      </c>
+      <c r="B22" s="31"/>
+      <c r="C22" s="31"/>
+      <c r="D22" s="31"/>
+      <c r="E22" s="31"/>
+      <c r="F22" s="31"/>
+      <c r="G22" s="31"/>
+      <c r="H22" s="31"/>
+      <c r="I22" s="31"/>
+      <c r="J22" s="32"/>
+    </row>
+    <row r="23" spans="1:10" ht="14.4" thickBot="1"/>
+    <row r="24" spans="1:10" ht="36.75" customHeight="1">
+      <c r="A24" s="154" t="s">
+        <v>114</v>
+      </c>
+      <c r="B24" s="155"/>
+      <c r="C24" s="155"/>
+      <c r="D24" s="155"/>
+      <c r="E24" s="155"/>
+      <c r="F24" s="155"/>
+      <c r="G24" s="155"/>
+      <c r="H24" s="155"/>
+      <c r="I24" s="155"/>
+      <c r="J24" s="156"/>
+    </row>
+    <row r="25" spans="1:10" ht="15" customHeight="1">
+      <c r="A25" s="157" t="s">
+        <v>142</v>
+      </c>
+      <c r="B25" s="158"/>
+      <c r="C25" s="158"/>
+      <c r="D25" s="158"/>
+      <c r="E25" s="158"/>
+      <c r="F25" s="158"/>
+      <c r="G25" s="158"/>
+      <c r="H25" s="158"/>
+      <c r="I25" s="158"/>
+      <c r="J25" s="159"/>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" s="157"/>
+      <c r="B26" s="158"/>
+      <c r="C26" s="158"/>
+      <c r="D26" s="158"/>
+      <c r="E26" s="158"/>
+      <c r="F26" s="158"/>
+      <c r="G26" s="158"/>
+      <c r="H26" s="158"/>
+      <c r="I26" s="158"/>
+      <c r="J26" s="159"/>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" s="157"/>
+      <c r="B27" s="158"/>
+      <c r="C27" s="158"/>
+      <c r="D27" s="158"/>
+      <c r="E27" s="158"/>
+      <c r="F27" s="158"/>
+      <c r="G27" s="158"/>
+      <c r="H27" s="158"/>
+      <c r="I27" s="158"/>
+      <c r="J27" s="159"/>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" s="157"/>
+      <c r="B28" s="158"/>
+      <c r="C28" s="158"/>
+      <c r="D28" s="158"/>
+      <c r="E28" s="158"/>
+      <c r="F28" s="158"/>
+      <c r="G28" s="158"/>
+      <c r="H28" s="158"/>
+      <c r="I28" s="158"/>
+      <c r="J28" s="159"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="157"/>
+      <c r="B29" s="158"/>
+      <c r="C29" s="158"/>
+      <c r="D29" s="158"/>
+      <c r="E29" s="158"/>
+      <c r="F29" s="158"/>
+      <c r="G29" s="158"/>
+      <c r="H29" s="158"/>
+      <c r="I29" s="158"/>
+      <c r="J29" s="159"/>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="157"/>
+      <c r="B30" s="158"/>
+      <c r="C30" s="158"/>
+      <c r="D30" s="158"/>
+      <c r="E30" s="158"/>
+      <c r="F30" s="158"/>
+      <c r="G30" s="158"/>
+      <c r="H30" s="158"/>
+      <c r="I30" s="158"/>
+      <c r="J30" s="159"/>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" s="157"/>
+      <c r="B31" s="158"/>
+      <c r="C31" s="158"/>
+      <c r="D31" s="158"/>
+      <c r="E31" s="158"/>
+      <c r="F31" s="158"/>
+      <c r="G31" s="158"/>
+      <c r="H31" s="158"/>
+      <c r="I31" s="158"/>
+      <c r="J31" s="159"/>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" s="157"/>
+      <c r="B32" s="158"/>
+      <c r="C32" s="158"/>
+      <c r="D32" s="158"/>
+      <c r="E32" s="158"/>
+      <c r="F32" s="158"/>
+      <c r="G32" s="158"/>
+      <c r="H32" s="158"/>
+      <c r="I32" s="158"/>
+      <c r="J32" s="159"/>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" s="157"/>
+      <c r="B33" s="158"/>
+      <c r="C33" s="158"/>
+      <c r="D33" s="158"/>
+      <c r="E33" s="158"/>
+      <c r="F33" s="158"/>
+      <c r="G33" s="158"/>
+      <c r="H33" s="158"/>
+      <c r="I33" s="158"/>
+      <c r="J33" s="159"/>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" s="157"/>
+      <c r="B34" s="158"/>
+      <c r="C34" s="158"/>
+      <c r="D34" s="158"/>
+      <c r="E34" s="158"/>
+      <c r="F34" s="158"/>
+      <c r="G34" s="158"/>
+      <c r="H34" s="158"/>
+      <c r="I34" s="158"/>
+      <c r="J34" s="159"/>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" s="157"/>
+      <c r="B35" s="158"/>
+      <c r="C35" s="158"/>
+      <c r="D35" s="158"/>
+      <c r="E35" s="158"/>
+      <c r="F35" s="158"/>
+      <c r="G35" s="158"/>
+      <c r="H35" s="158"/>
+      <c r="I35" s="158"/>
+      <c r="J35" s="159"/>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" s="157"/>
+      <c r="B36" s="158"/>
+      <c r="C36" s="158"/>
+      <c r="D36" s="158"/>
+      <c r="E36" s="158"/>
+      <c r="F36" s="158"/>
+      <c r="G36" s="158"/>
+      <c r="H36" s="158"/>
+      <c r="I36" s="158"/>
+      <c r="J36" s="159"/>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" s="157"/>
+      <c r="B37" s="158"/>
+      <c r="C37" s="158"/>
+      <c r="D37" s="158"/>
+      <c r="E37" s="158"/>
+      <c r="F37" s="158"/>
+      <c r="G37" s="158"/>
+      <c r="H37" s="158"/>
+      <c r="I37" s="158"/>
+      <c r="J37" s="159"/>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" s="157"/>
+      <c r="B38" s="158"/>
+      <c r="C38" s="158"/>
+      <c r="D38" s="158"/>
+      <c r="E38" s="158"/>
+      <c r="F38" s="158"/>
+      <c r="G38" s="158"/>
+      <c r="H38" s="158"/>
+      <c r="I38" s="158"/>
+      <c r="J38" s="159"/>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" s="157"/>
+      <c r="B39" s="158"/>
+      <c r="C39" s="158"/>
+      <c r="D39" s="158"/>
+      <c r="E39" s="158"/>
+      <c r="F39" s="158"/>
+      <c r="G39" s="158"/>
+      <c r="H39" s="158"/>
+      <c r="I39" s="158"/>
+      <c r="J39" s="159"/>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" s="157"/>
+      <c r="B40" s="158"/>
+      <c r="C40" s="158"/>
+      <c r="D40" s="158"/>
+      <c r="E40" s="158"/>
+      <c r="F40" s="158"/>
+      <c r="G40" s="158"/>
+      <c r="H40" s="158"/>
+      <c r="I40" s="158"/>
+      <c r="J40" s="159"/>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="157"/>
+      <c r="B41" s="158"/>
+      <c r="C41" s="158"/>
+      <c r="D41" s="158"/>
+      <c r="E41" s="158"/>
+      <c r="F41" s="158"/>
+      <c r="G41" s="158"/>
+      <c r="H41" s="158"/>
+      <c r="I41" s="158"/>
+      <c r="J41" s="159"/>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" s="157"/>
+      <c r="B42" s="158"/>
+      <c r="C42" s="158"/>
+      <c r="D42" s="158"/>
+      <c r="E42" s="158"/>
+      <c r="F42" s="158"/>
+      <c r="G42" s="158"/>
+      <c r="H42" s="158"/>
+      <c r="I42" s="158"/>
+      <c r="J42" s="159"/>
+    </row>
+    <row r="43" spans="1:10" ht="14.4" thickBot="1">
+      <c r="A43" s="160"/>
+      <c r="B43" s="161"/>
+      <c r="C43" s="161"/>
+      <c r="D43" s="161"/>
+      <c r="E43" s="161"/>
+      <c r="F43" s="161"/>
+      <c r="G43" s="161"/>
+      <c r="H43" s="161"/>
+      <c r="I43" s="161"/>
+      <c r="J43" s="162"/>
+    </row>
+  </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="11">
+    <mergeCell ref="B14:J14"/>
+    <mergeCell ref="B15:J15"/>
+    <mergeCell ref="A25:J43"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="A4:J4"/>
+    <mergeCell ref="A12:J12"/>
+    <mergeCell ref="A13:J13"/>
+    <mergeCell ref="A24:J24"/>
+    <mergeCell ref="G18:H18"/>
+  </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Choisir une réponse dans la liste" sqref="I20:I22" xr:uid="{8F5978B4-0CDC-4F69-B2AB-44ED16796FBF}">
+      <formula1>"Totale, Partielle, Aucune"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7BA572AC-BF8E-4C0E-911C-81AECF78D6A0}">
+  <dimension ref="A1:H48"/>
+  <sheetViews>
+    <sheetView topLeftCell="A25" workbookViewId="0">
+      <selection activeCell="A14" sqref="A14:F14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="29.69921875" customWidth="1"/>
+    <col min="2" max="2" width="32.69921875" customWidth="1"/>
+    <col min="3" max="3" width="27" customWidth="1"/>
+    <col min="4" max="4" width="23" customWidth="1"/>
+    <col min="5" max="5" width="26.09765625" customWidth="1"/>
+    <col min="6" max="6" width="24.69921875" customWidth="1"/>
+    <col min="7" max="8" width="0" hidden="1" customWidth="1"/>
+    <col min="9" max="16384" width="11.59765625" hidden="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="21">
+      <c r="A1" s="118" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="124"/>
+      <c r="C1" s="124"/>
+      <c r="D1" s="124"/>
+      <c r="E1" s="124"/>
+      <c r="F1" s="124"/>
+    </row>
+    <row r="2" spans="1:6" ht="21">
+      <c r="A2" s="120" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="125"/>
+      <c r="C2" s="125"/>
+      <c r="D2" s="125"/>
+      <c r="E2" s="125"/>
+      <c r="F2" s="125"/>
+    </row>
+    <row r="3" spans="1:6" ht="21">
+      <c r="A3" s="120"/>
+      <c r="B3" s="125"/>
+      <c r="C3" s="125"/>
+      <c r="D3" s="125"/>
+      <c r="E3" s="125"/>
+      <c r="F3" s="125"/>
+    </row>
+    <row r="4" spans="1:6" ht="21.6" thickBot="1">
+      <c r="A4" s="122" t="s">
+        <v>94</v>
+      </c>
+      <c r="B4" s="126"/>
+      <c r="C4" s="126"/>
+      <c r="D4" s="126"/>
+      <c r="E4" s="126"/>
+      <c r="F4" s="126"/>
+    </row>
+    <row r="5" spans="1:6"/>
+    <row r="6" spans="1:6"/>
+    <row r="7" spans="1:6">
+      <c r="A7" s="61" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="16">
+        <f>Identification!B8</f>
+        <v>0</v>
+      </c>
+      <c r="C7" s="62"/>
+      <c r="D7" s="62"/>
+      <c r="E7" s="62"/>
+      <c r="F7" s="29"/>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="16">
+        <f>Identification!B9</f>
+        <v>0</v>
+      </c>
+      <c r="C8" s="29"/>
+      <c r="D8" s="29"/>
+      <c r="E8" s="29"/>
+      <c r="F8" s="29"/>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" s="61" t="s">
+        <v>25</v>
+      </c>
+      <c r="B9" s="16">
+        <f>Identification!B10</f>
+        <v>0</v>
+      </c>
+      <c r="C9" s="29"/>
+      <c r="D9" s="29"/>
+      <c r="E9" s="29"/>
+      <c r="F9" s="29"/>
+    </row>
+    <row r="10" spans="1:6"/>
+    <row r="11" spans="1:6">
+      <c r="A11" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="63"/>
+      <c r="C11" s="63"/>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="29" t="s">
+        <v>115</v>
+      </c>
+      <c r="B12" s="63"/>
+      <c r="C12" s="63"/>
+    </row>
+    <row r="13" spans="1:6" ht="14.4" thickBot="1">
+      <c r="A13" s="20"/>
+      <c r="B13" s="63"/>
+      <c r="C13" s="63"/>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="154" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" s="155"/>
+      <c r="C14" s="155"/>
+      <c r="D14" s="155"/>
+      <c r="E14" s="155"/>
+      <c r="F14" s="156"/>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="165" t="s">
+        <v>142</v>
+      </c>
+      <c r="B15" s="166"/>
+      <c r="C15" s="166"/>
+      <c r="D15" s="166"/>
+      <c r="E15" s="166"/>
+      <c r="F15" s="167"/>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="165"/>
+      <c r="B16" s="166"/>
+      <c r="C16" s="166"/>
+      <c r="D16" s="166"/>
+      <c r="E16" s="166"/>
+      <c r="F16" s="167"/>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="165"/>
+      <c r="B17" s="166"/>
+      <c r="C17" s="166"/>
+      <c r="D17" s="166"/>
+      <c r="E17" s="166"/>
+      <c r="F17" s="167"/>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="165"/>
+      <c r="B18" s="166"/>
+      <c r="C18" s="166"/>
+      <c r="D18" s="166"/>
+      <c r="E18" s="166"/>
+      <c r="F18" s="167"/>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="165"/>
+      <c r="B19" s="166"/>
+      <c r="C19" s="166"/>
+      <c r="D19" s="166"/>
+      <c r="E19" s="166"/>
+      <c r="F19" s="167"/>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="165"/>
+      <c r="B20" s="166"/>
+      <c r="C20" s="166"/>
+      <c r="D20" s="166"/>
+      <c r="E20" s="166"/>
+      <c r="F20" s="167"/>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="165"/>
+      <c r="B21" s="166"/>
+      <c r="C21" s="166"/>
+      <c r="D21" s="166"/>
+      <c r="E21" s="166"/>
+      <c r="F21" s="167"/>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="165"/>
+      <c r="B22" s="166"/>
+      <c r="C22" s="166"/>
+      <c r="D22" s="166"/>
+      <c r="E22" s="166"/>
+      <c r="F22" s="167"/>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="165"/>
+      <c r="B23" s="166"/>
+      <c r="C23" s="166"/>
+      <c r="D23" s="166"/>
+      <c r="E23" s="166"/>
+      <c r="F23" s="167"/>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="165"/>
+      <c r="B24" s="166"/>
+      <c r="C24" s="166"/>
+      <c r="D24" s="166"/>
+      <c r="E24" s="166"/>
+      <c r="F24" s="167"/>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="165"/>
+      <c r="B25" s="166"/>
+      <c r="C25" s="166"/>
+      <c r="D25" s="166"/>
+      <c r="E25" s="166"/>
+      <c r="F25" s="167"/>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" s="165"/>
+      <c r="B26" s="166"/>
+      <c r="C26" s="166"/>
+      <c r="D26" s="166"/>
+      <c r="E26" s="166"/>
+      <c r="F26" s="167"/>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="165"/>
+      <c r="B27" s="166"/>
+      <c r="C27" s="166"/>
+      <c r="D27" s="166"/>
+      <c r="E27" s="166"/>
+      <c r="F27" s="167"/>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="165"/>
+      <c r="B28" s="166"/>
+      <c r="C28" s="166"/>
+      <c r="D28" s="166"/>
+      <c r="E28" s="166"/>
+      <c r="F28" s="167"/>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" s="165"/>
+      <c r="B29" s="166"/>
+      <c r="C29" s="166"/>
+      <c r="D29" s="166"/>
+      <c r="E29" s="166"/>
+      <c r="F29" s="167"/>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="165"/>
+      <c r="B30" s="166"/>
+      <c r="C30" s="166"/>
+      <c r="D30" s="166"/>
+      <c r="E30" s="166"/>
+      <c r="F30" s="167"/>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="165"/>
+      <c r="B31" s="166"/>
+      <c r="C31" s="166"/>
+      <c r="D31" s="166"/>
+      <c r="E31" s="166"/>
+      <c r="F31" s="167"/>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="165"/>
+      <c r="B32" s="166"/>
+      <c r="C32" s="166"/>
+      <c r="D32" s="166"/>
+      <c r="E32" s="166"/>
+      <c r="F32" s="167"/>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="165"/>
+      <c r="B33" s="166"/>
+      <c r="C33" s="166"/>
+      <c r="D33" s="166"/>
+      <c r="E33" s="166"/>
+      <c r="F33" s="167"/>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="165"/>
+      <c r="B34" s="166"/>
+      <c r="C34" s="166"/>
+      <c r="D34" s="166"/>
+      <c r="E34" s="166"/>
+      <c r="F34" s="167"/>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="165"/>
+      <c r="B35" s="166"/>
+      <c r="C35" s="166"/>
+      <c r="D35" s="166"/>
+      <c r="E35" s="166"/>
+      <c r="F35" s="167"/>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="165"/>
+      <c r="B36" s="166"/>
+      <c r="C36" s="166"/>
+      <c r="D36" s="166"/>
+      <c r="E36" s="166"/>
+      <c r="F36" s="167"/>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="165"/>
+      <c r="B37" s="166"/>
+      <c r="C37" s="166"/>
+      <c r="D37" s="166"/>
+      <c r="E37" s="166"/>
+      <c r="F37" s="167"/>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="165"/>
+      <c r="B38" s="166"/>
+      <c r="C38" s="166"/>
+      <c r="D38" s="166"/>
+      <c r="E38" s="166"/>
+      <c r="F38" s="167"/>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="165"/>
+      <c r="B39" s="166"/>
+      <c r="C39" s="166"/>
+      <c r="D39" s="166"/>
+      <c r="E39" s="166"/>
+      <c r="F39" s="167"/>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" s="165"/>
+      <c r="B40" s="166"/>
+      <c r="C40" s="166"/>
+      <c r="D40" s="166"/>
+      <c r="E40" s="166"/>
+      <c r="F40" s="167"/>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="165"/>
+      <c r="B41" s="166"/>
+      <c r="C41" s="166"/>
+      <c r="D41" s="166"/>
+      <c r="E41" s="166"/>
+      <c r="F41" s="167"/>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="165"/>
+      <c r="B42" s="166"/>
+      <c r="C42" s="166"/>
+      <c r="D42" s="166"/>
+      <c r="E42" s="166"/>
+      <c r="F42" s="167"/>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="165"/>
+      <c r="B43" s="166"/>
+      <c r="C43" s="166"/>
+      <c r="D43" s="166"/>
+      <c r="E43" s="166"/>
+      <c r="F43" s="167"/>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="165"/>
+      <c r="B44" s="166"/>
+      <c r="C44" s="166"/>
+      <c r="D44" s="166"/>
+      <c r="E44" s="166"/>
+      <c r="F44" s="167"/>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" s="165"/>
+      <c r="B45" s="166"/>
+      <c r="C45" s="166"/>
+      <c r="D45" s="166"/>
+      <c r="E45" s="166"/>
+      <c r="F45" s="167"/>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="165"/>
+      <c r="B46" s="166"/>
+      <c r="C46" s="166"/>
+      <c r="D46" s="166"/>
+      <c r="E46" s="166"/>
+      <c r="F46" s="167"/>
+    </row>
+    <row r="47" spans="1:6" ht="14.4" thickBot="1">
+      <c r="A47" s="168"/>
+      <c r="B47" s="169"/>
+      <c r="C47" s="169"/>
+      <c r="D47" s="169"/>
+      <c r="E47" s="169"/>
+      <c r="F47" s="170"/>
+    </row>
+    <row r="48" spans="1:6"/>
+  </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="6">
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A4:F4"/>
+    <mergeCell ref="A15:F47"/>
+    <mergeCell ref="A14:F14"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-  <dimension ref="A1:I81"/>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{28EB6CFC-7231-4DCC-AFAD-D67FCE991971}">
+  <dimension ref="A1:I102"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3:I3"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.8" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="40" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="16384" width="11.5546875" hidden="1"/>
+    <col min="1" max="1" width="83.09765625" customWidth="1"/>
+    <col min="2" max="2" width="31.3984375" style="96" customWidth="1"/>
+    <col min="3" max="3" width="17.69921875" customWidth="1"/>
+    <col min="4" max="4" width="19.8984375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.3984375" customWidth="1"/>
+    <col min="6" max="6" width="28" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="6.8984375" customWidth="1"/>
+    <col min="8" max="8" width="12.69921875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="3" bestFit="1" customWidth="1"/>
+    <col min="10" max="16384" width="11.19921875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-[...65 lines deleted...]
-      <c r="A8" s="67" t="s">
+    <row r="1" spans="1:9">
+      <c r="B1" s="95" t="s">
+        <v>124</v>
+      </c>
+      <c r="C1" s="81" t="s">
+        <v>131</v>
+      </c>
+      <c r="D1" s="82" t="s">
+        <v>128</v>
+      </c>
+      <c r="E1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H1" s="86" t="s">
+        <v>151</v>
+      </c>
+      <c r="I1" s="86">
+        <f>SUM(I3:I103)</f>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" ht="14.4">
+      <c r="A2" s="171" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" s="172"/>
+      <c r="C2" s="172"/>
+      <c r="D2" s="172"/>
+      <c r="E2" s="172"/>
+      <c r="F2" s="173"/>
+    </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="96">
+        <f>Identification!B8</f>
+        <v>0</v>
+      </c>
+      <c r="C3" s="81"/>
+      <c r="D3" s="82" t="s">
+        <v>129</v>
+      </c>
+      <c r="E3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F3" t="str">
+        <f>IF(OR(ISBLANK(B3),B3=0),"ERREUR","OK")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I3">
+        <f>IF(F3="ERREUR",1,0)</f>
         <v>1</v>
       </c>
-      <c r="B8" s="68">
-[...42 lines deleted...]
-      <c r="A12" s="33" t="s">
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B4" s="96">
+        <f>Identification!B9</f>
+        <v>0</v>
+      </c>
+      <c r="C4" s="81"/>
+      <c r="D4" s="82" t="s">
+        <v>129</v>
+      </c>
+      <c r="E4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F4" t="str">
+        <f>IF(OR(ISBLANK(B4),B4=0),"ERREUR",IF(AND(ISNUMBER(B4),B4&gt;0,B4&lt;200),"OK","ERREUR"))</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I4">
+        <f t="shared" ref="I4:I67" si="0">IF(F4="ERREUR",1,0)</f>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="74" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" s="96">
+        <f>Identification!B10</f>
+        <v>0</v>
+      </c>
+      <c r="C5" s="81"/>
+      <c r="D5" s="82" t="s">
+        <v>129</v>
+      </c>
+      <c r="E5" s="76" t="s">
+        <v>187</v>
+      </c>
+      <c r="F5" t="str">
+        <f>IF(OR(ISBLANK(B5),B5=0),"ERREUR",IF(AND(ISNUMBER(B5),B5&gt;0,B5&lt;9999999999),"OK","ERREUR"))</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I5">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>89</v>
+      </c>
+      <c r="B6" s="96">
+        <f>Identification!B12</f>
+        <v>0</v>
+      </c>
+      <c r="C6" s="81"/>
+      <c r="D6" s="82" t="s">
+        <v>129</v>
+      </c>
+      <c r="E6" t="s">
+        <v>122</v>
+      </c>
+      <c r="F6" t="str">
+        <f>IF(OR(ISBLANK(B7),B7=0),"ERREUR","OK")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I6">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>90</v>
+      </c>
+      <c r="B7" s="96">
+        <f>Identification!B13</f>
+        <v>0</v>
+      </c>
+      <c r="C7" s="81"/>
+      <c r="D7" s="82" t="s">
+        <v>129</v>
+      </c>
+      <c r="E7" t="s">
+        <v>120</v>
+      </c>
+      <c r="F7" t="str">
+        <f>IF(OR(ISBLANK(B7),B7=0),"ERREUR","OK")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I7">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" t="s">
+        <v>91</v>
+      </c>
+      <c r="B8" s="96">
+        <f>Identification!B14</f>
+        <v>0</v>
+      </c>
+      <c r="C8" s="81"/>
+      <c r="D8" t="s">
+        <v>149</v>
+      </c>
+      <c r="E8" t="s">
+        <v>120</v>
+      </c>
+      <c r="F8" t="s">
+        <v>149</v>
+      </c>
+      <c r="I8">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>92</v>
+      </c>
+      <c r="B9" s="96">
+        <f>Identification!B15</f>
+        <v>0</v>
+      </c>
+      <c r="C9" s="81"/>
+      <c r="D9" s="82" t="s">
+        <v>129</v>
+      </c>
+      <c r="E9" t="s">
+        <v>120</v>
+      </c>
+      <c r="F9" t="str">
+        <f>IF(OR(ISBLANK(B9),B9=0),"ERREUR","OK")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I9">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" s="96">
+        <f>Identification!B16</f>
+        <v>0</v>
+      </c>
+      <c r="C10" s="81"/>
+      <c r="D10" s="82" t="s">
+        <v>129</v>
+      </c>
+      <c r="E10" t="s">
+        <v>123</v>
+      </c>
+      <c r="F10" t="str">
+        <f>IF(OR(ISBLANK(B10),B10=0),"ERREUR","OK")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I10">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="14.4">
+      <c r="A11" s="171" t="s">
+        <v>126</v>
+      </c>
+      <c r="B11" s="172"/>
+      <c r="C11" s="172"/>
+      <c r="D11" s="172"/>
+      <c r="E11" s="172"/>
+      <c r="F11" s="173"/>
+      <c r="I11">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="96">
+        <f>Production!B7</f>
+        <v>0</v>
+      </c>
+      <c r="D12" s="98" t="s">
+        <v>132</v>
+      </c>
+      <c r="F12" t="str">
+        <f>IF(B12=$B$3,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I12">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
         <v>24</v>
       </c>
-      <c r="B12" s="34"/>
-[...7 lines deleted...]
-      <c r="A14" s="166" t="s">
+      <c r="B13" s="96">
+        <f>Production!B8</f>
+        <v>0</v>
+      </c>
+      <c r="D13" s="98" t="s">
+        <v>133</v>
+      </c>
+      <c r="F13" t="str">
+        <f>IF(B13=$B$4,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I13">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="96">
+        <f>Production!B9</f>
+        <v>0</v>
+      </c>
+      <c r="D14" s="98" t="s">
+        <v>134</v>
+      </c>
+      <c r="F14" t="str">
+        <f>IF(B14=$B$5,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I14">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="14.4">
+      <c r="A15" s="30">
+        <v>2023</v>
+      </c>
+      <c r="I15">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" s="96">
+        <f>Production!B19</f>
+        <v>0</v>
+      </c>
+      <c r="D16" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E16" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F16" t="str">
+        <f t="shared" ref="F16:F22" si="1">IF(OR(ISBLANK(B16),ISNUMBER(B16)),"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I16">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" s="96">
+        <f>Production!C19</f>
+        <v>0</v>
+      </c>
+      <c r="D17" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E17" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F17" t="str">
+        <f t="shared" si="1"/>
+        <v>OK</v>
+      </c>
+      <c r="I17">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" s="96">
+        <f>Production!D19</f>
+        <v>0</v>
+      </c>
+      <c r="D18" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E18" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F18" t="str">
+        <f t="shared" si="1"/>
+        <v>OK</v>
+      </c>
+      <c r="I18">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" s="96">
+        <f>Production!E19</f>
+        <v>0</v>
+      </c>
+      <c r="D19" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F19" t="str">
+        <f t="shared" si="1"/>
+        <v>OK</v>
+      </c>
+      <c r="I19">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>37</v>
+      </c>
+      <c r="B20" s="96">
+        <f>Production!F19</f>
+        <v>0</v>
+      </c>
+      <c r="D20" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E20" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F20" t="str">
+        <f t="shared" si="1"/>
+        <v>OK</v>
+      </c>
+      <c r="I20">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" s="96">
+        <f>Production!G19</f>
+        <v>0</v>
+      </c>
+      <c r="D21" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F21" t="str">
+        <f t="shared" si="1"/>
+        <v>OK</v>
+      </c>
+      <c r="I21">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" s="96">
+        <f>Production!H19</f>
+        <v>0</v>
+      </c>
+      <c r="D22" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F22" t="str">
+        <f t="shared" si="1"/>
+        <v>OK</v>
+      </c>
+      <c r="I22">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" s="96">
+        <f>Production!I19</f>
+        <v>0</v>
+      </c>
+      <c r="C23">
+        <f>SUM(B17:B22)</f>
+        <v>0</v>
+      </c>
+      <c r="D23" s="82" t="s">
+        <v>135</v>
+      </c>
+      <c r="E23" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F23" t="str">
+        <f>IF(B23=C23,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I23">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="14.4">
+      <c r="A24" s="30">
+        <v>2024</v>
+      </c>
+      <c r="E24" s="74"/>
+      <c r="I24">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="B25" s="96">
+        <f>Production!B20</f>
+        <v>0</v>
+      </c>
+      <c r="D25" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E25" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F25" t="str">
+        <f t="shared" ref="F25:F31" si="2">IF(OR(ISBLANK(B25),ISNUMBER(B25)),"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I25">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>34</v>
+      </c>
+      <c r="B26" s="96">
+        <f>Production!C20</f>
+        <v>0</v>
+      </c>
+      <c r="D26" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E26" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F26" t="str">
+        <f t="shared" si="2"/>
+        <v>OK</v>
+      </c>
+      <c r="I26">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>35</v>
+      </c>
+      <c r="B27" s="96">
+        <f>Production!D20</f>
+        <v>0</v>
+      </c>
+      <c r="D27" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E27" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F27" t="str">
+        <f t="shared" si="2"/>
+        <v>OK</v>
+      </c>
+      <c r="I27">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>36</v>
+      </c>
+      <c r="B28" s="96">
+        <f>Production!E20</f>
+        <v>0</v>
+      </c>
+      <c r="D28" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E28" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F28" t="str">
+        <f t="shared" si="2"/>
+        <v>OK</v>
+      </c>
+      <c r="I28">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>37</v>
+      </c>
+      <c r="B29" s="96">
+        <f>Production!F20</f>
+        <v>0</v>
+      </c>
+      <c r="D29" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E29" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F29" t="str">
+        <f t="shared" si="2"/>
+        <v>OK</v>
+      </c>
+      <c r="I29">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>38</v>
+      </c>
+      <c r="B30" s="96">
+        <f>Production!G20</f>
+        <v>0</v>
+      </c>
+      <c r="D30" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E30" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F30" t="str">
+        <f t="shared" si="2"/>
+        <v>OK</v>
+      </c>
+      <c r="I30">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>39</v>
+      </c>
+      <c r="B31" s="96">
+        <f>Production!H20</f>
+        <v>0</v>
+      </c>
+      <c r="D31" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E31" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F31" t="str">
+        <f t="shared" si="2"/>
+        <v>OK</v>
+      </c>
+      <c r="I31">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="B32" s="96">
+        <f>Production!I28</f>
+        <v>0</v>
+      </c>
+      <c r="C32">
+        <f>SUM(B26:B31)</f>
+        <v>0</v>
+      </c>
+      <c r="D32" s="82" t="s">
+        <v>135</v>
+      </c>
+      <c r="E32" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F32" t="str">
+        <f>IF(B32=C32,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I32">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="14.4">
+      <c r="A33" s="30">
+        <v>2025</v>
+      </c>
+      <c r="I33">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="B34" s="96">
+        <f>Production!B29</f>
+        <v>0</v>
+      </c>
+      <c r="D34" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E34" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F34" t="str">
+        <f t="shared" ref="F34:F40" si="3">IF(OR(ISBLANK(B34),ISNUMBER(B34)),"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I34">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s">
+        <v>34</v>
+      </c>
+      <c r="B35" s="96">
+        <f>Production!C29</f>
+        <v>0</v>
+      </c>
+      <c r="D35" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E35" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F35" t="str">
+        <f t="shared" si="3"/>
+        <v>OK</v>
+      </c>
+      <c r="I35">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>35</v>
+      </c>
+      <c r="B36" s="96">
+        <f>Production!D29</f>
+        <v>0</v>
+      </c>
+      <c r="D36" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E36" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F36" t="str">
+        <f t="shared" si="3"/>
+        <v>OK</v>
+      </c>
+      <c r="I36">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s">
+        <v>36</v>
+      </c>
+      <c r="B37" s="96">
+        <f>Production!E29</f>
+        <v>0</v>
+      </c>
+      <c r="D37" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E37" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F37" t="str">
+        <f t="shared" si="3"/>
+        <v>OK</v>
+      </c>
+      <c r="I37">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>37</v>
+      </c>
+      <c r="B38" s="96">
+        <f>Production!F29</f>
+        <v>0</v>
+      </c>
+      <c r="D38" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E38" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F38" t="str">
+        <f t="shared" si="3"/>
+        <v>OK</v>
+      </c>
+      <c r="I38">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>38</v>
+      </c>
+      <c r="B39" s="96">
+        <f>Production!G29</f>
+        <v>0</v>
+      </c>
+      <c r="D39" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E39" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F39" t="str">
+        <f t="shared" si="3"/>
+        <v>OK</v>
+      </c>
+      <c r="I39">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>39</v>
+      </c>
+      <c r="B40" s="96">
+        <f>Production!H29</f>
+        <v>0</v>
+      </c>
+      <c r="D40" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E40" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F40" t="str">
+        <f t="shared" si="3"/>
+        <v>OK</v>
+      </c>
+      <c r="I40">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="28" t="s">
+        <v>40</v>
+      </c>
+      <c r="B41" s="96">
+        <f>Production!I37</f>
+        <v>0</v>
+      </c>
+      <c r="C41">
+        <f>SUM(B35:B40)</f>
+        <v>0</v>
+      </c>
+      <c r="D41" s="97" t="s">
+        <v>135</v>
+      </c>
+      <c r="E41" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F41" t="str">
+        <f>IF(B41=C41,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I41">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s">
+        <v>188</v>
+      </c>
+      <c r="C42">
+        <f>C41+C32+C23</f>
+        <v>0</v>
+      </c>
+      <c r="D42" s="83" t="s">
+        <v>136</v>
+      </c>
+      <c r="E42" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F42" t="str">
+        <f>IF(C42&gt;0,"OK","ERREUR")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I42">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="E43" s="74"/>
+      <c r="I43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="14.4">
+      <c r="A44" s="30">
+        <v>2023</v>
+      </c>
+      <c r="I44">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>42</v>
+      </c>
+      <c r="B45" s="96">
+        <f>Production!B25</f>
+        <v>0</v>
+      </c>
+      <c r="D45" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E45" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F45" t="str">
+        <f t="shared" ref="F45:F50" si="4">IF(OR(ISBLANK(B45),ISNUMBER(B45)),"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I45">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="14.4">
+      <c r="A46" t="s">
+        <v>43</v>
+      </c>
+      <c r="B46" s="96">
+        <f>Production!C25</f>
+        <v>0</v>
+      </c>
+      <c r="D46" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E46" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F46" t="str">
+        <f t="shared" si="4"/>
+        <v>OK</v>
+      </c>
+      <c r="I46">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="14.4">
+      <c r="A47" t="s">
+        <v>44</v>
+      </c>
+      <c r="B47" s="96">
+        <f>Production!D25</f>
+        <v>0</v>
+      </c>
+      <c r="D47" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E47" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F47" t="str">
+        <f t="shared" si="4"/>
+        <v>OK</v>
+      </c>
+      <c r="I47">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="14.4">
+      <c r="A48" t="s">
+        <v>45</v>
+      </c>
+      <c r="B48" s="96">
+        <f>Production!E25</f>
+        <v>0</v>
+      </c>
+      <c r="D48" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E48" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F48" t="str">
+        <f t="shared" si="4"/>
+        <v>OK</v>
+      </c>
+      <c r="I48">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>46</v>
+      </c>
+      <c r="B49" s="96">
+        <f>Production!F25</f>
+        <v>0</v>
+      </c>
+      <c r="D49" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E49" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F49" t="str">
+        <f t="shared" si="4"/>
+        <v>OK</v>
+      </c>
+      <c r="I49">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
+        <v>47</v>
+      </c>
+      <c r="B50" s="96">
+        <f>Production!G25</f>
+        <v>0</v>
+      </c>
+      <c r="D50" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E50" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F50" t="str">
+        <f t="shared" si="4"/>
+        <v>OK</v>
+      </c>
+      <c r="I50">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="B51" s="96">
+        <f>Production!H25</f>
+        <v>0</v>
+      </c>
+      <c r="C51">
+        <f>SUM(B45:B50)</f>
+        <v>0</v>
+      </c>
+      <c r="D51" s="97" t="s">
+        <v>135</v>
+      </c>
+      <c r="E51" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F51" t="str">
+        <f>IF(B51=C51,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I51">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="B52" s="96">
+        <f>Production!I25</f>
+        <v>0</v>
+      </c>
+      <c r="C52">
+        <f>B23+B45+B51</f>
+        <v>0</v>
+      </c>
+      <c r="D52" s="97" t="s">
+        <v>135</v>
+      </c>
+      <c r="E52" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F52" t="str">
+        <f>IF(B52=C52,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I52">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="14.4">
+      <c r="A53" s="30">
+        <v>2024</v>
+      </c>
+      <c r="E53" s="76"/>
+      <c r="I53">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
+        <v>42</v>
+      </c>
+      <c r="B54" s="96">
+        <f>Production!B26</f>
+        <v>0</v>
+      </c>
+      <c r="D54" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E54" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F54" t="str">
+        <f t="shared" ref="F54:F59" si="5">IF(OR(ISBLANK(B54),ISNUMBER(B54)),"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I54">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" ht="14.4">
+      <c r="A55" t="s">
+        <v>43</v>
+      </c>
+      <c r="B55" s="96">
+        <f>Production!C26</f>
+        <v>0</v>
+      </c>
+      <c r="D55" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E55" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F55" t="str">
+        <f t="shared" si="5"/>
+        <v>OK</v>
+      </c>
+      <c r="I55">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" ht="14.4">
+      <c r="A56" t="s">
+        <v>44</v>
+      </c>
+      <c r="B56" s="96">
+        <f>Production!D26</f>
+        <v>0</v>
+      </c>
+      <c r="D56" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E56" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F56" t="str">
+        <f t="shared" si="5"/>
+        <v>OK</v>
+      </c>
+      <c r="I56">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="14.4">
+      <c r="A57" t="s">
+        <v>45</v>
+      </c>
+      <c r="B57" s="96">
+        <f>Production!E26</f>
+        <v>0</v>
+      </c>
+      <c r="D57" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E57" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F57" t="str">
+        <f t="shared" si="5"/>
+        <v>OK</v>
+      </c>
+      <c r="I57">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s">
+        <v>46</v>
+      </c>
+      <c r="B58" s="96">
+        <f>Production!F26</f>
+        <v>0</v>
+      </c>
+      <c r="D58" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E58" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F58" t="str">
+        <f t="shared" si="5"/>
+        <v>OK</v>
+      </c>
+      <c r="I58">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>47</v>
+      </c>
+      <c r="B59" s="96">
+        <f>Production!F26</f>
+        <v>0</v>
+      </c>
+      <c r="D59" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E59" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F59" t="str">
+        <f t="shared" si="5"/>
+        <v>OK</v>
+      </c>
+      <c r="I59">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="B60" s="96">
+        <f>Production!H26</f>
+        <v>0</v>
+      </c>
+      <c r="C60">
+        <f>SUM(B54:B59)</f>
+        <v>0</v>
+      </c>
+      <c r="D60" s="97" t="s">
+        <v>135</v>
+      </c>
+      <c r="E60" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F60" t="str">
+        <f>IF(B60=C60,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I60">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="B61" s="96">
+        <f>Production!I26</f>
+        <v>0</v>
+      </c>
+      <c r="C61">
+        <f>B32+B54+B60</f>
+        <v>0</v>
+      </c>
+      <c r="D61" s="97" t="s">
+        <v>135</v>
+      </c>
+      <c r="E61" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F61" t="str">
+        <f>IF(B61=C61,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I61">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="14.4">
+      <c r="A62" s="30">
+        <v>2025</v>
+      </c>
+      <c r="E62" s="76"/>
+      <c r="I62">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>42</v>
+      </c>
+      <c r="B63" s="96">
+        <f>Production!B27</f>
+        <v>0</v>
+      </c>
+      <c r="D63" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E63" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F63" t="str">
+        <f t="shared" ref="F63:F68" si="6">IF(OR(ISBLANK(B63),ISNUMBER(B63)),"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I63">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="14.4">
+      <c r="A64" t="s">
+        <v>43</v>
+      </c>
+      <c r="B64" s="96">
+        <f>Production!C27</f>
+        <v>0</v>
+      </c>
+      <c r="D64" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E64" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F64" t="str">
+        <f t="shared" si="6"/>
+        <v>OK</v>
+      </c>
+      <c r="I64">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="14.4">
+      <c r="A65" t="s">
+        <v>44</v>
+      </c>
+      <c r="B65" s="96">
+        <f>Production!D27</f>
+        <v>0</v>
+      </c>
+      <c r="D65" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E65" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F65" t="str">
+        <f t="shared" si="6"/>
+        <v>OK</v>
+      </c>
+      <c r="I65">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" ht="14.4">
+      <c r="A66" t="s">
+        <v>45</v>
+      </c>
+      <c r="B66" s="96">
+        <f>Production!E27</f>
+        <v>0</v>
+      </c>
+      <c r="D66" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E66" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F66" t="str">
+        <f t="shared" si="6"/>
+        <v>OK</v>
+      </c>
+      <c r="I66">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
+        <v>46</v>
+      </c>
+      <c r="B67" s="96">
+        <f>Production!F27</f>
+        <v>0</v>
+      </c>
+      <c r="D67" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E67" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F67" t="str">
+        <f t="shared" si="6"/>
+        <v>OK</v>
+      </c>
+      <c r="I67">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" t="s">
+        <v>47</v>
+      </c>
+      <c r="B68" s="96">
+        <f>Production!G27</f>
+        <v>0</v>
+      </c>
+      <c r="D68" s="82" t="s">
+        <v>137</v>
+      </c>
+      <c r="E68" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F68" t="str">
+        <f t="shared" si="6"/>
+        <v>OK</v>
+      </c>
+      <c r="I68">
+        <f t="shared" ref="I68:I102" si="7">IF(F68="ERREUR",1,0)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="B69" s="96">
+        <f>Production!H27</f>
+        <v>0</v>
+      </c>
+      <c r="C69">
+        <f>SUM(B63:B68)</f>
+        <v>0</v>
+      </c>
+      <c r="D69" s="97" t="s">
+        <v>135</v>
+      </c>
+      <c r="E69" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F69" t="str">
+        <f>IF(B69=C69,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I69">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="B70" s="96">
+        <f>Production!I27</f>
+        <v>0</v>
+      </c>
+      <c r="C70">
+        <f>B41+B63+B69</f>
+        <v>0</v>
+      </c>
+      <c r="D70" s="97" t="s">
+        <v>135</v>
+      </c>
+      <c r="E70" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F70" t="str">
+        <f>IF(B70=C70,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I70">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" t="s">
+        <v>173</v>
+      </c>
+      <c r="C71">
+        <f>C70+C61+C52</f>
+        <v>0</v>
+      </c>
+      <c r="D71" s="83" t="s">
+        <v>136</v>
+      </c>
+      <c r="E71" s="76" t="s">
+        <v>130</v>
+      </c>
+      <c r="F71" t="str">
+        <f>IF(C71&gt;0,"OK","ERREUR")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I71">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="F72" s="74"/>
+      <c r="I72">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" t="s">
+        <v>160</v>
+      </c>
+      <c r="B73" s="96">
+        <f>Production!B36</f>
+        <v>0</v>
+      </c>
+      <c r="D73" s="82" t="s">
+        <v>139</v>
+      </c>
+      <c r="F73" t="str">
+        <f>IF(OR(B73="OUI",B73="NON"),"OK","ERREUR")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I73">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>159</v>
+      </c>
+      <c r="D74" t="s">
+        <v>149</v>
+      </c>
+      <c r="F74" t="s">
+        <v>149</v>
+      </c>
+      <c r="I74">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>161</v>
+      </c>
+      <c r="B75" s="96">
+        <f>Production!B46</f>
+        <v>0</v>
+      </c>
+      <c r="D75" s="99" t="s">
+        <v>129</v>
+      </c>
+      <c r="F75" t="str">
+        <f>IF(OR(ISBLANK(B75),B75=0),"ERREUR","OK")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I75">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>140</v>
+      </c>
+      <c r="B76" s="96" t="str">
+        <f>Production!A50</f>
+        <v>Veuillez écrire votre réponse ici</v>
+      </c>
+      <c r="D76" t="s">
+        <v>149</v>
+      </c>
+      <c r="F76" t="s">
+        <v>149</v>
+      </c>
+      <c r="I76">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="14.4">
+      <c r="A77" s="171" t="s">
+        <v>150</v>
+      </c>
+      <c r="B77" s="172"/>
+      <c r="C77" s="172"/>
+      <c r="D77" s="172"/>
+      <c r="E77" s="172"/>
+      <c r="F77" s="173"/>
+      <c r="I77">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" t="s">
+        <v>23</v>
+      </c>
+      <c r="B78" s="96">
+        <f>Sulfates!B8</f>
+        <v>0</v>
+      </c>
+      <c r="D78" s="98" t="s">
+        <v>132</v>
+      </c>
+      <c r="F78" t="str">
+        <f>IF(B78=$B$3,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I78">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" t="s">
+        <v>24</v>
+      </c>
+      <c r="B79" s="96">
+        <f>Sulfates!B9</f>
+        <v>0</v>
+      </c>
+      <c r="D79" s="98" t="s">
+        <v>133</v>
+      </c>
+      <c r="F79" t="str">
+        <f>IF(B79=$B$4,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I79">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" t="s">
+        <v>25</v>
+      </c>
+      <c r="B80" s="96">
+        <f>Sulfates!B10</f>
+        <v>0</v>
+      </c>
+      <c r="D80" s="98" t="s">
+        <v>134</v>
+      </c>
+      <c r="F80" t="str">
+        <f>IF(B80=$B$5,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I80">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" t="s">
+        <v>159</v>
+      </c>
+      <c r="D81" t="s">
+        <v>149</v>
+      </c>
+      <c r="F81" t="s">
+        <v>149</v>
+      </c>
+      <c r="I81">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" t="s">
+        <v>189</v>
+      </c>
+      <c r="B82" s="96" t="str">
+        <f>Sulfates!A24&amp;Sulfates!B24&amp;Sulfates!C24&amp;Sulfates!D24&amp;Sulfates!E24&amp;Sulfates!F24&amp;Sulfates!G24&amp;Sulfates!H24</f>
+        <v/>
+      </c>
+      <c r="D82" s="82" t="s">
+        <v>129</v>
+      </c>
+      <c r="E82" t="s">
         <v>120</v>
       </c>
-    </row>
-[...650 lines deleted...]
-      <c r="F81" s="175"/>
+      <c r="F82" t="str">
+        <f>IF(OR(ISBLANK(B82),B82=""),"ERREUR","OK")</f>
+        <v>ERREUR</v>
+      </c>
+      <c r="I82">
+        <f t="shared" si="7"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" t="s">
+        <v>157</v>
+      </c>
+      <c r="B83" s="96" t="str">
+        <f>Sulfates!A57</f>
+        <v>FIN DES DONNEES</v>
+      </c>
+      <c r="D83" s="82" t="s">
+        <v>158</v>
+      </c>
+      <c r="F83" t="str">
+        <f>IF(B83="FIN DES DONNEES","OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I83">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" ht="14.4">
+      <c r="A84" s="171" t="s">
+        <v>154</v>
+      </c>
+      <c r="B84" s="172"/>
+      <c r="C84" s="172"/>
+      <c r="D84" s="172"/>
+      <c r="E84" s="172"/>
+      <c r="F84" s="173"/>
+      <c r="I84">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9">
+      <c r="A85" t="s">
+        <v>23</v>
+      </c>
+      <c r="B85" s="96">
+        <f>Dépassements!B8</f>
+        <v>0</v>
+      </c>
+      <c r="D85" s="98" t="s">
+        <v>132</v>
+      </c>
+      <c r="F85" t="str">
+        <f>IF(B85=$B$3,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I85">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9">
+      <c r="A86" t="s">
+        <v>24</v>
+      </c>
+      <c r="B86" s="96">
+        <f>Dépassements!B9</f>
+        <v>0</v>
+      </c>
+      <c r="D86" s="98" t="s">
+        <v>133</v>
+      </c>
+      <c r="F86" t="str">
+        <f>IF(B86=$B$4,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I86">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9">
+      <c r="A87" t="s">
+        <v>25</v>
+      </c>
+      <c r="B87" s="96">
+        <f>Dépassements!B10</f>
+        <v>0</v>
+      </c>
+      <c r="D87" s="98" t="s">
+        <v>134</v>
+      </c>
+      <c r="F87" t="str">
+        <f>IF(B87=$B$5,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I87">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9">
+      <c r="A88" t="s">
+        <v>159</v>
+      </c>
+      <c r="D88" t="s">
+        <v>149</v>
+      </c>
+      <c r="F88" t="s">
+        <v>149</v>
+      </c>
+      <c r="I88">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89" t="s">
+        <v>157</v>
+      </c>
+      <c r="B89" s="96" t="str">
+        <f>Dépassements!A51</f>
+        <v>FIN DES DONNEES</v>
+      </c>
+      <c r="D89" s="82" t="s">
+        <v>158</v>
+      </c>
+      <c r="F89" t="str">
+        <f>IF(B89="FIN DES DONNEES","OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I89">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9">
+      <c r="A90" t="s">
+        <v>160</v>
+      </c>
+      <c r="B90" s="96" t="str">
+        <f>Dépassements!A54</f>
+        <v>Veuillez écrire votre réponse ici</v>
+      </c>
+      <c r="D90" t="s">
+        <v>149</v>
+      </c>
+      <c r="F90" t="s">
+        <v>149</v>
+      </c>
+      <c r="I90">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9">
+      <c r="A91" t="s">
+        <v>161</v>
+      </c>
+      <c r="B91" s="96" t="str">
+        <f>Dépassements!A72</f>
+        <v>Veuillez écrire votre réponse ici</v>
+      </c>
+      <c r="D91" t="s">
+        <v>149</v>
+      </c>
+      <c r="F91" t="s">
+        <v>149</v>
+      </c>
+      <c r="I91">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="14.4">
+      <c r="A92" s="171" t="s">
+        <v>155</v>
+      </c>
+      <c r="B92" s="172"/>
+      <c r="C92" s="172"/>
+      <c r="D92" s="172"/>
+      <c r="E92" s="172"/>
+      <c r="F92" s="173"/>
+      <c r="I92">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9">
+      <c r="A93" t="s">
+        <v>23</v>
+      </c>
+      <c r="B93" s="96">
+        <f>Coût!B7</f>
+        <v>0</v>
+      </c>
+      <c r="D93" s="98" t="s">
+        <v>132</v>
+      </c>
+      <c r="F93" t="str">
+        <f>IF(B93=$B$3,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I93">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9">
+      <c r="A94" t="s">
+        <v>24</v>
+      </c>
+      <c r="B94" s="96">
+        <f>Coût!B8</f>
+        <v>0</v>
+      </c>
+      <c r="D94" s="98" t="s">
+        <v>133</v>
+      </c>
+      <c r="F94" t="str">
+        <f>IF(B94=$B$4,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I94">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9">
+      <c r="A95" t="s">
+        <v>25</v>
+      </c>
+      <c r="B95" s="96">
+        <f>Coût!B9</f>
+        <v>0</v>
+      </c>
+      <c r="D95" s="98" t="s">
+        <v>134</v>
+      </c>
+      <c r="F95" t="str">
+        <f>IF(B95=$B$5,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I95">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9">
+      <c r="A96" t="s">
+        <v>159</v>
+      </c>
+      <c r="D96" t="s">
+        <v>149</v>
+      </c>
+      <c r="F96" t="s">
+        <v>149</v>
+      </c>
+      <c r="I96">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9">
+      <c r="A97" t="s">
+        <v>160</v>
+      </c>
+      <c r="B97" s="96" t="str">
+        <f>Coût!A25</f>
+        <v>Veuillez écrire votre réponse ici</v>
+      </c>
+      <c r="D97" t="s">
+        <v>149</v>
+      </c>
+      <c r="F97" t="s">
+        <v>149</v>
+      </c>
+      <c r="I97">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="14.4">
+      <c r="A98" s="171" t="s">
+        <v>156</v>
+      </c>
+      <c r="B98" s="172"/>
+      <c r="C98" s="172"/>
+      <c r="D98" s="172"/>
+      <c r="E98" s="172"/>
+      <c r="F98" s="173"/>
+      <c r="I98">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9">
+      <c r="A99" t="s">
+        <v>23</v>
+      </c>
+      <c r="B99" s="96">
+        <f>Commentaires!B7</f>
+        <v>0</v>
+      </c>
+      <c r="D99" s="98" t="s">
+        <v>132</v>
+      </c>
+      <c r="F99" t="str">
+        <f>IF(B99=$B$3,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I99">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9">
+      <c r="A100" t="s">
+        <v>24</v>
+      </c>
+      <c r="B100" s="96">
+        <f>Commentaires!B8</f>
+        <v>0</v>
+      </c>
+      <c r="D100" s="98" t="s">
+        <v>133</v>
+      </c>
+      <c r="F100" t="str">
+        <f>IF(B100=$B$4,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I100">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9">
+      <c r="A101" t="s">
+        <v>25</v>
+      </c>
+      <c r="B101" s="96">
+        <f>Commentaires!B9</f>
+        <v>0</v>
+      </c>
+      <c r="D101" s="98" t="s">
+        <v>134</v>
+      </c>
+      <c r="F101" t="str">
+        <f>IF(B101=$B$5,"OK","ERREUR")</f>
+        <v>OK</v>
+      </c>
+      <c r="I101">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9">
+      <c r="A102" t="s">
+        <v>140</v>
+      </c>
+      <c r="B102" s="96" t="str">
+        <f>Commentaires!A15</f>
+        <v>Veuillez écrire votre réponse ici</v>
+      </c>
+      <c r="D102" t="s">
+        <v>149</v>
+      </c>
+      <c r="F102" t="s">
+        <v>149</v>
+      </c>
+      <c r="I102">
+        <f t="shared" si="7"/>
+        <v>0</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="suvRXQpS0BkiftngRHGdHLSMDa2qO7EUaPprt23fDy4gEOILw3ysjJvlLscT0wL3LckKUPyU+zBNucf1ZJiF4Q==" saltValue="4Zf50wmw+qnXOv+NtPvviQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...9 lines deleted...]
-    <mergeCell ref="A5:I5"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="6">
+    <mergeCell ref="A98:F98"/>
+    <mergeCell ref="A11:F11"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A77:F77"/>
+    <mergeCell ref="A84:F84"/>
+    <mergeCell ref="A92:F92"/>
   </mergeCells>
-  <phoneticPr fontId="24" type="noConversion"/>
-[...25 lines deleted...]
-  </dataValidations>
+  <conditionalFormatting sqref="F1 F99:F1048576 F3:F10 F12:F52 F54:F76 F78:F83 F85:F91 F93:F97">
+    <cfRule type="containsText" dxfId="21" priority="21" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",F1)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="20" priority="22" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",F1)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D74">
+    <cfRule type="containsText" dxfId="19" priority="19" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D74)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="18" priority="20" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D74)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D8">
+    <cfRule type="containsText" dxfId="17" priority="17" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D8)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="16" priority="18" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D8)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D81">
+    <cfRule type="containsText" dxfId="15" priority="15" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D81)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="14" priority="16" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D81)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D88">
+    <cfRule type="containsText" dxfId="13" priority="13" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D88)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="12" priority="14" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D88)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D102">
+    <cfRule type="containsText" dxfId="11" priority="11" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D102)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="10" priority="12" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D102)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D96">
+    <cfRule type="containsText" dxfId="9" priority="9" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D96)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="8" priority="10" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D96)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D90">
+    <cfRule type="containsText" dxfId="7" priority="7" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D90)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="6" priority="8" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D90)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D91">
+    <cfRule type="containsText" dxfId="5" priority="5" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D91)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="4" priority="6" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D91)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D97">
+    <cfRule type="containsText" dxfId="3" priority="3" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D97)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="2" priority="4" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D97)))</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D76">
+    <cfRule type="containsText" dxfId="1" priority="1" operator="containsText" text="ERREUR">
+      <formula>NOT(ISERROR(SEARCH("ERREUR",D76)))</formula>
+    </cfRule>
+    <cfRule type="containsText" dxfId="0" priority="2" operator="containsText" text="OK">
+      <formula>NOT(ISERROR(SEARCH("OK",D76)))</formula>
+    </cfRule>
+  </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-[...472 lines deleted...]
-</worksheet>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-[...397 lines deleted...]
-</worksheet>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100559A65A2DD5DF44A80A654981849549B" ma:contentTypeVersion="17" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="ba023bce3ca23e71f1714486837f8717">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1a3df3e-33cb-4260-8132-609fc1ecef07" xmlns:ns3="db7435c9-3aa2-4ddd-a3fd-7413ce4a853b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="874f49613754915ca27c1212a5af7e03" ns2:_="" ns3:_="">
+    <xsd:import namespace="c1a3df3e-33cb-4260-8132-609fc1ecef07"/>
+    <xsd:import namespace="db7435c9-3aa2-4ddd-a3fd-7413ce4a853b"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1a3df3e-33cb-4260-8132-609fc1ecef07" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cc4018d8-b214-4a48-af45-02710e18d619" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="db7435c9-3aa2-4ddd-a3fd-7413ce4a853b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{72a39bb6-5cef-4d0c-89d9-c0f7b09ecf8e}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="db7435c9-3aa2-4ddd-a3fd-7413ce4a853b">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="23" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="24" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Type de contenu"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titre"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="c1a3df3e-33cb-4260-8132-609fc1ecef07">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="db7435c9-3aa2-4ddd-a3fd-7413ce4a853b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9D05C7FA-F4CA-4CFD-AC71-EC13D35C7770}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EA92CEF-9CD0-497E-A683-BA3B51812E0A}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27667879-1D59-4793-B19F-1B1F9BE0AEDA}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="7" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>Lisez moi</vt:lpstr>
-      <vt:lpstr>Identification </vt:lpstr>
+      <vt:lpstr>Identification</vt:lpstr>
       <vt:lpstr>Production</vt:lpstr>
       <vt:lpstr>Sulfates</vt:lpstr>
       <vt:lpstr>Dépassements</vt:lpstr>
       <vt:lpstr>Coût</vt:lpstr>
       <vt:lpstr>Commentaires</vt:lpstr>
+      <vt:lpstr>CTRLDATA</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>LEYH Romain</dc:creator>
+  <dc:creator>SOMER Cindy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_SetDate">
-    <vt:lpwstr>2024-06-19T15:53:19Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-10T08:05:47Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Name">
     <vt:lpwstr>97a477d1-147d-4e34-b5e3-7b26d2f44870</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_SiteId">
     <vt:lpwstr>1f816a84-7aa6-4a56-b22a-7b3452fa8681</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_ActionId">
-    <vt:lpwstr>39d66635-aabd-47fa-8f74-c51071e2f0d5</vt:lpwstr>
+    <vt:lpwstr>bdff2f04-32fa-4075-ba35-5b94be090fde</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
+    <vt:lpwstr>0x010100559A65A2DD5DF44A80A654981849549B</vt:lpwstr>
+  </property>
 </Properties>
 </file>