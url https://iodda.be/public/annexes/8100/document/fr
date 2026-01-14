--- v0 (2025-10-25)
+++ v1 (2026-01-14)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="482D5413" w14:textId="77777777" w:rsidR="00153E33" w:rsidRPr="00696E7F" w:rsidRDefault="00153E33">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk183769425"/>
     </w:p>
     <w:p w14:paraId="0DFF3ED6" w14:textId="77777777" w:rsidR="00153E33" w:rsidRPr="00696E7F" w:rsidRDefault="00153E33">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="141A5ABB" w14:textId="77777777" w:rsidR="00153E33" w:rsidRPr="00696E7F" w:rsidRDefault="00153E33">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
@@ -688,63 +688,63 @@
               <w:t>Pauline DELBASCOURT</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09445AE5" w14:textId="77777777" w:rsidR="009A4B6B" w:rsidRPr="00070BFD" w:rsidRDefault="009A4B6B" w:rsidP="00070BFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070BFD">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>081/32.72.63</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E5FC6DB" w14:textId="3F5C974E" w:rsidR="009A4B6B" w:rsidRPr="00070BFD" w:rsidRDefault="00B96B59" w:rsidP="00070BFD">
+          <w:p w14:paraId="1E5FC6DB" w14:textId="3F5C974E" w:rsidR="009A4B6B" w:rsidRPr="00070BFD" w:rsidRDefault="00070BFD" w:rsidP="00070BFD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="00070BFD" w:rsidRPr="00070BFD">
+              <w:r w:rsidRPr="00070BFD">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                   <w:bCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:t>pauline.delbascourt@spw.wallonie.be</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B5C73DB" w14:textId="77777777" w:rsidR="009A4B6B" w:rsidRPr="00070BFD" w:rsidRDefault="009A4B6B" w:rsidP="009A4B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -982,59 +982,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="CaseACocher1"/>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1058,59 +1058,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="CaseACocher2"/>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1134,59 +1134,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="CaseACocher3"/>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1210,59 +1210,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="CaseACocher4"/>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="00696E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1294,59 +1294,59 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00ED0BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00ED0BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00ED0BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED0BAD">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Autre</w:t>
@@ -3242,61 +3242,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -3366,61 +3366,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -3502,61 +3502,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -3626,61 +3626,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -3762,61 +3762,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -3887,61 +3887,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -4023,61 +4023,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -4147,61 +4147,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -4283,61 +4283,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -4407,61 +4407,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -4543,61 +4543,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -4667,61 +4667,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -4803,61 +4803,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -4927,61 +4927,61 @@
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...9 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="00B97AEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00B97AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic"/>
                 <w:b/>
@@ -5703,126 +5703,339 @@
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17C42CAB" w14:textId="77777777" w:rsidR="002A0836" w:rsidRDefault="002A0836" w:rsidP="002A0836">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78CABEED" w14:textId="77777777" w:rsidR="002A0836" w:rsidRPr="002A0836" w:rsidRDefault="002A0836" w:rsidP="002A0836">
-      <w:pPr>
+    <w:p w14:paraId="78CABEED" w14:textId="3D235730" w:rsidR="002A0836" w:rsidRPr="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00F03637">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Organisation d’activités spécifiques pour l’accueil du public féminin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228211B5" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+      <w:pPr>
+        <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="708" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8636"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F03637" w14:paraId="176A0D5D" w14:textId="77777777" w:rsidTr="00F03637">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9344" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B2E2C8" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6597DC46" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="713467F1" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D071955" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E4F7F8F" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30C01ACC" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68618D2B" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D3AFA48" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FA6A69B" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E719B91" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2336D196" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="420ED371" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A77CDE5" w14:textId="77777777" w:rsidR="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B56E4F0" w14:textId="4DD25E48" w:rsidR="00426770" w:rsidRPr="00F03637" w:rsidRDefault="00F03637" w:rsidP="00F03637">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00426770" w:rsidRPr="00F03637">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:t>Modalités d’accessibilité des services visés à l’article 117/4, alinéa 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00426770">
+      <w:r w:rsidR="00426770" w:rsidRPr="00F03637">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00426770" w:rsidRPr="00F03637">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4° et 5° du Code </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00426770" w:rsidRPr="00F03637">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>décrétal</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00426770" w:rsidRPr="00F03637">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="603DF97C" w14:textId="77777777" w:rsidR="002A0836" w:rsidRDefault="002A0836" w:rsidP="002A0836">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56573723" w14:textId="77777777" w:rsidR="002A0836" w:rsidRPr="002A0836" w:rsidRDefault="002A0836" w:rsidP="002A0836">
       <w:pPr>
@@ -5893,59 +6106,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6030,59 +6243,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6167,59 +6380,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6304,59 +6517,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6441,59 +6654,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6578,59 +6791,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6715,59 +6928,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6852,59 +7065,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6957,59 +7170,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7094,59 +7307,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7199,59 +7412,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7336,59 +7549,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7420,80 +7633,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="438DB6E6" w14:textId="77777777" w:rsidR="002A0836" w:rsidRDefault="002A0836" w:rsidP="002A0836">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B96B59">
-[...7 lines deleted...]
-            <w:r w:rsidR="00B96B59">
+            <w:r w:rsidRPr="002A0836">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="002A0836">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -8253,70 +8467,70 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00153E33" w:rsidRPr="00696E7F" w:rsidSect="000E4918">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:paperSrc w:first="2"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2CD4607F" w14:textId="77777777" w:rsidR="00845EA9" w:rsidRDefault="00845EA9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4B206FC8" w14:textId="77777777" w:rsidR="00845EA9" w:rsidRDefault="00845EA9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -8360,51 +8574,51 @@
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62934C49" w14:textId="77777777" w:rsidR="00846137" w:rsidRPr="00BE34C4" w:rsidRDefault="00846137">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BE34C4">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00BE34C4">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
@@ -8485,51 +8699,51 @@
     </w:r>
     <w:r w:rsidR="00AB5010" w:rsidRPr="00BE34C4">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:noProof/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:t>12</w:t>
     </w:r>
     <w:r w:rsidRPr="00BE34C4">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:snapToGrid w:val="0"/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10687" w:type="dxa"/>
       <w:tblInd w:w="-539" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1743"/>
       <w:gridCol w:w="8944"/>
     </w:tblGrid>
     <w:tr w:rsidR="00846137" w14:paraId="7E268863" w14:textId="77777777" w:rsidTr="00A87E69">
       <w:trPr>
         <w:trHeight w:val="853"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1743" w:type="dxa"/>
           <w:tcBorders>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="808080"/>
           </w:tcBorders>
@@ -8662,150 +8876,150 @@
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Avenue Gouverneur </w:t>
           </w:r>
           <w:proofErr w:type="spellStart"/>
           <w:r w:rsidRPr="00174634">
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Bovesse</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
           <w:r w:rsidRPr="00174634">
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>, 100 B-5100 NAMUR (JAMBES)</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="454C2A4B" w14:textId="6A4E5C50" w:rsidR="0011234E" w:rsidRPr="00174634" w:rsidRDefault="00B96B59" w:rsidP="00A87E69">
+        <w:p w14:paraId="454C2A4B" w14:textId="6A4E5C50" w:rsidR="0011234E" w:rsidRPr="00174634" w:rsidRDefault="00174634" w:rsidP="00A87E69">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId2" w:history="1">
-            <w:r w:rsidR="00174634">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>accueils.jour.social@spw.wallonie.be</w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidR="00174634">
+          <w:r>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="15FF4C80" w14:textId="4FFF321D" w:rsidR="00846137" w:rsidRDefault="00B96B59" w:rsidP="00A87E69">
+        <w:p w14:paraId="15FF4C80" w14:textId="4FFF321D" w:rsidR="00846137" w:rsidRDefault="006B73D1" w:rsidP="00A87E69">
           <w:pPr>
             <w:pStyle w:val="Pieddepage"/>
             <w:rPr>
               <w:rStyle w:val="Normale1"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
               <w:caps/>
               <w:color w:val="808080"/>
               <w:sz w:val="14"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId3" w:history="1">
-            <w:r w:rsidR="006B73D1" w:rsidRPr="00174634">
+            <w:r w:rsidRPr="00174634">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>https://www.wallonie.be</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidR="00846137" w:rsidRPr="00174634">
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
               <w:sz w:val="14"/>
             </w:rPr>
             <w:t xml:space="preserve"> . N° Vert : </w:t>
           </w:r>
           <w:r w:rsidR="00944078" w:rsidRPr="00174634">
             <w:rPr>
               <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
               <w:sz w:val="14"/>
             </w:rPr>
             <w:t>1718</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="274B3F85" w14:textId="77777777" w:rsidR="00846137" w:rsidRDefault="00846137">
     <w:pPr>
       <w:pStyle w:val="Normale"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="75ED26A8" w14:textId="77777777" w:rsidR="00845EA9" w:rsidRDefault="00845EA9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2A448EB7" w14:textId="77777777" w:rsidR="00845EA9" w:rsidRDefault="00845EA9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49DDAB0B" w14:textId="1F1C01A5" w:rsidR="00846137" w:rsidRPr="00174634" w:rsidRDefault="00846137">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00174634">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
     <w:r w:rsidR="00BA563A" w:rsidRPr="00174634">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>irection</w:t>
     </w:r>
@@ -8848,51 +9062,51 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>J</w:t>
     </w:r>
     <w:r w:rsidR="00FD090F">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>our</w:t>
     </w:r>
     <w:r w:rsidR="00696E7F" w:rsidRPr="00174634">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="560A2BBC" w14:textId="77777777" w:rsidR="00AB5010" w:rsidRDefault="00CA2E07">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E4C17FB" wp14:editId="5840D1A6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>2067560</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="margin">
             <wp:posOffset>-523875</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1804670" cy="890270"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="5" name="Image 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -8925,51 +9139,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07AF773D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF04B7D4"/>
     <w:lvl w:ilvl="0" w:tplc="E94E1434">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:sz w:val="44"/>
         <w:szCs w:val="44"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2280" w:hanging="360"/>
@@ -10830,122 +11044,124 @@
   <w:num w:numId="23" w16cid:durableId="867717731">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="305669314">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="499154777">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1966882534">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1394738248">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="627858334">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1204365165">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="23553"/>
+    <o:shapedefaults v:ext="edit" spidmax="25601"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FD4137"/>
     <w:rsid w:val="000072BB"/>
     <w:rsid w:val="000246B4"/>
     <w:rsid w:val="00070BFD"/>
     <w:rsid w:val="000E4918"/>
     <w:rsid w:val="0011234E"/>
     <w:rsid w:val="00153E33"/>
     <w:rsid w:val="001572CE"/>
     <w:rsid w:val="00174634"/>
     <w:rsid w:val="00190C5F"/>
     <w:rsid w:val="001A00EB"/>
     <w:rsid w:val="001A2BC6"/>
     <w:rsid w:val="001B6FDF"/>
     <w:rsid w:val="001C1258"/>
     <w:rsid w:val="001C2701"/>
+    <w:rsid w:val="00224064"/>
     <w:rsid w:val="002317C6"/>
     <w:rsid w:val="002A0836"/>
     <w:rsid w:val="002F14C6"/>
     <w:rsid w:val="002F28DA"/>
     <w:rsid w:val="00364706"/>
     <w:rsid w:val="00373AD4"/>
     <w:rsid w:val="003C788F"/>
     <w:rsid w:val="00426770"/>
     <w:rsid w:val="00467EF1"/>
     <w:rsid w:val="00483CD4"/>
     <w:rsid w:val="004D72DE"/>
     <w:rsid w:val="004E5B15"/>
     <w:rsid w:val="004E7052"/>
     <w:rsid w:val="005021E5"/>
     <w:rsid w:val="00511C03"/>
     <w:rsid w:val="00530ECE"/>
     <w:rsid w:val="00532970"/>
     <w:rsid w:val="005720A8"/>
     <w:rsid w:val="00590D1B"/>
     <w:rsid w:val="00592524"/>
     <w:rsid w:val="005A1377"/>
     <w:rsid w:val="005C06BE"/>
     <w:rsid w:val="005D0D54"/>
     <w:rsid w:val="005E4183"/>
     <w:rsid w:val="00621E57"/>
     <w:rsid w:val="0064748F"/>
     <w:rsid w:val="00671AEF"/>
     <w:rsid w:val="00675E26"/>
+    <w:rsid w:val="006874D6"/>
     <w:rsid w:val="00696E7F"/>
     <w:rsid w:val="006A5E20"/>
     <w:rsid w:val="006B73D1"/>
     <w:rsid w:val="006D0D43"/>
     <w:rsid w:val="007124CB"/>
     <w:rsid w:val="007C2BD9"/>
     <w:rsid w:val="007E31AD"/>
     <w:rsid w:val="008370B6"/>
     <w:rsid w:val="00845EA9"/>
     <w:rsid w:val="00846137"/>
     <w:rsid w:val="00885998"/>
     <w:rsid w:val="008A76CF"/>
     <w:rsid w:val="008C556F"/>
     <w:rsid w:val="008E2F00"/>
     <w:rsid w:val="009007DB"/>
     <w:rsid w:val="00942F29"/>
     <w:rsid w:val="00943076"/>
     <w:rsid w:val="00944078"/>
     <w:rsid w:val="0094606A"/>
     <w:rsid w:val="009A4B6B"/>
     <w:rsid w:val="00A02D82"/>
     <w:rsid w:val="00A34CD6"/>
     <w:rsid w:val="00A50988"/>
     <w:rsid w:val="00A62DB7"/>
     <w:rsid w:val="00A87E69"/>
@@ -10968,87 +11184,88 @@
     <w:rsid w:val="00BC01B8"/>
     <w:rsid w:val="00BC267C"/>
     <w:rsid w:val="00BD41D0"/>
     <w:rsid w:val="00BE34C4"/>
     <w:rsid w:val="00C12A07"/>
     <w:rsid w:val="00C47111"/>
     <w:rsid w:val="00C675A2"/>
     <w:rsid w:val="00C72267"/>
     <w:rsid w:val="00C97103"/>
     <w:rsid w:val="00C97230"/>
     <w:rsid w:val="00CA2E07"/>
     <w:rsid w:val="00CC71A4"/>
     <w:rsid w:val="00CE2101"/>
     <w:rsid w:val="00D2329B"/>
     <w:rsid w:val="00D305B7"/>
     <w:rsid w:val="00D86F4E"/>
     <w:rsid w:val="00D87B60"/>
     <w:rsid w:val="00DE63D3"/>
     <w:rsid w:val="00DF61F5"/>
     <w:rsid w:val="00E50786"/>
     <w:rsid w:val="00EC045E"/>
     <w:rsid w:val="00ED0BAD"/>
     <w:rsid w:val="00ED5A87"/>
     <w:rsid w:val="00EF4276"/>
     <w:rsid w:val="00F01E1A"/>
+    <w:rsid w:val="00F03637"/>
     <w:rsid w:val="00F361F7"/>
     <w:rsid w:val="00F41C9E"/>
     <w:rsid w:val="00FD090F"/>
     <w:rsid w:val="00FD4137"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="23553"/>
+    <o:shapedefaults v:ext="edit" spidmax="25601"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="745BFAC0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9F9C2DD7-6481-4523-BFAA-A10F95A59780}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11981,51 +12198,51 @@
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="008C556F"/>
     <w:rPr>
       <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos"/>
       <w:kern w:val="2"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1356885150">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accueils.jour.social@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pauline.delbascourt@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wallonie.be" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sis.social@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
@@ -12332,76 +12549,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82432288-B08A-4831-8B78-A599BB2AB643}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>En-tête SPW.dot</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>3568</Characters>
+  <Pages>7</Pages>
+  <Words>536</Words>
+  <Characters>3647</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Le Directeur Général</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>M.E.T.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4087</CharactersWithSpaces>
+  <CharactersWithSpaces>4175</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7929907</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://spw.wallonie.be/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1245288</vt:i4>
       </vt:variant>
       <vt:variant>