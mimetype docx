--- v0 (2025-10-19)
+++ v1 (2026-03-25)
@@ -1,3849 +1,3939 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3C8BFEF4" w14:textId="77777777" w:rsidR="00A17296" w:rsidRDefault="00A17296" w:rsidP="0042593E">
+    <w:p w14:paraId="0E038DF9" w14:textId="749CB465" w:rsidR="00716196" w:rsidRPr="00716196" w:rsidRDefault="0042593E" w:rsidP="00716196">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="30"/>
-          <w:szCs w:val="30"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk159839844"/>
-    </w:p>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="002B6FB8">
+      <w:r w:rsidRPr="008E53E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMULAIRE - Demande d’enregistrement et d’agrément comme opérateur actif dans le processus de production et/ou de commercialisation de matériel de reproduction végétal </w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00FA1035" w:rsidRPr="002B6FB8">
+      <w:r w:rsidR="00FA1035" w:rsidRPr="008E53E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>et/ou forestier</w:t>
       </w:r>
-      <w:r w:rsidR="00942639" w:rsidRPr="002B6FB8">
+      <w:r w:rsidR="0088579C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...968 lines deleted...]
-        <w:br w:type="page"/>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="9781" w:type="dxa"/>
-        <w:tblInd w:w="137" w:type="dxa"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9781"/>
+        <w:gridCol w:w="3853"/>
+        <w:gridCol w:w="966"/>
+        <w:gridCol w:w="3826"/>
+        <w:gridCol w:w="1561"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B6FB8" w14:paraId="58DCA67C" w14:textId="77777777" w:rsidTr="00585177">
+      <w:tr w:rsidR="008E53E5" w14:paraId="6A003908" w14:textId="77777777" w:rsidTr="00BF620E">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="487FCD9F" w14:textId="45A1B157" w:rsidR="008E53E5" w:rsidRPr="00487A5C" w:rsidRDefault="008E53E5" w:rsidP="008E53E5">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00487A5C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.COORDONNÉES </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="6B159C0C" w14:textId="77777777" w:rsidTr="00BF620E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9781" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35ECCF62" w14:textId="4C474C8F" w:rsidR="002B6FB8" w:rsidRPr="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="00FE77F0">
+          <w:p w14:paraId="589BC65C" w14:textId="6AF29EC3" w:rsidR="00255724" w:rsidRPr="002B6FB8" w:rsidRDefault="00255724" w:rsidP="00487A5C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B6FB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002B6FB8">
+              <w:t>IDENTIFICATION DE L’OPÉRATEUR (PERSONNE/ENTREPRISE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B6FB8" w:rsidRPr="003823BF" w14:paraId="6347D450" w14:textId="77777777" w:rsidTr="00BF620E">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DBF89E9" w14:textId="5AADCA08" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOM DE L’ENTREPRISE </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="37107664" w14:textId="7EB88CD8" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NOM et PRÉNOM DE LA PERSONNE PHYSIQUE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="004146DA" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="00BF75BC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...24 lines deleted...]
-      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="6B159C0C" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="002B6FB8" w:rsidRPr="003823BF" w14:paraId="75B0D5C3" w14:textId="77777777" w:rsidTr="00BF620E">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A8E6F7" w14:textId="073FFA23" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NOM et PRÉNOM DE LA PERSONNE DE CONTACT SI DIFFÉRENTE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="72CE76CF" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="00BF75BC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B6FB8" w:rsidRPr="003823BF" w14:paraId="64D603B9" w14:textId="77777777" w:rsidTr="00BF620E">
+        <w:trPr>
+          <w:trHeight w:val="572"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C058FB4" w14:textId="3B9F92A2" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>STATUT JURIDIQUE (SA, SRL, …)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C376979" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="00BF75BC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF620E" w:rsidRPr="003823BF" w14:paraId="2E10C98A" w14:textId="754E80A1" w:rsidTr="00BF620E">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0159B5F7" w14:textId="43ADF150" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ADRESSE DU SIÈGE SOCIAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A66B77" w14:textId="68749C77" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rue : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3826" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0593E7B0" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075B0EA" w14:textId="7DA9F545" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="00BF620E">
+            <w:pPr>
+              <w:ind w:right="453"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N° :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF620E" w:rsidRPr="003823BF" w14:paraId="28A1F2B2" w14:textId="404F6FFD" w:rsidTr="00BF620E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55108661" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76000982" w14:textId="082260A4" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Code postal : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3826" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B109884" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A79AAFF" w14:textId="57E86FA9" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bte :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF620E" w:rsidRPr="003823BF" w14:paraId="09D64B2D" w14:textId="3978C9FB" w:rsidTr="00BF620E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E86C74" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="966" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A959D84" w14:textId="7A06147E" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003823BF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Localité :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3826" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0F804C" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C8C910" w14:textId="40036A3D" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="2EEABD24" w14:textId="77777777" w:rsidTr="00BF620E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9781" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="589BC65C" w14:textId="0F6CD665" w:rsidR="00255724" w:rsidRPr="002B6FB8" w:rsidRDefault="00255724" w:rsidP="00D35024">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="7D0EA116" w14:textId="268DF78E" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1480"/>
+              </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B6FB8">
+            <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TÉLÉPHONE</w:t>
+            </w:r>
+            <w:r w:rsidR="00515E1A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fixe de l’entreprise et GSM de la personne de contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="75934C80" w14:textId="77777777" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="00213F7D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B6FB8" w:rsidRPr="003823BF" w14:paraId="6347D450" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="28DE3205" w14:textId="77777777" w:rsidTr="00BF620E">
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DBF89E9" w14:textId="5AADCA08" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+          <w:p w14:paraId="16AE77E4" w14:textId="65E4C4D0" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOM DE L’ENTREPRISE </w:t>
-[...9 lines deleted...]
-              <w:t>ou</w:t>
+              <w:t>E-MAIL</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="37107664" w14:textId="7EB88CD8" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
-[...24 lines deleted...]
-          <w:p w14:paraId="004146DA" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="00BF75BC">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="54966644" w14:textId="77777777" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="00213F7D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B6FB8" w:rsidRPr="003823BF" w14:paraId="75B0D5C3" w14:textId="77777777" w:rsidTr="002B6FB8">
-[...44 lines deleted...]
-      <w:tr w:rsidR="002B6FB8" w:rsidRPr="003823BF" w14:paraId="64D603B9" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="7DAD9707" w14:textId="77777777" w:rsidTr="00BF620E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C058FB4" w14:textId="57DB2DF2" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+          <w:p w14:paraId="06072E83" w14:textId="25F30187" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">STATUT JURIDIQUE (SA, SRL, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003823BF">
+              <w:t>SITE WEB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C86E28A" w14:textId="77777777" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="00213F7D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="122AA5DA" w14:textId="77777777" w:rsidTr="00BF620E">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E99302" w14:textId="29BADA5B" w:rsidR="00255724" w:rsidRPr="0088579C" w:rsidRDefault="00255724" w:rsidP="0088579C">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00733A3C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>…)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003823BF">
+              <w:t>NUMÉRO BCE</w:t>
+            </w:r>
+            <w:r w:rsidR="003823BF" w:rsidRPr="00733A3C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:vertAlign w:val="superscript"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="003823BF">
+              </w:rPr>
+              <w:t xml:space="preserve"> (=TVA</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C" w:rsidRPr="002B6FB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>1)</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="2C376979" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="003823BF" w:rsidRDefault="002B6FB8" w:rsidP="00BF75BC">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C" w:rsidRPr="002B6FB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7DAB8B" w14:textId="77777777" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="00213F7D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B6FB8" w:rsidRPr="003823BF" w14:paraId="2E10C98A" w14:textId="754E80A1" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="788E74ED" w14:textId="77777777" w:rsidTr="00BF620E">
         <w:trPr>
-          <w:trHeight w:val="283"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="3853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0159B5F7" w14:textId="43ADF150" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
+          <w:p w14:paraId="6E883072" w14:textId="7C190DAC" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ADRESSE DU SIÈGE SOCIAL</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1174" w:type="dxa"/>
+              <w:t xml:space="preserve">NUMÉRO D’ENREGISTREMENT AUPRÈS DU SPW ARNE </w:t>
+            </w:r>
+            <w:r w:rsidR="00515E1A" w:rsidRPr="001B4EE7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00515E1A" w:rsidRPr="00585177">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>si déjà connu</w:t>
+            </w:r>
+            <w:r w:rsidR="00515E1A" w:rsidRPr="001B4EE7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69A66B77" w14:textId="68749C77" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
-[...3 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="0ECD6453" w14:textId="70305812" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="00213F7D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
-                <w:b/>
-[...68 lines deleted...]
-            </w:pPr>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ex : BW/RW ******</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113276" w:rsidRPr="003823BF" w14:paraId="28A1F2B2" w14:textId="404F6FFD" w:rsidTr="002B6FB8">
-[...193 lines deleted...]
-      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="2EEABD24" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="06B5C0EC" w14:textId="77777777" w:rsidTr="00BF620E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D0EA116" w14:textId="268DF78E" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
-[...3 lines deleted...]
-              </w:tabs>
+          <w:p w14:paraId="5593C212" w14:textId="3CFF62D5" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>TÉLÉPHONE</w:t>
-[...316 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">LANGUE ADMINISTRATIVE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6069" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="468F68D6" w14:textId="2862DF24" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00000000" w:rsidP="00213F7D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1360865165"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00255724" w:rsidRPr="003823BF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00255724" w:rsidRPr="003823BF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Français    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="6721D38B" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="6721D38B" w14:textId="77777777" w:rsidTr="00BF620E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9781" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="173F014E" w14:textId="47F98830" w:rsidR="00255724" w:rsidRPr="002B6FB8" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B6FB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>IDENTIFICATION DE L’UNITÉ D’ÉTABLISSEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="4F9DBE0C" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="4F9DBE0C" w14:textId="77777777" w:rsidTr="00BF620E">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3853" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9E0ABA" w14:textId="29B47295" w:rsidR="002B6FB8" w:rsidRPr="002B6FB8" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
+          <w:p w14:paraId="6D9E0ABA" w14:textId="076F62F1" w:rsidR="002B6FB8" w:rsidRPr="002B6FB8" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B6FB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NUMÉRO D’UNITÉ D’ÉTABLISSEMENT </w:t>
             </w:r>
             <w:r w:rsidRPr="002B6FB8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>(3)</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="5"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B6FB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6353" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3E4A9E0A" w14:textId="3F8345A2" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="00213F7D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="3F840D3F" w14:textId="5E93FFD6" w:rsidTr="002B6FB8">
-[...2 lines deleted...]
-            <w:tcW w:w="3712" w:type="dxa"/>
+      <w:tr w:rsidR="00BF620E" w:rsidRPr="003823BF" w14:paraId="3F840D3F" w14:textId="5E93FFD6" w:rsidTr="00BF620E">
+        <w:trPr>
+          <w:trHeight w:val="295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6288BAC2" w14:textId="47516A83" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
+          <w:p w14:paraId="6288BAC2" w14:textId="47516A83" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ADRESSE DE L’INSTALLATION </w:t>
             </w:r>
-            <w:r w:rsidR="001B4EE7" w:rsidRPr="001B4EE7">
+            <w:r w:rsidRPr="001B4EE7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(si différente du siège social)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32718C2E" w14:textId="10CAD930" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="002B6FB8">
+          <w:p w14:paraId="32718C2E" w14:textId="10CAD930" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rue :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:tcW w:w="3826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="681C3C36" w14:textId="77777777" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="00255724">
-[...10 lines deleted...]
-            <w:tcW w:w="708" w:type="dxa"/>
+          <w:p w14:paraId="681C3C36" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="00255724">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="491B832C" w14:textId="252A7020" w:rsidR="00255724" w:rsidRPr="003823BF" w:rsidRDefault="00255724" w:rsidP="00255724">
+          <w:p w14:paraId="491B832C" w14:textId="337EF80C" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="00255724">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N° :</w:t>
             </w:r>
-          </w:p>
-[...17 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113276" w:rsidRPr="003823BF" w14:paraId="7F010B79" w14:textId="73CCA965" w:rsidTr="00113276">
-[...2 lines deleted...]
-            <w:tcW w:w="3712" w:type="dxa"/>
+      <w:tr w:rsidR="00BF620E" w:rsidRPr="003823BF" w14:paraId="7F010B79" w14:textId="73CCA965" w:rsidTr="00BF620E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3853" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="202D2EFA" w14:textId="77777777" w:rsidR="00113276" w:rsidRPr="003823BF" w:rsidRDefault="00113276" w:rsidP="00255724">
+          <w:p w14:paraId="202D2EFA" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="00255724">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="006FF01C" w14:textId="4152EE4C" w:rsidR="00113276" w:rsidRPr="003823BF" w:rsidRDefault="00113276" w:rsidP="002B6FB8">
+          <w:p w14:paraId="006FF01C" w14:textId="4152EE4C" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Code postal :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:tcW w:w="3826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7ED086B4" w14:textId="77777777" w:rsidR="00113276" w:rsidRPr="003823BF" w:rsidRDefault="00113276" w:rsidP="00255724">
-[...10 lines deleted...]
-            <w:tcW w:w="708" w:type="dxa"/>
+          <w:p w14:paraId="7ED086B4" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="00255724">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="615B19FE" w14:textId="0DA14493" w:rsidR="00113276" w:rsidRPr="003823BF" w:rsidRDefault="00113276" w:rsidP="00113276">
+          <w:p w14:paraId="615B19FE" w14:textId="0DA14493" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="00113276">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bte :</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...17 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113276" w:rsidRPr="003823BF" w14:paraId="37C059BB" w14:textId="30BA47F6" w:rsidTr="001A0CD3">
+      <w:tr w:rsidR="00BF620E" w:rsidRPr="003823BF" w14:paraId="37C059BB" w14:textId="30BA47F6" w:rsidTr="00BF620E">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3712" w:type="dxa"/>
+            <w:tcW w:w="3853" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2FFF49" w14:textId="77777777" w:rsidR="00113276" w:rsidRPr="003823BF" w:rsidRDefault="00113276" w:rsidP="00255724">
+          <w:p w14:paraId="1F2FFF49" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="00255724">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1208" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6145E0" w14:textId="1F93EE0F" w:rsidR="00113276" w:rsidRPr="003823BF" w:rsidRDefault="00113276" w:rsidP="002B6FB8">
+          <w:p w14:paraId="0F6145E0" w14:textId="1F93EE0F" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="002B6FB8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003823BF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Localité : </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3302" w:type="dxa"/>
+            <w:tcW w:w="3826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32F05D56" w14:textId="77777777" w:rsidR="00113276" w:rsidRPr="003823BF" w:rsidRDefault="00113276" w:rsidP="00255724">
-[...10 lines deleted...]
-            <w:tcW w:w="708" w:type="dxa"/>
+          <w:p w14:paraId="32F05D56" w14:textId="77777777" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="00255724">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1561" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21C25840" w14:textId="42B4F38E" w:rsidR="00113276" w:rsidRPr="003823BF" w:rsidRDefault="00113276" w:rsidP="00255724">
+          <w:p w14:paraId="21C25840" w14:textId="42B4F38E" w:rsidR="00BF620E" w:rsidRPr="003823BF" w:rsidRDefault="00BF620E" w:rsidP="00255724">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...16 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="12DAA241" w14:textId="77777777" w:rsidTr="002B6FB8">
-[...3 lines deleted...]
-            <w:gridSpan w:val="6"/>
+      <w:tr w:rsidR="00255724" w:rsidRPr="003823BF" w14:paraId="12DAA241" w14:textId="77777777" w:rsidTr="00BF620E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10206" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C3BC695" w14:textId="77777777" w:rsidR="00255724" w:rsidRPr="002B6FB8" w:rsidRDefault="00255724" w:rsidP="00255724">
+          <w:p w14:paraId="0C3E0724" w14:textId="168AB385" w:rsidR="00255724" w:rsidRPr="00716196" w:rsidRDefault="00255724" w:rsidP="00255724">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Les entreprises déjà enregistrées auprès de la Banque-carrefour des entreprises (BCE) en exécution de la loi du 16 janvier 2003 ou de ses arrêtés d’exécution, indiquent ici leur numéro d’entreprise.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42CF9CFD" w14:textId="00578DC9" w:rsidR="00255724" w:rsidRPr="00716196" w:rsidRDefault="00255724" w:rsidP="00255724">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Les personnes juridiques selon le droit étranger ou international qui ne disposent pas d’un siège en Belgique et qui ne sont pas enregistrées dans la BCE indiquent ici leur numéro d’identification international et le type de numéro et complètent également les données d’identification sous-mentionnées.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24169EE6" w14:textId="7441222F" w:rsidR="00D8688A" w:rsidRPr="00D8688A" w:rsidRDefault="00255724" w:rsidP="00255724">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002B6FB8">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>(1)</w:t>
-[...19 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>(2)</w:t>
-[...49 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>(3)</w:t>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Les entreprises indiquent ici le numéro d’unité d’établissement qui leur a été attribué par la Banque-carrefour des entreprises (BCE) en exécution de la loi du 16 janvier 2003 ou de ses arrêtés d’exécution.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BFF8F5A" w14:textId="77777777" w:rsidR="00255724" w:rsidRDefault="00255724" w:rsidP="00255724">
+    <w:p w14:paraId="6CD3D9C9" w14:textId="7493AD8D" w:rsidR="0088579C" w:rsidRDefault="003710FA" w:rsidP="0088579C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2019"/>
         </w:tabs>
-        <w:spacing w:after="0"/>
+        <w:ind w:right="-623"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...17 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
           <w:id w:val="-493021365"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00D936BB">
+          <w:r w:rsidR="00BF620E" w:rsidRPr="003710FA">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00255724">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00255724" w:rsidRPr="003710FA">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Si vous souhaitez enregistrer plusieurs numéros d’unité d’établissement liées au numéro d’identification de l’opérateur, veuillez cocher cette case, remplir la partie « identification de l’opérateur (personne physique/entreprise) » du cadre ci-dessus et compléter le document en annexe 1 (p.</w:t>
       </w:r>
-      <w:r w:rsidR="00255724" w:rsidRPr="00255724">
-        <w:t>Si vous souhaitez enregistrer plusieurs numéros d’unité d’établissement liées au numéro d’identification de l’opérateur, veuillez cocher cette case, remplir la partie « identification de l’opérateur (personne physique/entreprise) » du cadre ci-dessus et compléter le document en annexe 1 (p.</w:t>
+      <w:r w:rsidR="00515E1A" w:rsidRPr="003710FA">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00515E1A">
-        <w:t>14</w:t>
+      <w:r w:rsidR="004A6CA4">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00255724" w:rsidRPr="00255724">
+      <w:r w:rsidR="00255724" w:rsidRPr="003710FA">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>) pour la partie « Identification de l’unité d’établissement ».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4606E451" w14:textId="402F60AD" w:rsidR="00BF620E" w:rsidRPr="00BF620E" w:rsidRDefault="0088579C" w:rsidP="0088579C">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="9071" w:type="dxa"/>
+        <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9071"/>
+        <w:gridCol w:w="9634"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA5F8C" w14:paraId="5AD9FFFE" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="008E53E5" w14:paraId="78A0857B" w14:textId="77777777" w:rsidTr="00487A5C">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9071" w:type="dxa"/>
+            <w:tcW w:w="9634" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7958B30D" w14:textId="3F93A796" w:rsidR="00EA5F8C" w:rsidRPr="00EA5F8C" w:rsidRDefault="00191AC8" w:rsidP="00EA5F8C">
+          <w:p w14:paraId="239DD27B" w14:textId="196CF3FF" w:rsidR="008E53E5" w:rsidRPr="00EA5F8C" w:rsidRDefault="008E53E5" w:rsidP="00883B4B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Hlk159849456"/>
-            <w:r>
+            <w:r w:rsidRPr="00487A5C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>3</w:t>
-[...13 lines deleted...]
-              <w:t>NATURE DES ACTIVITES</w:t>
+              <w:t>2.  NATURE DE LA DEMANDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="4"/>
     </w:tbl>
-    <w:p w14:paraId="6C8DF811" w14:textId="77777777" w:rsidR="00EA5F8C" w:rsidRDefault="00EA5F8C" w:rsidP="00EA5F8C">
+    <w:p w14:paraId="412DC6DB" w14:textId="77777777" w:rsidR="008E53E5" w:rsidRDefault="008E53E5" w:rsidP="008E53E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="651E9411" w14:textId="12A4C54C" w:rsidR="00331AFE" w:rsidRDefault="00EA5F8C" w:rsidP="00EA5F8C">
-[...14 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblStyle w:val="Grilledutableau1"/>
+        <w:tblW w:w="9614" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1129"/>
-        <w:gridCol w:w="7933"/>
+        <w:gridCol w:w="3061"/>
+        <w:gridCol w:w="1546"/>
+        <w:gridCol w:w="2779"/>
+        <w:gridCol w:w="2228"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00331AFE" w14:paraId="20CD484E" w14:textId="77777777" w:rsidTr="00425F77">
+      <w:tr w:rsidR="00487A5C" w14:paraId="797A3F02" w14:textId="77777777" w:rsidTr="00716196">
         <w:trPr>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="623" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70B10B8F" w14:textId="55E64EA3" w:rsidR="00331AFE" w:rsidRPr="00425F77" w:rsidRDefault="00000000" w:rsidP="009258C5">
-            <w:pPr>
+          <w:p w14:paraId="19330741" w14:textId="77777777" w:rsidR="00487A5C" w:rsidRPr="001B7A79" w:rsidRDefault="00487A5C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk175570851"/>
+            <w:r w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pas encore connu de nos services ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6553" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55AA187C" w14:textId="77777777" w:rsidR="00487A5C" w:rsidRPr="001B7A79" w:rsidRDefault="00487A5C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Déjà connu de nos services ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0088579C" w14:paraId="29EAD11C" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="981"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D03A7E" w14:textId="77777777" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="-1187600745"/>
+                <w:id w:val="897314886"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00A40000">
+                <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00331AFE" w:rsidRPr="00425F77">
-[...17 lines deleted...]
-            <w:tcW w:w="4377" w:type="pct"/>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Demande d’</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>enregistrement</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour l’exercice d’une activité de production et/ou de commercialisation du matériel de reproduction végétal et/ou forestier</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="392F15B8" w14:textId="6036527A" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00331AFE" w:rsidP="009258C5">
-[...34 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="0C60DCE7" w14:textId="77777777" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="1705900950"/>
+                <w:id w:val="-353508546"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00A40000">
+                <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00331AFE" w:rsidRPr="00425F77">
-[...17 lines deleted...]
-            <w:tcW w:w="4377" w:type="pct"/>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mise à jour des données administratives</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C70A315" w14:textId="6916EC47" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00331AFE" w:rsidP="009258C5">
-[...26 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="7B073752" w14:textId="77777777" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="1634202219"/>
+                <w:id w:val="-188837446"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00331AFE" w:rsidRPr="00640E09">
+                <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00331AFE" w:rsidRPr="00640E09">
-[...17 lines deleted...]
-            <w:tcW w:w="4377" w:type="pct"/>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nouvelle(s) activité(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2228" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19AF09D8" w14:textId="7168103C" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00331AFE" w:rsidP="009258C5">
-[...40 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="5EE247D6" w14:textId="3AC95C9E" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="237523513"/>
+                <w:id w:val="1690405249"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00331AFE" w:rsidRPr="00640E09">
+                <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00331AFE" w:rsidRPr="00640E09">
-[...17 lines deleted...]
-            <w:tcW w:w="4377" w:type="pct"/>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Arrêt d’une ou plusieurs activités</w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5" w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(à préciser dans la case </w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5" w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>”Autres motifs/commentaires</w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5" w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>” ci-dessous)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0088579C" w14:paraId="156AEDD4" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ACC7E2D" w14:textId="732BE560" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00331AFE" w:rsidP="009258C5">
-[...22 lines deleted...]
-            <w:tcW w:w="623" w:type="pct"/>
+          <w:p w14:paraId="3064D605" w14:textId="77777777" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="0088579C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="589A87CD" w14:textId="33040686" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00000000" w:rsidP="009258C5">
-            <w:pPr>
+          <w:p w14:paraId="27735629" w14:textId="77777777" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="0088579C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EBD1C4B" w14:textId="4FF291FD" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="1032075403"/>
+                <w:id w:val="-1313470622"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00331AFE" w:rsidRPr="002B6FB8">
+                <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00331AFE" w:rsidRPr="002B6FB8">
-[...17 lines deleted...]
-            <w:tcW w:w="4377" w:type="pct"/>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Demande d’</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>agrément</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour l’exercice d’une </w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>activité</w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de production et/ou de commercialisation du matériel de reproduction végétal</w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5" w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(non applicable pour les secteurs matériels de reproduction forestier, fruitier et ornemental)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2228" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2F41F1" w14:textId="26934BC2" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00331AFE" w:rsidP="009258C5">
-[...47 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="07F321F8" w14:textId="77777777" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="-2023923565"/>
+                <w:id w:val="-871613162"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00331AFE" w:rsidRPr="002B6FB8">
+                <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00331AFE" w:rsidRPr="002B6FB8">
-[...24 lines deleted...]
-            <w:tcW w:w="4377" w:type="pct"/>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Arrêt total des activités</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0088579C" w14:paraId="2221AB18" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A6D6B9A" w14:textId="30C1A88A" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00331AFE" w:rsidP="009258C5">
-[...22 lines deleted...]
-            <w:tcW w:w="623" w:type="pct"/>
+          <w:p w14:paraId="2990FC07" w14:textId="77777777" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="0088579C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="739BC216" w14:textId="73F33B10" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00000000" w:rsidP="009258C5">
-            <w:pPr>
+          <w:p w14:paraId="3A215C0E" w14:textId="77777777" w:rsidR="0088579C" w:rsidRPr="001B7A79" w:rsidRDefault="0088579C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD551D0" w14:textId="77777777" w:rsidR="0088579C" w:rsidRDefault="0088579C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2228" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB07268" w14:textId="1D55867C" w:rsidR="0088579C" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="-1208879657"/>
+                <w:id w:val="-1448457180"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00331AFE" w:rsidRPr="002B6FB8">
+                <w:r w:rsidR="0088579C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00331AFE" w:rsidRPr="002B6FB8">
-[...17 lines deleted...]
-            <w:tcW w:w="4377" w:type="pct"/>
+            <w:r w:rsidR="0088579C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0088579C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suspension de l’agrément</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00487A5C" w14:paraId="79B0B11F" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="1588"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1089397C" w14:textId="106B8A48" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00331AFE" w:rsidP="009258C5">
-[...26 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="4232A379" w14:textId="1DBA8BA5" w:rsidR="00487A5C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="1426616587"/>
+                <w:id w:val="556901138"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00331AFE" w:rsidRPr="002B6FB8">
+                <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00331AFE" w:rsidRPr="002B6FB8">
-[...17 lines deleted...]
-            <w:tcW w:w="4377" w:type="pct"/>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Demande d’</w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>agrément</w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour l’exercice d’une </w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>activité</w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de production et/ou de commercialisation du matériel de reproduction végétal</w:t>
+            </w:r>
+            <w:r w:rsidR="009C102C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C102C" w:rsidRPr="00716196">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(non applicable </w:t>
+            </w:r>
+            <w:r w:rsidR="003710FA">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pour </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003710FA">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>les secteurs matériel</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="003710FA">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de reproduction</w:t>
+            </w:r>
+            <w:r w:rsidR="009C102C" w:rsidRPr="00716196">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> forestier, fruitier et ornemental)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BF26FFF" w14:textId="1AF5C603" w:rsidR="00331AFE" w:rsidRPr="002B6FB8" w:rsidRDefault="00331AFE" w:rsidP="009258C5">
-[...24 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2BB64169" w14:textId="77777777" w:rsidR="00487A5C" w:rsidRPr="001B7A79" w:rsidRDefault="00487A5C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F81491" w14:textId="77777777" w:rsidR="00487A5C" w:rsidRPr="001B7A79" w:rsidRDefault="00487A5C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2228" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D39B3BA" w14:textId="7C546A13" w:rsidR="00487A5C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1307318413"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Retrait de l’agrément pour l’émission de passeports phytosanitaires</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00487A5C" w14:paraId="18C481B5" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="1556"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3061" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A87E834" w14:textId="13442072" w:rsidR="00487A5C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1102261084"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Demande d’</w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>agrément</w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour l’émission de </w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>passeports phytosanitaire</w:t>
+            </w:r>
+            <w:r w:rsidR="003710FA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="002B6FB8">
-[...7 lines deleted...]
-          </w:p>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1546" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE3C2C6" w14:textId="77777777" w:rsidR="00487A5C" w:rsidRPr="001B7A79" w:rsidRDefault="00487A5C" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB3DC08" w14:textId="77777777" w:rsidR="00487A5C" w:rsidRPr="001B7A79" w:rsidRDefault="00000000" w:rsidP="00883B4B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-448631114"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Demande d’</w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">agrément </w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pour l’émission de </w:t>
+            </w:r>
+            <w:r w:rsidR="00487A5C" w:rsidRPr="001B7A79">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>passeports phytosanitaires</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2228" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="450CD7ED" w14:textId="77777777" w:rsidR="00487A5C" w:rsidRDefault="00487A5C" w:rsidP="00883B4B"/>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00487A5C" w14:paraId="402FC003" w14:textId="77777777" w:rsidTr="001B7A79">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9614" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="269F1685" w14:textId="589B1AA2" w:rsidR="00487A5C" w:rsidRDefault="00487A5C" w:rsidP="00883B4B">
+            <w:r>
+              <w:t xml:space="preserve">Autres motifs / </w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5">
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ommentaires</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7A79">
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="467DB201" w14:textId="77777777" w:rsidR="00EA5F8C" w:rsidRDefault="00EA5F8C" w:rsidP="00BF75BC"/>
+    <w:p w14:paraId="09E021DC" w14:textId="77777777" w:rsidR="003710FA" w:rsidRPr="00716196" w:rsidRDefault="003710FA" w:rsidP="00716196">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EB74A15" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRDefault="00C0570B" w:rsidP="003710FA"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="10394"/>
+        <w:tblW w:w="9634" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9634"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C0570B" w14:paraId="794CA3D5" w14:textId="77777777" w:rsidTr="00C0570B">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F619E8" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="00EA5F8C" w:rsidRDefault="00C0570B" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A17296">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>NATURE DES ACTIVITES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4E68DA69" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRDefault="00C0570B" w:rsidP="003710FA"/>
+    <w:p w14:paraId="7BB06B15" w14:textId="77777777" w:rsidR="003710FA" w:rsidRPr="00015654" w:rsidRDefault="003710FA" w:rsidP="003710FA">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00015654">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cochez</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00015654">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les activités réalisées et remplissez le document à la page mentionnée : </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="12065"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1175"/>
+        <w:gridCol w:w="8257"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C0570B" w14:paraId="13E7E40F" w14:textId="77777777" w:rsidTr="00C0570B">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14AD5B1D" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00000000" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1621427304"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   p. 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4377" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="598D1192" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00C0570B" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A. Opérateur actif dans le secteur « semences agricoles »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0570B" w14:paraId="691B90A7" w14:textId="77777777" w:rsidTr="00C0570B">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4224DB02" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00000000" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1674142923"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   p. 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4377" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF2A11D" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00C0570B" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B. Opérateur actif dans le secteur « plants de pommes de terre »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0570B" w14:paraId="48A23557" w14:textId="77777777" w:rsidTr="00C0570B">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61893C92" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00000000" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="307745485"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   p. 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4377" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E58813" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00C0570B" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>C. Opérateur actif dans le secteur « légumes »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0570B" w14:paraId="6BA9694A" w14:textId="77777777" w:rsidTr="00C0570B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E52ECA" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00000000" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1854452024"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   p. 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4377" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2040A93E" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00C0570B" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D. Opérateur actif dans le secteur « matériel de multiplication de plants fruitiers »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0570B" w14:paraId="73E43B5F" w14:textId="77777777" w:rsidTr="00C0570B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D393DCF" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00000000" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="196737433"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   p. 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4377" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="780506D6" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00C0570B" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E. Opérateur actif dans le secteur « matériel forestier de reproduction »</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0570B" w14:paraId="0B6E229D" w14:textId="77777777" w:rsidTr="00C0570B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C6A0A1" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00000000" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-832843007"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   p. 11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4377" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="000CF05F" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00C0570B" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>F. Opérateur actif dans le secteur « matériel de reproduction ornemental et plants ornementaux »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0570B" w14:paraId="47535B0D" w14:textId="77777777" w:rsidTr="00C0570B">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B329A0F" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00000000" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="661816539"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   p. 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4377" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4CFB58" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00C0570B" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>G. Opérateur actif dans le secteur « matériel de reproduction de la vigne »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0570B" w14:paraId="29073C4F" w14:textId="77777777" w:rsidTr="00C0570B">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D8D3C4" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00000000" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="691503425"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C0570B" w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   p. 14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4377" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10410270" w14:textId="77777777" w:rsidR="00C0570B" w:rsidRPr="007A2647" w:rsidRDefault="00C0570B" w:rsidP="00C0570B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A2647">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>H. Opérateur actif dans d’autres productions soumises à un agrément « passeport phytosanitaire » : production de plants de houblon et/ou de kiwi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0A499F12" w14:textId="77777777" w:rsidR="003710FA" w:rsidRPr="003710FA" w:rsidRDefault="003710FA" w:rsidP="00716196">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59F26867" w14:textId="179FD2DD" w:rsidR="007A2647" w:rsidRPr="007A2647" w:rsidRDefault="007A2647" w:rsidP="007A2647">
+      <w:pPr>
+        <w:sectPr w:rsidR="007A2647" w:rsidRPr="007A2647" w:rsidSect="008E53E5">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
+          <w:footerReference w:type="first" r:id="rId15"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1047" w:header="454" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-379"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA5F8C" w14:paraId="147920A1" w14:textId="77777777" w:rsidTr="00755614">
+      <w:tr w:rsidR="003710FA" w14:paraId="72972494" w14:textId="77777777" w:rsidTr="00716196">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13994" w:type="dxa"/>
+            <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09B233C7" w14:textId="39A36871" w:rsidR="00EA5F8C" w:rsidRPr="00EA5F8C" w:rsidRDefault="00191AC8" w:rsidP="00607C48">
+          <w:p w14:paraId="7905E7B6" w14:textId="77777777" w:rsidR="003710FA" w:rsidRPr="00EA5F8C" w:rsidRDefault="003710FA" w:rsidP="003710FA">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00EA5F8C" w:rsidRPr="00A17296">
+            <w:r w:rsidRPr="00A17296">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
-            <w:r w:rsidR="00EA5F8C" w:rsidRPr="00EA5F8C">
+            <w:r w:rsidRPr="00EA5F8C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>ENGAGEMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="423B2C3E" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="005849D6" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="467DB201" w14:textId="77777777" w:rsidR="00EA5F8C" w:rsidRDefault="00EA5F8C" w:rsidP="00BF75BC"/>
+    <w:p w14:paraId="3BFF2522" w14:textId="24E8B6F9" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Par mon enregistrement je m’engage, par écrit, pour ce qui a trait à mes propres activités à :</w:t>
+        <w:t>Par mon enregistrement je m’engage</w:t>
+      </w:r>
+      <w:r w:rsidR="009241A5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour ce qui a trait à mes propres activités</w:t>
+      </w:r>
+      <w:r w:rsidR="009241A5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="464064D7" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="464064D7" w14:textId="754BF73C" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>1) respecter la réglementation en vigueur ainsi que les instructions fournies par la Direction de la Qualité et du Bien-être animal (DQBEA) ;</w:t>
+        <w:t xml:space="preserve">1) respecter la réglementation en vigueur ainsi que les instructions fournies par la Direction de la Qualité et du Bien-être </w:t>
+      </w:r>
+      <w:r w:rsidR="009241A5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nimal (DQBEA) ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F695DA1" w14:textId="77122F60" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="2F695DA1" w14:textId="77122F60" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2) informer la DQBEA du début et de la fin de mes activités</w:t>
       </w:r>
-      <w:r w:rsidR="00420FC7">
+      <w:r w:rsidR="00420FC7" w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ainsi que de toute modification de celles-ci</w:t>
       </w:r>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7839B4F0" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="7839B4F0" w14:textId="0DAA2575" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>3) permettre à la DQBEA de visiter mon(mes) entreprise(s) et de contrôler sa(ses) production(s) à tout stade ;</w:t>
+        <w:t>3) permettre à la DQBEA de visiter mon(mes) entreprise(s) et de contrôler sa(ses) production(s) à tout stade</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD73DD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, ainsi que tous les documents relatifs (les factures par exemple)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58DF5804" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="58DF5804" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4) communiquer à la DQBEA tout renseignement nécessaire ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4082F9" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="0B4082F9" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5) communiquer l’emplacement et la superficie des parcelles de multiplication ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44ED450D" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="44ED450D" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>6) présenter les semences et ou les plants à la certification en conformité aux normes requises ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7EDF35" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="5D7EDF35" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>7) pendant 3 ans à dater du 1er janvier qui suit la date du document, tenir et garder à la disposition de la DQBEA une comptabilité matière des plants de pommes de terre entrants et sortants ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6745EC23" w14:textId="6A9224B6" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="6745EC23" w14:textId="6A9224B6" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>8) conserver les documents de contrôle utilisés selon les instructions de la DQBEA et de la règlementation</w:t>
       </w:r>
-      <w:r w:rsidR="00420FC7">
+      <w:r w:rsidR="00420FC7" w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0080EC89" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="0080EC89" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>9) laisser prélever en temps utile les échantillons nécessaires à la DQBEA pour l’analyse en laboratoire, l’établissement des champs de contrôle, la certification et le contrôle au commerce du matériel de multiplication ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BDEA362" w14:textId="36DCE08E" w:rsidR="005849D6" w:rsidRDefault="005849D6" w:rsidP="002B6FB8">
+    <w:p w14:paraId="78562080" w14:textId="59640C2F" w:rsidR="007933BD" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>10) permettre à la DQBEA, sauf opposition formelle et justifiée, de mettre à disposition du public la liste des opérateurs enregistrés</w:t>
       </w:r>
-      <w:r w:rsidR="00420FC7">
+      <w:r w:rsidR="00420FC7" w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ainsi que leur adresse</w:t>
       </w:r>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en la publiant sur le portail de l’agriculture wallonne.</w:t>
+        <w:t xml:space="preserve"> en la publiant sur le portail de l’agriculture wallonne</w:t>
+      </w:r>
+      <w:r w:rsidR="009241A5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E09B75D" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="00331AFE" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+    <w:p w14:paraId="244FF9E7" w14:textId="7E3659D5" w:rsidR="007933BD" w:rsidRPr="0087745B" w:rsidRDefault="007933BD" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) accepter que les données collectées via ce formulaire soient traitées par la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>DQBEA  dans</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le cadre de l’instruction de votre demande</w:t>
+      </w:r>
+      <w:r w:rsidR="009241A5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>de la gestion de votre dossier</w:t>
+      </w:r>
+      <w:r w:rsidR="009241A5">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et du contrôle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Elles sont utilisées conformément au Règlement (UE) 2016/679 relatif à la protection des personnes physiques à l’égard du traitement des données à caractère personnel et à la libre circulation de ces données (“RGPD”), et ne sont conservées que pour la durée strictement nécessaire. Pour plus d’information, veuillez consultez le lien suivant : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="0087745B">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>https://agriculture.wallonie.be/home/vie-privee.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0087745B" w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DED63FE" w14:textId="77777777" w:rsidR="007933BD" w:rsidRPr="0087745B" w:rsidRDefault="007933BD" w:rsidP="00716196">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="772E9EDF" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="00331AFE" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="772E9EDF" w14:textId="77777777" w:rsidR="005849D6" w:rsidRPr="0087745B" w:rsidRDefault="005849D6" w:rsidP="00716196">
       <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Je certifie que les informations mentionnées ci-dessus sont exactes et m’engage à communiquer immédiatement toute modification de celles-ci à la DQBEA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB23619" w14:textId="61DE1AFC" w:rsidR="005849D6" w:rsidRDefault="005849D6" w:rsidP="005849D6">
+    <w:p w14:paraId="5AB23619" w14:textId="4A42D59B" w:rsidR="005849D6" w:rsidRDefault="005849D6" w:rsidP="003710FA">
       <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Si je suis actif dans le secteur « matériel de multiplication ornemental et</w:t>
       </w:r>
-      <w:r w:rsidR="001B4EE7">
+      <w:r w:rsidR="001B4EE7" w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="00331AFE">
+      <w:r w:rsidRPr="0087745B">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ou forestier et/ou fruitier », en cas d’octroi de l’agrément pour délivrer les passeports phytosanitaires, je suis conscient que les conditions de maintien de celui-ci seront contrôlées annuellement par l’AFSCA pour le compte de la DQBEA et que mes coordonnées et informations relatives à cet enregistrement lui seront communiquées.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBE6A5D" w14:textId="77777777" w:rsidR="003710FA" w:rsidRDefault="003710FA" w:rsidP="003710FA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29345EDD" w14:textId="77777777" w:rsidR="003710FA" w:rsidRPr="0087745B" w:rsidRDefault="003710FA" w:rsidP="00716196">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9109" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1601"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A40BE0" w14:paraId="326F8B12" w14:textId="77777777" w:rsidTr="00113276">
+      <w:tr w:rsidR="00A40BE0" w14:paraId="326F8B12" w14:textId="77777777" w:rsidTr="009241A5">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="39751BDB" w14:textId="05FBA247" w:rsidR="00A40BE0" w:rsidRPr="00FE7799" w:rsidRDefault="00A40BE0" w:rsidP="00BF4B48">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39751BDB" w14:textId="05FBA247" w:rsidR="00A40BE0" w:rsidRPr="00FE7799" w:rsidRDefault="00A40BE0" w:rsidP="009241A5">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE7799">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOM – PRÉNOM :</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE7799">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
@@ -3916,113 +4006,99 @@
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE7799">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE7799">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A40BE0" w14:paraId="216ADBCC" w14:textId="77777777" w:rsidTr="00113276">
+      <w:tr w:rsidR="00A40BE0" w14:paraId="216ADBCC" w14:textId="77777777" w:rsidTr="009241A5">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w14:paraId="695B5929" w14:textId="68881C2B" w:rsidR="00A40BE0" w:rsidRPr="00FE7799" w:rsidRDefault="00A40BE0" w:rsidP="00A40BE0">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C36FF63" w14:textId="46D6AD5C" w:rsidR="00A40BE0" w:rsidRPr="009241A5" w:rsidRDefault="00A40BE0" w:rsidP="009241A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2423"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE7799">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FONCTION</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C36FF63" w14:textId="55856F81" w:rsidR="00A40BE0" w:rsidRDefault="00A40BE0" w:rsidP="00BF4B48">
-[...13 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="298273DB" w14:textId="77777777" w:rsidR="00A40BE0" w:rsidRPr="00A40BE0" w:rsidRDefault="00A40BE0" w:rsidP="00A40BE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64F06E9A" w14:textId="7690BBD3" w:rsidR="00A40BE0" w:rsidRDefault="00A40BE0" w:rsidP="00FE7799">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4053,4926 +4129,7355 @@
           <w:p w14:paraId="797C4DDE" w14:textId="77777777" w:rsidR="00A40BE0" w:rsidRDefault="00A40BE0" w:rsidP="00A40BE0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1601" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="76CFEAAD" w14:textId="5EBFA726" w:rsidR="00A40BE0" w:rsidRDefault="00A40BE0" w:rsidP="00BF4B48">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7BF8C638" w14:textId="77777777" w:rsidR="00BF4B48" w:rsidRDefault="00BF4B48" w:rsidP="00BF4B48">
-[...7 lines deleted...]
-    <w:p w14:paraId="6E101DF5" w14:textId="3B9FB45C" w:rsidR="00BF4B48" w:rsidRPr="00FE7799" w:rsidRDefault="00FE7799" w:rsidP="00BF4B48">
+    <w:p w14:paraId="725E3AA4" w14:textId="77777777" w:rsidR="00733A3C" w:rsidRDefault="00733A3C" w:rsidP="00BF4B48">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE7799">
+    </w:p>
+    <w:p w14:paraId="3801C181" w14:textId="77777777" w:rsidR="003710FA" w:rsidRDefault="003710FA" w:rsidP="00BF4B48">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E101DF5" w14:textId="1E851408" w:rsidR="00BF4B48" w:rsidRPr="00FE7799" w:rsidRDefault="00FE7799" w:rsidP="00BF4B48">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0087745B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMULAIRE À RENVOYER : </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE7799">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4531"/>
         <w:gridCol w:w="4531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF4B48" w14:paraId="04730E49" w14:textId="77777777" w:rsidTr="00585177">
+      <w:tr w:rsidR="00BF4B48" w:rsidRPr="0087745B" w14:paraId="04730E49" w14:textId="77777777" w:rsidTr="00585177">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="051B1C51" w14:textId="794250B6" w:rsidR="00FE7799" w:rsidRPr="00072E41" w:rsidRDefault="00FE7799" w:rsidP="00420FC7">
+          <w:p w14:paraId="051B1C51" w14:textId="794250B6" w:rsidR="00FE7799" w:rsidRPr="0087745B" w:rsidRDefault="00FE7799" w:rsidP="00420FC7">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Soit par poste </w:t>
             </w:r>
-            <w:r w:rsidRPr="00072E41">
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F02A"/>
             </w:r>
-            <w:r>
-[...21 lines deleted...]
-          <w:p w14:paraId="0A814587" w14:textId="51A25B4E" w:rsidR="00FE7799" w:rsidRPr="00072E41" w:rsidRDefault="00FE7799" w:rsidP="00585177">
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> au :  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A814587" w14:textId="51A25B4E" w:rsidR="00FE7799" w:rsidRPr="0087745B" w:rsidRDefault="00FE7799" w:rsidP="00585177">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00072E41">
+            <w:r w:rsidRPr="0087745B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>SPW ARN</w:t>
             </w:r>
-            <w:r w:rsidR="002B6FB8">
+            <w:r w:rsidR="002B6FB8" w:rsidRPr="0087745B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">E - </w:t>
             </w:r>
-            <w:r w:rsidRPr="00072E41">
+            <w:r w:rsidRPr="0087745B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Direction de la qualité et du bien-être animal</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="694A39FD" w14:textId="77777777" w:rsidR="00FE7799" w:rsidRDefault="00FE7799" w:rsidP="00585177">
+          <w:p w14:paraId="694A39FD" w14:textId="77777777" w:rsidR="00FE7799" w:rsidRPr="0087745B" w:rsidRDefault="00FE7799" w:rsidP="00585177">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00072E41">
+            <w:r w:rsidRPr="0087745B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Chaussée de Louvain, 14</w:t>
-[...12 lines deleted...]
-          <w:p w14:paraId="56B85FF9" w14:textId="3A38239F" w:rsidR="00BF4B48" w:rsidRPr="00FE7799" w:rsidRDefault="00FE7799" w:rsidP="00585177">
+              <w:t xml:space="preserve">Chaussée de Louvain, 14 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56B85FF9" w14:textId="3A38239F" w:rsidR="00BF4B48" w:rsidRPr="0087745B" w:rsidRDefault="00FE7799" w:rsidP="00585177">
             <w:pPr>
               <w:pStyle w:val="Paragraphestandard"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="426"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00072E41">
+            <w:r w:rsidRPr="0087745B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="fr-BE" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>5000 Namur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78CD707E" w14:textId="5FAAA5A3" w:rsidR="00FE7799" w:rsidRPr="00FE7799" w:rsidRDefault="00FE7799" w:rsidP="00420FC7">
-[...9 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="78CD707E" w14:textId="5FAAA5A3" w:rsidR="00FE7799" w:rsidRPr="0087745B" w:rsidRDefault="00FE7799" w:rsidP="00420FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Soit par courrier électronique </w:t>
             </w:r>
-            <w:r w:rsidRPr="00072E41">
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F038"/>
             </w:r>
-            <w:r w:rsidRPr="00072E41">
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00072E41">
+            <w:r w:rsidRPr="0087745B">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="718F8369" wp14:editId="29B13886">
                   <wp:extent cx="121920" cy="121920"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="8" name="Image 8"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId13" cstate="print">
+                          <a:blip r:embed="rId17" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="121920" cy="121920"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r>
-[...22 lines deleted...]
-              <w:r w:rsidR="00FE7799" w:rsidRPr="00FE7799">
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A46AD4B" w14:textId="30A14B76" w:rsidR="00FE7799" w:rsidRPr="0087745B" w:rsidRDefault="00FE7799" w:rsidP="00420FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="0087745B">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
-                  <w:sz w:val="16"/>
-                  <w:szCs w:val="16"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>certification.semences.plants@spw.wallonie.be</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00FE7799" w:rsidRPr="00FE7799">
-[...2 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63AC663C" w14:textId="77777777" w:rsidR="000B7F73" w:rsidRPr="000B7F73" w:rsidRDefault="000B7F73" w:rsidP="000B7F73">
       <w:pPr>
         <w:sectPr w:rsidR="000B7F73" w:rsidRPr="000B7F73" w:rsidSect="00FA1035">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00021C2E" w14:paraId="7DE7372C" w14:textId="77777777" w:rsidTr="00755614">
+      <w:tr w:rsidR="00021C2E" w14:paraId="7DE7372C" w14:textId="77777777" w:rsidTr="00F24B3F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13994" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-          <w:p w14:paraId="7F8DCC65" w14:textId="77777777" w:rsidR="00021C2E" w:rsidRDefault="00021C2E" w:rsidP="00607C48">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8DCC65" w14:textId="77777777" w:rsidR="00021C2E" w:rsidRDefault="00021C2E" w:rsidP="00F24B3F">
             <w:r w:rsidRPr="009B380A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>A. OPÉRATEUR ACTIF DANS LE SECTEUR « SEMENCES AGRICOLES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FA1EFD5" w14:textId="77777777" w:rsidR="00D05F0F" w:rsidRDefault="00D05F0F" w:rsidP="000D0998">
-[...8 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="4DEB5FE7" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="00021C2E"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="9077" w:type="dxa"/>
-        <w:tblInd w:w="-10" w:type="dxa"/>
+        <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="562"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3410"/>
+        <w:gridCol w:w="3114"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="1985"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D0998" w14:paraId="33E1F90F" w14:textId="3315A49F" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00024B5F" w14:paraId="627FB30E" w14:textId="77777777" w:rsidTr="00F24B3F">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9077" w:type="dxa"/>
+            <w:tcW w:w="9493" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-          </w:tcPr>
-          <w:p w14:paraId="60592B58" w14:textId="1047E392" w:rsidR="000D0998" w:rsidRPr="00AC556D" w:rsidRDefault="000D0998" w:rsidP="00607C48">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9EF090" w14:textId="58D5B559" w:rsidR="00024B5F" w:rsidRPr="00024B5F" w:rsidRDefault="00024B5F" w:rsidP="00F24B3F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC556D">
+            <w:bookmarkStart w:id="4" w:name="_Hlk211422655"/>
+            <w:r w:rsidRPr="00024B5F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>NATURE DES ACTIVITÉS</w:t>
+              <w:t xml:space="preserve">NATURE DES ACTIVITÉS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0998" w14:paraId="30A627D1" w14:textId="57E0C907" w:rsidTr="007F06C9">
+      <w:tr w:rsidR="00024B5F" w:rsidRPr="00F24B3F" w14:paraId="1FDC9CBF" w14:textId="77777777" w:rsidTr="00F24B3F">
         <w:trPr>
-          <w:trHeight w:val="907"/>
+          <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5100" w:type="dxa"/>
+            <w:tcW w:w="4957" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26582998" w14:textId="53C7150F" w:rsidR="000D0998" w:rsidRPr="00AC556D" w:rsidRDefault="000D0998" w:rsidP="002B6FB8">
-[...16 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="54A6ABBB" w14:textId="2342781D" w:rsidR="00024B5F" w:rsidRPr="00F24B3F" w:rsidRDefault="00024B5F" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Veuillez cochez les activités réalisées </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>soumises uniquement à un enregistrement</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EF48F7">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3977" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="658CE742" w14:textId="0595A3C5" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="002B6FB8">
-[...20 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="236975E5" w14:textId="06B93463" w:rsidR="00024B5F" w:rsidRPr="00F24B3F" w:rsidRDefault="00024B5F" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>euillez c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ochez les activités réalisées </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>soumises à un enregistrement et à un agrément</w:t>
             </w:r>
-            <w:r w:rsidRPr="00EF48F7">
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D0998" w14:paraId="4EA26A29" w14:textId="6990C762" w:rsidTr="002B6FB8">
-[...29 lines deleted...]
-                <w:r>
+      <w:tr w:rsidR="00024B5F" w:rsidRPr="00F24B3F" w14:paraId="1D363164" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D761AF5" w14:textId="01097C0C" w:rsidR="00024B5F" w:rsidRPr="00F24B3F" w:rsidRDefault="00024B5F" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Obtenteur- de variétés </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="5" w:name="_Hlk212028246"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D011281" w14:textId="3E9BDC20" w:rsidR="00024B5F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1221784879"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00683FD5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="4538" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00024B5F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00050096">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="2078703423"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w14:paraId="66F52575" w14:textId="72746EE1" w:rsidR="00024B5F" w:rsidRPr="00F24B3F" w:rsidRDefault="00024B5F" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="374267DE" w14:textId="1CACBCF1" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="000D0998">
-[...45 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="65AAEE77" w14:textId="5683CCAD" w:rsidR="00024B5F" w:rsidRPr="00F24B3F" w:rsidRDefault="00024B5F" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Négociant-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>péparateur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="698B39D3" w14:textId="0C6425D9" w:rsidR="00024B5F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="593449146"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3410" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00024B5F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00050096">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-919411191"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050096" w:rsidRPr="00F24B3F" w14:paraId="40EC1C7F" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="014BA916" w14:textId="606DC974" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="000D0998">
-[...51 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="49431790" w14:textId="6A75109F" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Maintenru</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de variétés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DEBC75B" w14:textId="1A13AD69" w:rsidR="00050096" w:rsidRDefault="00000000" w:rsidP="00050096">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="237528502"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="4538" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00050096">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1051277661"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E374386" w14:textId="0B776D7C" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="000D0998">
-[...45 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="494BB1F2" w14:textId="08D3CD31" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Préparateur de mélanges</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F65A1E" w14:textId="790CA688" w:rsidR="00050096" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-2132388446"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3410" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-2037266553"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050096" w:rsidRPr="00F24B3F" w14:paraId="505631CA" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="685A9E1F" w14:textId="6ED648EB" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="000D0998">
-[...51 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="431185B8" w14:textId="46C067E1" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mandataire de variétés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1243CD1F" w14:textId="755DB227" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1878188381"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="4538" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00683FD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1763451190"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C8A18EC" w14:textId="172F9D17" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="000D0998">
-[...45 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="4E20D99B" w14:textId="26888106" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Egreneur stockiste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D48E3C0" w14:textId="7BF5A2BC" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1319729859"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3410" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-661548881"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050096" w:rsidRPr="00F24B3F" w14:paraId="63AF28C9" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F30D8DD" w14:textId="6639AE8B" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="000D0998">
-[...51 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="50A4D132" w14:textId="40344CE5" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mumtiplicateur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFA497F" w14:textId="197103A8" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1880126532"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="4538" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00683FD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1469697311"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00683FD5">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="075F75C5" w14:textId="55EFDABD" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="000D0998">
-[...47 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="65E28146" w14:textId="1FA5F32A" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Conditionneur en petits emballages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D864919" w14:textId="21C3CE05" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="537241591"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3410" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="320246074"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050096" w:rsidRPr="00F24B3F" w14:paraId="6A06F8D8" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAD5878" w14:textId="4DEA00CF" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="000D0998">
-[...51 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="04C7DDED" w14:textId="0E200C7E" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stockiste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02998AB1" w14:textId="6FC34CBC" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1272701329"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="4538" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00683FD5">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="955758641"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00683FD5">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04D4D05E" w14:textId="47B073E1" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="000D0998" w:rsidP="000D0998">
-[...47 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="576A679D" w14:textId="3263CDF8" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opérateur délivrant un passeport phytosanitaire </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2815DE89" w14:textId="66CFB29E" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-926354207"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3410" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-853570971"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050096" w:rsidRPr="00F24B3F" w14:paraId="59E300EE" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05492D37" w14:textId="49464198" w:rsidR="000D0998" w:rsidRPr="00EF48F7" w:rsidRDefault="00D05F0F" w:rsidP="000D0998">
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="40CB1402" w14:textId="2690CF13" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Producteur de variétés de conservation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49CB67CB" w14:textId="490457FA" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-2119903327"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="305978695"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B59B323" w14:textId="6E8CA61A" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opérateur délivrant un passeport phytosanitaire </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B39F7C4" w14:textId="46AFDFF8" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-79374676"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1615793611"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D05F0F" w14:paraId="7F62116D" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00050096" w:rsidRPr="00F24B3F" w14:paraId="39DDFBC1" w14:textId="77777777" w:rsidTr="00716196">
         <w:trPr>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="3977" w:type="dxa"/>
+          <w:wAfter w:w="4536" w:type="dxa"/>
         </w:trPr>
-        <w:sdt>
-[...28 lines deleted...]
-                <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2554FC" w14:textId="528A1275" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Importateur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3A3817" w14:textId="241ED2A0" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1073774831"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...24 lines deleted...]
-              <w:t>Importateur</w:t>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OU</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1106152564"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B6FB8" w14:paraId="1E6BCF17" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00050096" w:rsidRPr="00F24B3F" w14:paraId="5048A1D6" w14:textId="77777777" w:rsidTr="00716196">
         <w:trPr>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="3977" w:type="dxa"/>
+          <w:wAfter w:w="4536" w:type="dxa"/>
         </w:trPr>
-        <w:sdt>
-[...28 lines deleted...]
-                <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C0E196" w14:textId="68F616BC" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Exportateur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="239AEABF" w14:textId="3561751C" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-403384813"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="4538" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> O</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UI    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-19861466"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00050096" w:rsidRPr="00F24B3F" w14:paraId="77E0D8BD" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="4536" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FDAC6EF" w14:textId="0B5CBD6D" w:rsidR="002B6FB8" w:rsidRPr="00EF48F7" w:rsidRDefault="002B6FB8" w:rsidP="000D0998">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Exportateur </w:t>
+          <w:p w14:paraId="0D756510" w14:textId="3308343D" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Preneur d’inscription</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB2D3E0" w14:textId="76D6770E" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1135062342"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-2100243827"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B6FB8" w14:paraId="371FEBD4" w14:textId="77777777" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="00050096" w:rsidRPr="00F24B3F" w14:paraId="3E42222D" w14:textId="77777777" w:rsidTr="00716196">
         <w:trPr>
           <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="3977" w:type="dxa"/>
+          <w:wAfter w:w="4536" w:type="dxa"/>
         </w:trPr>
-        <w:sdt>
-[...28 lines deleted...]
-                <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3114" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEA6318" w14:textId="300FA4B6" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00050096" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Autre : ……………………………………………</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E8691B" w14:textId="1CA243A8" w:rsidR="00050096" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00F24B3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-69431785"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...64 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI </w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="264420955"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...50 lines deleted...]
-              <w:t>………………………………………………..</w:t>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00050096" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="4"/>
     </w:tbl>
-    <w:p w14:paraId="4DEB5FE7" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="00021C2E"/>
-[...93 lines deleted...]
-    <w:p w14:paraId="055645BD" w14:textId="77777777" w:rsidR="00D05F0F" w:rsidRDefault="00D05F0F" w:rsidP="00021C2E">
+    <w:p w14:paraId="5967C7DC" w14:textId="77777777" w:rsidR="00D05F0F" w:rsidRDefault="00D05F0F" w:rsidP="00021C2E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5967C7DC" w14:textId="77777777" w:rsidR="00D05F0F" w:rsidRPr="00585177" w:rsidRDefault="00D05F0F" w:rsidP="00021C2E">
+    <w:p w14:paraId="0CFF4695" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00585177" w:rsidRDefault="00F24B3F" w:rsidP="00021C2E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00021C2E" w14:paraId="2840BEDC" w14:textId="77777777" w:rsidTr="00755614">
+      <w:tr w:rsidR="00021C2E" w14:paraId="2840BEDC" w14:textId="77777777" w:rsidTr="00F24B3F">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13994" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
-          </w:tcPr>
-          <w:p w14:paraId="53E2360F" w14:textId="77777777" w:rsidR="00021C2E" w:rsidRPr="009B380A" w:rsidRDefault="00021C2E" w:rsidP="00607C48">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E2360F" w14:textId="77777777" w:rsidR="00021C2E" w:rsidRPr="009B380A" w:rsidRDefault="00021C2E" w:rsidP="00F24B3F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B380A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B. OPÉRATEUR ACTIF DANS LE SECTEUR « PLANTS DE POMMES DE TERRE »</w:t>
-            </w:r>
-[...826 lines deleted...]
-              <w:t>………………………………………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D24DD93" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="00191AC8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64DF6F09" w14:textId="4B1025D3" w:rsidR="0079387B" w:rsidRDefault="0079387B" w:rsidP="00191AC8">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9493" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="2556"/>
+        <w:gridCol w:w="1980"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F24B3F" w14:paraId="442CEF55" w14:textId="77777777" w:rsidTr="00F24B3F">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9493" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A30FB7D" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00024B5F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00024B5F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">NATURE DES ACTIVITÉS </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w14:paraId="2A140939" w14:textId="77777777" w:rsidTr="00F24B3F">
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4957" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE672B6" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Veuillez cochez les activités réalisées </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>soumises uniquement à un enregistrement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CB79FF" w14:textId="2DF700C4" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>euillez c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ochez les activités réalisées </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>soumises à un enregistrement et à un agrément</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w14:paraId="6B550C91" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB2A486" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Obtenteur-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>maintneur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de variétés </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D4E511F" w14:textId="2B030417" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="151026973"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="286941979"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="308AEDC0" w14:textId="4CB43522" w:rsidR="00F24B3F" w:rsidRPr="0087745B" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Préparateur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26AA38E2" w14:textId="2DC0B8B4" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1609538134"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="862258898"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w14:paraId="0FFAB88C" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38D0080B" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mandataire de variétés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E869A0E" w14:textId="557A9CC4" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-217893683"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-22025769"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD0D7BD" w14:textId="7BF35C62" w:rsidR="00F24B3F" w:rsidRPr="0087745B" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Conditionneur en petits emballages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C457732" w14:textId="5BDD0110" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-2074647387"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1718076228"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w14:paraId="2100258A" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20869553" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mumtiplicateur</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCE3E88" w14:textId="487EB84D" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1648551888"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-1931573531"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2556" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6641B3D5" w14:textId="6F4071B6" w:rsidR="00F24B3F" w:rsidRPr="0087745B" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0087745B">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opérateur délivrant un passeport phytosanitaire </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E5BFE8" w14:textId="4071349E" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="749624938"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1702824768"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w14:paraId="1B1B7686" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="4536" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DACE0B3" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stockiste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="641CD8CD" w14:textId="51FC78A6" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="728046044"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1832262984"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w14:paraId="56881FF2" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="4536" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="079EACC1" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Producteur de variétés de conservation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1CF0A9" w14:textId="5DAD5DAE" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-739170687"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1854221549"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w14:paraId="18E3AEB6" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="4536" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3E6F4A" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Importateur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11984033" w14:textId="5EEFD332" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-2000958384"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1982417803"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w14:paraId="754AB751" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="4536" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B228D9" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Exportateur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D85E90E" w14:textId="31861017" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="1736741733"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-161704595"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w14:paraId="01AA25ED" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="4536" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DBE796B" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Autre : ……………………………………………</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7F108A" w14:textId="7F23FD8C" w:rsidR="00F24B3F" w:rsidRPr="00F24B3F" w:rsidRDefault="00000000" w:rsidP="00250529">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-271168252"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI </w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:id w:val="-464507092"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F24B3F" w:rsidRPr="00F24B3F">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3E3938BE" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRDefault="00F24B3F" w:rsidP="00191AC8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB0C87">
-[...67 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="5ACA1588" w14:textId="77777777" w:rsidR="009241A5" w:rsidRDefault="009241A5" w:rsidP="00191AC8">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Contact pour ce secteur :     </w:t>
-[...10 lines deleted...]
-      </w:hyperlink>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="756B4581" w14:textId="311FDC9C" w:rsidR="00D05F0F" w:rsidRPr="002B6FB8" w:rsidRDefault="00D05F0F" w:rsidP="00191AC8">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="7660"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F24B3F" w:rsidRPr="00655DFB" w14:paraId="4B0FC3C9" w14:textId="77777777" w:rsidTr="00250529">
+        <w:trPr>
+          <w:trHeight w:val="576"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4688A6BD" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="009241A5" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contact pour ce secteur :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="037187B1" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="009241A5" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7660" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="356F3B69" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="009241A5" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Caroline Schollaert</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07470822" w14:textId="77777777" w:rsidR="00F24B3F" w:rsidRPr="009241A5" w:rsidRDefault="00F24B3F" w:rsidP="00250529">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="009241A5">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>certification.semences.plants@spw.wallonie.be</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="36D6E224" wp14:editId="6CAE5D09">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-3175</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>0</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="144000" cy="144000"/>
+                  <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                  <wp:wrapTight wrapText="bothSides">
+                    <wp:wrapPolygon edited="0">
+                      <wp:start x="2867" y="0"/>
+                      <wp:lineTo x="0" y="5735"/>
+                      <wp:lineTo x="0" y="20071"/>
+                      <wp:lineTo x="20071" y="20071"/>
+                      <wp:lineTo x="20071" y="0"/>
+                      <wp:lineTo x="2867" y="0"/>
+                    </wp:wrapPolygon>
+                  </wp:wrapTight>
+                  <wp:docPr id="975720480" name="Graphique 975720480" descr="Adresse de courrier contour"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="6" name="Graphique 6" descr="Adresse de courrier contour"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId20" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId21"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm flipH="1">
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="144000" cy="144000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251689984" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="783419ED" wp14:editId="01D39C73">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-3175</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>17145</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="144000" cy="144000"/>
+                  <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
+                  <wp:wrapTight wrapText="bothSides">
+                    <wp:wrapPolygon edited="0">
+                      <wp:start x="2867" y="0"/>
+                      <wp:lineTo x="0" y="8602"/>
+                      <wp:lineTo x="0" y="20071"/>
+                      <wp:lineTo x="11469" y="20071"/>
+                      <wp:lineTo x="20071" y="8602"/>
+                      <wp:lineTo x="20071" y="0"/>
+                      <wp:lineTo x="2867" y="0"/>
+                    </wp:wrapPolygon>
+                  </wp:wrapTight>
+                  <wp:docPr id="467877021" name="Graphique 467877021" descr="Combiné contour"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="7" name="Graphique 7" descr="Combiné contour"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId22" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId23"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm flipV="1">
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="144000" cy="144000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="756B4581" w14:textId="11712F88" w:rsidR="00D05F0F" w:rsidRPr="002B6FB8" w:rsidRDefault="00D05F0F" w:rsidP="00191AC8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9062"/>
+        <w:gridCol w:w="9634"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00191AC8" w14:paraId="29D93043" w14:textId="77777777" w:rsidTr="00755614">
-[...2 lines deleted...]
-            <w:tcW w:w="13994" w:type="dxa"/>
+      <w:tr w:rsidR="00191AC8" w14:paraId="29D93043" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9634" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="592CE1A4" w14:textId="1EE49266" w:rsidR="00191AC8" w:rsidRDefault="00191AC8" w:rsidP="00607C48">
             <w:bookmarkStart w:id="6" w:name="_Hlk159851201"/>
             <w:bookmarkStart w:id="7" w:name="_Hlk159851210"/>
             <w:r w:rsidRPr="009B380A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>C. OPÉRATEUR ACTIF DANS LE SECTEUR « LEGUMES »</w:t>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="7"/>
     </w:tbl>
-    <w:p w14:paraId="7FA89F01" w14:textId="77777777" w:rsidR="00062D21" w:rsidRDefault="00062D21" w:rsidP="00191AC8"/>
+    <w:p w14:paraId="72124B9F" w14:textId="77777777" w:rsidR="000A79DD" w:rsidRDefault="000A79DD" w:rsidP="00191AC8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="436"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="2978"/>
+        <w:gridCol w:w="2126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B7F73" w14:paraId="040994FB" w14:textId="757B2FB7" w:rsidTr="007F06C9">
+      <w:tr w:rsidR="00C60A56" w14:paraId="60D82F28" w14:textId="77777777" w:rsidTr="00716196">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="dxa"/>
+            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
-          </w:tcPr>
-          <w:p w14:paraId="3297C912" w14:textId="30B2D0A5" w:rsidR="000B7F73" w:rsidRDefault="00000000" w:rsidP="00191AC8">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="583ABFAD" w14:textId="541D1D56" w:rsidR="00C60A56" w:rsidRDefault="00000000" w:rsidP="00C60A56">
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="2014174922"/>
+                <w:id w:val="-1579273383"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="000B7F73">
+                <w:r w:rsidR="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...9 lines deleted...]
-              <w:ind w:left="34"/>
+            <w:r w:rsidR="00C60A56">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00C60A56">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">C 1. SEMENCES DE LÉGUMES </w:t>
+              <w:t>C 1. SEMENCES DE LÉGUMES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7F73" w14:paraId="12052726" w14:textId="24D7E555" w:rsidTr="007F06C9">
+      <w:tr w:rsidR="00C60A56" w14:paraId="6EE3C0FB" w14:textId="77777777" w:rsidTr="00716196">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-          </w:tcPr>
-          <w:p w14:paraId="0985BC1C" w14:textId="0E0677DA" w:rsidR="000B7F73" w:rsidRPr="00AC556D" w:rsidRDefault="000B7F73" w:rsidP="00607C48">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B719166" w14:textId="225A2A50" w:rsidR="00C60A56" w:rsidRPr="00C60A56" w:rsidRDefault="00C60A56" w:rsidP="00C60A56">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AC556D">
+            <w:r w:rsidRPr="00C60A56">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>NATURE DES ACTIVITÉS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00021C2E" w14:paraId="66C0F8AA" w14:textId="77777777" w:rsidTr="00585177">
+      <w:tr w:rsidR="00C60A56" w14:paraId="0169A594" w14:textId="77777777" w:rsidTr="00716196">
         <w:trPr>
-          <w:trHeight w:val="624"/>
+          <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5098" w:type="dxa"/>
+            <w:tcW w:w="4530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ABBA974" w14:textId="77777777" w:rsidR="00021C2E" w:rsidRPr="00AC556D" w:rsidRDefault="00021C2E" w:rsidP="00D05F0F">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="734D8881" w14:textId="3623EA87" w:rsidR="00C60A56" w:rsidRDefault="00C60A56" w:rsidP="00C60A56">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Veuillez c</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EF48F7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Cochez les activités réalisées </w:t>
+              <w:t>oche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF48F7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> les activités réalisées </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF48F7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>soumises uniquement à un enregistrement</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF48F7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3964" w:type="dxa"/>
+            <w:tcW w:w="5104" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C60C060" w14:textId="33D206E5" w:rsidR="00021C2E" w:rsidRPr="00EF48F7" w:rsidRDefault="00021C2E" w:rsidP="00D05F0F">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7F552B43" w14:textId="2FD340D8" w:rsidR="00C60A56" w:rsidRDefault="00C60A56" w:rsidP="00C60A56">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Veuillez c</w:t>
+            </w:r>
             <w:r w:rsidRPr="00EF48F7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Cochez les activités réalisées </w:t>
+              <w:t>oche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF48F7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> les activités réalisées </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF48F7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>soumises à un enregistrement et à un agrément</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF48F7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D373F1" w14:paraId="2D6C317A" w14:textId="77777777" w:rsidTr="007F06C9">
-[...26 lines deleted...]
-                <w:r>
+      <w:tr w:rsidR="00C60A56" w:rsidRPr="00F641E2" w14:paraId="33D4FCBF" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D01BD90" w14:textId="5CF9EB03" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00C60A56" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Obtenteur-mainteneur de variétés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D209E4" w14:textId="18AA1E4B" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-634875652"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...56 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1354534651"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E02D32C" w14:textId="4532AF4A" w:rsidR="00DE0AA3" w:rsidRPr="00EF48F7" w:rsidRDefault="00DE0AA3" w:rsidP="00DE0AA3">
-[...12 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="52D24732" w14:textId="7713FA0A" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00B4446B" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Négociant-préparateur</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...27 lines deleted...]
-                <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68021B0F" w14:textId="5158DED0" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00191AC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-290441569"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...56 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1928341892"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00081FFC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60A56" w:rsidRPr="00F641E2" w14:paraId="1566B2F9" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0426405D" w14:textId="447B72A3" w:rsidR="00DE0AA3" w:rsidRPr="00EF48F7" w:rsidRDefault="00DE0AA3" w:rsidP="00DE0AA3">
-[...49 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="0CF0ED41" w14:textId="7BB1538F" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00C60A56" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mandataire de variétés</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11CA7D21" w14:textId="5968BAE9" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="728653234"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...56 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1731524713"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6E841D" w14:textId="54F6B552" w:rsidR="00DE0AA3" w:rsidRPr="00EF48F7" w:rsidRDefault="00585177" w:rsidP="00DE0AA3">
-[...50 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="202F1C67" w14:textId="20DBEC3B" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00B4446B" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Préparateur de mélanges</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A6164D9" w14:textId="21D76552" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00191AC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1870250212"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...56 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="253938092"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60A56" w:rsidRPr="00F641E2" w14:paraId="5726B9DD" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13B86A48" w14:textId="174CC216" w:rsidR="00DE0AA3" w:rsidRPr="00EF48F7" w:rsidRDefault="00585177" w:rsidP="00DE0AA3">
-[...50 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="1FECC1A4" w14:textId="07BF2096" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00C60A56" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Multiplicateur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CD797B" w14:textId="5F56CB1C" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1432629611"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...56 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-852035826"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CA5EBA6" w14:textId="3A1DC03F" w:rsidR="00DE0AA3" w:rsidRPr="00EF48F7" w:rsidRDefault="00585177" w:rsidP="00DE0AA3">
-[...54 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="5DBA59C5" w14:textId="4C1D9278" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00A15ED7" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Conditionneur en petits emballages</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5112BE98" w14:textId="1FBAE696" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00191AC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1664733272"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...60 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1868330165"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="4662" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60A56" w:rsidRPr="00F641E2" w14:paraId="6A725FDD" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="382DDDC1" w14:textId="1B55EA16" w:rsidR="007F06C9" w:rsidRPr="00EF48F7" w:rsidRDefault="007F06C9" w:rsidP="00DE0AA3">
-[...52 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="027EDEAA" w14:textId="475D3AE1" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00C60A56" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Stockiste</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5830E36B" w14:textId="602CD42B" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1847317807"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...61 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-824668898"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="4662" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="224ED543" w14:textId="4B3B5C0A" w:rsidR="007F06C9" w:rsidRPr="00EF48F7" w:rsidRDefault="007F06C9" w:rsidP="00DE0AA3">
-[...38 lines deleted...]
-              <w:t>………………………………………………..</w:t>
+          <w:p w14:paraId="66915A89" w14:textId="594B3429" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00A15ED7" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Responsable de semences standards</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="714B225E" w14:textId="32D460FF" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00191AC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1997561036"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-406154410"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C60A56" w:rsidRPr="00F641E2" w14:paraId="6018A1C2" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BB6846" w14:textId="0E78FDE3" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00C60A56" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Importateur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="259C41F6" w14:textId="1899D548" w:rsidR="00B4446B" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="93530752"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B4446B" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B4446B" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="723025473"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B4446B" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B4446B" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="769B5002" w14:textId="5F83CE43" w:rsidR="00C60A56" w:rsidRPr="00F641E2" w:rsidRDefault="00A15ED7" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opérateur délivrant un passeport </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>phytosanitaure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F594E2B" w14:textId="6097D8F0" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00191AC8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="858473848"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="589205526"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w14:paraId="18046D33" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="5104" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="408922DF" w14:textId="344958E6" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00A15ED7" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exportateur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="680BAD62" w14:textId="3C6A485A" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="395937534"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="84355688"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w14:paraId="378BB04E" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="5104" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B6042D3" w14:textId="0F3456D8" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00A15ED7" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Preneur d’inscription</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F06F92" w14:textId="54668461" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-422798704"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1172018307"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w14:paraId="1F1E1948" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="5104" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="169C62F0" w14:textId="71AB7946" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00A15ED7" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Autre : …………………………………..</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1700" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="088C5EAB" w14:textId="7BF1555A" w:rsidR="00A15ED7" w:rsidRPr="00F641E2" w:rsidRDefault="00000000" w:rsidP="00655DFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1332909764"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00081FFC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="918139098"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00A15ED7" w:rsidRPr="00F641E2">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="486DCEAD" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="00191AC8"/>
+    <w:p w14:paraId="4234345B" w14:textId="77777777" w:rsidR="00C7539B" w:rsidRPr="00716196" w:rsidRDefault="00C7539B" w:rsidP="005E751E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0257FD2C" w14:textId="0BB6F9C5" w:rsidR="00683FD5" w:rsidRPr="00716196" w:rsidRDefault="009E4440" w:rsidP="005E751E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00716196">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Rappel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00716196">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="00683FD5" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00716196">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>es opérateurs qui émettent des passeports phytosanitaires sont tenus, en application du règlement (UE) 2016/2031, de communiquer annuellement les genres et/ou les espèces de végétaux produits dans leur entreprise, et ce avant le 30 avril.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3457" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E751E" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Le cas échéant, il vous sera également demandé de compléter une déclaration reprenant notamment les informations de localisation et de surface.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E751E" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6205FF96" w14:textId="77777777" w:rsidR="00C7539B" w:rsidRPr="00C7539B" w:rsidRDefault="00C7539B" w:rsidP="005E751E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9634" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="436"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4844"/>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="1842"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B7F73" w14:paraId="76F28CE3" w14:textId="198953FC" w:rsidTr="002B6FB8">
+      <w:tr w:rsidR="005F65F3" w14:paraId="76F28CE3" w14:textId="198953FC" w:rsidTr="00716196">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="436" w:type="dxa"/>
+            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A8D08D" w:themeFill="accent6" w:themeFillTint="99"/>
           </w:tcPr>
-          <w:p w14:paraId="475A86CF" w14:textId="0A3C80DE" w:rsidR="000B7F73" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="4467A045" w14:textId="7BFB4F12" w:rsidR="005F65F3" w:rsidRPr="00585177" w:rsidRDefault="00000000" w:rsidP="000B7F73">
+            <w:pPr>
+              <w:ind w:left="13"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2018103652"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="000B7F73">
+                <w:r w:rsidR="005F65F3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...9 lines deleted...]
-              <w:ind w:left="13"/>
+            <w:r w:rsidR="005F65F3">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F65F3" w:rsidRPr="00585177">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C 2. PLANTS DE LÉGUMES</w:t>
+            </w:r>
+            <w:r w:rsidR="005F65F3" w:rsidRPr="00585177">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00585177">
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="005F65F3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C4644" w14:paraId="4850418D" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA7DB0F" w14:textId="77777777" w:rsidR="006C4644" w:rsidRDefault="006C4644" w:rsidP="00D05F0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11AFECA0" w14:textId="77777777" w:rsidR="006C4644" w:rsidRDefault="00BF620E" w:rsidP="00BF620E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="_Hlk211421577"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veuillez cochez la mention adéquate pour </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD37E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>chaque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> activité </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C0064">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w14:paraId="04F1B8EE" w14:textId="68106A94" w:rsidR="00BF620E" w:rsidRPr="00AC556D" w:rsidRDefault="00BF620E" w:rsidP="00BF620E">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>C 2. PLANTS DE LÉGUMES</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B824A1" w:rsidRPr="00585177">
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7F73" w14:paraId="19A19E46" w14:textId="590FEA2F" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5297FDB1" w14:textId="380C0732" w:rsidR="000B7F73" w:rsidRPr="00AC556D" w:rsidRDefault="000B7F73" w:rsidP="00D05F0F">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:vertAlign w:val="superscript"/>
-[...1 lines deleted...]
-              <w:t>*</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC556D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>NATURE DES ACTIVITÉS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B7F73" w14:paraId="19A19E46" w14:textId="590FEA2F" w:rsidTr="00585177">
+      <w:tr w:rsidR="004A6CA4" w14:paraId="2096F2D6" w14:textId="77777777" w:rsidTr="00716196">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="853"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13994" w:type="dxa"/>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE81A54" w14:textId="5A144395" w:rsidR="004A6CA4" w:rsidRPr="00655DFB" w:rsidRDefault="004A6CA4" w:rsidP="00D05F0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Achat/vente sans nécessité de ré-étiquetage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>plants non produits dans l’exploitation et vendus en l’état)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5646C6B4" w14:textId="259A4938" w:rsidR="004A6CA4" w:rsidRPr="00655DFB" w:rsidRDefault="00000000" w:rsidP="00214E6D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-702094355"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4" w:rsidRPr="00655DFB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1165394778"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04EC4C07" w14:textId="07B8AD40" w:rsidR="004A6CA4" w:rsidRPr="00655DFB" w:rsidRDefault="004A6CA4" w:rsidP="00D05F0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Achat/vente avec nécessité de ré-étiquetage </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>suite à</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la division de lo</w:t>
+            </w:r>
+            <w:r w:rsidR="00070D7D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(de plants non produits dans l’exploitation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="558669D5" w14:textId="2AF7B59F" w:rsidR="004A6CA4" w:rsidRPr="004C0064" w:rsidRDefault="00000000" w:rsidP="00BB1D0C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="90282456"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-997573880"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A6CA4" w14:paraId="712399E5" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="853"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="609840F1" w14:textId="56718B7C" w:rsidR="004A6CA4" w:rsidRPr="00655DFB" w:rsidRDefault="004A6CA4" w:rsidP="00214E6D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0040C1" w14:textId="5D010483" w:rsidR="004A6CA4" w:rsidRPr="00655DFB" w:rsidRDefault="004A6CA4" w:rsidP="00BB1D0C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C118D6" w14:textId="69B001CC" w:rsidR="004A6CA4" w:rsidRPr="00655DFB" w:rsidRDefault="00581FEA" w:rsidP="00214E6D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Production </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>: multiplication, culture (repiquage, rempotage, élevage</w:t>
+            </w:r>
+            <w:r w:rsidR="00070D7D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, …</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00070D7D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>dans l’exploitation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AE292B9" w14:textId="10BEA192" w:rsidR="004A6CA4" w:rsidRDefault="00000000" w:rsidP="00BB1D0C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="267353814"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-684677728"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00214E6D" w14:paraId="746B8430" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5297FDB1" w14:textId="380C0732" w:rsidR="000B7F73" w:rsidRPr="00AC556D" w:rsidRDefault="000B7F73" w:rsidP="00D05F0F">
-            <w:pPr>
+          <w:p w14:paraId="29065EB1" w14:textId="61F3D462" w:rsidR="00214E6D" w:rsidRPr="00655DFB" w:rsidRDefault="00214E6D" w:rsidP="00214E6D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655DFB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00AC556D">
+              <w:t>PROFIL DES CLIENTS :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003710FA" w14:paraId="2DDC91B4" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15EF19F4" w14:textId="68BE7368" w:rsidR="005F65F3" w:rsidRPr="00655DFB" w:rsidRDefault="005F65F3" w:rsidP="005F65F3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655DFB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...13 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vente au particulier </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(au moins une partie des plants commercialisés est vendue à des particuliers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A801F61" w14:textId="3B0B6999" w:rsidR="00364636" w:rsidRPr="00AC556D" w:rsidRDefault="00364636" w:rsidP="00D05F0F">
-[...45 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="10C35C44" w14:textId="7C490ED0" w:rsidR="00C60A56" w:rsidRPr="00655DFB" w:rsidRDefault="00000000" w:rsidP="00BB1D0C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2045516344"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="005F65F3" w:rsidRPr="00655DFB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...67 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="005F65F3" w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B32A2E" w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="003710FA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1485225810"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56" w:rsidRPr="00655DFB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="6769" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B76024" w14:textId="347CAB05" w:rsidR="005F65F3" w:rsidRPr="00655DFB" w:rsidRDefault="005F65F3" w:rsidP="005F65F3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1891"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vente au professionnel </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(au moins une partie des plants commercialisés est vendue à un professionnel)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">** </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………………………………………………….</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D60906D" w14:textId="32D035C7" w:rsidR="00DE0AA3" w:rsidRPr="00EF48F7" w:rsidRDefault="000659C2" w:rsidP="000659C2">
-[...134 lines deleted...]
-                <w:r>
+          <w:p w14:paraId="62F00AD6" w14:textId="19CA4B49" w:rsidR="00C60A56" w:rsidRPr="00C60A56" w:rsidRDefault="00000000" w:rsidP="00CD37E1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-383651676"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="005F65F3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...37 lines deleted...]
-                <w:bCs/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="005F65F3">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC383B">
-[...41 lines deleted...]
-                <w:r>
+            <w:r w:rsidR="00C60A56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="003710FA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-525711116"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="6769" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F65F3" w14:paraId="524F4182" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9634" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F50F0E" w14:textId="4565EA5B" w:rsidR="005F65F3" w:rsidRPr="00655DFB" w:rsidRDefault="005F65F3" w:rsidP="005F65F3">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>AUTRES INFORMATIONS :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003710FA" w14:paraId="607072D7" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27865E08" w14:textId="09A55500" w:rsidR="005F65F3" w:rsidRPr="00655DFB" w:rsidRDefault="005F65F3" w:rsidP="005F65F3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Importation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(depuis le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="061C9E3B" w14:textId="597B1AA4" w:rsidR="000659C2" w:rsidRPr="00EF48F7" w:rsidRDefault="000659C2" w:rsidP="000659C2">
+          <w:p w14:paraId="68D20FD4" w14:textId="00B6DD9B" w:rsidR="00C60A56" w:rsidRPr="00655DFB" w:rsidRDefault="00000000" w:rsidP="00BB1D0C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="322091189"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="005B6D80">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="005F65F3" w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="003710FA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1817836446"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="003710FA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56" w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB61753" w14:textId="46967C0D" w:rsidR="005F65F3" w:rsidRPr="00655DFB" w:rsidRDefault="005F65F3" w:rsidP="005F65F3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1891"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC383B">
+            <w:r w:rsidRPr="00655DFB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Vente à distance </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BC383B">
-[...2 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(au moins une partie des ventes de plants est réalisée à distance- téléphone ou internet- et livrée par un tiers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...31 lines deleted...]
-                <w:r>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA9A6CB" w14:textId="02602BA0" w:rsidR="00C60A56" w:rsidRPr="00C60A56" w:rsidRDefault="00000000" w:rsidP="00CD37E1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1986302794"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="005F65F3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...76 lines deleted...]
-                <w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="005F65F3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C60A56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="003710FA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1399328344"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="6769" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003710FA" w14:paraId="77D4F7E5" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="126291E0" w14:textId="1B25A593" w:rsidR="005F65F3" w:rsidRPr="00655DFB" w:rsidRDefault="005F65F3" w:rsidP="005F65F3">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exportation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00655DFB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(vers le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29065EB1" w14:textId="1588527B" w:rsidR="000659C2" w:rsidRPr="00EF48F7" w:rsidRDefault="000659C2" w:rsidP="000659C2">
+          <w:p w14:paraId="6A82F2F9" w14:textId="3E7641F6" w:rsidR="00C60A56" w:rsidRPr="00C60A56" w:rsidRDefault="00000000" w:rsidP="00BB1D0C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1783921211"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="005F65F3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="005F65F3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C60A56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="003710FA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="842583868"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C60A56">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C60A56">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CB027EE" w14:textId="3F14BF71" w:rsidR="005F65F3" w:rsidRDefault="005F65F3" w:rsidP="005F65F3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1891"/>
               </w:tabs>
-              <w:rPr>
-[...68 lines deleted...]
-            <w:tcW w:w="6363" w:type="dxa"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="325407DE" w14:textId="3E876580" w:rsidR="000659C2" w:rsidRPr="00BC383B" w:rsidRDefault="000659C2" w:rsidP="000659C2">
-[...84 lines deleted...]
-          <w:p w14:paraId="16F50F0E" w14:textId="75A7F3E9" w:rsidR="000659C2" w:rsidRPr="00BC383B" w:rsidRDefault="000659C2" w:rsidP="000659C2">
+          <w:p w14:paraId="4CF89766" w14:textId="77777777" w:rsidR="005F65F3" w:rsidRPr="00BC383B" w:rsidRDefault="005F65F3" w:rsidP="005F65F3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1891"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BC383B">
-[...43 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D51FB45" w14:textId="77777777" w:rsidR="00D05F0F" w:rsidRDefault="00D05F0F" w:rsidP="00B824A1">
+    <w:p w14:paraId="478F37AF" w14:textId="15A8D6A1" w:rsidR="00B824A1" w:rsidRPr="00716196" w:rsidRDefault="00062D21" w:rsidP="00B824A1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00716196">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="00B824A1" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les plants de chicon sont repris dans la section </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5232F" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>« </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5232F" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00B824A1" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>lants de légumes</w:t>
+      </w:r>
+      <w:r w:rsidR="00D5232F" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t> »</w:t>
+      </w:r>
+      <w:r w:rsidR="00B824A1" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et non dans la section « Agricole »</w:t>
+      </w:r>
+      <w:r w:rsidR="009241A5">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="478F37AF" w14:textId="4CA91330" w:rsidR="00B824A1" w:rsidRPr="00585177" w:rsidRDefault="00062D21" w:rsidP="00B824A1">
+    <w:p w14:paraId="0E7AE98B" w14:textId="59CD5F7B" w:rsidR="000A79DD" w:rsidRDefault="00B824A1" w:rsidP="00716196">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00585177">
+      <w:r w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-[...62 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>** M</w:t>
       </w:r>
-      <w:r w:rsidR="00062D21" w:rsidRPr="00585177">
+      <w:r w:rsidR="00062D21" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>entionnez le type de professionnel : agriculteur</w:t>
       </w:r>
-      <w:r w:rsidR="00D05F0F" w:rsidRPr="00585177">
+      <w:r w:rsidR="00D05F0F" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00062D21" w:rsidRPr="00585177">
+      <w:r w:rsidR="00062D21" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00B95E12" w:rsidRPr="00585177">
+      <w:r w:rsidR="00B95E12" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> g</w:t>
       </w:r>
-      <w:r w:rsidR="00062D21" w:rsidRPr="00585177">
+      <w:r w:rsidR="00062D21" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>rossiste</w:t>
       </w:r>
-      <w:r w:rsidR="00D05F0F" w:rsidRPr="00585177">
+      <w:r w:rsidR="00D05F0F" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00062D21" w:rsidRPr="00585177">
+      <w:r w:rsidR="00062D21" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>, pépiniériste</w:t>
       </w:r>
-      <w:r w:rsidR="00D05F0F" w:rsidRPr="00585177">
+      <w:r w:rsidR="00D05F0F" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00062D21" w:rsidRPr="00585177">
+      <w:r w:rsidR="00062D21" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, succursales, </w:t>
       </w:r>
-      <w:r w:rsidR="00B95E12" w:rsidRPr="00585177">
+      <w:r w:rsidR="00B95E12" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>maraîcher</w:t>
       </w:r>
-      <w:r w:rsidR="00D05F0F" w:rsidRPr="00585177">
+      <w:r w:rsidR="00D05F0F" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00B95E12" w:rsidRPr="00585177">
+      <w:r w:rsidR="00B95E12" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00062D21" w:rsidRPr="00585177">
+      <w:r w:rsidR="00062D21" w:rsidRPr="00716196">
         <w:rPr>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15963D58" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9062"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000A79DD" w14:paraId="008EDA13" w14:textId="77777777" w:rsidTr="00F7141C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1432EBDB" w14:textId="77777777" w:rsidR="000A79DD" w:rsidRDefault="000A79DD" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Autre commentaire pertinent :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000A79DD" w14:paraId="16E060A3" w14:textId="77777777" w:rsidTr="00F7141C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9062" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0350B025" w14:textId="77777777" w:rsidR="000A79DD" w:rsidRDefault="000A79DD" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4982397C" w14:textId="77777777" w:rsidR="000A79DD" w:rsidRDefault="000A79DD" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23E4184F" w14:textId="77777777" w:rsidR="000A79DD" w:rsidRDefault="000A79DD" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00855A28" w14:textId="77777777" w:rsidR="000A79DD" w:rsidRDefault="000A79DD" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="763B90B4" w14:textId="77777777" w:rsidR="000A79DD" w:rsidRDefault="000A79DD" w:rsidP="000A79DD">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="299E0E09" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
-[...8 lines deleted...]
-    <w:p w14:paraId="6C9D6F59" w14:textId="78490BAF" w:rsidR="002B6FB8" w:rsidRPr="006F77B8" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+    <w:p w14:paraId="6C9D6F59" w14:textId="7C6AB927" w:rsidR="002B6FB8" w:rsidRPr="006F77B8" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F77B8">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="006F77B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>nformations relatives aux installations dévolues à l'activité</w:t>
       </w:r>
@@ -9006,1302 +11511,1922 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>…………</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">……………….. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F36C7D4" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="000E3B99" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E3B99">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Surface (approximative) en plein air consacrée à la production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>…………</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">……………….. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ha</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000E3B99">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E3B99">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="639CE642" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E3B99">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Surface sous protection (serre, </w:t>
-[...15 lines deleted...]
-        <w:t>) consacrée à la production</w:t>
+        <w:t>Surface sous protection (serre, tunnel,…) consacrée à la production</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">……………….. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">²                  </w:t>
       </w:r>
       <w:r w:rsidRPr="000E3B99">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="153A4E71" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+    <w:p w14:paraId="78DFFE11" w14:textId="6A0F0852" w:rsidR="002B6FB8" w:rsidRPr="005F65F3" w:rsidRDefault="002B6FB8" w:rsidP="005F65F3">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E26B68">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Ces informations sont à remplir une seule fois, si vous avez déjà fois un cadre « Informations relatives aux installations dévolues à l’activité »</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> dans une autre partie du formulaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00E26B68">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, inutile de le refaire).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78DFFE11" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+    <w:p w14:paraId="0F70A8C9" w14:textId="0BE6B574" w:rsidR="005F65F3" w:rsidRDefault="009E4440" w:rsidP="002B6FB8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Si possible, veuillez également joindre le plan de l’exploitation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785A8EE6" w14:textId="77777777" w:rsidR="005F65F3" w:rsidRDefault="005F65F3" w:rsidP="002B6FB8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4422DB25" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="000B7F73" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
+    <w:p w14:paraId="3AD31BA4" w14:textId="36D4CC7F" w:rsidR="00683FD5" w:rsidRPr="00716196" w:rsidRDefault="009E3457" w:rsidP="009E3457">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00716196">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rappel : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00716196">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les opérateurs qui émettent des passeports phytosanitaires sont tenus, en application du règlement (UE) 2016/2031, de communiquer annuellement les genres et/ou les espèces de végétaux produits dans leur entreprise, et ce avant le 30 avril. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125A6C8B" w14:textId="25ACF6A2" w:rsidR="009E3457" w:rsidRPr="00716196" w:rsidRDefault="005E751E" w:rsidP="00716196">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B7F73">
+      <w:r w:rsidRPr="00716196">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Détail des parcelles de cultures de plants de légumes </w:t>
+        <w:t xml:space="preserve">Le cas échéant, il vous sera également demandé de compléter une déclaration reprenant notamment les informations de localisation et de surface. </w:t>
       </w:r>
-    </w:p>
-[...33 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="009E3457" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F89850F" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="002B6FB8">
-[...25 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="400395C8" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="005F65F3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2263"/>
-        <w:gridCol w:w="7660"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002B6FB8" w14:paraId="2EA0F1DA" w14:textId="77777777" w:rsidTr="00585177">
+      <w:tr w:rsidR="002B6FB8" w14:paraId="2EA0F1DA" w14:textId="77777777" w:rsidTr="009241A5">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2263" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C288DC" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="009241A5" w:rsidRDefault="002B6FB8" w:rsidP="00B5129E">
+            <w:bookmarkStart w:id="9" w:name="_Hlk211421494"/>
+            <w:r w:rsidRPr="009241A5">
+              <w:t>Contact pour ce secteur :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39C288DC" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="00FE77F0">
-[...14 lines deleted...]
-          <w:p w14:paraId="770935C9" w14:textId="77777777" w:rsidR="002B6FB8" w:rsidRPr="00CC4B4F" w:rsidRDefault="002B6FB8" w:rsidP="00FE77F0">
+          <w:p w14:paraId="3E73D415" w14:textId="026B82CA" w:rsidR="00F641E2" w:rsidRPr="009241A5" w:rsidRDefault="00F641E2" w:rsidP="00F641E2">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BB0C87">
+            </w:pPr>
+            <w:r w:rsidRPr="009241A5">
+              <w:t>Justine Gilquin</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="10" w:name="_Hlk211421394"/>
+          <w:p w14:paraId="3761665E" w14:textId="6D39E3C9" w:rsidR="002B6FB8" w:rsidRPr="009241A5" w:rsidRDefault="00F641E2" w:rsidP="00F641E2">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009241A5">
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="009241A5">
+              <w:instrText>HYPERLINK "mailto:certification.semences.plants@spw.wallonie.be"</w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="009241A5">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009241A5">
+              <w:rPr>
+                <w:rStyle w:val="Lienhypertexte"/>
+              </w:rPr>
+              <w:t>certification.semences.plants@spw.wallonie.be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009241A5">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="009241A5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidR="002B6FB8" w:rsidRPr="009241A5">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F6AF988" wp14:editId="75F3BF3A">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-3175</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="144000" cy="144000"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="2867" y="0"/>
                       <wp:lineTo x="0" y="5735"/>
                       <wp:lineTo x="0" y="20071"/>
                       <wp:lineTo x="20071" y="20071"/>
                       <wp:lineTo x="20071" y="0"/>
                       <wp:lineTo x="2867" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
                   <wp:docPr id="6" name="Graphique 6" descr="Adresse de courrier contour"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Graphique 6" descr="Adresse de courrier contour"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15" cstate="print">
+                          <a:blip r:embed="rId20" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId21"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="144000" cy="144000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00BB0C87">
+            <w:r w:rsidR="002B6FB8" w:rsidRPr="009241A5">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22FC18C5" wp14:editId="3C4F0B6B">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-3175</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>17145</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="144000" cy="144000"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="2867" y="0"/>
                       <wp:lineTo x="0" y="8602"/>
                       <wp:lineTo x="0" y="20071"/>
                       <wp:lineTo x="11469" y="20071"/>
                       <wp:lineTo x="20071" y="8602"/>
                       <wp:lineTo x="20071" y="0"/>
                       <wp:lineTo x="2867" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
                   <wp:docPr id="7" name="Graphique 7" descr="Combiné contour"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="7" name="Graphique 7" descr="Combiné contour"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId21" cstate="print">
+                          <a:blip r:embed="rId22" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId22"/>
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId23"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm flipV="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="144000" cy="144000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="_Hlk158105102"/>
-[...14 lines deleted...]
-            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="4EB4A456" w14:textId="66DF09FD" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8" w:rsidP="00191AC8">
       <w:pPr>
-        <w:sectPr w:rsidR="002B6FB8" w:rsidSect="00733869">
+        <w:sectPr w:rsidR="002B6FB8" w:rsidSect="00F24B3F">
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:pgMar w:top="284" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9062"/>
+        <w:gridCol w:w="9209"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC556D" w14:paraId="787EE36C" w14:textId="77777777" w:rsidTr="00755614">
-[...2 lines deleted...]
-            <w:tcW w:w="9062" w:type="dxa"/>
+      <w:tr w:rsidR="00AC556D" w14:paraId="787EE36C" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="7396BA88" w14:textId="6AED617E" w:rsidR="00AC556D" w:rsidRDefault="00AC556D" w:rsidP="00607C48">
-            <w:bookmarkStart w:id="9" w:name="_Hlk159857474"/>
-            <w:bookmarkStart w:id="10" w:name="_Hlk159857487"/>
+            <w:bookmarkStart w:id="11" w:name="_Hlk159857474"/>
+            <w:bookmarkStart w:id="12" w:name="_Hlk159857487"/>
             <w:r w:rsidRPr="009B380A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>D.</w:t>
             </w:r>
             <w:r w:rsidR="00D373F1" w:rsidRPr="009B380A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B380A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OPÉRATEUR ACTIF DANS LE SECTEUR « MATÉRIEL DE MULTIPLICATION DE PLANTS FRUITIERS »</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="12"/>
     </w:tbl>
     <w:p w14:paraId="5DC35DC7" w14:textId="77777777" w:rsidR="00AC556D" w:rsidRDefault="00AC556D" w:rsidP="00191AC8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9062"/>
+        <w:gridCol w:w="9209"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC556D" w14:paraId="59137E25" w14:textId="77777777" w:rsidTr="00755614">
-[...2 lines deleted...]
-            <w:tcW w:w="13994" w:type="dxa"/>
+      <w:tr w:rsidR="00AC556D" w14:paraId="59137E25" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="28DA4846" w14:textId="77777777" w:rsidR="00AC556D" w:rsidRPr="00AC556D" w:rsidRDefault="00AC556D" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="_Hlk159858008"/>
+            <w:bookmarkStart w:id="13" w:name="_Hlk159858008"/>
             <w:r w:rsidRPr="00AC556D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>NATURE DES ACTIVITÉS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:tbl>
     <w:p w14:paraId="53AE612F" w14:textId="77777777" w:rsidR="00D373F1" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CBE29E1" w14:textId="03CD721F" w:rsidR="00D373F1" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
+    <w:p w14:paraId="7CBE29E1" w14:textId="4B928B8E" w:rsidR="00D373F1" w:rsidRDefault="00655DFB" w:rsidP="00D373F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EF48F7">
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Cochez les activités réalisées (plusieurs choix possible) :</w:t>
+        <w:t xml:space="preserve">Veuillez cochez la mention adéquate pour </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD37E1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>chaque</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activité </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C0064">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="9062" w:type="dxa"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="421"/>
-        <w:gridCol w:w="8641"/>
+        <w:gridCol w:w="7650"/>
+        <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D0998" w14:paraId="4DA88BC2" w14:textId="77777777" w:rsidTr="000D0998">
-[...26 lines deleted...]
-                <w:r>
+      <w:tr w:rsidR="00BB3715" w14:paraId="4DA88BC2" w14:textId="389356CC" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C6B8B3" w14:textId="3026E9B6" w:rsidR="00BB3715" w:rsidRPr="000D0998" w:rsidRDefault="00BB3715" w:rsidP="000D0998">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49D0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Production</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D0998">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (au moins une partie des plants commercialisés est produite/greffée</w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/élevée</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D0998">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dans l’exploitation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07758FE1" w14:textId="23FDC598" w:rsidR="00BB3715" w:rsidRPr="00BB3715" w:rsidRDefault="00000000" w:rsidP="00B5129E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1577018775"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715" w:rsidRPr="00BB3715">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...61 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="28763064"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B5129E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="1CAC1698" w14:textId="441D4DF4" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="522CD31E" w14:textId="55AA736D" w:rsidR="000D0998" w:rsidRPr="000D0998" w:rsidRDefault="000D0998" w:rsidP="002A49D0">
+          <w:p w14:paraId="522CD31E" w14:textId="6D79F3E6" w:rsidR="00BB3715" w:rsidRPr="000D0998" w:rsidRDefault="00BB3715" w:rsidP="002A49D0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A49D0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Achat/vente </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="002A49D0" w:rsidRPr="002A49D0">
+              <w:t>Achat/vente sans reconditionnement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A49D0">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D0998">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(au moins une partie des plants commercialisés est achetée à un autre fournisseur)</w:t>
-[...31 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              <w:t>(au moins une partie des plants commercialisés est achetée à un autre fournisseur</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et les lots</w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pallox</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/bottes/plateaux, … </w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ne</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sont jamais redivisés)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="334471B8" w14:textId="5857FDF7" w:rsidR="00BB3715" w:rsidRPr="00BB3715" w:rsidRDefault="00000000" w:rsidP="00B5129E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-400062930"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...69 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-613516290"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B5129E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="64AA1332" w14:textId="63CB5EC8" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="359609EC" w14:textId="7002F086" w:rsidR="000D0998" w:rsidRPr="000D0998" w:rsidRDefault="000D0998" w:rsidP="002A49D0">
+          <w:p w14:paraId="3C640895" w14:textId="442D62B2" w:rsidR="00BB3715" w:rsidRPr="000D0998" w:rsidRDefault="00BB3715" w:rsidP="002A49D0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A49D0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vente au particulier</w:t>
+              <w:t>Achat/vente avec reconditionnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D0998">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (au moins une partie des plants commercialisés est vendue à des particuliers)</w:t>
-[...31 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              <w:t>(au moins une partie des plants commercialisés est achetée à un autre fournisseur</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et les lots</w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pallox</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/bottes/plateaux, …</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD73DD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sont parfois</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> redivisés)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C000EAD" w14:textId="7AF2096E" w:rsidR="00BB3715" w:rsidRPr="00BB3715" w:rsidRDefault="00000000" w:rsidP="00B5129E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-803767232"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...62 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-357658278"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="58077022" w14:textId="793FCB86" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6860DAA0" w14:textId="0D8F5981" w:rsidR="000D0998" w:rsidRPr="000D0998" w:rsidRDefault="000D0998" w:rsidP="002A49D0">
+          <w:p w14:paraId="359609EC" w14:textId="7002F086" w:rsidR="00BB3715" w:rsidRPr="000D0998" w:rsidRDefault="00BB3715" w:rsidP="002A49D0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A49D0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vente à distance</w:t>
+              <w:t>Vente au particulier</w:t>
             </w:r>
             <w:r w:rsidRPr="000D0998">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (au moins une partie des ventes de plants est réalisée à distance- téléphone ou internet- et livrée par un tiers)</w:t>
-[...31 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              <w:t xml:space="preserve"> (au moins une partie des plants commercialisés est vendue à des particuliers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6FDB3A" w14:textId="3260B3D4" w:rsidR="00BB3715" w:rsidRPr="00BB3715" w:rsidRDefault="00000000" w:rsidP="00B5129E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-548148435"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...62 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-804473097"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B5129E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="555280D0" w14:textId="213A0A2D" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="478F52EE" w14:textId="27D8E60B" w:rsidR="000D0998" w:rsidRPr="000D0998" w:rsidRDefault="000D0998" w:rsidP="002A49D0">
+          <w:p w14:paraId="49B23971" w14:textId="3BD24AE0" w:rsidR="00BB3715" w:rsidRPr="000D0998" w:rsidRDefault="00BB3715" w:rsidP="002A49D0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A49D0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>Vente au professionnel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D0998">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (au moins une partie des plants commercialisés est vendue à un professionnel)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA52C79" w14:textId="15CB7830" w:rsidR="00BB3715" w:rsidRPr="00BB3715" w:rsidRDefault="00000000" w:rsidP="00B5129E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="484286290"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OU</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="250168645"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="66B008F6" w14:textId="3DA80CC7" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6860DAA0" w14:textId="0D8F5981" w:rsidR="00BB3715" w:rsidRPr="000D0998" w:rsidRDefault="00BB3715" w:rsidP="002A49D0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49D0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vente à distance</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D0998">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (au moins une partie des ventes de plants est réalisée à distance- téléphone ou internet- et livrée par un tiers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FEFA91" w14:textId="39CE7738" w:rsidR="00BB3715" w:rsidRPr="00BB3715" w:rsidRDefault="00000000" w:rsidP="00B5129E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1757273247"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2049905897"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="5EC7D989" w14:textId="3ADF896F" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBA226E" w14:textId="4F697371" w:rsidR="00BB3715" w:rsidRPr="000D0998" w:rsidRDefault="00BB3715" w:rsidP="002A49D0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49D0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Importation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D0998">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (depuis le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA82B6F" w14:textId="40C07882" w:rsidR="00BB3715" w:rsidRPr="00BB3715" w:rsidRDefault="00000000" w:rsidP="00B5129E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1844615188"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1738363052"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="606D538B" w14:textId="4A971F6F" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="478F52EE" w14:textId="27D8E60B" w:rsidR="00BB3715" w:rsidRPr="000D0998" w:rsidRDefault="00BB3715" w:rsidP="002A49D0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A49D0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Exportation </w:t>
             </w:r>
             <w:r w:rsidRPr="000D0998">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00DD0F22">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>vers</w:t>
             </w:r>
-            <w:r w:rsidR="00DD0F22" w:rsidRPr="000D0998">
-[...5 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="000D0998">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+              <w:t xml:space="preserve"> le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="229DC48F" w14:textId="32DBF2E9" w:rsidR="00BB3715" w:rsidRPr="00BB3715" w:rsidRDefault="00000000" w:rsidP="00B5129E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="985205684"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-349719826"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B5129E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B5129E" w14:paraId="2ECF7C97" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CA58A9" w14:textId="65D4AFEB" w:rsidR="00B5129E" w:rsidRPr="002A49D0" w:rsidRDefault="00B5129E" w:rsidP="002A49D0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Production</w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (y compris </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>élevage)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vente de m</w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tériel </w:t>
+            </w:r>
+            <w:r w:rsidR="009241A5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">officiellement </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">certifié </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(selon l’AGW du 23/04/2009 concernant la commercialisation des matériels de multiplication de plantes fruitières et des plantes fruitières destinées à la production de fruits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B8277B" w14:textId="4FB2BA8C" w:rsidR="00B5129E" w:rsidRDefault="00000000" w:rsidP="00B5129E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="360709281"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B5129E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="745456079"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B5129E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B5129E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="306B670F" w14:textId="77777777" w:rsidR="002A49D0" w:rsidRPr="009D180F" w:rsidRDefault="002A49D0" w:rsidP="00D373F1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27467B12" w14:textId="44E8591B" w:rsidR="00D373F1" w:rsidRPr="00C6697C" w:rsidRDefault="00D373F1" w:rsidP="005A355F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C6697C">
         <w:rPr>
@@ -10367,67 +13492,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003823BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003823BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>…………</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>………………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EC676EA" w14:textId="138A65E7" w:rsidR="00D373F1" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Surface agricole totale (approximative) de l’exploitation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -10446,91 +13555,92 @@
       </w:r>
       <w:r w:rsidR="003823BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">………………. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ares</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="7ECCD714" w14:textId="3F73FF9F" w:rsidR="00D373F1" w:rsidRPr="000E3B99" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
+    <w:p w14:paraId="7ECCD714" w14:textId="7BE3EB6B" w:rsidR="00D373F1" w:rsidRPr="000E3B99" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Surface sous protection (serre, tunnel, …) consacrée aux fruitiers</w:t>
+        <w:t xml:space="preserve">Surface sous protection (serre, tunnel, …) consacrée aux </w:t>
+      </w:r>
+      <w:r w:rsidR="009241A5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plants </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>fruitiers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>…………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
@@ -10550,67 +13660,51 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E3B99">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Surface (approximative) en plein air consacrée à la production</w:t>
       </w:r>
       <w:r w:rsidR="003823BF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de plants fruitiers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>…………</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">……………….. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ares</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1EF29DEE" w14:textId="77777777" w:rsidR="00A317B0" w:rsidRDefault="00A317B0" w:rsidP="00D373F1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7695365C" w14:textId="09370A81" w:rsidR="00D373F1" w:rsidRPr="009D180F" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -10665,501 +13759,488 @@
         <w:t>Si possible joindre le plan de l'exploitation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD4EA32" w14:textId="77777777" w:rsidR="00D373F1" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F2972A8" w14:textId="73E4AAEB" w:rsidR="00D373F1" w:rsidRPr="00541A72" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Hlk131147015"/>
-      <w:bookmarkStart w:id="13" w:name="_Hlk131146949"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk131147015"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk131146949"/>
       <w:r w:rsidRPr="00541A72">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduire chaque année une déclaration des espèces produites. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00E60FFD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00E60FFD">
+      <w:r w:rsidR="00E60FFD" w:rsidRPr="00894E2B">
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>utiliser</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E60FFD" w:rsidRPr="00894E2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la page ci-après</w:t>
+      </w:r>
       <w:r w:rsidR="00E60FFD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la page ci-après)</w:t>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44205F7D" w14:textId="77777777" w:rsidR="00D373F1" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32C92DF2" w14:textId="06D7C41C" w:rsidR="00D373F1" w:rsidRPr="00D373F1" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
+    <w:p w14:paraId="09D2F232" w14:textId="77777777" w:rsidR="00894E2B" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk132189960"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk132189960"/>
       <w:r w:rsidRPr="00541A72">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Lors d’un premier enregistrement ou lors du début d’une nouvelle activité, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">veuillez cocher </w:t>
       </w:r>
       <w:r w:rsidRPr="00541A72">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">les espèces que vous avez l’intention de produire au cours de la première année sur le formulaire </w:t>
+        <w:t xml:space="preserve">les espèces que vous avez l’intention de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894E2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>produire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541A72">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au cours de la première année sur le formulaire </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>à la page suivante.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D373F1">
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="32C92DF2" w14:textId="07E8D228" w:rsidR="00D373F1" w:rsidRPr="00894E2B" w:rsidRDefault="00D373F1" w:rsidP="00894E2B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894E2B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0281AE8E" w14:textId="77777777" w:rsidR="00F641E2" w:rsidRPr="00BB3715" w:rsidRDefault="00F641E2" w:rsidP="00BB3715">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="6520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D373F1" w14:paraId="2CE3EBF8" w14:textId="77777777" w:rsidTr="00A317B0">
+      <w:tr w:rsidR="00D373F1" w:rsidRPr="00B64E62" w14:paraId="2CE3EBF8" w14:textId="77777777" w:rsidTr="00A317B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF45BA0" w14:textId="77777777" w:rsidR="00D373F1" w:rsidRDefault="00D373F1" w:rsidP="00607C48">
+          <w:p w14:paraId="6AF45BA0" w14:textId="77777777" w:rsidR="00D373F1" w:rsidRPr="00894E2B" w:rsidRDefault="00D373F1" w:rsidP="00607C48">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...8 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="17" w:name="_Hlk211424064"/>
+            <w:r w:rsidRPr="00894E2B">
               <w:t>Contact pour ce secteur :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B6C0A9A" w14:textId="77777777" w:rsidR="00D373F1" w:rsidRPr="00BB0C87" w:rsidRDefault="00D373F1" w:rsidP="00607C48">
+          <w:p w14:paraId="40508DFD" w14:textId="0B3C13F6" w:rsidR="00F641E2" w:rsidRPr="00894E2B" w:rsidRDefault="00F641E2" w:rsidP="00607C48">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BB0C87">
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894E2B">
+              <w:rPr>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hélène Klinkenberg </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B6C0A9A" w14:textId="7A90F7E0" w:rsidR="00D373F1" w:rsidRPr="00894E2B" w:rsidRDefault="00D373F1" w:rsidP="00607C48">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894E2B">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4077058D" wp14:editId="311CB92E">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-3175</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="144000" cy="144000"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="2867" y="0"/>
                       <wp:lineTo x="0" y="5735"/>
                       <wp:lineTo x="0" y="20071"/>
                       <wp:lineTo x="20071" y="20071"/>
                       <wp:lineTo x="20071" y="0"/>
                       <wp:lineTo x="2867" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
                   <wp:docPr id="4" name="Graphique 4" descr="Adresse de courrier contour"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Graphique 6" descr="Adresse de courrier contour"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15" cstate="print">
+                          <a:blip r:embed="rId20" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId21"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="144000" cy="144000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-              <w:r w:rsidRPr="00BB0C87">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="00894E2B">
+              <w:rPr>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidR="00BB3715" w:rsidRPr="00894E2B">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:lang w:val="nl-BE"/>
                 </w:rPr>
-                <w:t>helene.klinkenberg@spw.wallonie.be</w:t>
+                <w:t>certification.semences.plants@spw.wallonie.be</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="38B6484F" w14:textId="2CC625CD" w:rsidR="00FB55EC" w:rsidRDefault="00D373F1" w:rsidP="00FB55EC">
+          <w:p w14:paraId="67F2A45B" w14:textId="77777777" w:rsidR="00D373F1" w:rsidRPr="00894E2B" w:rsidRDefault="00D373F1" w:rsidP="00FB55EC">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...115 lines deleted...]
-          <w:p w14:paraId="3ADF8AFD" w14:textId="4400CF66" w:rsidR="00D373F1" w:rsidRPr="00BB0C87" w:rsidRDefault="00FB55EC" w:rsidP="00FB55EC">
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ADF8AFD" w14:textId="6993F0AD" w:rsidR="00F641E2" w:rsidRPr="00894E2B" w:rsidRDefault="00F641E2" w:rsidP="00FB55EC">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="17"/>
     </w:tbl>
-    <w:p w14:paraId="3EE05DB0" w14:textId="77777777" w:rsidR="00D373F1" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
+    <w:p w14:paraId="3EE05DB0" w14:textId="77777777" w:rsidR="00D373F1" w:rsidRPr="00716196" w:rsidRDefault="00D373F1" w:rsidP="00D373F1">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00716196">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D31AF5E" w14:textId="46FE073E" w:rsidR="009656D7" w:rsidRPr="00541A72" w:rsidRDefault="009656D7" w:rsidP="009656D7">
+    <w:p w14:paraId="1D31AF5E" w14:textId="268768C2" w:rsidR="009656D7" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="009656D7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00541A72">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Coche</w:t>
+        <w:t>Veuillez c</w:t>
       </w:r>
-      <w:r w:rsidR="00D05F0F">
+      <w:r w:rsidR="009656D7" w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>oche</w:t>
+      </w:r>
+      <w:r w:rsidR="00D05F0F" w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
-      <w:r w:rsidRPr="00541A72">
+      <w:r w:rsidR="009656D7" w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> les espèces et la catégorie de plants produites (espèces réglementées)</w:t>
+        <w:t xml:space="preserve"> les espèces et la catégorie de plants produites </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00894E2B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parmi les </w:t>
+      </w:r>
+      <w:r w:rsidR="009656D7" w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>espèces réglementées</w:t>
+      </w:r>
+      <w:r w:rsidR="00894E2B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suivantes</w:t>
+      </w:r>
+      <w:r w:rsidR="009656D7" w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableauGrille1Clair"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="3705"/>
         <w:gridCol w:w="1068"/>
         <w:gridCol w:w="939"/>
         <w:gridCol w:w="1128"/>
         <w:gridCol w:w="819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009656D7" w:rsidRPr="00C44515" w14:paraId="74CBAC41" w14:textId="77777777" w:rsidTr="005A355F">
+      <w:tr w:rsidR="009656D7" w:rsidRPr="00C44515" w14:paraId="74CBAC41" w14:textId="77777777" w:rsidTr="0087745B">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B9D18C3" w14:textId="1289EB73" w:rsidR="009656D7" w:rsidRPr="00B4584B" w:rsidRDefault="009656D7" w:rsidP="00B4584B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00541A72">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
@@ -17862,51 +20943,51 @@
     <w:p w14:paraId="59D93220" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:p w14:paraId="4204DF13" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:p w14:paraId="1568788F" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:p w14:paraId="7F8B9651" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:p w14:paraId="4B146C22" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:p w14:paraId="32F11A81" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:p w14:paraId="1EF2F02E" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:p w14:paraId="166514ED" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:p w14:paraId="44D1E97F" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="0087709A" w14:paraId="502BDF01" w14:textId="77777777" w:rsidTr="00755614">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="0C847291" w14:textId="40D983CB" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00607C48">
-            <w:bookmarkStart w:id="15" w:name="_Hlk159858258"/>
+            <w:bookmarkStart w:id="18" w:name="_Hlk159858258"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="009B380A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="0087709A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -17923,1585 +21004,2339 @@
               <w:t xml:space="preserve">FORESTIER </w:t>
             </w:r>
             <w:r w:rsidRPr="0087709A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">DE </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0087709A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>REPRODUCTION»</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:tbl>
     <w:p w14:paraId="566D5E98" w14:textId="77777777" w:rsidR="00D929AD" w:rsidRDefault="00D929AD" w:rsidP="00D929AD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DE4F211" w14:textId="4BA71FE1" w:rsidR="00D05F0F" w:rsidRPr="00DE06B1" w:rsidRDefault="00FB55EC" w:rsidP="002B6FB8">
+    <w:p w14:paraId="03BAB7B5" w14:textId="4063C5F7" w:rsidR="00894E2B" w:rsidRDefault="00894E2B" w:rsidP="00716196">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="324E2C10" wp14:editId="7BFD2731">
+            <wp:extent cx="267335" cy="267335"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2" name="Image 1" descr="Avertissement contour"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2" descr="Avertissement contour"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="267335" cy="267335"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00FB55EC" w:rsidRPr="00CD37E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FF7F61"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FF7F61"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB55EC" w:rsidRPr="00CD37E1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FF7F61"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e secteur </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB55EC" w:rsidRPr="00CD37E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FF7F61"/>
+        </w:rPr>
+        <w:t xml:space="preserve">concerne exclusivement les semences et plants destinés à </w:t>
+      </w:r>
+      <w:r w:rsidR="00B75518">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FF7F61"/>
+        </w:rPr>
+        <w:t>être plantés en forêt</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB55EC" w:rsidRPr="00CD37E1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FF7F61"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB55EC" w:rsidRPr="00CD37E1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FF7F61"/>
+        </w:rPr>
+        <w:t>pas la production de plants de haies</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB55EC" w:rsidRPr="00CD37E1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FF7F61"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB55EC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et uniquement les espèces listées à l’annexe I de l’AGW du 15 mai 2003 relatif à la production et à la commercialisation des matériels forestiers de reproduction</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00FB55EC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="004C643E" w:rsidRPr="00D73C10">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://agriculture.wallonie.be/home/productions-agricoles/qualite/vegetaux/pepinieres-forestieres.html</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FB55EC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BAFBFC" w14:textId="77777777" w:rsidR="004C643E" w:rsidRPr="00DE06B1" w:rsidRDefault="004C643E" w:rsidP="002B6FB8">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00585177">
-[...84 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="0087709A" w14:paraId="213F9A5F" w14:textId="77777777" w:rsidTr="00755614">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2928E756" w14:textId="6DFCE73D" w:rsidR="0087709A" w:rsidRPr="00AC556D" w:rsidRDefault="0087709A" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC556D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>NATURE DES ACTIVITÉS</w:t>
             </w:r>
             <w:r w:rsidR="00AE40F0" w:rsidRPr="00AE40F0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>/CATÉGORIES D’ACTIVITÉS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63505650" w14:textId="43BDC6F7" w:rsidR="0087709A" w:rsidRDefault="00AE40F0" w:rsidP="00191AC8">
-[...1 lines deleted...]
-        <w:t>Cochez les activités réalisées :</w:t>
+    <w:p w14:paraId="1A24B7EF" w14:textId="6898EC57" w:rsidR="00655DFB" w:rsidRPr="00655DFB" w:rsidRDefault="00655DFB" w:rsidP="00191AC8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="_Hlk211424189"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Veuillez cochez la mention adéquate pour </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD37E1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>chaque</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activité </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C0064">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="9062" w:type="dxa"/>
+        <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="421"/>
-        <w:gridCol w:w="8641"/>
+        <w:gridCol w:w="7225"/>
+        <w:gridCol w:w="1842"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE40F0" w14:paraId="38FEF6B7" w14:textId="77777777" w:rsidTr="00755614">
-[...34 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+      <w:tr w:rsidR="00BB3715" w14:paraId="38FEF6B7" w14:textId="349D56BF" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32933BAC" w14:textId="30C466D4" w:rsidR="00AE40F0" w:rsidRDefault="00AE40F0" w:rsidP="00AE40F0">
-            <w:r w:rsidRPr="00792F1E">
+          <w:bookmarkEnd w:id="19"/>
+          <w:p w14:paraId="32933BAC" w14:textId="30C466D4" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00AE40F0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Récolteur et/ou préparateur de semences</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...23 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1315B67B" w14:textId="7DD6F706" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1822501158"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1896414701"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="3DB1A5B6" w14:textId="43063F09" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F40A964" w14:textId="79A9ACA0" w:rsidR="00AE40F0" w:rsidRDefault="00AE40F0" w:rsidP="00AE40F0">
-            <w:r w:rsidRPr="00792F1E">
+          <w:p w14:paraId="1F40A964" w14:textId="79A9ACA0" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00AE40F0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Revendeur de semences </w:t>
             </w:r>
-            <w:r w:rsidRPr="00792F1E">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:i/>
-                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(achat et vente)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...23 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AD1881" w14:textId="3ACFA5BA" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1684356786"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="256171127"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="19E8293F" w14:textId="4891FDB5" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E228FFB" w14:textId="7D507F9D" w:rsidR="00AE40F0" w:rsidRDefault="00AE40F0" w:rsidP="00AE40F0">
-            <w:r w:rsidRPr="00792F1E">
+          <w:p w14:paraId="6E228FFB" w14:textId="7D507F9D" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00AE40F0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Pépiniériste </w:t>
             </w:r>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:i/>
-                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(production de plants)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...23 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23BED15D" w14:textId="4B15B6D9" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1175731998"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1954288642"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="489AC1EF" w14:textId="6A7290A2" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29128AB9" w14:textId="10661BC3" w:rsidR="00AE40F0" w:rsidRDefault="00AE40F0" w:rsidP="00AE40F0">
-            <w:r w:rsidRPr="00792F1E">
+          <w:p w14:paraId="29128AB9" w14:textId="01B45793" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00AE40F0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Achat/vente de plants</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00192FFB">
+              <w:t>Achat/vente de plants sans reconditionnement</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> sans reconditionnement</w:t>
-[...26 lines deleted...]
-                  <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00604824" w:rsidRPr="00716196">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(sans division de</w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824" w:rsidRPr="00716196">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lot</w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s achetés</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824" w:rsidRPr="00716196">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48238B5D" w14:textId="1B147A5A" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1982184911"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                </w:pPr>
-[...2 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1231270944"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="66B9B58A" w14:textId="16A659EF" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="485101AA" w14:textId="49DED011" w:rsidR="00192FFB" w:rsidRPr="00792F1E" w:rsidRDefault="00192FFB" w:rsidP="00192FFB">
+          <w:p w14:paraId="485101AA" w14:textId="04B42559" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00192FFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00792F1E">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Achat/vente de plants</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Achat/vente de plants avec reconditionnement </w:t>
+            </w:r>
+            <w:r w:rsidR="00604824" w:rsidRPr="00716196">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0340D">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>avec</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824" w:rsidRPr="00716196">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> division de</w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824" w:rsidRPr="00716196">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> lot</w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s achetés</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824" w:rsidRPr="00716196">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D4F5ED" w14:textId="3EC29950" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-523714620"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OU</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1565713830"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="5E18CFF7" w14:textId="32EB3F3E" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5E87C8" w14:textId="5ED4D91A" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00192FFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> avec reconditionnement </w:t>
-[...50 lines deleted...]
-            <w:r w:rsidRPr="00792F1E">
+              <w:t>Entrepreneu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B4904">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entrepreneurs forestier </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+              <w:t>rs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:i/>
-                <w:iCs/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> forestier </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(travaux de plantation)</w:t>
             </w:r>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:i/>
-                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1942443066"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AD07BE">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> achat/vente de plants sans division de lot</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60B8A570" w14:textId="5CCECD64" w:rsidR="00AD07BE" w:rsidRDefault="00000000" w:rsidP="00AD07BE">
+          <w:p w14:paraId="60B8A570" w14:textId="5CCECD64" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00AD07BE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-283807279"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AD07BE">
+                <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>achat</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/vente de plants avec division de lot</w:t>
             </w:r>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...22 lines deleted...]
-                  <w:rPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E60591" w14:textId="4A8054D3" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-163785039"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                </w:pPr>
-[...2 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-442771289"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="4A27B36F" w14:textId="64704F8F" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1552AECC" w14:textId="77777777" w:rsidR="00192FFB" w:rsidRDefault="00192FFB" w:rsidP="00192FFB">
+          <w:p w14:paraId="1552AECC" w14:textId="77777777" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00192FFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Expert forestier </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A26B71">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:i/>
-                <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(achat/vente de semences et/ou plants)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4184A0D6" w14:textId="59C54996" w:rsidR="00AD07BE" w:rsidRDefault="00000000" w:rsidP="00AD07BE">
+          <w:p w14:paraId="4184A0D6" w14:textId="59C54996" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00AD07BE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-250362593"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AD07BE">
+                <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>achat</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/vente de semences et/ou plants sans division de lot</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EEB0B91" w14:textId="53DD9647" w:rsidR="00AD07BE" w:rsidRPr="00792F1E" w:rsidRDefault="00000000" w:rsidP="00AD07BE">
+          <w:p w14:paraId="6EEB0B91" w14:textId="53DD9647" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00AD07BE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1851169446"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AD07BE">
+                <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>achat</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00AD07BE">
+            <w:r w:rsidR="00BB3715" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/vente de semences et/ou plants avec division de lot</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...23 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A91084" w14:textId="3842F66C" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1313861740"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-193846713"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="5DA99CEC" w14:textId="47EB838D" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDD189D" w14:textId="23AD4E26" w:rsidR="00192FFB" w:rsidRDefault="00192FFB" w:rsidP="00192FFB">
-            <w:r w:rsidRPr="00792F1E">
+          <w:p w14:paraId="3DDD189D" w14:textId="23AD4E26" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00192FFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Importateur</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Importateur </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(depuis le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31228BC5" w14:textId="7BF469EB" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1612325348"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1077714894"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="7F1F6649" w14:textId="1558CC5A" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="125CC1E7" w14:textId="3BF29F7A" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00192FFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...36 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:t xml:space="preserve">Exportateur </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(vers le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA44CA0" w14:textId="6A9050A8" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1585641881"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8641" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="613878716"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB3715" w14:paraId="7F47BFF1" w14:textId="5C1C44E1" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7225" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="125CC1E7" w14:textId="3BF29F7A" w:rsidR="00192FFB" w:rsidRDefault="00192FFB" w:rsidP="00192FFB">
-            <w:r w:rsidRPr="00792F1E">
+          <w:p w14:paraId="698E1D3A" w14:textId="6179C63C" w:rsidR="00BB3715" w:rsidRPr="004C643E" w:rsidRDefault="00BB3715" w:rsidP="00192FFB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Exportateur</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Autres : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...62 lines deleted...]
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………………………………………………………………………………………</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="438B52C4" w14:textId="3D7339A3" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="00604824">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2061784453"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00792F1E">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00792F1E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00604824">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00792F1E">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1649897212"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E" w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>…………………………………………………………………………………………………………</w:t>
+              <w:t xml:space="preserve"> NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="257F5D55" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="009D180F" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="222C55AE" w14:textId="60E06EB0" w:rsidR="000C0E31" w:rsidRPr="00792F1E" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00792F1E">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00792F1E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>nformations relatives aux installations dévolues à l'activité</w:t>
       </w:r>
       <w:r w:rsidR="005A1B97">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> de production</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19DFB8D9" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+    <w:p w14:paraId="19DFB8D9" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="004C643E" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Surface agricole dévolue à la production de plants forestiers</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">………. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>ha</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36C31EFF" w14:textId="3EDF9E07" w:rsidR="000C0E31" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+    <w:p w14:paraId="482E9A3B" w14:textId="4F8CD8A1" w:rsidR="00E60FFD" w:rsidRPr="004C643E" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Nombre de blocs destinés à la production de plants forest</w:t>
+        <w:t>Nombre de blocs destinés à la production de plants forestiers</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E60FFD">
+      <w:r w:rsidR="00E60FFD" w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>……….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="482E9A3B" w14:textId="77777777" w:rsidR="00E60FFD" w:rsidRDefault="00E60FFD" w:rsidP="000C0E31">
+    <w:p w14:paraId="0DBD51AC" w14:textId="77777777" w:rsidR="00894E2B" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(Voir détail des implantations ci-dessous)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7BE0C078" w14:textId="33AB281C" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+    <w:p w14:paraId="7BE0C078" w14:textId="695F72A0" w:rsidR="000C0E31" w:rsidRPr="004C643E" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7844ACF5" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+    <w:p w14:paraId="7844ACF5" w14:textId="3A37D210" w:rsidR="000C0E31" w:rsidRPr="004C643E" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>M</w:t>
+        <w:t xml:space="preserve">Matériel de préparation/traitement des semences : </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">atériel de préparation/traitement des semences : </w:t>
+        <w:tab/>
+        <w:t>Oui/No</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidR="005B4904">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAC2C76" w14:textId="04AD62B6" w:rsidR="000C0E31" w:rsidRPr="004C643E" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Production hors sol</w:t>
+      </w:r>
+      <w:r w:rsidR="00894E2B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/élevage en godets </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Oui/Non</w:t>
       </w:r>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Si oui : surface …………m²</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7DAC2C76" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+    <w:p w14:paraId="513295A4" w14:textId="5DB6AA41" w:rsidR="000C0E31" w:rsidRPr="004C643E" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Production hors sol</w:t>
+        <w:t xml:space="preserve">Chambres froides : </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidR="00B64E62">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Si oui</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B64E62">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>: surface …………m²</w:t>
+        <w:t>Oui/Non</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Si oui : volume ……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>m³</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513295A4" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+    <w:p w14:paraId="1CA38847" w14:textId="46385F8D" w:rsidR="000C0E31" w:rsidRPr="004C643E" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Chambres froides</w:t>
+        <w:t xml:space="preserve">Système d'irrigation : </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidRPr="004C643E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidR="00B64E62">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-[...61 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00A11BA6">
+      <w:r w:rsidR="00B64E62">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
         <w:t>Oui/Non</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48AFBB26" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18AB72DB" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:before="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0461EB11" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
@@ -19512,73 +23347,73 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A11BA6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Détail des implantations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B83A4CC" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
       <w:pPr>
         <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1323"/>
         <w:gridCol w:w="4350"/>
         <w:gridCol w:w="2119"/>
-        <w:gridCol w:w="1836"/>
+        <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="0BFBE804" w14:textId="77777777" w:rsidTr="00607C48">
+      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="0BFBE804" w14:textId="77777777" w:rsidTr="00716196">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4455F3BC" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A11BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N° du bloc</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -19612,3602 +23447,3887 @@
             <w:tcW w:w="2119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79C87D7C" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A11BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Commune</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B83024C" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A11BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Superficie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="2038A7BF" w14:textId="77777777" w:rsidTr="00607C48">
+      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="2038A7BF" w14:textId="77777777" w:rsidTr="00716196">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A00A317" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="657D87B0" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BCB5F14" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="640B4A92" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="08D452BE" w14:textId="77777777" w:rsidTr="00607C48">
+      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="08D452BE" w14:textId="77777777" w:rsidTr="00716196">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="388802A9" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54DAD0AE" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69848165" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B64E5E5" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="0172A004" w14:textId="77777777" w:rsidTr="00607C48">
+      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="0172A004" w14:textId="77777777" w:rsidTr="00716196">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5477009D" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="745F6CB6" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BDA6E9E" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55D25779" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="0E32038A" w14:textId="77777777" w:rsidTr="00607C48">
+      <w:tr w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w14:paraId="0E32038A" w14:textId="77777777" w:rsidTr="00716196">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1323" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="257171E0" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C2A6F9A" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2119" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53082207" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1836" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A0E35C7" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
-            <w:pPr>
-[...122 lines deleted...]
-          <w:p w14:paraId="72FF3C39" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00A11BA6" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
             <w:pPr>
               <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DB3450D" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+    <w:p w14:paraId="016CD2DA" w14:textId="2635331E" w:rsidR="000C0E31" w:rsidRPr="00894E2B" w:rsidRDefault="00894E2B" w:rsidP="00894E2B">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...14 lines deleted...]
-        </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Hlk132190849"/>
-[...20 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="20" w:name="_Hlk132190849"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidR="000C0E31" w:rsidRPr="00894E2B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lors d’un premier enregistrement ou lors du début d’une nouvelle activité, veuillez cocher les espèces que vous avez l’intention de produire au cours de la première année sur le formulaire à la page suivante.</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:p w14:paraId="46E1A17A" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+    <w:p w14:paraId="6A824428" w14:textId="77777777" w:rsidR="00604824" w:rsidRDefault="00604824" w:rsidP="00604824">
       <w:pPr>
-        <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58FCAC92" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRDefault="000C0E31" w:rsidP="000C0E31">
+    <w:p w14:paraId="71E50719" w14:textId="77777777" w:rsidR="00604824" w:rsidRDefault="00604824" w:rsidP="00716196">
       <w:pPr>
-        <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DF98DB3" w14:textId="77777777" w:rsidR="004C643E" w:rsidRPr="00894E2B" w:rsidRDefault="004C643E" w:rsidP="00F51C44">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2257"/>
-        <w:gridCol w:w="6651"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="6520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000C0E31" w14:paraId="5751241D" w14:textId="77777777" w:rsidTr="00607C48">
-[...4 lines deleted...]
-          <w:p w14:paraId="70754DE1" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
+      <w:tr w:rsidR="004C643E" w:rsidRPr="00B64E62" w14:paraId="5F33E123" w14:textId="77777777" w:rsidTr="00250529">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50B60014" w14:textId="77777777" w:rsidR="004C643E" w:rsidRPr="00894E2B" w:rsidRDefault="004C643E" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
-              <w:rPr>
-[...9 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894E2B">
               <w:t>Contact pour ce secteur :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6651" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F399FB5" w14:textId="77777777" w:rsidR="000C0E31" w:rsidRPr="00BB0C87" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="712DE3BE" w14:textId="77777777" w:rsidR="004C643E" w:rsidRPr="00894E2B" w:rsidRDefault="004C643E" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BB0C87">
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894E2B">
+              <w:rPr>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hélène Klinkenberg </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0886E01F" w14:textId="77777777" w:rsidR="004C643E" w:rsidRPr="00894E2B" w:rsidRDefault="004C643E" w:rsidP="00250529">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894E2B">
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EE3538F" wp14:editId="52098BC9">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251692032" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6450E3B7" wp14:editId="0E3CC1D2">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-3175</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="144000" cy="144000"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="2867" y="0"/>
                       <wp:lineTo x="0" y="5735"/>
                       <wp:lineTo x="0" y="20071"/>
                       <wp:lineTo x="20071" y="20071"/>
                       <wp:lineTo x="20071" y="0"/>
                       <wp:lineTo x="2867" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
-                  <wp:docPr id="11" name="Graphique 11" descr="Adresse de courrier contour"/>
+                  <wp:docPr id="671526106" name="Graphique 671526106" descr="Adresse de courrier contour"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Graphique 6" descr="Adresse de courrier contour"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15" cstate="print">
+                          <a:blip r:embed="rId20" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId21"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="144000" cy="144000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-              <w:r w:rsidRPr="00BB0C87">
+            <w:r w:rsidRPr="00894E2B">
+              <w:rPr>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="00894E2B">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:lang w:val="nl-BE"/>
                 </w:rPr>
-                <w:t>helene.klinkenberg@spw.wallonie.be</w:t>
+                <w:t>certification.semences.plants@spw.wallonie.be</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="01708C01" w14:textId="441EA865" w:rsidR="000C0E31" w:rsidRDefault="000C0E31" w:rsidP="00607C48">
+          <w:p w14:paraId="3950AE8C" w14:textId="77777777" w:rsidR="004C643E" w:rsidRPr="00894E2B" w:rsidRDefault="004C643E" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...108 lines deleted...]
-          <w:p w14:paraId="40B0BD0B" w14:textId="56201484" w:rsidR="00FB55EC" w:rsidRPr="00BB0C87" w:rsidRDefault="00FB55EC" w:rsidP="00607C48">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67450DEB" w14:textId="77777777" w:rsidR="004C643E" w:rsidRPr="00894E2B" w:rsidRDefault="004C643E" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="17"/>
     </w:tbl>
-    <w:p w14:paraId="17C2AD76" w14:textId="77777777" w:rsidR="0072646B" w:rsidRDefault="0072646B">
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w14:paraId="709E5905" w14:textId="19356A7C" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00894E2B" w:rsidP="00A30ECC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:br w:type="page"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Veuillez c</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:t>Coche</w:t>
+      <w:r w:rsidR="00A30ECC" w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>oche</w:t>
       </w:r>
       <w:r>
-        <w:t>z</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A550F1">
-        <w:t xml:space="preserve"> les espèces produites (espèces règlementées)</w:t>
+      <w:r w:rsidR="00A30ECC" w:rsidRPr="004C643E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les espèces</w:t>
+      </w:r>
+      <w:r w:rsidR="00604824">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00604824">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>reeglementées</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A30ECC" w:rsidRPr="00716196">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> produites</w:t>
+      </w:r>
+      <w:r w:rsidR="00604824">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r>
-        <w:t> :</w:t>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">parmi les espèces réglementées suivantes </w:t>
+      </w:r>
+      <w:r w:rsidR="00604824">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6579"/>
         <w:gridCol w:w="2483"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B16EF7" w14:paraId="6E4C955C" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00B16EF7" w14:paraId="6E4C955C" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D81F97A" w14:textId="05BA6909" w:rsidR="00B16EF7" w:rsidRDefault="00B16EF7" w:rsidP="00B16EF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00935208">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Liste des espèces</w:t>
             </w:r>
             <w:r w:rsidR="00E60FFD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> forestières </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="7386AA93" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="7386AA93" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE85FD5" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="0DE85FD5" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abies alba (sapin pectiné)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-312417100"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="26B11BDD" w14:textId="50AB245E" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="26B11BDD" w14:textId="50AB245E" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w:rsidRPr="00755614" w14:paraId="1A2FA1D8" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w:rsidRPr="00755614" w14:paraId="1A2FA1D8" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="104AB993" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="104AB993" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Abies grandis (sapin de Vancouver)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1057977889"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="1DBDECBC" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="1DBDECBC" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="422556E4" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="422556E4" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3060A221" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="3060A221" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cedrus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>atlantica</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (cèdre de l'Atlas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="869885344"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="06388A7B" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="06388A7B" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="1078EB19" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="1078EB19" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D834A3D" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="2D834A3D" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Larix </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>decidua</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (mélèze d'Europe)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-155388992"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="20C3BEBC" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="20C3BEBC" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="3068A6DD" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="3068A6DD" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09DFC56C" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="09DFC56C" w14:textId="6B351ED4" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Larix x </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="005B4904">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eurolepis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="005B4904">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-              <w:t xml:space="preserve"> (mélèze hybride)</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B64E62" w:rsidRPr="005B4904">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(= Larix X </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B64E62" w:rsidRPr="005B4904">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>marschlinsii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B64E62" w:rsidRPr="005B4904">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B64E62" w:rsidRPr="005B4904">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B4904">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mélèze hybride)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1980800974"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="68A58192" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="68A58192" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="4CF1A38C" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="4CF1A38C" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39D64A8C" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="39D64A8C" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Larix </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>kaempferi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (mélèze du Japon)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-206947121"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6CF6A3AA" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="6CF6A3AA" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="3D8BCC43" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="3D8BCC43" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1C1630" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="6D1C1630" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Picea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> abies (épicéa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="903716437"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="698C1197" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="698C1197" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w:rsidRPr="00755614" w14:paraId="7E197506" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w:rsidRPr="00755614" w14:paraId="7E197506" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3727EA3A" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="3727EA3A" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Picea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sitchensis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (épicéa de </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sitka</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1863127647"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="11517C47" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="11517C47" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="3DC233E0" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="3DC233E0" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31AB6117" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="31AB6117" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Pinus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>nigra</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (pin noir)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1593615851"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="16B87737" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="16B87737" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="24A585F6" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="24A585F6" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E4CE95F" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="5E4CE95F" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Pinus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sylvestris</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (pin sylvestre)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="937568855"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="47A1C8EA" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="47A1C8EA" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="65B7BF09" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="65B7BF09" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D10F6BF" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="7D10F6BF" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pseudotsuga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>menziesii</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Douglas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1771702864"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0ED6E910" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="0ED6E910" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="4F66E513" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="4F66E513" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5528AD43" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="5528AD43" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Thuja plicata (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>thuya</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-979378859"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="148BB9E3" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="148BB9E3" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="08A23F05" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="08A23F05" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="396ED8CD" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="396ED8CD" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Acer </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>platanoides</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (érable plane)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1965849063"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6C801493" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="6C801493" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="255C9575" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="255C9575" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="535860C8" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="535860C8" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Acer </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>pseudoplatanus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (érable sycomore)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-116062328"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0085BAD1" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="0085BAD1" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="3122BF9A" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="3122BF9A" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BDE5F73" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="6BDE5F73" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alnus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>glutinosa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (aulne glutineux)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="813072270"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4D00C217" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="4D00C217" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="07AC98BD" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="07AC98BD" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1D4938" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="1D1D4938" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Alnus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>incana</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (aulne blanc)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1242253706"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="078EADC2" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="078EADC2" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="3A18F589" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="3A18F589" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="036C330D" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="036C330D" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Betula</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> pendula (bouleau verruqueux)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="568078849"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="68EF2986" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="68EF2986" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="49DE8141" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="49DE8141" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A906C46" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="6A906C46" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Betula</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>pubescens</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (bouleau pubescent)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1884158962"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="41969BA9" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="41969BA9" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="2B01865C" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="2B01865C" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="781172CD" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="781172CD" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Carpinus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>betulus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (charme)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-623766307"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="506E1AA8" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="506E1AA8" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="39183487" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="39183487" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="748C3D67" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="748C3D67" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Castanea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> sativa (châtaigner)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1678269522"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="431C8B48" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="431C8B48" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="1EEB721B" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="1EEB721B" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70A4040B" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="70A4040B" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fagus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sylvatica</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (hêtre)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1494792354"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5F3C1481" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="5F3C1481" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="425C977E" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="425C977E" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49853619" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="49853619" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fraxinus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>excelsior</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (frêne)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="993463784"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="16793114" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="16793114" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="2CE17ABD" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="2CE17ABD" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="752CA4B2" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="752CA4B2" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Populus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (peuplier)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1246721961"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4CB73E65" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="4CB73E65" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="03A6732C" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="03A6732C" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="612E7A87" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="612E7A87" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
+              <w:t>Prunus avium (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>avium</w:t>
+              <w:t>merisier</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="de-DE"/>
-[...18 lines deleted...]
-                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-728148857"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4F1F6D07" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="4F1F6D07" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="78213776" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="78213776" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="239D195B" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="239D195B" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Quercus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>petrea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (chêne sessile)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="506484051"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5CE27EA4" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="5CE27EA4" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="3648BFA4" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="3648BFA4" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D599A90" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="2D599A90" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Quercus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>robur</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (chêne pédonculé)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1805298329"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="618B40FB" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="618B40FB" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="51CF8609" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="51CF8609" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FECC3FB" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="1FECC3FB" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Quercus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>rubra</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (chêne rouge d'Amérique)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-1760984650"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="59274003" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="59274003" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="36121998" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="36121998" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2155E408" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="2155E408" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Robinia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>pseudoacacia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (robinier faux acacia)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-2046826130"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7719DBCC" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="7719DBCC" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="6FCA1D6D" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="6FCA1D6D" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F6CB90D" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="6F6CB90D" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sorbus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>torminalis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (alisier </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>torminal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-784882062"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="390429F3" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="390429F3" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="3E7E594C" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="3E7E594C" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37D7C9BF" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="37D7C9BF" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tilia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>cordata</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (tilleul à petites feuilles)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="-726525650"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6C6374A2" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="6C6374A2" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="05B8D69A" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="05B8D69A" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10348890" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="10348890" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tilia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>platyphyllos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00541A72">
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (tilleul à grandes feuilles)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="1206609493"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4A67A885" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="4A67A885" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00A30ECC" w14:paraId="62037DD1" w14:textId="77777777" w:rsidTr="00B16EF7">
+      <w:tr w:rsidR="00A30ECC" w14:paraId="62037DD1" w14:textId="77777777" w:rsidTr="004C643E">
         <w:trPr>
-          <w:trHeight w:val="369"/>
+          <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F0D9515" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+          <w:p w14:paraId="1F0D9515" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00541A72">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...18 lines deleted...]
-              <w:t>.</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Autre : ……………………………..</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
             </w:rPr>
             <w:id w:val="689188105"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2483" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="671D16E0" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="00541A72" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
+              <w:p w14:paraId="671D16E0" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRPr="004C643E" w:rsidRDefault="00A30ECC" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00541A72">
+                <w:r w:rsidRPr="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="528DF65E" w14:textId="77777777" w:rsidR="0072646B" w:rsidRDefault="0072646B">
+    <w:p w14:paraId="6FE8A69B" w14:textId="49B3BAB0" w:rsidR="00A30ECC" w:rsidRDefault="0072646B" w:rsidP="00A30ECC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE8A69B" w14:textId="77777777" w:rsidR="00A30ECC" w:rsidRDefault="00A30ECC" w:rsidP="00A30ECC">
-[...8 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="008C448E" w14:paraId="45B6F819" w14:textId="77777777" w:rsidTr="00755614">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="0A0D926C" w14:textId="6ADB0387" w:rsidR="008C448E" w:rsidRDefault="008C448E" w:rsidP="00607C48">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="009B380A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="008C448E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OPÉRATEUR ACTIF DANS LE SECTEUR « MATÉRIEL DE REPRODUCTION ORNEMENTAL ET PLANTS ORNEMENTAUX »</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AA35178" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
@@ -23222,1344 +27342,1788 @@
       </w:tblGrid>
       <w:tr w:rsidR="008C448E" w14:paraId="36D48177" w14:textId="77777777" w:rsidTr="00755614">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13994" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="529B9CA0" w14:textId="77777777" w:rsidR="008C448E" w:rsidRPr="00AC556D" w:rsidRDefault="008C448E" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC556D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>NATURE DES ACTIVITÉS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="59F96B60" w14:textId="117775D2" w:rsidR="008C448E" w:rsidRDefault="008C448E" w:rsidP="008C448E">
+    <w:p w14:paraId="21B6425D" w14:textId="4E961FF5" w:rsidR="004C643E" w:rsidRDefault="004C643E" w:rsidP="008C448E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Hlk132184415"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk132184415"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Cochez les activités réalisées (plusieurs choix possibles) :</w:t>
+        <w:br/>
+        <w:t xml:space="preserve">Veuillez cochez la mention adéquate pour </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD37E1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>chaque</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activité </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C0064">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="9062" w:type="dxa"/>
+        <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="562"/>
-        <w:gridCol w:w="8500"/>
+        <w:gridCol w:w="7508"/>
+        <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008C448E" w14:paraId="41D18E06" w14:textId="77777777" w:rsidTr="00755614">
-[...27 lines deleted...]
-                <w:r w:rsidRPr="00CA6CDC">
+      <w:tr w:rsidR="004C643E" w14:paraId="41D18E06" w14:textId="36ABEBA1" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22221E0B" w14:textId="5508959D" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="004C643E" w:rsidP="008C448E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Production</w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/élevage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(y compris vente de la production)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C7B51FB" w14:textId="460F923A" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="004C643E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2114965116"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...65 lines deleted...]
-                <w:r w:rsidRPr="00CA6CDC">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2035874371"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00716196">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C643E" w14:paraId="42D22D10" w14:textId="220509DD" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7423C0F5" w14:textId="493EA066" w:rsidR="008C448E" w:rsidRDefault="008C448E" w:rsidP="008C448E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE36BF">
+          <w:p w14:paraId="7423C0F5" w14:textId="051670E7" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="004C643E" w:rsidP="008C448E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Achat/vente</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00770F96">
+              <w:t xml:space="preserve">Achat/vente </w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> sans reconditionnement</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AE36BF">
+              <w:t xml:space="preserve">sans reconditionnement de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00894E2B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...68 lines deleted...]
-                <w:r w:rsidRPr="00CA6CDC">
+              <w:t>llors</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de semences et </w:t>
+            </w:r>
+            <w:r w:rsidR="00331630" w:rsidRPr="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sans </w:t>
+            </w:r>
+            <w:r w:rsidR="00331630">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">repiquage/rempotage/élevage et sans division de lot </w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e plants non produits dans l’exploitation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36582A8B" w14:textId="3AE11AD0" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="004C643E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1027987580"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...94 lines deleted...]
-                <w:r w:rsidRPr="00CA6CDC">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1759515250"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C643E" w14:paraId="207914BA" w14:textId="6F64E65E" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB9051D" w14:textId="73CE1FFD" w:rsidR="00770F96" w:rsidRDefault="00770F96" w:rsidP="00770F96">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE36BF">
+          <w:p w14:paraId="74B009E9" w14:textId="0C31C94F" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="004C643E" w:rsidP="00770F96">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vente au particulier </w:t>
-[...48 lines deleted...]
-                <w:r w:rsidRPr="00CA6CDC">
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Achat/vente </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>avec</w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B" w:rsidRPr="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>reconditonnement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de lors de semences et/ou</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00331630">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>repiquage/rempotage/élevage</w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00331630">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>division de lot</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de plants non produits dans </w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l’exploitation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE6961E" w14:textId="01580D41" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="004C643E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1982682976"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...154 lines deleted...]
-                <w:r w:rsidRPr="00CA6CDC">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1748576133"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C643E" w14:paraId="20325846" w14:textId="0519BB05" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A680C6B" w14:textId="64177C94" w:rsidR="00770F96" w:rsidRDefault="00770F96" w:rsidP="00770F96">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE36BF">
+          <w:p w14:paraId="2EB9051D" w14:textId="231FD695" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="004C643E" w:rsidP="00770F96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vente à distance </w:t>
-[...41 lines deleted...]
-                <w:r w:rsidRPr="00CA6CDC">
+              <w:t xml:space="preserve">Vente au particulier </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(au moins une partie des </w:t>
+            </w:r>
+            <w:r w:rsidR="00B64E62">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">semences ou </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>plants commercialisés est vendue à des particuliers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4728522F" w14:textId="798B45E0" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="004C643E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="495694948"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...56 lines deleted...]
-                <w:r w:rsidRPr="00CA6CDC">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-2046755270"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C643E" w14:paraId="44B3A064" w14:textId="70E5A4B8" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B82D14A" w14:textId="1C56C24D" w:rsidR="00770F96" w:rsidRDefault="00770F96" w:rsidP="00770F96">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE36BF">
+          <w:p w14:paraId="7E130A32" w14:textId="3945AADA" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="004C643E" w:rsidP="00770F96">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Importation </w:t>
-[...39 lines deleted...]
-                <w:r w:rsidRPr="00CA6CDC">
+              <w:t xml:space="preserve">Vente au professionnel </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(au moins une partie des </w:t>
+            </w:r>
+            <w:r w:rsidR="00B64E62">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">semences ou </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>plants commercialisés est vendue à un professionnel)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> *(précisez)</w:t>
+            </w:r>
+            <w:r w:rsidR="00894E2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………………………………………………</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.…………………………………………..</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34ED2A45" w14:textId="658E57CC" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="004C643E">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1286264180"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1303278325"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004C643E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C643E" w14:paraId="3B67D965" w14:textId="097B63A0" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09F73C7E" w14:textId="6AD79042" w:rsidR="00770F96" w:rsidRDefault="00770F96" w:rsidP="00770F96">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AE36BF">
+          <w:p w14:paraId="7A680C6B" w14:textId="03FBDC7F" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="004C643E" w:rsidP="00770F96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Exportation</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Vente à distance </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(au moins une partie des ventes de </w:t>
+            </w:r>
+            <w:r w:rsidR="00B64E62">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">semences ou </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>plants est réalisée à distance- téléphone ou internet- et livrée par un tiers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA99A56" w14:textId="4D9B93A9" w:rsidR="00F51C44" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="004C643E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1428164100"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="699748133"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C643E" w14:paraId="0B0C285D" w14:textId="4E92AB56" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FBA435" w14:textId="74131D44" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="004C643E" w:rsidP="00770F96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-              <w:t>le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+              <w:t>Travaux de plantation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC3D0C4" w14:textId="194065DD" w:rsidR="00F51C44" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="004C643E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="24528415"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1319259185"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C643E" w14:paraId="0B004CF3" w14:textId="522CD6D4" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B82D14A" w14:textId="1C56C24D" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="004C643E" w:rsidP="00770F96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Importation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(depuis le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D3A64F3" w14:textId="34B3E350" w:rsidR="00F51C44" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="004C643E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1704673372"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-276256533"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C643E" w14:paraId="182B24B6" w14:textId="643F8143" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7508" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F73C7E" w14:textId="6AD79042" w:rsidR="004C643E" w:rsidRPr="004C643E" w:rsidRDefault="004C643E" w:rsidP="00770F96">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exportation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C643E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(vers le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="734ED003" w14:textId="62175B35" w:rsidR="00F51C44" w:rsidRPr="004C643E" w:rsidRDefault="00000000" w:rsidP="004C643E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1458141251"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="765658697"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p w14:paraId="378BBFC6" w14:textId="241C4D7F" w:rsidR="008C448E" w:rsidRPr="00250B8C" w:rsidRDefault="008C448E" w:rsidP="008C448E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807F9E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
         <w:t>*mentionnez le type de professionnel : autres pépiniériste</w:t>
       </w:r>
       <w:r w:rsidR="005A1B97">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00807F9E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>, succursales, entrepreneur de parcs et jardins, expert forestier, SPW, communes pour la journée de l’arbre</w:t>
       </w:r>
       <w:r w:rsidR="00DD0F22">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00807F9E">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> communes pour fleurissement, …</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0748E208" w14:textId="77777777" w:rsidR="008C448E" w:rsidRPr="00B16EF7" w:rsidRDefault="008C448E" w:rsidP="008C448E">
+    <w:p w14:paraId="0748E208" w14:textId="7F3BD729" w:rsidR="008C448E" w:rsidRPr="00B16EF7" w:rsidRDefault="008C448E" w:rsidP="008C448E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005A210A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Introduire chaque année une déclaration des espèces produites. Voir formulaire à l’adresse suivante : </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Introduire chaque année une déclaration des espèces produites. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BA083EF" w14:textId="77777777" w:rsidR="00B16EF7" w:rsidRPr="00230CB7" w:rsidRDefault="00B16EF7" w:rsidP="00B16EF7">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="121401E2" w14:textId="77777777" w:rsidR="008C448E" w:rsidRPr="009652D3" w:rsidRDefault="008C448E" w:rsidP="008C448E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009652D3">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lors d’un premier enregistrement ou lors du début d’une nouvelle activité, veuillez cocher les espèces que vous avez l’intention de produire au cours de la première année sur le formulaire à l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a page suivante.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E50BA8E" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
+    <w:p w14:paraId="7775C7BA" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2257"/>
-        <w:gridCol w:w="6651"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="6520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB08E8" w14:paraId="781B5B71" w14:textId="77777777" w:rsidTr="00607C48">
-[...4 lines deleted...]
-          <w:p w14:paraId="1C8E167A" w14:textId="77777777" w:rsidR="00EB08E8" w:rsidRDefault="00EB08E8" w:rsidP="00607C48">
+      <w:tr w:rsidR="00F51C44" w:rsidRPr="00B64E62" w14:paraId="4B34BE71" w14:textId="77777777" w:rsidTr="00250529">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38431F8C" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRDefault="00F51C44" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contact pour ce secteur :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6651" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="12010AA8" w14:textId="77777777" w:rsidR="00EB08E8" w:rsidRPr="00BB0C87" w:rsidRDefault="00EB08E8" w:rsidP="00607C48">
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="021E02A6" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRPr="00716196" w:rsidRDefault="00F51C44" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hélène Klinkenberg </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5458440A" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRPr="00716196" w:rsidRDefault="00F51C44" w:rsidP="00250529">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="nl-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB0C87">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C8FFA35" wp14:editId="4A7E9C58">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251694080" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="417AE572" wp14:editId="22C10B93">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-3175</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="144000" cy="144000"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="2867" y="0"/>
                       <wp:lineTo x="0" y="5735"/>
                       <wp:lineTo x="0" y="20071"/>
                       <wp:lineTo x="20071" y="20071"/>
                       <wp:lineTo x="20071" y="0"/>
                       <wp:lineTo x="2867" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
-                  <wp:docPr id="9" name="Graphique 9" descr="Adresse de courrier contour"/>
+                  <wp:docPr id="1755050486" name="Graphique 1755050486" descr="Adresse de courrier contour"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Graphique 6" descr="Adresse de courrier contour"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15" cstate="print">
+                          <a:blip r:embed="rId20" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId21"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="144000" cy="144000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-              <w:r w:rsidRPr="00BB0C87">
+            <w:r w:rsidRPr="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="00716196">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="nl-BE"/>
                 </w:rPr>
-                <w:t>helene.klinkenberg@spw.wallonie.be</w:t>
+                <w:t>certification.semences.plants@spw.wallonie.be</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="0DC3FC91" w14:textId="16804C12" w:rsidR="00FB55EC" w:rsidRDefault="00EB08E8" w:rsidP="00FB55EC">
+          <w:p w14:paraId="59371424" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRPr="00716196" w:rsidRDefault="00F51C44" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...115 lines deleted...]
-          <w:p w14:paraId="4D029BAF" w14:textId="32BD0DA2" w:rsidR="00EB08E8" w:rsidRPr="00BB0C87" w:rsidRDefault="00FB55EC" w:rsidP="00FB55EC">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="310C9820" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRPr="00716196" w:rsidRDefault="00F51C44" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...8 lines deleted...]
-            </w:r>
+                <w:lang w:val="nl-BE"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7775C7BA" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="57E15853" w14:textId="77777777" w:rsidR="00EB08E8" w:rsidRPr="00716196" w:rsidRDefault="00EB08E8" w:rsidP="00191AC8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B54F0FB" w14:textId="77777777" w:rsidR="00EB08E8" w:rsidRPr="00716196" w:rsidRDefault="00EB08E8" w:rsidP="00191AC8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="516C8B33" w14:textId="77777777" w:rsidR="00EB08E8" w:rsidRPr="00716196" w:rsidRDefault="00EB08E8" w:rsidP="00191AC8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C8DDEAE" w14:textId="77777777" w:rsidR="00EB08E8" w:rsidRPr="00716196" w:rsidRDefault="00EB08E8" w:rsidP="00191AC8">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6864FD1E" w14:textId="50C2DECB" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="0072646B" w:rsidP="00C67236">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B64E62">
+        <w:rPr>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A550F1">
+      <w:r w:rsidR="00F51C44" w:rsidRPr="00F51C44">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Coche</w:t>
+        <w:t>Veuillez c</w:t>
       </w:r>
-      <w:r>
-        <w:t>z</w:t>
+      <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ochez les espèces </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A550F1">
-        <w:t xml:space="preserve"> les espèces produites (espèces règlementées)</w:t>
+      <w:r w:rsidR="00C67236" w:rsidRPr="00331630">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>produites</w:t>
       </w:r>
-      <w:r>
-        <w:t> :</w:t>
+      <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894E2B">
+        <w:t xml:space="preserve">parmi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00894E2B">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00331630" w:rsidRPr="00331630">
+        <w:t>espèces</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00331630" w:rsidRPr="00331630">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B64E62">
+        <w:t xml:space="preserve">suivantes </w:t>
+      </w:r>
+      <w:r w:rsidR="00331630" w:rsidRPr="00331630">
+        <w:t>règlementées au niveau phytosanitaire </w:t>
+      </w:r>
+      <w:r w:rsidR="00894E2B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00331630" w:rsidRPr="00331630">
+        <w:t>hôtes potentiels d’ORNQ)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C67236" w:rsidRPr="00331630">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="7B7B7B" w:themeColor="accent3" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="7B7B7B" w:themeColor="accent3" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7B7B7B" w:themeColor="accent3" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="7B7B7B" w:themeColor="accent3" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="7B7B7B" w:themeColor="accent3" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="7B7B7B" w:themeColor="accent3" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3409"/>
         <w:gridCol w:w="1113"/>
         <w:gridCol w:w="3581"/>
         <w:gridCol w:w="945"/>
       </w:tblGrid>
       <w:tr w:rsidR="00935208" w14:paraId="5D891346" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
@@ -24570,5899 +29134,8340 @@
           <w:p w14:paraId="58BCC973" w14:textId="6BEC6A5E" w:rsidR="00935208" w:rsidRDefault="00935208" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00935208">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Liste des espèces</w:t>
             </w:r>
             <w:r w:rsidR="00E60FFD">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ornementales</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="5146AC2B" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="5146AC2B" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36E11BE2" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="36E11BE2" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Amelanchier</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74F76B97" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="74F76B97" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="1400325151"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52E76C6D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00DD138B">
+          <w:p w14:paraId="52E76C6D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Hybrides de</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Poncirus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DD138B">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Raf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="-1548208955"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="13377315" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="13377315" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="2EFC15F0" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="2EFC15F0" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F47C8A9" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="1F47C8A9" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:ind w:right="-407"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Argyranthemum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE9C979" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="1FE9C979" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-852025694"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66E2E4C5" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00DD138B">
+          <w:p w14:paraId="66E2E4C5" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prunus</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="-2061397130"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="296F5427" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="296F5427" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="40E790E6" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="40E790E6" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17E273C1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="17E273C1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Beaucarnea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> Lem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="657F653D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="657F653D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="1793333312"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="635BC2DA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r>
+          <w:p w14:paraId="635BC2DA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus persica </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C508D7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">(L) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C508D7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Batsch</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="-1512063170"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="524F2266" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="524F2266" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="7EB08906" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="7EB08906" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAEAC56" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="0EAEAC56" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Begonia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> x </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>hiemalis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fotsch</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E161E7B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="5E161E7B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="28762322"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="119C3A37" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r>
+          <w:p w14:paraId="119C3A37" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>salicina</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C508D7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Lindl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C508D7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="1057352738"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3172082E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="3172082E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="120529AC" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="120529AC" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5585B3D9" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="5585B3D9" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bougainvillea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Comm.ex</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Juss</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="055171AA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="055171AA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="842282294"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="20823477" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="003D0B3E" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="20823477" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus, </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>les espèces suivantes</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E238B6D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="003D0B3E" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="3E238B6D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>armeniaca</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>L.</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74A8B866" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="002F13DA">
+          <w:p w14:paraId="74A8B866" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>blireiana</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Andre</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="07B71F2A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="003D0B3E" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="07B71F2A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>brigantina</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Vill</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="17333659" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="003D0B3E" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="17333659" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>cerasifera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Ehrh</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22B8AEA1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="003D0B3E" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="22B8AEA1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>cistena</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hansen</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2210161B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="003D0B3E" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="2210161B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>curdica</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Fenzl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> et Fritsch.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E2CC573" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="003D0B3E" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="5E2CC573" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>domestica</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="769FBD18" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00811F9F" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="769FBD18" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00A0340D" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00811F9F">
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>Prunus domestica</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00811F9F">
+              <w:t xml:space="preserve">Prunus </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>ssp. insititia</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00811F9F">
+              <w:t>domestica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (L.) C.K. Schneid </w:t>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t>ssp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>dulcis</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
+              <w:t>insititia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A0340D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) C.K. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00A0340D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Schneid</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A0340D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69262645" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>glandulosa</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t>dulcis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Miller) Webb</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77971C46" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>holosericea</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="001B4EE7">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Prunus </w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>glandulosa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001B4EE7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Thunb</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B24A941" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="001B4EE7">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prunus </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>holosericea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Batal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487E1E52" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00A0340D" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>Prunus japonica</w:t>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+            </w:pPr>
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:eastAsia="fr-BE"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:lang w:eastAsia="fr-BE"/>
-[...1 lines deleted...]
-              <w:t>mandshurica</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>hortulana</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:lang w:eastAsia="fr-BE"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bailey </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="295E056F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00A0340D" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-                <w:lang w:eastAsia="fr-BE"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0340D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Prunus japonica</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A0340D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A0340D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Thunb</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A0340D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17033E68" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>maritima</w:t>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t xml:space="preserve">Prunus </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
+              <w:t>mandshurica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Maxim.) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Koehne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="727DCF67" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>mume</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
-[...54 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t>maritima</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Marsh.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F8AA863" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>nigra</w:t>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t xml:space="preserve">Prunus </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>Prunus persica</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t>mume</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (L.) </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>Batsch</w:t>
+              <w:t>Sieb</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Zucc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="656AD579" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>salicina</w:t>
+              <w:t>nigra</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> L</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="71B1D2EB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="003D0B3E" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:t xml:space="preserve"> Ait. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E8C784B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
+              <w:t>Prunus persica</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Batsch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DEFC051" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>sibirica</w:t>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t xml:space="preserve">Prunus </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t>salicina</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71B1D2EB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>simonii</w:t>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t xml:space="preserve">Prunus </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t>sibirica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DF56600" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>spinosa</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t xml:space="preserve">Prunus </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t>simonii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Carr. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A56E5BD" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>tomentosa</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
-[...22 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prunus </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+              <w:t>spinosa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52B87866" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
-              <w:t>triloba</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Prunus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
+              <w:t>tomentosa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Thunb</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09EFBABF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prunus </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>triloba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>Lindl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CDBF51F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autres espèces de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="fr-BE"/>
+              </w:rPr>
               <w:t>Prunus</w:t>
             </w:r>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve"> L. sensibles au virus de la </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002F13DA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:t>Sharka</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="-1714720437"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vMerge w:val="restart"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="2D5787E5" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="2D5787E5" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="7763BAD8" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="7763BAD8" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B1C57EA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6B1C57EA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Camassia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Lindl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3965A132" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="3965A132" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-1723670650"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0AE5D84E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="0AE5D84E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA7D359" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="2EA7D359" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="3BB7AE1B" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="3BB7AE1B" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4803F58B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r>
+          <w:p w14:paraId="4803F58B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Capsicum </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>annuum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00734791">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>. L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AEF9FC0" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="5AEF9FC0" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="2028286507"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="35D062D1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48"/>
+          <w:p w14:paraId="35D062D1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="166BAC24" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="166BAC24" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="6E23E38F" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="6E23E38F" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="109F1129" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="109F1129" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Castanea</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="005812FD">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41621315" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="41621315" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-250430743"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6A82E784" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6A82E784" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AF89975" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="3AF89975" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="7F869C77" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="7F869C77" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71DDDEC8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="71DDDEC8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DD138B">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Chaenomeles</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Lindl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67B885FB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="67B885FB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-493796273"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2CF8DA9B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="2CF8DA9B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61E73FC7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="61E73FC7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="0047B493" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="0047B493" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2D8600" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6A2D8600" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Chionodoxa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Boiss</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F7AA91B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="6F7AA91B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-736855902"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4FB65B5B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="4FB65B5B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21DB974A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="21DB974A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="1B8E1432" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="1B8E1432" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59E711D7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="59E711D7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Chrysanthemum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000A6C6E">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10A445EB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="10A445EB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="732885312"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="091AFDF3" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="091AFDF3" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8D01E1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6B8D01E1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="56B68E6C" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="56B68E6C" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34A97498" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00DD138B">
+          <w:p w14:paraId="34A97498" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Citrus</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63EAA80F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="63EAA80F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-1824882291"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3C3E342C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="3C3E342C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="396444F7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="396444F7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="59BCF72C" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="59BCF72C" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3482A525" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00DD138B">
+          <w:p w14:paraId="3482A525" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Citrus</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L. (Hybrides de)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1306431A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="1306431A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="1793553135"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7248FAEF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="7248FAEF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74CF8F64" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="74CF8F64" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="66FD15BC" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="66FD15BC" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="416338F6" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="416338F6" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Cotoneaster</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Medik</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="168D1760" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="168D1760" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-2034646812"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3DC687D4" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="3DC687D4" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0455B493" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="0455B493" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="3596A476" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="3596A476" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1637BF31" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00FE7BBA">
+          <w:p w14:paraId="1637BF31" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Crassula</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73AE71DF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="73AE71DF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="1402563448"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="06536543" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48"/>
+          <w:p w14:paraId="06536543" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48606885" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="48606885" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="530D9DAE" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="530D9DAE" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F301D27" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00DD138B">
+          <w:p w14:paraId="6F301D27" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Crataegus</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Tourn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>. Ex L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23DB5CA7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="23DB5CA7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="997926864"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="317E3355" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="317E3355" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5184145A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="5184145A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="71559BFB" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="71559BFB" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C670602" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="4C670602" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Crinum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="275E66DA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="275E66DA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-1775400391"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6B9C70CA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6B9C70CA" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9FED0A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6B9FED0A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="364626A8" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="364626A8" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C4DD60E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r>
+          <w:p w14:paraId="7C4DD60E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Crocus </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>flavus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Weston</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5119CA40" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="5119CA40" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-98800901"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6570DA21" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6570DA21" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="356D1EDF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="356D1EDF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="47971610" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="47971610" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C45C61C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="3C45C61C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DD138B">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cydonia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> Mill.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BCDFA29" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="5BCDFA29" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-2077510181"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="0802D682" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="0802D682" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FEBE402" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6FEBE402" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="7B8E02A4" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="7B8E02A4" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A364F0A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00FE7BBA">
+          <w:p w14:paraId="0A364F0A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dracena</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> Van. Ex L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6082E356" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="6082E356" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="136080281"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="185836A2" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="185836A2" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3496E8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="0B3496E8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="776C85EB" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="776C85EB" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12084EE8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="12084EE8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DD138B">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eryobotrya</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>lindl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63C7E189" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="63C7E189" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="787941535"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="06243B03" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="06243B03" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36F88755" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="36F88755" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="6DDA2642" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="6DDA2642" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="195A7180" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00FE7BBA">
+          <w:p w14:paraId="195A7180" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ficus</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC0E8FB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="3DC0E8FB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-90780641"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2CB6C8D7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="2CB6C8D7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B43A9E8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="7B43A9E8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="4F328B7E" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="4F328B7E" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64FAB147" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="64FAB147" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DD138B">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fortunella</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Swingle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="006FE204" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="006FE204" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="672526867"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5F3E522C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="5F3E522C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74E34DF4" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="74E34DF4" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="149AC949" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="149AC949" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="611E325E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00FE7BBA">
+          <w:p w14:paraId="611E325E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Hybrides de</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00DD138B">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fortunella</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Swingle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7F38EE" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="5E7F38EE" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="504794273"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="51B7FB2B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48"/>
+          <w:p w14:paraId="51B7FB2B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A2B925D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="1A2B925D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="13BB4F0B" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="13BB4F0B" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1128C4A6" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r>
+          <w:p w14:paraId="1128C4A6" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Fuchsia </w:t>
             </w:r>
-            <w:r w:rsidRPr="00C76A94">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="640CC096" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="640CC096" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="1626810719"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="584521BE" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="584521BE" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2C5B66" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6F2C5B66" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="2C56FC9E" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="2C56FC9E" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13D41D8F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="13D41D8F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Galanthus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> l.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B7EB224" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="4B7EB224" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="1637373888"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="5684FBF3" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="5684FBF3" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46C27032" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="46C27032" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="08C56028" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="08C56028" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2025F3B2" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r>
+          <w:p w14:paraId="2025F3B2" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gerbera </w:t>
             </w:r>
-            <w:r w:rsidRPr="00187110">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B02B347" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="6B02B347" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-970212841"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="61A48CCC" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="61A48CCC" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00BA5E6E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="00BA5E6E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="1450143F" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="1450143F" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="170688DF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="170688DF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Helianthus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>annuus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70BD83AD" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="70BD83AD" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="1854837985"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="31716FEF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48"/>
+          <w:p w14:paraId="31716FEF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67DFEB3B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="67DFEB3B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="4A2E47DA" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="4A2E47DA" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F25783F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="5F25783F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hyacinthus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Tourn.ex</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B82EE0A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="3B82EE0A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-421415022"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="28F2D7B7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00541A72" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="28F2D7B7" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="fr-BE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="074A5868" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="074A5868" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="706440C3" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="706440C3" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C874744" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="6C874744" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hymenocallis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Salisb</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC5EA13" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="1CC5EA13" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-1377232957"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6FB1A3CE" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48"/>
+          <w:p w14:paraId="6FB1A3CE" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="945" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE60BED" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="0CE60BED" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="6A0C9AD9" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="6A0C9AD9" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5115657C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="001851E5">
+          <w:p w14:paraId="5115657C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Impatiens L</w:t>
             </w:r>
-            <w:r w:rsidRPr="001851E5">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>. (hybrides d’) de nouvelle guinée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CE32E93" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="3CE32E93" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-408535440"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="727E7FC9" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="727E7FC9" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Puschkinia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Adams</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="-1561632474"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="79F93FAC" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="79F93FAC" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="6694A0F2" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="6694A0F2" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="009D704C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="009D704C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007F1402">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Lavendula</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E9B195" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="32E9B195" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="920833290"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4E6DC8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="4A4E6DC8" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pyracantha</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00382FEF">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">M. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00382FEF">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Roem</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="1741594470"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3DD67007" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="3DD67007" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="48D9B331" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="48D9B331" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEF4D09" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00DD138B">
+          <w:p w14:paraId="6EEF4D09" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Malus</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> Mill.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D6B4C66" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="6D6B4C66" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="1765492656"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="485EE841" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="485EE841" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pyrus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00382FEF">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="394554314"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7C00E18C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="7C00E18C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="0841CDA4" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="0841CDA4" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62BC380A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="62BC380A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mespilus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> Bosc ex </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Spach</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69BEBE48" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="69BEBE48" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="2064365240"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5596CA83" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="00FE7BBA">
+          <w:p w14:paraId="5596CA83" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sansevieria</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Thunb</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="604244835"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="14E3F52F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="14E3F52F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="74D50FF3" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="74D50FF3" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7ABD94" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r>
+          <w:p w14:paraId="5F7ABD94" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Musa </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02C7CF08" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="02C7CF08" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="329174778"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="465E0779" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="465E0779" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Scilla</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="-1248716393"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="20519530" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="20519530" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="4B7D4C1A" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="4B7D4C1A" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD1E25A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r>
+          <w:p w14:paraId="2CD1E25A" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Muscari </w:t>
             </w:r>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Mill</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AE560F4" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="0AE560F4" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="323937924"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CC52458" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="1CC52458" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00382FEF">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sorbus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00382FEF">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="-885638030"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="5210042E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="5210042E" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="4A706CA3" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="4A706CA3" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20DD50CC" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="20DD50CC" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Narcissus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6571634C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="6571634C" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="1158268278"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49FB357F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="49FB357F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sternbergia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Waldst</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.&amp;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="-1811543941"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="45402FA3" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="45402FA3" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="30166CC4" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="30166CC4" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56047CAF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="56047CAF" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ornithogalum</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05302CC1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="05302CC1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-1701852340"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2431A029" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="2431A029" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000364A7">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tulipa</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="-2021082972"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="1EDA19A4" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="1EDA19A4" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="7E41BE19" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="7E41BE19" w14:textId="77777777" w:rsidTr="00935208">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="675759EB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="675759EB" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pachira</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00FE7BBA">
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Aubl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D21677D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="1D21677D" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-810170180"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3581" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="258BD518" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r w:rsidRPr="000868A5">
+          <w:p w14:paraId="258BD518" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yucca</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
             <w:id w:val="946042247"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="945" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="007AB36B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+              <w:p w14:paraId="007AB36B" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
                 <w:pPr>
                   <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
                 </w:pPr>
-                <w:r>
+                <w:r w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="774B523A" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="774B523A" w14:textId="77777777" w:rsidTr="00935208">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="4526" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B26C80F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
-            <w:r>
+          <w:p w14:paraId="3B26C80F" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Palmiers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59D5B9F2" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="59D5B9F2" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="441570288"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="2D4C4FD3" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="2D4C4FD3" w14:textId="77777777" w:rsidTr="00935208">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="4526" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9E68B1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="1F9E68B1" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pelargonium</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B231E40" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="1B231E40" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-114605306"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C67236" w14:paraId="78BF8361" w14:textId="77777777" w:rsidTr="00935208">
+      <w:tr w:rsidR="00C67236" w:rsidRPr="00F51C44" w14:paraId="78BF8361" w14:textId="77777777" w:rsidTr="00935208">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="4526" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3409" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="639F0B92" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+          <w:p w14:paraId="639F0B92" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00C67236" w:rsidP="00607C48">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00382FEF">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Photinia</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00382FEF">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00382FEF">
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>davidiana</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Decne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1113" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="678BC989" w14:textId="77777777" w:rsidR="00C67236" w:rsidRDefault="00000000" w:rsidP="00607C48">
+          <w:p w14:paraId="678BC989" w14:textId="77777777" w:rsidR="00C67236" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00607C48">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
                 <w:id w:val="-1633172239"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00C67236">
+                <w:r w:rsidR="00C67236" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E63D301" w14:textId="77777777" w:rsidR="0072646B" w:rsidRDefault="0072646B">
+    <w:p w14:paraId="299AC20E" w14:textId="62E5D2FA" w:rsidR="00FB55EC" w:rsidRDefault="0072646B">
       <w:r>
         <w:br w:type="page"/>
-      </w:r>
-[...87 lines deleted...]
-        <w:t>Cochez les activités réalisées (plusieurs choix possibles) :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="9062" w:type="dxa"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="562"/>
-        <w:gridCol w:w="8500"/>
+        <w:gridCol w:w="2261"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="3857"/>
+        <w:gridCol w:w="1674"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE6902" w14:paraId="681354F0" w14:textId="77777777" w:rsidTr="00755614">
-[...20 lines deleted...]
-                <w:r>
+      <w:tr w:rsidR="00AE6902" w14:paraId="57A9E7E1" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9351" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="53434B3B" w14:textId="1B7B5051" w:rsidR="00AE6902" w:rsidRDefault="00AE6902" w:rsidP="00607C48">
+            <w:bookmarkStart w:id="22" w:name="_Hlk159858324"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B380A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE6902">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>OPÉRATEUR ACTIF DANS LE SECTEUR « MATÉRIEL DE REPRODUCTION DE LA VIGNE »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="22"/>
+      <w:tr w:rsidR="00694690" w14:paraId="780A794C" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9351" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D5C17C0" w14:textId="77777777" w:rsidR="006C4644" w:rsidRDefault="006C4644" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:ind w:left="13"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68EED27E" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:ind w:left="13"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veuillez cochez la mention adéquate pour </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD37E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>chaque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> activité </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C0064">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DB65C95" w14:textId="063B55ED" w:rsidR="006C4644" w:rsidRPr="00585177" w:rsidRDefault="006C4644" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:ind w:left="13"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="51EF306A" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9351" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44DC4927" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00AC556D" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC556D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>NATURE DES ACTIVITÉS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A6CA4" w14:paraId="6A25DD56" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:trPr>
+          <w:trHeight w:val="853"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2261" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602124C7" w14:textId="0F9FE5B9" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Achat/vente sans nécessité de ré-étiquetage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">plants non </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>prpduits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dans l’exploitation ou la pépinière et vendus en l’état)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3D4CCC" w14:textId="6972EFED" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-226223874"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...52 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="52663584"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB7FCDD" w14:textId="130B6C05" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Achat/vente avec nécessité de ré-étiquetage </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>suite à</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la division de lors</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(de plants non produits dans l’exploitation ou la pépinière)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57105370" w14:textId="793DB18B" w:rsidR="00AE6902" w:rsidRDefault="00AE6902" w:rsidP="00AE6902">
-[...66 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+          <w:p w14:paraId="65C8F9D9" w14:textId="4F292F42" w:rsidR="004A6CA4" w:rsidRPr="004C0064" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1431232639"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...78 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-996335444"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A6CA4" w14:paraId="738F11DF" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:trPr>
+          <w:trHeight w:val="853"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2261" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A90E79" w14:textId="77CE7A23" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="338CF4BF" w14:textId="24D79BF3" w:rsidR="00D24EF8" w:rsidRDefault="00D24EF8" w:rsidP="00D24EF8">
-            <w:r w:rsidRPr="00AE36BF">
+          <w:p w14:paraId="2681281E" w14:textId="5527DA44" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43ECD8CC" w14:textId="441092C9" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vente au particulier </w:t>
-[...41 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              <w:t xml:space="preserve">Production : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ultiplication, culture (repiquage, rempotage, élevage), …</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4197B1DC" w14:textId="57C790BB" w:rsidR="004A6CA4" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1305463942"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...113 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="796565565"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="661785EF" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9351" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52AD86C1" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PROFIL DES CLIENTS :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="58E01AAC" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2261" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7A0A47" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vente au particulier </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(au moins une partie des plants commercialisés est vendue à des particuliers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366B3607" w14:textId="26CB0425" w:rsidR="00D24EF8" w:rsidRDefault="00D24EF8" w:rsidP="00D24EF8">
-[...42 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+          <w:p w14:paraId="40E05008" w14:textId="6494FD73" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1443526906"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...52 lines deleted...]
-                <w:r w:rsidRPr="00EC1A8C">
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1104456256"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-              </w:p>
-[...5 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="786B0D75" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1891"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vente au professionnel </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(au moins une partie des plants commercialisés est vendue à un professionnel)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">** </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………………………………………………….</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50F1CE16" w14:textId="4D803D67" w:rsidR="00D24EF8" w:rsidRDefault="00D24EF8" w:rsidP="00D24EF8">
-            <w:r w:rsidRPr="00AE36BF">
+          <w:p w14:paraId="438BC04B" w14:textId="21F39FC4" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00716196">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1056085737"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-171875937"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="5F8F2552" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9351" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C18D422" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Exportation</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...39 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>AUTRES INFORMATIONS :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="30F3AF56" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2261" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11979621" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Importation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(depuis le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35326219" w14:textId="54E9BCEF" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1703905435"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1937091"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EA2EDF" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1891"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vente à distance </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(au moins une partie des ventes de plants est réalisée à distance- téléphone ou internet- et livrée par un tiers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74886E12" w14:textId="31730D49" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00716196">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="535780924"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="2017261680"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="16F7334D" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2261" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9A4765" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exportation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(vers le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DFF30C" w14:textId="48F63E9C" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1117413152"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1589001244"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="317BDC7E" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1891"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C68C09" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00BC383B" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1891"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="504EF349" w14:textId="77777777" w:rsidR="00EB08E8" w:rsidRDefault="00EB08E8" w:rsidP="00191AC8"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9351"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00694690" w14:paraId="53F66FA0" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9351" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D850AA6" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Autre commentaire pertinent :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="121C6303" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9351" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3025277D" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C68C280" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79FA650A" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="160327D9" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C63DA5C" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00191AC8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2257"/>
-        <w:gridCol w:w="6815"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="6520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE6902" w14:paraId="58ADA4B4" w14:textId="77777777" w:rsidTr="00AE6902">
-[...4 lines deleted...]
-          <w:p w14:paraId="27908CAA" w14:textId="77777777" w:rsidR="00AE6902" w:rsidRDefault="00AE6902" w:rsidP="00607C48">
+      <w:tr w:rsidR="00F51C44" w14:paraId="7C102D09" w14:textId="77777777" w:rsidTr="00250529">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381941B2" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRDefault="00F51C44" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contact pour ce secteur :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6815" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6F711CB6" w14:textId="77777777" w:rsidR="00AE6902" w:rsidRPr="00BB0C87" w:rsidRDefault="00AE6902" w:rsidP="00607C48">
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BFA120C" w14:textId="53208094" w:rsidR="00F51C44" w:rsidRDefault="00F51C44" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Justine Gilquin </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03931BAC" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRPr="00BB0C87" w:rsidRDefault="00F51C44" w:rsidP="00250529">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB0C87">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18947E3C" wp14:editId="13BB8C68">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696128" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="139CAA3C" wp14:editId="7C3B6BED">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-3175</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="144000" cy="144000"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="2867" y="0"/>
                       <wp:lineTo x="0" y="5735"/>
                       <wp:lineTo x="0" y="20071"/>
                       <wp:lineTo x="20071" y="20071"/>
                       <wp:lineTo x="20071" y="0"/>
                       <wp:lineTo x="2867" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
-                  <wp:docPr id="17" name="Graphique 17" descr="Adresse de courrier contour"/>
+                  <wp:docPr id="679011698" name="Graphique 679011698" descr="Adresse de courrier contour"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Graphique 6" descr="Adresse de courrier contour"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15" cstate="print">
+                          <a:blip r:embed="rId20" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId21"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="144000" cy="144000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00FA7864">
+            <w:r w:rsidRPr="00BB0C87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidRPr="00F641E2">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>@spw.wallonie.be</w:t>
+                <w:t>certification.semences.plants@spw.wallonie.be</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="616772D8" w14:textId="0FDF3686" w:rsidR="00AE6902" w:rsidRPr="00BB0C87" w:rsidRDefault="00AE6902" w:rsidP="00607C48">
+          <w:p w14:paraId="3D9949A3" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRDefault="00F51C44" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB0C87">
-[...109 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CAAB5E0" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRPr="00BB0C87" w:rsidRDefault="00F51C44" w:rsidP="00250529">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="091DA6CA" w14:textId="55DF067A" w:rsidR="00FB55EC" w:rsidRDefault="00FB55EC" w:rsidP="00191AC8"/>
     <w:p w14:paraId="68085627" w14:textId="77777777" w:rsidR="00FB55EC" w:rsidRDefault="00FB55EC">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9062"/>
+        <w:gridCol w:w="2207"/>
+        <w:gridCol w:w="1582"/>
+        <w:gridCol w:w="3857"/>
+        <w:gridCol w:w="1563"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE6902" w14:paraId="268FD96C" w14:textId="77777777" w:rsidTr="00755614">
-[...2 lines deleted...]
-            <w:tcW w:w="9062" w:type="dxa"/>
+      <w:tr w:rsidR="00AE6902" w14:paraId="268FD96C" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="3BE04A51" w14:textId="4FF32C23" w:rsidR="00AE6902" w:rsidRDefault="00AE6902" w:rsidP="00755614">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="009B380A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
@@ -30474,1015 +37479,1566 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>OPÉRATEUR ACTIF DANS D’AUTRES PRODUCTIONS SOUMISE</w:t>
             </w:r>
             <w:r w:rsidR="00585177">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE6902">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> À UN AGRÉMENT « PASSEPORT PHYTOSANITAIRE » : PRODUCTION DE PLANTS DE HOUBLON ET/OU DE KIWI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="7C7A7A0C" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E72050" w14:textId="77777777" w:rsidR="006C4644" w:rsidRDefault="006C4644" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:ind w:left="13"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FCCD33A" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:ind w:left="13"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veuillez cochez la mention adéquate pour </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F7141C">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>chaque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> activité </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004C0064">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0420E193" w14:textId="0C439CE8" w:rsidR="006C4644" w:rsidRPr="00585177" w:rsidRDefault="006C4644" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:ind w:left="13"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="5056C870" w14:textId="77777777" w:rsidTr="00716196">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A920AA" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00AC556D" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC556D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>NATURE DES ACTIVITÉS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A6CA4" w14:paraId="759748EE" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:trPr>
+          <w:trHeight w:val="853"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5450C0" w14:textId="1AD63B5F" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Achat/vente sans nécessité de ré-étiquetage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>plants non produits dans l’exploitation et vendus en l’état</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1582" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F4DDD02" w14:textId="0F533662" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1697423705"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="945973796"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49247256" w14:textId="4898F041" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Achat/vente avec nécessité de ré-étiquetage </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>suite à</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la division de lors</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(de plants non produits dans l’exploitation)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2A80AD" w14:textId="7AF109F6" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="804120682"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1741167550"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A6CA4" w14:paraId="089DEDB0" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:trPr>
+          <w:trHeight w:val="853"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D5DBBB" w14:textId="3701C183" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1582" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="375C831F" w14:textId="27B07192" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="731F119A" w14:textId="4869D2F3" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="004A6CA4" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Production : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">multiplication, culture (repiquage, rempotage, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>élevge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>), …</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="537347FF" w14:textId="02AF5918" w:rsidR="004A6CA4" w:rsidRPr="00F51C44" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="179326667"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6CA4">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="451373939"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6CA4" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="73AB7517" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB42991" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>PROFIL DES CLIENTS :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="234A49AE" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B7F642" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vente au particulier </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(au moins une partie des plants commercialisés est vendue à des particuliers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1582" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24AE1F16" w14:textId="79B2376F" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1974558036"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1135177120"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46EB6695" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1891"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vente au professionnel </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(au moins une partie des plants commercialisés est vendue à un professionnel)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">** </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>…………………………………………………………………….</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B9B464" w14:textId="4633E843" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00716196">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1152596386"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1881360619"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="40129701" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9209" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F95A85" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>AUTRES INFORMATIONS :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="2DBC79F4" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2437D06A" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Importation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(depuis le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1582" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB57C73" w14:textId="717A885B" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1146269790"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OU</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1587266522"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F74066A" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1891"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vente à distance </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(au moins une partie des ventes de plants est réalisée à distance- téléphone ou internet- et livrée par un tiers)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61DE71B1" w14:textId="7074E275" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00716196">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-482774294"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-934899401"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00716196">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690" w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00694690" w14:paraId="56774B2C" w14:textId="77777777" w:rsidTr="004A6CA4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2207" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="329F59A3" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00F51C44" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Exportation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F51C44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(vers le Royaume-Uni ou d’autres pays non-membres de l’UE)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1582" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C50FFA" w14:textId="34EE4B1F" w:rsidR="00694690" w:rsidRPr="00716196" w:rsidRDefault="00000000" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="978584690"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OUI</w:t>
+            </w:r>
+            <w:r w:rsidR="00716196">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-492406884"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00694690">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00694690">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> NON</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3857" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B02C130" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1891"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BA2056" w14:textId="77777777" w:rsidR="00694690" w:rsidRPr="00BC383B" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1891"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="496EFB01" w14:textId="77777777" w:rsidR="0087709A" w:rsidRDefault="0087709A" w:rsidP="00191AC8"/>
+    <w:p w14:paraId="398BBF36" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00694690"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9062"/>
+        <w:gridCol w:w="9209"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE6902" w14:paraId="75C1C107" w14:textId="77777777" w:rsidTr="00755614">
-[...2 lines deleted...]
-            <w:tcW w:w="13994" w:type="dxa"/>
+      <w:tr w:rsidR="00694690" w14:paraId="674A948C" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="16EBF925" w14:textId="77777777" w:rsidR="00AE6902" w:rsidRPr="00AC556D" w:rsidRDefault="00AE6902" w:rsidP="00607C48">
-[...11 lines deleted...]
-              <w:t>NATURE DES ACTIVITÉS</w:t>
+          <w:p w14:paraId="4133477E" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Autre commentaire pertinent :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...665 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00694690" w14:paraId="2E387CF4" w14:textId="77777777" w:rsidTr="00716196">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3331AEA7" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="140616CF" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48A5CA62" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B51DA82" w14:textId="77777777" w:rsidR="00694690" w:rsidRDefault="00694690" w:rsidP="00F7141C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="158D7EDE" w14:textId="77777777" w:rsidR="00AE6902" w:rsidRDefault="00AE6902" w:rsidP="00AE6902"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2257"/>
-        <w:gridCol w:w="6815"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="6520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE6902" w14:paraId="7FDC086A" w14:textId="77777777" w:rsidTr="00607C48">
-[...4 lines deleted...]
-          <w:p w14:paraId="7048CC48" w14:textId="77777777" w:rsidR="00AE6902" w:rsidRDefault="00AE6902" w:rsidP="00607C48">
+      <w:tr w:rsidR="00F51C44" w14:paraId="392A1EB3" w14:textId="77777777" w:rsidTr="00250529">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A18A9F7" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRDefault="00F51C44" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contact pour ce secteur :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6815" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="33D1EADB" w14:textId="77777777" w:rsidR="00AE6902" w:rsidRPr="00BB0C87" w:rsidRDefault="00AE6902" w:rsidP="00607C48">
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3D18AF" w14:textId="484BAFC1" w:rsidR="00F51C44" w:rsidRDefault="0087745B" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Justine Gilquin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E8D502" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRPr="00BB0C87" w:rsidRDefault="00F51C44" w:rsidP="00250529">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB0C87">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="373BD174" wp14:editId="0CDF2E3A">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251698176" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE8956B" wp14:editId="38B8DBED">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>-3175</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="144000" cy="144000"/>
                   <wp:effectExtent l="0" t="0" r="8890" b="8890"/>
                   <wp:wrapTight wrapText="bothSides">
                     <wp:wrapPolygon edited="0">
                       <wp:start x="2867" y="0"/>
                       <wp:lineTo x="0" y="5735"/>
                       <wp:lineTo x="0" y="20071"/>
                       <wp:lineTo x="20071" y="20071"/>
                       <wp:lineTo x="20071" y="0"/>
                       <wp:lineTo x="2867" y="0"/>
                     </wp:wrapPolygon>
                   </wp:wrapTight>
-                  <wp:docPr id="13" name="Graphique 13" descr="Adresse de courrier contour"/>
+                  <wp:docPr id="1147923363" name="Graphique 1147923363" descr="Adresse de courrier contour"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Graphique 6" descr="Adresse de courrier contour"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId15" cstate="print">
+                          <a:blip r:embed="rId20" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId16"/>
+                                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId21"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm flipH="1">
                             <a:off x="0" y="0"/>
                             <a:ext cx="144000" cy="144000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00FA7864">
+            <w:r w:rsidRPr="00BB0C87">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidRPr="00F641E2">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>@spw.wallonie.be</w:t>
+                <w:t>certification.semences.plants@spw.wallonie.be</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="172BA169" w14:textId="5DC26A19" w:rsidR="00AE6902" w:rsidRPr="00BB0C87" w:rsidRDefault="00AE6902" w:rsidP="00607C48">
+          <w:p w14:paraId="704062A0" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRDefault="00F51C44" w:rsidP="00250529">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB0C87">
-[...109 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="7114771A" w14:textId="77777777" w:rsidR="00F51C44" w:rsidRPr="00BB0C87" w:rsidRDefault="00F51C44" w:rsidP="00250529">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34D2A30C" w14:textId="77777777" w:rsidR="00AE6902" w:rsidRDefault="00AE6902" w:rsidP="00191AC8"/>
     <w:p w14:paraId="07E57495" w14:textId="77777777" w:rsidR="00C74C6D" w:rsidRDefault="00C74C6D" w:rsidP="00191AC8"/>
     <w:p w14:paraId="51E882A9" w14:textId="77777777" w:rsidR="00C74C6D" w:rsidRDefault="00C74C6D" w:rsidP="00191AC8"/>
     <w:p w14:paraId="6EED7955" w14:textId="77777777" w:rsidR="00C74C6D" w:rsidRDefault="00C74C6D" w:rsidP="00191AC8">
       <w:pPr>
         <w:sectPr w:rsidR="00C74C6D" w:rsidSect="00E60FFD">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1276" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36B9499C" w14:textId="77777777" w:rsidR="00C74C6D" w:rsidRPr="004740BD" w:rsidRDefault="00C74C6D" w:rsidP="00C74C6D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -35592,76 +43148,76 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>pour le matériel de reproduction ornemental et plants ornementaux</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AE6902" w:rsidRPr="00191AC8" w:rsidSect="00C74C6D">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62CCE439" w14:textId="77777777" w:rsidR="00341A82" w:rsidRDefault="00341A82" w:rsidP="004B2681">
+    <w:p w14:paraId="759D1BA2" w14:textId="77777777" w:rsidR="00DE20BB" w:rsidRDefault="00DE20BB" w:rsidP="004B2681">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="14CF238E" w14:textId="77777777" w:rsidR="00341A82" w:rsidRDefault="00341A82" w:rsidP="004B2681">
+    <w:p w14:paraId="7A89A789" w14:textId="77777777" w:rsidR="00DE20BB" w:rsidRDefault="00DE20BB" w:rsidP="004B2681">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -35703,52 +43259,52 @@
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5D1CC29C" w14:textId="76B003B4" w:rsidR="002B6FB8" w:rsidRDefault="00A17296">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D1CC29C" w14:textId="0F302883" w:rsidR="002B6FB8" w:rsidRDefault="00A17296">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A874A8F" wp14:editId="43442DE9">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <mc:AlternateContent>
                 <mc:Choice Requires="wp14">
                   <wp:positionV relativeFrom="bottomMargin">
                     <wp14:pctPosVOffset>20000</wp14:pctPosVOffset>
                   </wp:positionV>
                 </mc:Choice>
                 <mc:Fallback>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>9972040</wp:posOffset>
@@ -35824,174 +43380,174 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:bookmarkStart w:id="3" w:name="_Hlk175583811" w:displacedByCustomXml="next"/>
+                          <w:bookmarkStart w:id="2" w:name="_Hlk175583811" w:displacedByCustomXml="next"/>
                           <w:sdt>
                             <w:sdtPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                               </w:rPr>
                               <w:alias w:val="Date "/>
                               <w:tag w:val=""/>
                               <w:id w:val="-1063724354"/>
                               <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-                              <w:date w:fullDate="2024-08-29T00:00:00Z">
+                              <w:date w:fullDate="2026-02-10T00:00:00Z">
                                 <w:dateFormat w:val="dd MMMM yyyy"/>
                                 <w:lid w:val="fr-FR"/>
                                 <w:storeMappedDataAs w:val="dateTime"/>
                                 <w:calendar w:val="gregorian"/>
                               </w:date>
                             </w:sdtPr>
                             <w:sdtContent>
-                              <w:p w14:paraId="7717A4A9" w14:textId="5B9BE020" w:rsidR="00A17296" w:rsidRPr="00A17296" w:rsidRDefault="00811F9F">
+                              <w:p w14:paraId="7717A4A9" w14:textId="5BB2FAE2" w:rsidR="00A17296" w:rsidRPr="00A17296" w:rsidRDefault="009314FD">
                                 <w:pPr>
                                   <w:jc w:val="right"/>
                                   <w:rPr>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                   </w:rPr>
                                 </w:pPr>
                                 <w:r>
                                   <w:rPr>
                                     <w:b/>
                                     <w:bCs/>
                                     <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                                     <w:lang w:val="fr-FR"/>
                                   </w:rPr>
-                                  <w:t>29 août 2024</w:t>
+                                  <w:t>10 février 2026</w:t>
                                 </w:r>
                               </w:p>
                             </w:sdtContent>
                           </w:sdt>
-                          <w:bookmarkEnd w:id="3"/>
+                          <w:bookmarkEnd w:id="2"/>
                           <w:p w14:paraId="6114F036" w14:textId="77777777" w:rsidR="00A17296" w:rsidRDefault="00A17296">
                             <w:pPr>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>100000</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:group w14:anchorId="4A874A8F" id="Groupe 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:416.8pt;margin-top:0;width:468pt;height:25.2pt;z-index:251663360;mso-width-percent:1000;mso-top-percent:200;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:1000;mso-top-percent:200;mso-width-relative:margin;mso-height-relative:margin" coordsize="59626,3238" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTTBn7XwMAAG4KAAAOAAAAZHJzL2Uyb0RvYy54bWzMVl1v0zAUfUfiP1h5Z2m6NVujZWgMNiFN&#10;MDEQEm+u4zQRjm1sd8n49Rw7H11HBWhIiD6k/rj3+t7jc25y+rJrBLnjxtZK5lFyMIsIl0wVtVzn&#10;0aePly9OImIdlQUVSvI8uuc2enn2/NlpqzM+V5USBTcEQaTNWp1HlXM6i2PLKt5Qe6A0l9gslWmo&#10;w9Ss48LQFtEbEc9nszRulSm0UYxbi9XX/WZ0FuKXJWfufVla7ojII+TmwtOE58o/47NTmq0N1VXN&#10;hjToE7JoaC1x6BTqNXWUbEz9U6imZkZZVboDpppYlWXNeKgB1SSzR9VcGbXRoZZ11q71BBOgfYTT&#10;k8Oyd3dXRt/qGwMkWr0GFmHma+lK0/h/ZEm6ANn9BBnvHGFYXCyPDtMZkGXYO8SNHA2YsgrA/+TG&#10;qjeTYzpPF5Pj4cki8ZcRj8fGO8m0GvSwWwTs3yFwW1HNA7A2AwI3htQF0gdXJW3A0g/gDZVrwQnW&#10;AjDBboLJZhaI7cEoWc58Tb/BKTk5mac71dJMG+uuuGqIH+SRQQaBUPTu2roemNHEn2uVqIvLWogw&#10;8WrhF8KQOwqeu26EcsdKSG8rlffqA/oV4DxWE0buXnBvJ+QHXgIW3PE8JBIkuT2EMsalS/qtiha8&#10;P3sxw28obfII1xoC+sglzp9iDwF2Cxhj91kO9t6VB0VPzrNfJdY7Tx7hZCXd5NzUUpl9AQSqGk7u&#10;7UeQemg8SitV3IM0RvX9xGp2WeParql1N9SggYADaIruPR6lUG0eqWEUkUqZ7/vWvT1Yjd2ItGhI&#10;eWS/bajhERFvJfi+TI6gLeLC5GhxPMfEPNxZPdyRm+ZCgQsJ2q9mYejtnRiHpVHNZ/TOc38qtqhk&#10;ODuPmDPj5ML1jRLdl/Hz82CGrqWpu5a3mvngHlVPy4/dZ2r0wF2H5vBOjRqj2SMK97beU6rzjVNl&#10;Hfi9xXXAG3r3LelfCH85Cv8LXlIEXPYlQPzLR+InrnuloIhAkCCX/W0AeKIFpGl6HGQO4k5d70G7&#10;nC+Ok+PF3/WBSc5esQRESw/RgHpwd4U+qmdoJ9vsw2iP7P9AXfs1/QeO/1rTxdffatp1qw6y92j8&#10;x/IGs54s7dX/JOzwfsdHTXg3DB9g/qvp4Tw0gu1n4tkPAAAA//8DAFBLAwQUAAYACAAAACEA/QR0&#10;/NwAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvEMBCF74L/IYzgzU27q0Vr00VEEcTDtgri&#10;LW3GpthMuk12t/57Z73o5cHjDe99U6xnN4g9TqH3pCBdJCCQWm966hS8vT5eXIMIUZPRgydU8I0B&#10;1uXpSaFz4w9U4b6OneASCrlWYGMccylDa9HpsPAjEmeffnI6sp06aSZ94HI3yGWSZNLpnnjB6hHv&#10;LbZf9c4pWK4eXj7S921VP1dPWbPZpNZuU6XOz+a7WxAR5/h3DEd8RoeSmRq/IxPEoIAfib/K2c0q&#10;Y9souEouQZaF/A9f/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBTTBn7XwMAAG4KAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD9BHT83AAAAAQB&#10;AAAPAAAAAAAAAAAAAAAAALkFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAwgYAAAAA&#10;">
               <v:rect id="Rectangle 38" o:spid="_x0000_s1027" style="position:absolute;left:190;width:59436;height:188;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBHSzrEwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NisIw&#10;EL4L+w5hFvYiNtW1ItUo6iqIl12tDzA0Y1tsJqXJan17cxA8fnz/82VnanGj1lWWFQyjGARxbnXF&#10;hYJzthtMQTiPrLG2TAoe5GC5+OjNMdX2zke6nXwhQgi7FBWU3jeplC4vyaCLbEMcuIttDfoA20Lq&#10;Fu8h3NRyFMcTabDi0FBiQ5uS8uvp3yjIfv8m212V8Ki5/qzGebLubw9rpb4+u9UMhKfOv8Uv914r&#10;+A5jw5fwA+TiCQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEdLOsTBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="black [3213]" stroked="f" strokeweight="1pt"/>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Zone de texte 39" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;top:666;width:59436;height:2572;visibility:visible;mso-wrap-style:square;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlhb5yxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBvjRwHQuJGNiEQ2lOg+Tnktlhby621MpKcuH36qlDocZiZb5hNNdpO3MiH1rGC+SwD&#10;QVw73XKj4HzaP61AhIissXNMCr4oQFVOHjZYaHfnN7odYyMShEOBCkyMfSFlqA1ZDDPXEyfv3XmL&#10;MUnfSO3xnuC2k3mWLaXFltOCwZ52hurP42AV+Msh3+4+rpchf5HfjTkPC708KPU4HbfPICKN8T/8&#10;137VChZr+P2SfoAsfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDlhb5yxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox inset=",,,0">
                   <w:txbxContent>
-                    <w:bookmarkStart w:id="4" w:name="_Hlk175583811" w:displacedByCustomXml="next"/>
+                    <w:bookmarkStart w:id="3" w:name="_Hlk175583811" w:displacedByCustomXml="next"/>
                     <w:sdt>
                       <w:sdtPr>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                         </w:rPr>
                         <w:alias w:val="Date "/>
                         <w:tag w:val=""/>
                         <w:id w:val="-1063724354"/>
                         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
-                        <w:date w:fullDate="2024-08-29T00:00:00Z">
+                        <w:date w:fullDate="2026-02-10T00:00:00Z">
                           <w:dateFormat w:val="dd MMMM yyyy"/>
                           <w:lid w:val="fr-FR"/>
                           <w:storeMappedDataAs w:val="dateTime"/>
                           <w:calendar w:val="gregorian"/>
                         </w:date>
                       </w:sdtPr>
                       <w:sdtContent>
-                        <w:p w14:paraId="7717A4A9" w14:textId="5B9BE020" w:rsidR="00A17296" w:rsidRPr="00A17296" w:rsidRDefault="00811F9F">
+                        <w:p w14:paraId="7717A4A9" w14:textId="5BB2FAE2" w:rsidR="00A17296" w:rsidRPr="00A17296" w:rsidRDefault="009314FD">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
                               <w:lang w:val="fr-FR"/>
                             </w:rPr>
-                            <w:t>29 août 2024</w:t>
+                            <w:t>10 février 2026</w:t>
                           </w:r>
                         </w:p>
                       </w:sdtContent>
                     </w:sdt>
-                    <w:bookmarkEnd w:id="4"/>
+                    <w:bookmarkEnd w:id="3"/>
                     <w:p w14:paraId="6114F036" w14:textId="77777777" w:rsidR="00A17296" w:rsidRDefault="00A17296">
                       <w:pPr>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
               <w10:wrap type="square" anchorx="margin" anchory="margin"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29A214F2" wp14:editId="4A0A3E76">
@@ -36171,189 +43727,593 @@
                       </w:rPr>
                       <w:t>2</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin" anchory="margin"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5D7AB3EB" w14:textId="6B36E409" w:rsidR="002B6FB8" w:rsidRDefault="002B6FB8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D7AB3EB" w14:textId="1EE2CA1C" w:rsidR="002B6FB8" w:rsidRDefault="009241A5">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
       </w:rPr>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B111AAE" wp14:editId="4A34AC5B">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:posOffset>-425450</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="bottomMargin">
+                <wp:posOffset>124460</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6537325" cy="320040"/>
+              <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="377290461" name="Groupe 377290461"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6537325" cy="320040"/>
+                        <a:chOff x="-596420" y="0"/>
+                        <a:chExt cx="6559070" cy="323851"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <wps:wsp>
+                      <wps:cNvPr id="2054155559" name="Rectangle 2054155559"/>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="19050" y="0"/>
+                          <a:ext cx="5943600" cy="18826"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:sysClr val="windowText" lastClr="000000"/>
+                        </a:solidFill>
+                        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+                          <a:noFill/>
+                          <a:prstDash val="solid"/>
+                          <a:miter lim="800000"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                    <wps:wsp>
+                      <wps:cNvPr id="727902405" name="Zone de texte 727902405"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="-596420" y="66676"/>
+                          <a:ext cx="5943600" cy="257175"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:sdt>
+                            <w:sdtPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                              </w:rPr>
+                              <w:alias w:val="Date "/>
+                              <w:tag w:val=""/>
+                              <w:id w:val="179326175"/>
+                              <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
+                              <w:date w:fullDate="2026-02-10T00:00:00Z">
+                                <w:dateFormat w:val="dd MMMM yyyy"/>
+                                <w:lid w:val="fr-FR"/>
+                                <w:storeMappedDataAs w:val="dateTime"/>
+                                <w:calendar w:val="gregorian"/>
+                              </w:date>
+                            </w:sdtPr>
+                            <w:sdtContent>
+                              <w:p w14:paraId="25B7EC98" w14:textId="6E6B0C68" w:rsidR="00D24CCE" w:rsidRPr="00A17296" w:rsidRDefault="009314FD" w:rsidP="00D24CCE">
+                                <w:pPr>
+                                  <w:jc w:val="right"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                                    <w:lang w:val="fr-FR"/>
+                                  </w:rPr>
+                                  <w:t>10 février</w:t>
+                                </w:r>
+                                <w:r w:rsidR="009E4440">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                                    <w:lang w:val="fr-FR"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve"> 202</w:t>
+                                </w:r>
+                                <w:r w:rsidR="0088579C">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                                    <w:lang w:val="fr-FR"/>
+                                  </w:rPr>
+                                  <w:t>6</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:sdtContent>
+                          </w:sdt>
+                          <w:p w14:paraId="1BFC41A3" w14:textId="77777777" w:rsidR="00D24CCE" w:rsidRDefault="00D24CCE" w:rsidP="00D24CCE">
+                            <w:pPr>
+                              <w:jc w:val="right"/>
+                              <w:rPr>
+                                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="3B111AAE" id="Groupe 377290461" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:-33.5pt;margin-top:9.8pt;width:514.75pt;height:25.2pt;z-index:251667456;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:margin;mso-position-vertical-relative:bottom-margin-area;mso-width-relative:margin;mso-height-relative:margin" coordorigin="-5964" coordsize="65590,3238" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFwgefTAMAAPQIAAAOAAAAZHJzL2Uyb0RvYy54bWzMVstu4zYU3RfoPxDaTyzJlmQLcQZp0gQF&#10;gpmgSTFAdzRFPQCKZEk6cubre0jJr3SKAhmgGC9kUpe8j8NzLnX5cdcL8sKN7ZRcR8lFHBEumao6&#10;2ayjP57vPiwjYh2VFRVK8nX0ym308ernny4HXfJUtUpU3BA4kbYc9DpqndPlbGZZy3tqL5TmEsZa&#10;mZ46TE0zqwwd4L0XszSO89mgTKWNYtxavL0djdFV8F/XnLnPdW25I2IdITcXniY8N/45u7qkZWOo&#10;bjs2pUHfkUVPO4mgB1e31FGyNd0/XPUdM8qq2l0w1c9UXXeMhxpQTRK/qebeqK0OtTTl0OgDTID2&#10;DU7vdss+vdwb/aQfDZAYdAMswszXsqtN7/+RJdkFyF4PkPGdIwwv82xezNMsIgy2OU5kMWHKWgDv&#10;t33IVvkiBfbHzaz99bA9W8UFjOP2+TJL/JHM9sFnZykNGiSxRxzs9+Hw1FLNA7y2BA6PhnTVOkrj&#10;bJFk+K0iImkPzv4OFlHZCE5ObAGusO8Ani0tcPwGcskqzs4A2KOXrRbzPJ7KT5bLND+rnpbaWHfP&#10;VU/8YB0ZZBJoRl8erBuB2i/xca0SXXXXCREmr/ZGGPJCQX0oplLDM+JGRFDrYMBRht8U8WyrkGSA&#10;mtMi5Eahy1pQbGW9BkJWNhGhooHgmTMhH6l8VCQ0pnxLbTsGDm59CFr2nYPURdevo+VpZCG9lQex&#10;TlX5gx6x9KONql5xOEaN6rWa3XWA4wF1PFIDuQJAtCD3GY9aKGSuplFEWmW+fuu9Xw/2wBqRAfJH&#10;VX9tqeGA5zcJXq2SBZhMXJgsssIT2JxaNqcWue1vFGBO0Ow0C0O/3on9sDaq/4JOde2jwkQlQ+wR&#10;v2ly48a2hF7H+PV1WIYeoal7kE+aeed7eJ93X6jREyccDvWT2nOZlm+oMa71O6W63jpVd4E3R1yh&#10;tklXvgH8DwIr0mIVp4sYTWPU15+4GUjFia+Ek6P5XGLE7X5R6CehQfhE/0Vsp/0mz/MiSAr8mjrO&#10;meTSrEiK7Ps0d0L9UTb5HGIfAZ9EgXb2nyR3u81u7D8+nePx/JC0B4PfTfnNnv0/AuHD/YKrNVw5&#10;02eAv7tP50Egx4+Vq78BAAD//wMAUEsDBBQABgAIAAAAIQBAWQRj4AAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9Ba8JAFITvhf6H5RV6091YjDVmIyJtT1KoFoq3Z/JMgtm3Ibsm8d93e6rHYYaZ&#10;b9L1aBrRU+dqyxqiqQJBnNui5lLD9+F98grCeeQCG8uk4UYO1tnjQ4pJYQf+on7vSxFK2CWoofK+&#10;TaR0eUUG3dS2xME7286gD7IrZdHhEMpNI2dKxdJgzWGhwpa2FeWX/dVo+Bhw2LxEb/3uct7ejof5&#10;588uIq2fn8bNCoSn0f+H4Q8/oEMWmE72yoUTjYZJvAhffDCWMYgQWMazOYiThoVSILNU3j/IfgEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDFwgefTAMAAPQIAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBAWQRj4AAAAAkBAAAPAAAAAAAAAAAAAAAA&#10;AKYFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAswYAAAAA&#10;">
+              <v:rect id="Rectangle 2054155559" o:spid="_x0000_s1031" style="position:absolute;left:190;width:59436;height:188;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAB+I9zygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9da8Iw&#10;FH0f+B/CFfY2U8uUWY0yNvYBxUmrgo/X5tqWNTelidr9+2Uw8LwdzhdnsepNIy7UudqygvEoAkFc&#10;WF1zqWC3fXt4AuE8ssbGMin4IQer5eBugYm2V87okvtShBJ2CSqovG8TKV1RkUE3si1x0E62M+gD&#10;7UqpO7yGctPIOIqm0mDNYaHCll4qKr7zs1Hwmh8+vrL0WKbn+D1L2/VmP+2lUvfD/nkOwlPvb+b/&#10;9KdWEEeTx/EkYAZ/n8IfkMtfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAH4j3PKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" fillcolor="windowText" stroked="f" strokeweight="1pt"/>
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Zone de texte 727902405" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:-5964;top:666;width:59435;height:2572;visibility:visible;mso-wrap-style:square;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBCGiFnygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hPMGbTYza6tq0lILoqdDaHrw9Ns/N6uZlSbLt6q83guBxmJlvmPly9J04UkxtYAPXEwWC&#10;uA625cbA/vXp6h5EysgWu8Bk4IsSLBfnZ3OsbDjxlo673IgC4VShAZdzX0mZakce0yT0xMV7D9Fj&#10;LjI20kY8FbjvpFZqKj22XBYc9rR2VH/uBm8gHjZ6tf54Owz6WX43bj/c2OnGmMuLcfUIItOY/8N/&#10;7RdrYKZnD0rfqjv4vVTugFz8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEIaIWfKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox inset=",,,0">
+                  <w:txbxContent>
+                    <w:sdt>
+                      <w:sdtPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                        </w:rPr>
+                        <w:alias w:val="Date "/>
+                        <w:tag w:val=""/>
+                        <w:id w:val="179326175"/>
+                        <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.microsoft.com/office/2006/coverPageProps' " w:xpath="/ns0:CoverPageProperties[1]/ns0:PublishDate[1]" w:storeItemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
+                        <w:date w:fullDate="2026-02-10T00:00:00Z">
+                          <w:dateFormat w:val="dd MMMM yyyy"/>
+                          <w:lid w:val="fr-FR"/>
+                          <w:storeMappedDataAs w:val="dateTime"/>
+                          <w:calendar w:val="gregorian"/>
+                        </w:date>
+                      </w:sdtPr>
+                      <w:sdtContent>
+                        <w:p w14:paraId="25B7EC98" w14:textId="6E6B0C68" w:rsidR="00D24CCE" w:rsidRPr="00A17296" w:rsidRDefault="009314FD" w:rsidP="00D24CCE">
+                          <w:pPr>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                              <w:lang w:val="fr-FR"/>
+                            </w:rPr>
+                            <w:t>10 février</w:t>
+                          </w:r>
+                          <w:r w:rsidR="009E4440">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                              <w:lang w:val="fr-FR"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> 202</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0088579C">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                              <w:lang w:val="fr-FR"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:sdtContent>
+                    </w:sdt>
+                    <w:p w14:paraId="1BFC41A3" w14:textId="77777777" w:rsidR="00D24CCE" w:rsidRDefault="00D24CCE" w:rsidP="00D24CCE">
+                      <w:pPr>
+                        <w:jc w:val="right"/>
+                        <w:rPr>
+                          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+              <w10:wrap type="square" anchorx="margin" anchory="margin"/>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00D24CCE">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="198D5855" wp14:editId="7D7052A9">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="rightMargin">
+                <wp:posOffset>-204470</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="bottomMargin">
+                <wp:posOffset>204470</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="457200" cy="320040"/>
+              <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+              <wp:wrapSquare wrapText="bothSides"/>
+              <wp:docPr id="1871769822" name="Rectangle 1871769822"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="457200" cy="320040"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:sysClr val="windowText" lastClr="000000"/>
+                      </a:solidFill>
+                      <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+                        <a:noFill/>
+                        <a:prstDash val="solid"/>
+                        <a:miter lim="800000"/>
+                      </a:ln>
+                      <a:effectLst/>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0402817F" w14:textId="77777777" w:rsidR="00D24CCE" w:rsidRDefault="00D24CCE" w:rsidP="00D24CCE">
+                          <w:pPr>
+                            <w:jc w:val="right"/>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                              <w:lang w:val="fr-FR"/>
+                            </w:rPr>
+                            <w:t>2</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:rect w14:anchorId="198D5855" id="Rectangle 1871769822" o:spid="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:-16.1pt;margin-top:16.1pt;width:36pt;height:25.2pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:right-margin-area;mso-position-vertical:absolute;mso-position-vertical-relative:bottom-margin-area;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4Nla6YAIAAMUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8bxaStE1RlgiBUlWK&#10;kkhJlbPxellLtse1Dbv01/fZQKBpT1U5mLHn+82bvb4ZrGEbFaImV/Px2Ygz5SQ12q1q/v359sMV&#10;ZzEJ1whDTtV8qyK/mb5/d937iTqnjkyjAkMQFye9r3mXkp9UVZSdsiKekVcOypaCFQnXsKqaIHpE&#10;t6Y6H40+VT2FxgeSKka8LnZKPi3x21bJ9NC2USVmao7aUjlDOZf5rKbXYrIKwnda7ssQ/1CFFdoh&#10;6WuohUiCrYP+I5TVMlCkNp1JshW1rZaq9IBuxqM33Tx1wqvSC8CJ/hWm+P/CyvvNk38MgKH3cRIh&#10;5i6GNtj8j/rYUMDavoKlhsQkHi8/fsYAOJNQXUC6LGBWR2cfYvqqyLIs1DxgFgUisbmLCQlhejDJ&#10;uSIZ3dxqY8plG+cmsI3A2DDthvpn5OXMiJigQDHll8eHML+5Gsd6VHQ1LsUJcKo1Aq7S+qbm0a04&#10;E2YFssoUSj2OctZChFzPQsRul7iE3THE6gSaGm1rfnWa2bhcrSpE23d1xDFLaVgOTCPxRQ6UX5bU&#10;bB8DC7TjYvTyViPtHTp7FAHkA6ZYqPSAozWEXmgvcdZR+Pm392wPTkDLWQ8yo88faxEUAPvmwJYv&#10;40uMh6VyKYPjLJxqlqcat7ZzAvBjrK6XRYRzSOYgtoHsC/ZulrNCJZxE7povD+I87VYMeyvVbFaM&#10;wHcv0p178jKHzrhluJ+HFxH8niMJQ76nA+3F5A1VdrbZ09FsnajVhUdHVMGGfMGuFF7s9zov4+m9&#10;WB2/PtNfAAAA//8DAFBLAwQUAAYACAAAACEASeCbIN0AAAAIAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMAyG70i8Q2QkLtOWrpOqrdSdENPGmcGFW9qYtqJxuibbyttjuMDJsvzp9/cX28n16kJj&#10;6DwjLBcJKOLa244bhLfX/XwNKkTD1vSeCeGLAmzL25vC5NZf+YUux9goCeGQG4Q2xiHXOtQtORMW&#10;fiCW24cfnYmyjo22o7lKuOt1miSZdqZj+dCagZ5aqj+PZ4cwm218ddgldve+fD7xocr2XXVCvL+b&#10;Hh9ARZriHww/+qIOpThV/sw2qB5hvkpTQRF+pwCrjVSpENZpBros9P8C5TcAAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAeDZWumACAADFBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEASeCbIN0AAAAIAQAADwAAAAAAAAAAAAAAAAC6BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" fillcolor="windowText" stroked="f" strokeweight="3pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="0402817F" w14:textId="77777777" w:rsidR="00D24CCE" w:rsidRDefault="00D24CCE" w:rsidP="00D24CCE">
+                    <w:pPr>
+                      <w:jc w:val="right"/>
+                      <w:rPr>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                        <w:lang w:val="fr-FR"/>
+                      </w:rPr>
+                      <w:t>2</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square" anchorx="margin" anchory="margin"/>
+            </v:rect>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="046623DE" w14:textId="5F2BC224" w:rsidR="002B6FB8" w:rsidRPr="007F06C9" w:rsidRDefault="002B6FB8" w:rsidP="007F06C9">
+  <w:p w14:paraId="046623DE" w14:textId="570B1EA1" w:rsidR="002B6FB8" w:rsidRPr="007F06C9" w:rsidRDefault="002B6FB8" w:rsidP="00D24CCE">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
-      <w:jc w:val="right"/>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007F06C9">
-[...26 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23D4DE6C" w14:textId="77777777" w:rsidR="00341A82" w:rsidRDefault="00341A82" w:rsidP="004B2681">
+    <w:p w14:paraId="5879ED5C" w14:textId="77777777" w:rsidR="00DE20BB" w:rsidRDefault="00DE20BB" w:rsidP="004B2681">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F61E46E" w14:textId="77777777" w:rsidR="00341A82" w:rsidRDefault="00341A82" w:rsidP="004B2681">
+    <w:p w14:paraId="365F6B60" w14:textId="77777777" w:rsidR="00DE20BB" w:rsidRDefault="00DE20BB" w:rsidP="004B2681">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7241B27D" w14:textId="36C1A474" w:rsidR="007A310D" w:rsidRPr="00A17296" w:rsidRDefault="007A310D">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007A310D">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="007A310D">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Grilledutableau"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblInd w:w="-5" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2437"/>
       <w:gridCol w:w="5587"/>
       <w:gridCol w:w="1423"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00FB55EC" w14:paraId="1992F40F" w14:textId="77777777" w:rsidTr="00585177">
+    <w:tr w:rsidR="00FB55EC" w14:paraId="1992F40F" w14:textId="77777777" w:rsidTr="008E53E5">
       <w:trPr>
-        <w:trHeight w:val="845"/>
+        <w:trHeight w:val="1141"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2268" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="3EFB9090" w14:textId="6D548D9E" w:rsidR="00FB55EC" w:rsidRPr="007A310D" w:rsidRDefault="00FA1035" w:rsidP="00FA1035">
           <w:pPr>
             <w:pStyle w:val="En-tte"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4536"/>
               <w:tab w:val="clear" w:pos="9072"/>
               <w:tab w:val="center" w:pos="1026"/>
               <w:tab w:val="right" w:pos="2052"/>
             </w:tabs>
             <w:spacing w:before="120" w:after="100" w:afterAutospacing="1"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:val="fr-FR"/>
             </w:rPr>
           </w:pPr>
@@ -36363,51 +44323,51 @@
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35A9B2F3" wp14:editId="2051F16C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-528955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-936625</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1410335" cy="693420"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTight wrapText="bothSides">
                   <wp:wrapPolygon edited="0">
                     <wp:start x="0" y="0"/>
                     <wp:lineTo x="0" y="20769"/>
                     <wp:lineTo x="21299" y="20769"/>
                     <wp:lineTo x="21299" y="0"/>
                     <wp:lineTo x="0" y="0"/>
                   </wp:wrapPolygon>
                 </wp:wrapTight>
-                <wp:docPr id="1567402731" name="Image 1567402731"/>
+                <wp:docPr id="1086922218" name="Image 1086922218"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
@@ -36551,60 +44511,60 @@
               <w:lang w:val="fr-FR"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2517" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="12712486" w14:textId="08BF31F4" w:rsidR="00FB55EC" w:rsidRDefault="00FB55EC" w:rsidP="00515E1A">
           <w:pPr>
             <w:pStyle w:val="En-tte"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="45A3B3D8" w14:textId="34373232" w:rsidR="000D401F" w:rsidRDefault="000D401F">
+  <w:p w14:paraId="45A3B3D8" w14:textId="34373232" w:rsidR="000D401F" w:rsidRDefault="000D401F" w:rsidP="008E53E5">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="083917E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00F2BDB4"/>
     <w:lvl w:ilvl="0" w:tplc="080C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -36651,50 +44611,139 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09CC016D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A7AE71E0"/>
+    <w:lvl w:ilvl="0" w:tplc="080C000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D8A1942"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF54E902"/>
     <w:lvl w:ilvl="0" w:tplc="080C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
@@ -36739,51 +44788,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16D33F31"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="977C1E6E"/>
+    <w:lvl w:ilvl="0" w:tplc="080C000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B6C2B89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CDF84E8A"/>
     <w:lvl w:ilvl="0" w:tplc="E8DE3F1E">
       <w:start w:val="9"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -36852,51 +44990,253 @@
     <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AA7672C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="712ADEAE"/>
+    <w:lvl w:ilvl="0" w:tplc="080C000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3DCB4FD0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5E6A8228"/>
+    <w:lvl w:ilvl="0" w:tplc="AC9EA108">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44024AFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21AACD34"/>
     <w:lvl w:ilvl="0" w:tplc="080C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
@@ -36941,51 +45281,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="441941D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC5A4234"/>
     <w:lvl w:ilvl="0" w:tplc="080C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
@@ -37030,51 +45370,253 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53651BBB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D94CC1B0"/>
+    <w:lvl w:ilvl="0" w:tplc="080C000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58A34004"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="48FC715E"/>
+    <w:lvl w:ilvl="0" w:tplc="10583FEA">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="080C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="080C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C551244"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49FA83A6"/>
     <w:lvl w:ilvl="0" w:tplc="080C0015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
@@ -37119,51 +45661,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EC64373"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2389610"/>
     <w:lvl w:ilvl="0" w:tplc="080C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
@@ -37209,256 +45751,384 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="710229150">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1403988454">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="396821580">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="396821580">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="4" w16cid:durableId="2033218996">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1854562643">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="656618082">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="642466659">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="5329750">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="642466659">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="9" w16cid:durableId="265161943">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="926307672">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="266348275">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1801995647">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="403918352">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="680"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000967FE"/>
     <w:rsid w:val="00006B57"/>
     <w:rsid w:val="00021C2E"/>
     <w:rsid w:val="00021D59"/>
+    <w:rsid w:val="00024B5F"/>
     <w:rsid w:val="0003072B"/>
+    <w:rsid w:val="00050096"/>
     <w:rsid w:val="00062D21"/>
     <w:rsid w:val="000659C2"/>
+    <w:rsid w:val="00070D7D"/>
     <w:rsid w:val="00073584"/>
+    <w:rsid w:val="00081FFC"/>
     <w:rsid w:val="000967FE"/>
+    <w:rsid w:val="000A79DD"/>
+    <w:rsid w:val="000B51F5"/>
     <w:rsid w:val="000B7F73"/>
     <w:rsid w:val="000C0E31"/>
+    <w:rsid w:val="000C77B1"/>
     <w:rsid w:val="000D0998"/>
     <w:rsid w:val="000D1696"/>
     <w:rsid w:val="000D401F"/>
+    <w:rsid w:val="000E183F"/>
     <w:rsid w:val="00113276"/>
     <w:rsid w:val="0012230D"/>
     <w:rsid w:val="00191AC8"/>
     <w:rsid w:val="00192FFB"/>
+    <w:rsid w:val="001B1F75"/>
     <w:rsid w:val="001B4EE7"/>
+    <w:rsid w:val="001B7A79"/>
+    <w:rsid w:val="001D06D4"/>
     <w:rsid w:val="001F754D"/>
     <w:rsid w:val="00200FD2"/>
+    <w:rsid w:val="002133D4"/>
     <w:rsid w:val="00213F7D"/>
+    <w:rsid w:val="00214E6D"/>
+    <w:rsid w:val="00236C49"/>
+    <w:rsid w:val="0023761E"/>
+    <w:rsid w:val="00244F18"/>
     <w:rsid w:val="00255724"/>
+    <w:rsid w:val="00277B92"/>
     <w:rsid w:val="002A49D0"/>
     <w:rsid w:val="002B6FB8"/>
+    <w:rsid w:val="002E6ECA"/>
+    <w:rsid w:val="00331630"/>
     <w:rsid w:val="00331AFE"/>
     <w:rsid w:val="00341A82"/>
     <w:rsid w:val="00354F41"/>
     <w:rsid w:val="00364636"/>
+    <w:rsid w:val="003710FA"/>
     <w:rsid w:val="003823BF"/>
+    <w:rsid w:val="003A25B3"/>
     <w:rsid w:val="003A4B5B"/>
+    <w:rsid w:val="003C45D7"/>
     <w:rsid w:val="00420FC7"/>
     <w:rsid w:val="0042593E"/>
     <w:rsid w:val="00425F77"/>
     <w:rsid w:val="00426EEB"/>
+    <w:rsid w:val="00477887"/>
     <w:rsid w:val="00482CDF"/>
+    <w:rsid w:val="00487A5C"/>
+    <w:rsid w:val="004A6CA4"/>
     <w:rsid w:val="004B2681"/>
+    <w:rsid w:val="004B36DD"/>
     <w:rsid w:val="004C0064"/>
+    <w:rsid w:val="004C643E"/>
+    <w:rsid w:val="00506B20"/>
     <w:rsid w:val="00510CF6"/>
     <w:rsid w:val="00515E1A"/>
+    <w:rsid w:val="00581FEA"/>
     <w:rsid w:val="005849D6"/>
     <w:rsid w:val="00585177"/>
     <w:rsid w:val="005A1B97"/>
     <w:rsid w:val="005A355F"/>
+    <w:rsid w:val="005A5D38"/>
+    <w:rsid w:val="005B4904"/>
+    <w:rsid w:val="005B6D80"/>
     <w:rsid w:val="005C6FA0"/>
+    <w:rsid w:val="005E751E"/>
+    <w:rsid w:val="005F65F3"/>
+    <w:rsid w:val="00604824"/>
     <w:rsid w:val="00623FE8"/>
     <w:rsid w:val="00640E09"/>
+    <w:rsid w:val="00655DFB"/>
+    <w:rsid w:val="00665158"/>
+    <w:rsid w:val="00683FD5"/>
+    <w:rsid w:val="00694690"/>
+    <w:rsid w:val="006B04BE"/>
     <w:rsid w:val="006C2E36"/>
+    <w:rsid w:val="006C42AC"/>
+    <w:rsid w:val="006C4644"/>
+    <w:rsid w:val="00716196"/>
+    <w:rsid w:val="00720358"/>
     <w:rsid w:val="0072646B"/>
+    <w:rsid w:val="00731993"/>
     <w:rsid w:val="00733869"/>
+    <w:rsid w:val="00733A3C"/>
     <w:rsid w:val="00755614"/>
     <w:rsid w:val="00770F96"/>
     <w:rsid w:val="007828D6"/>
+    <w:rsid w:val="007933BD"/>
     <w:rsid w:val="0079387B"/>
+    <w:rsid w:val="007A2647"/>
     <w:rsid w:val="007A310D"/>
     <w:rsid w:val="007C5619"/>
     <w:rsid w:val="007F06C9"/>
+    <w:rsid w:val="007F1D27"/>
+    <w:rsid w:val="008069BD"/>
     <w:rsid w:val="00811F9F"/>
     <w:rsid w:val="00845595"/>
+    <w:rsid w:val="008461EF"/>
     <w:rsid w:val="00852144"/>
     <w:rsid w:val="008752E9"/>
     <w:rsid w:val="0087709A"/>
+    <w:rsid w:val="0087745B"/>
     <w:rsid w:val="008779FF"/>
     <w:rsid w:val="00882DB6"/>
+    <w:rsid w:val="00883E89"/>
+    <w:rsid w:val="0088579C"/>
+    <w:rsid w:val="00894E2B"/>
     <w:rsid w:val="00897235"/>
+    <w:rsid w:val="008A1124"/>
     <w:rsid w:val="008C448E"/>
+    <w:rsid w:val="008E53E5"/>
+    <w:rsid w:val="008E78BE"/>
     <w:rsid w:val="008F3FF0"/>
+    <w:rsid w:val="009241A5"/>
     <w:rsid w:val="009258C5"/>
+    <w:rsid w:val="009314FD"/>
     <w:rsid w:val="00935208"/>
     <w:rsid w:val="00942639"/>
     <w:rsid w:val="00945751"/>
     <w:rsid w:val="009656D7"/>
     <w:rsid w:val="00965BE2"/>
+    <w:rsid w:val="0098616C"/>
     <w:rsid w:val="009A2E04"/>
     <w:rsid w:val="009A6F93"/>
     <w:rsid w:val="009B380A"/>
+    <w:rsid w:val="009B788B"/>
+    <w:rsid w:val="009C102C"/>
+    <w:rsid w:val="009D3563"/>
+    <w:rsid w:val="009E3457"/>
+    <w:rsid w:val="009E4440"/>
+    <w:rsid w:val="00A002CA"/>
+    <w:rsid w:val="00A0340D"/>
     <w:rsid w:val="00A06D6A"/>
+    <w:rsid w:val="00A15ED7"/>
     <w:rsid w:val="00A17296"/>
     <w:rsid w:val="00A30ECC"/>
     <w:rsid w:val="00A317B0"/>
     <w:rsid w:val="00A40000"/>
     <w:rsid w:val="00A40BE0"/>
     <w:rsid w:val="00A8187C"/>
     <w:rsid w:val="00AC556D"/>
     <w:rsid w:val="00AD07BE"/>
+    <w:rsid w:val="00AD475F"/>
+    <w:rsid w:val="00AD486B"/>
     <w:rsid w:val="00AE40F0"/>
     <w:rsid w:val="00AE6902"/>
     <w:rsid w:val="00B16EF7"/>
+    <w:rsid w:val="00B32A2E"/>
+    <w:rsid w:val="00B4446B"/>
     <w:rsid w:val="00B4584B"/>
+    <w:rsid w:val="00B4778F"/>
+    <w:rsid w:val="00B5129E"/>
     <w:rsid w:val="00B56270"/>
+    <w:rsid w:val="00B64E62"/>
+    <w:rsid w:val="00B75518"/>
     <w:rsid w:val="00B824A1"/>
     <w:rsid w:val="00B95E12"/>
     <w:rsid w:val="00B96AF6"/>
+    <w:rsid w:val="00BB0890"/>
+    <w:rsid w:val="00BB1D0C"/>
+    <w:rsid w:val="00BB3715"/>
+    <w:rsid w:val="00BD73DD"/>
     <w:rsid w:val="00BF4B48"/>
+    <w:rsid w:val="00BF620E"/>
     <w:rsid w:val="00BF75BC"/>
     <w:rsid w:val="00BF78C4"/>
+    <w:rsid w:val="00C0570B"/>
+    <w:rsid w:val="00C27AE5"/>
     <w:rsid w:val="00C35A40"/>
+    <w:rsid w:val="00C609D8"/>
+    <w:rsid w:val="00C60A56"/>
     <w:rsid w:val="00C67236"/>
     <w:rsid w:val="00C74C6D"/>
+    <w:rsid w:val="00C75234"/>
+    <w:rsid w:val="00C7539B"/>
     <w:rsid w:val="00CA5FAD"/>
+    <w:rsid w:val="00CC6C48"/>
+    <w:rsid w:val="00CD37E1"/>
+    <w:rsid w:val="00CF0FA4"/>
     <w:rsid w:val="00D05F0F"/>
+    <w:rsid w:val="00D24CCE"/>
     <w:rsid w:val="00D24EF8"/>
     <w:rsid w:val="00D35024"/>
+    <w:rsid w:val="00D365ED"/>
     <w:rsid w:val="00D373F1"/>
     <w:rsid w:val="00D502E5"/>
     <w:rsid w:val="00D5232F"/>
     <w:rsid w:val="00D54E49"/>
+    <w:rsid w:val="00D8688A"/>
     <w:rsid w:val="00D929AD"/>
     <w:rsid w:val="00D936BB"/>
     <w:rsid w:val="00DD0F22"/>
     <w:rsid w:val="00DE0AA3"/>
+    <w:rsid w:val="00DE20BB"/>
+    <w:rsid w:val="00DF708B"/>
+    <w:rsid w:val="00E56BDC"/>
     <w:rsid w:val="00E60FFD"/>
     <w:rsid w:val="00E6231E"/>
+    <w:rsid w:val="00E67CD7"/>
+    <w:rsid w:val="00E7124D"/>
+    <w:rsid w:val="00E95060"/>
     <w:rsid w:val="00EA5F8C"/>
     <w:rsid w:val="00EB08E8"/>
+    <w:rsid w:val="00EB57AF"/>
     <w:rsid w:val="00EC0DF5"/>
+    <w:rsid w:val="00EC7A50"/>
+    <w:rsid w:val="00EE4EF4"/>
+    <w:rsid w:val="00F2078B"/>
     <w:rsid w:val="00F24191"/>
+    <w:rsid w:val="00F24B3F"/>
     <w:rsid w:val="00F43AA1"/>
+    <w:rsid w:val="00F51C44"/>
+    <w:rsid w:val="00F641E2"/>
     <w:rsid w:val="00F76993"/>
+    <w:rsid w:val="00F94927"/>
     <w:rsid w:val="00FA1035"/>
     <w:rsid w:val="00FB55EC"/>
+    <w:rsid w:val="00FE35D6"/>
     <w:rsid w:val="00FE7799"/>
+    <w:rsid w:val="00FF355F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE" w:bidi="ne-NP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4AA5088C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{ED81A87B-F233-4A26-AB91-290ADD0DAA1F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -37813,51 +46483,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="002B6FB8"/>
+    <w:rsid w:val="00F24B3F"/>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="000C0E31"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
@@ -38221,62 +46891,74 @@
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rvision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B96AF6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F641E2"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline.schollaert@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helene.klinkenberg@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline.schollaert@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.wallonie.be/home/productions-agricoles/productions-vegetales/semences-et-plants/plants-de-legumes.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:justine.gilquin@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helene.klinkenberg@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helene.klinkenberg@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:justine.gilquin@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.wallonie.be/home/productions-agricoles/productions-vegetales/semences-et-plants/plants-de-legumes.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification.semences.plants@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:justine.gilquin@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification.semences.plants@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.wallonie.be/home/productions-agricoles/qualite/vegetaux/pepinieres-forestieres.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agriculture.wallonie.be/home/vie-privee.html" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification.semences.plants@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification.semences.plants@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification.semences.plants@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification.semences.plants@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification.semences.plants@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:certification.semences.plants@spw.wallonie.be" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -38542,131 +47224,427 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
-  <PublishDate>2024-08-29T00:00:00</PublishDate>
+  <PublishDate>2026-02-10T00:00:00</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010029A40F201CBFC545B2CF13F87287D4B1" ma:contentTypeVersion="13" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="674f48263338469a31b2411cba068c66">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1942c0a9-297e-4318-939b-6ff827da7867" xmlns:ns3="9894b825-092d-47e1-957b-03fde69ac0b9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="28430cb22a72edd05c78d63734286ece" ns2:_="" ns3:_="">
+    <xsd:import namespace="1942c0a9-297e-4318-939b-6ff827da7867"/>
+    <xsd:import namespace="9894b825-092d-47e1-957b-03fde69ac0b9"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1942c0a9-297e-4318-939b-6ff827da7867" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cc4018d8-b214-4a48-af45-02710e18d619" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9894b825-092d-47e1-957b-03fde69ac0b9" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="16" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{430ffca1-2302-41d8-93a3-5b286db0619b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="9894b825-092d-47e1-957b-03fde69ac0b9">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Type de contenu"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titre"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="9894b825-092d-47e1-957b-03fde69ac0b9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1942c0a9-297e-4318-939b-6ff827da7867">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01083971-FDE0-423D-ADDD-71D41E689036}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BB3FDCD-658F-451B-B50C-CF3A2876DB9E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16AE0298-D538-4A61-8176-9704106709A7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1942c0a9-297e-4318-939b-6ff827da7867"/>
+    <ds:schemaRef ds:uri="9894b825-092d-47e1-957b-03fde69ac0b9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0567CA1-E71F-417C-AB0F-4401D22E3A47}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="9894b825-092d-47e1-957b-03fde69ac0b9"/>
+    <ds:schemaRef ds:uri="1942c0a9-297e-4318-939b-6ff827da7867"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>4262</Words>
-  <Characters>23446</Characters>
+  <Words>4793</Words>
+  <Characters>26365</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>195</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>219</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPW</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27653</CharactersWithSpaces>
+  <CharactersWithSpaces>31096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>GILQUIN Justine</dc:creator>
+  <dc:creator>Lena Jadot</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_SetDate">
     <vt:lpwstr>2024-02-26T12:58:23Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_Name">
     <vt:lpwstr>97a477d1-147d-4e34-b5e3-7b26d2f44870</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_SiteId">
     <vt:lpwstr>1f816a84-7aa6-4a56-b22a-7b3452fa8681</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_ActionId">
     <vt:lpwstr>919212e3-0294-4b13-949c-2a825500e722</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_97a477d1-147d-4e34-b5e3-7b26d2f44870_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x01010029A40F201CBFC545B2CF13F87287D4B1</vt:lpwstr>
+  </property>
 </Properties>
 </file>