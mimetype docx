--- v0 (2025-11-06)
+++ v1 (2026-02-28)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="016159E6" w14:textId="47F878CB" w:rsidR="00CE0144" w:rsidRPr="00926D4D" w:rsidRDefault="00AF51F8" w:rsidP="00F3438E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w14:shadow w14:blurRad="50800" w14:dist="38100" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
             <w14:srgbClr w14:val="000000">
               <w14:alpha w14:val="60000"/>
             </w14:srgbClr>
           </w14:shadow>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00926D4D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:spacing w:val="20"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -299,54 +299,54 @@
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nom</w:t>
       </w:r>
       <w:r w:rsidR="003F2243" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00121868" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="003F2243" w:rsidRPr="004F0CF7">
-[...2 lines deleted...]
-          <w:color w:val="999999"/>
+      <w:r w:rsidR="003F2243" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AD2CE8" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EDDE736" w14:textId="77777777" w:rsidR="00B920BF" w:rsidRPr="004F0CF7" w:rsidRDefault="00B920BF" w:rsidP="00E55E57">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="3261"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="10440"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -365,152 +365,160 @@
       <w:r w:rsidR="004F5FA9" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F2243" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">pour l’envoi du bulletin original : </w:t>
       </w:r>
       <w:r w:rsidR="003F2243" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004F0CF7">
-[...2 lines deleted...]
-          <w:color w:val="999999"/>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FBC0D0" w14:textId="7324A3FC" w:rsidR="00B920BF" w:rsidRPr="004F0CF7" w:rsidRDefault="00663B8C" w:rsidP="00E55E57">
+    <w:p w14:paraId="11FBC0D0" w14:textId="1FB5C5B9" w:rsidR="00B920BF" w:rsidRPr="004F0CF7" w:rsidRDefault="00663B8C" w:rsidP="005E0E2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="4500"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="7380"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="10440"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="999999"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>E-mail</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00B920BF" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00B920BF" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00B920BF" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidR="00B920BF" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="999999"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B920BF" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Tél :</w:t>
       </w:r>
-      <w:r w:rsidR="00B920BF" w:rsidRPr="004F0CF7">
-[...2 lines deleted...]
-          <w:color w:val="999999"/>
+      <w:r w:rsidR="00B920BF" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B920BF" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Fax :</w:t>
       </w:r>
       <w:r w:rsidR="00B920BF" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="999999"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B920BF" w:rsidRPr="004F0CF7">
-[...2 lines deleted...]
-          <w:color w:val="999999"/>
+      <w:r w:rsidR="00B920BF" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="022095E7" w14:textId="77777777" w:rsidR="003F2243" w:rsidRPr="004F0CF7" w:rsidRDefault="003F2243" w:rsidP="00E55E57">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="10440"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -535,54 +543,54 @@
       </w:r>
       <w:r w:rsidR="004F5FA9" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (si différent</w:t>
       </w:r>
       <w:r w:rsidR="00456E53" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F0CF7">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37236415" w14:textId="77777777" w:rsidR="00AF51F8" w:rsidRPr="004F0CF7" w:rsidRDefault="00456E53" w:rsidP="00E55E57">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="10440"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -623,54 +631,54 @@
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(si différent)</w:t>
       </w:r>
       <w:r w:rsidR="003F2243" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00E55E57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004E69B3" w:rsidRPr="004F0CF7">
-[...2 lines deleted...]
-          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:r w:rsidR="004E69B3" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F0050F" w14:textId="77777777" w:rsidR="00EE7803" w:rsidRPr="004F0CF7" w:rsidRDefault="00EE7803" w:rsidP="00663B8C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:before="180" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
@@ -695,317 +703,335 @@
           <w:tab w:val="left" w:leader="underscore" w:pos="10488"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Numéro du lot </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF6B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00E55E57" w:rsidRPr="004F0CF7">
-[...2 lines deleted...]
-          <w:color w:val="999999"/>
+      <w:r w:rsidR="00E55E57" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ADBA31D" w14:textId="1AA2648D" w:rsidR="00EE7803" w:rsidRPr="00CF6B1A" w:rsidRDefault="001549FF" w:rsidP="00433E1C">
+    <w:p w14:paraId="2ADBA31D" w14:textId="1AA2648D" w:rsidR="00EE7803" w:rsidRPr="006C6ED4" w:rsidRDefault="001549FF" w:rsidP="00433E1C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="709"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5670"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8364"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="10488"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Espèce</w:t>
       </w:r>
       <w:r w:rsidR="00433E1C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE7803" w:rsidRPr="00CF6B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00E55E57" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="999999"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00433E1C">
+      <w:r w:rsidR="00433E1C" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00785C27">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7803" w:rsidRPr="00CF6B1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Variété :</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7803" w:rsidRPr="00E55E57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="999999"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55E57" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00785C27">
+      <w:r w:rsidR="00E55E57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE7803" w:rsidRPr="00CF6B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Variété :</w:t>
-[...13 lines deleted...]
-          <w:color w:val="999999"/>
+        <w:t>Catégorie :</w:t>
+      </w:r>
+      <w:r w:rsidR="00433E1C" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E55E57">
-[...23 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="470D4BA1" w14:textId="77777777" w:rsidR="00EE7803" w:rsidRPr="00CF6B1A" w:rsidRDefault="00EE7803" w:rsidP="00773C23">
+    <w:p w14:paraId="470D4BA1" w14:textId="19B6223E" w:rsidR="00EE7803" w:rsidRPr="006C6ED4" w:rsidRDefault="00EE7803" w:rsidP="00773C23">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="underscore" w:pos="709"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="3402"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="8364"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="10488"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Poids total du lot (kg) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF6B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00E55E57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E55E57" w:rsidRPr="00E55E57">
+      <w:r w:rsidR="00E55E57" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CF6B1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si dragées ou granulés, nombre d’unités : </w:t>
+      </w:r>
+      <w:r w:rsidR="00E55E57" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0083417F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="999999"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E0208">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>MMS</w:t>
+      </w:r>
+      <w:r w:rsidR="001E0208" w:rsidRPr="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="999999"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00CF6B1A">
-[...50 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="641B2CE3" w14:textId="77777777" w:rsidR="00785C27" w:rsidRPr="00CF6B1A" w:rsidRDefault="00785C27" w:rsidP="003440A0">
+    <w:p w14:paraId="641B2CE3" w14:textId="745177BF" w:rsidR="00785C27" w:rsidRPr="00CF6B1A" w:rsidRDefault="00785C27" w:rsidP="00BD2805">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="2835"/>
           <w:tab w:val="left" w:pos="5245"/>
           <w:tab w:val="left" w:pos="6096"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="left" w:pos="8080"/>
-          <w:tab w:val="left" w:pos="8931"/>
+          <w:tab w:val="left" w:pos="8789"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="10440"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF6B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombre d’emballages </w:t>
       </w:r>
       <w:r w:rsidRPr="00E55E57">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00E55E57" w:rsidRPr="00E55E57">
-[...2 lines deleted...]
-          <w:color w:val="999999"/>
+      <w:r w:rsidR="00E55E57" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nature de l’emballage</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF6B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
@@ -1017,58 +1043,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF6B1A">
         <w:rPr>
@@ -1098,58 +1124,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF6B1A">
         <w:rPr>
@@ -1179,58 +1205,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF6B1A">
         <w:rPr>
@@ -1276,2871 +1302,3673 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DE4B03">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>octabin</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>boîtes</w:t>
+      </w:r>
       <w:r w:rsidR="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE4B03">
-[...17 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00CF6B1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>autre :</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4B03" w:rsidRPr="00DE4B03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="999999"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
+      <w:r w:rsidR="00BD2805" w:rsidRPr="00BD2805">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0195F2A9" w14:textId="645EEB5F" w:rsidR="00785C27" w:rsidRDefault="00785C27" w:rsidP="00BD2805">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="2127"/>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="10440"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Semences </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2805">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
+      <w:r w:rsidR="003440A0" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00BF479E" w:rsidRPr="00DB0797">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003440A0" w:rsidRPr="00DB0797">
-[...18 lines deleted...]
-          <w:color w:val="999999"/>
+      <w:r w:rsidR="003440A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non traitées </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0797">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Semences </w:t>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003440A0" w:rsidRPr="008E363E">
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> non traitées </w:t>
+        <w:t xml:space="preserve">traitées   </w:t>
       </w:r>
       <w:r w:rsidR="00DB0797">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00EC5E35" w:rsidRPr="008E363E">
+      <w:r w:rsidR="003440A0" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:r w:rsidR="003440A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-          <w:sz w:val="12"/>
+        <w:t xml:space="preserve">enrobées :  </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003440A0" w:rsidRPr="008E363E">
-[...2 lines deleted...]
-          <w:sz w:val="12"/>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="003440A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...2 lines deleted...]
-          <w:sz w:val="12"/>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...2 lines deleted...]
-          <w:sz w:val="12"/>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00BF479E" w:rsidRPr="008E363E">
-[...2 lines deleted...]
-          <w:sz w:val="12"/>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003440A0">
-[...2 lines deleted...]
-          <w:sz w:val="18"/>
+      <w:r w:rsidRPr="003440A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">enrobées :  </w:t>
+        <w:t>pralinées</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE7803">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00EC5E35" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>pralinées</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">dragées </w:t>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00EC5E35" w:rsidRPr="003440A0">
+      <w:r w:rsidR="003440A0" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="003440A0">
-[...3 lines deleted...]
-          <w:szCs w:val="12"/>
+      <w:r w:rsidR="003440A0" w:rsidRPr="003440A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">dragées </w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="12"/>
+        <w:t xml:space="preserve">granulées </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB0797">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708AE9F9" w14:textId="77777777" w:rsidR="00EE7803" w:rsidRPr="00CF6B1A" w:rsidRDefault="00EE7803" w:rsidP="00BD2805">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="10348"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF6B1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nom du produit </w:t>
+      </w:r>
+      <w:r w:rsidR="00785C27">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de traitement ou </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6B1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>d’enrobage</w:t>
+      </w:r>
+      <w:r w:rsidR="00785C27">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6B1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4B03" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C3EF896" w14:textId="25DF6FAC" w:rsidR="003F2243" w:rsidRPr="004F0CF7" w:rsidRDefault="00EE7803" w:rsidP="00773C23">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="10348"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF6B1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Autres données</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF6B1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4B03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4B03" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CF6B1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D34C90" w14:textId="1E602D46" w:rsidR="005804A7" w:rsidRPr="004F0CF7" w:rsidRDefault="00927D83" w:rsidP="00663B8C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:before="180" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ANALYSE</w:t>
+      </w:r>
+      <w:r w:rsidR="002212C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(S)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DEMANDEE</w:t>
+      </w:r>
+      <w:r w:rsidR="002212C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(S)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7110E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632D0162" w14:textId="6956CFC5" w:rsidR="005804A7" w:rsidRPr="004F0CF7" w:rsidRDefault="00BF479E" w:rsidP="0083417F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1418"/>
+          <w:tab w:val="left" w:pos="3969"/>
+          <w:tab w:val="left" w:pos="5812"/>
+          <w:tab w:val="left" w:pos="7088"/>
+          <w:tab w:val="left" w:pos="8789"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB0797">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00CF02C4" w:rsidRPr="00DB0797">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00DB0797">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00DB0797">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00DB0797">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CF02C4" w:rsidRPr="00DB0797">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Urgent </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009A2911">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="CaseACocher1"/>
+      <w:r w:rsidR="009A2911">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="009A2911">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="009A2911">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="009A2911">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A2911" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Échantillonnage</w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, date souhaitée : </w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2805">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_ / __</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2805">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__ / _</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2805">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E164100" w14:textId="6A3A50E0" w:rsidR="005556AC" w:rsidRDefault="005556AC" w:rsidP="005556AC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="10490"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D4CDC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Certification</w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D4CDC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : préciser le secteur si nécessaire  </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004425EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">légumes </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pl. fourragères </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">céréales </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002212C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>etteraves</w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pl. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004425EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t>oléag</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00742F22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004425EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004425EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t>et</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00742F22" w:rsidRPr="004425EE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à fibres</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B805E04" w14:textId="34F27000" w:rsidR="005556AC" w:rsidRDefault="005556AC" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="3969"/>
+          <w:tab w:val="left" w:pos="5054"/>
+          <w:tab w:val="left" w:pos="6237"/>
+          <w:tab w:val="left" w:pos="7513"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Pureté</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00881D07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Germination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Teneur en eau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59834540" w14:textId="59408EAE" w:rsidR="005E0E2B" w:rsidRDefault="00BF479E" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3969"/>
+          <w:tab w:val="left" w:pos="4678"/>
+          <w:tab w:val="left" w:pos="6237"/>
+          <w:tab w:val="left" w:pos="6804"/>
+          <w:tab w:val="left" w:pos="7513"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="10488"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="003440A0" w:rsidRPr="003440A0">
-[...3 lines deleted...]
-          <w:szCs w:val="12"/>
+      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...10 lines deleted...]
-          <w:szCs w:val="12"/>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00BF479E" w:rsidRPr="003440A0">
-[...3 lines deleted...]
-          <w:szCs w:val="12"/>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="003440A0" w:rsidRPr="003440A0">
-[...2 lines deleted...]
-          <w:sz w:val="16"/>
+      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dénombrement </w:t>
+      </w:r>
+      <w:r w:rsidR="00726684">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(voir définitions au verso) :  </w:t>
+      </w:r>
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00726684">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> C</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>omplet</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="000C1A98" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="000C1A98" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...72 lines deleted...]
-          <w:color w:val="999999"/>
+      <w:r w:rsidR="00726684">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ur échantillon réduit</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1A98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...121 lines deleted...]
-      <w:r w:rsidRPr="00DB0797">
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CF02C4" w:rsidRPr="00DB0797">
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00DB0797">
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00CF02C4" w:rsidRPr="00DB0797">
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
-[...9 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00A11ACF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00726684" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">imité, espèce(s) à </w:t>
+      </w:r>
+      <w:r w:rsidR="00726684" w:rsidRPr="002212C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>rechercher :</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0E2B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E0E2B" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009A2911">
+    </w:p>
+    <w:p w14:paraId="649AEB49" w14:textId="558FE969" w:rsidR="004F0CF7" w:rsidRPr="006C6ED4" w:rsidRDefault="005E0E2B" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="10488"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DCE603" w14:textId="0391FBDB" w:rsidR="005E0E2B" w:rsidRPr="00320BF8" w:rsidRDefault="00BF479E" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="10440"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002212C3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="CaseACocher1"/>
-      <w:r w:rsidR="009A2911">
+      <w:r w:rsidR="007B16E7" w:rsidRPr="002212C3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidRPr="002212C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="002212C3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="009A2911">
+      <w:r w:rsidRPr="002212C3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
+      <w:r w:rsidR="007B16E7" w:rsidRPr="002212C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vérification des </w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="002212C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>exigences</w:t>
+      </w:r>
+      <w:r w:rsidR="00856F7D" w:rsidRPr="002212C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du </w:t>
+      </w:r>
+      <w:r w:rsidR="007B16E7" w:rsidRPr="002212C3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pays </w:t>
+      </w:r>
+      <w:r w:rsidR="007B16E7" w:rsidRPr="00320BF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>destinataire</w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="00320BF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A2911" w:rsidRPr="004F0CF7">
-[...15 lines deleted...]
-      <w:r w:rsidR="0083417F" w:rsidRPr="00D87466">
+      <w:r w:rsidR="005556AC" w:rsidRPr="00320BF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005556AC" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>fournies par le demandeur)</w:t>
+      </w:r>
+      <w:r w:rsidR="00856F7D" w:rsidRPr="00320BF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidR="005E0E2B" w:rsidRPr="006C6ED4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>____ / ____ / ____</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="004F0CF7">
+    </w:p>
+    <w:p w14:paraId="300CDB5E" w14:textId="77777777" w:rsidR="005804A7" w:rsidRPr="006C6ED4" w:rsidRDefault="00BF479E" w:rsidP="00131045">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="10440"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320BF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
+      <w:r w:rsidR="005804A7" w:rsidRPr="00320BF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidRPr="00320BF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00320BF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:r w:rsidRPr="00320BF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="005804A7" w:rsidRPr="00320BF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Autres : </w:t>
+      </w:r>
+      <w:r w:rsidR="00131045" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACDA0DC" w14:textId="14E0D357" w:rsidR="006D4CDC" w:rsidRPr="006C6ED4" w:rsidRDefault="00D7110E" w:rsidP="0083417F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="2160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="005804A7" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Les analyses sont effectuées sous accréditation selon les méthodes presc</w:t>
+      </w:r>
+      <w:r w:rsidR="00927D83" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>rites dans les Règles de l’ISTA</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2423D" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sauf </w:t>
+      </w:r>
+      <w:r w:rsidR="009D6FF6" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>men</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2423D" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>tion contraire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45411077" w14:textId="0AA711A6" w:rsidR="006D4CDC" w:rsidRPr="006C6ED4" w:rsidRDefault="006D4CDC" w:rsidP="0083417F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="2160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00320BF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">** Contrôle de la production et commercialisation selon la législation applicable en Région wallonne (voir références légales au verso) : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>les analyses à réaliser sont définies par le laboratoire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320BF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D3FE3FC" w14:textId="167320E2" w:rsidR="0083417F" w:rsidRDefault="0083417F" w:rsidP="0083417F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="2160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C09089A" w14:textId="77777777" w:rsidR="00EE7803" w:rsidRPr="004F0CF7" w:rsidRDefault="00EE7803" w:rsidP="00EE7803">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+          <w:tab w:val="left" w:pos="4111"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="18"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BULLETIN DEMANDE : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
-[...14 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="319BFE19" w14:textId="77777777" w:rsidR="00EE7803" w:rsidRPr="004F0CF7" w:rsidRDefault="00BF479E" w:rsidP="00D910EE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="2977"/>
+          <w:tab w:val="left" w:pos="3544"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
+      <w:r w:rsidR="0083417F" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
+      <w:r w:rsidR="0083417F" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
-[...9 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L’original + </w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7803">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7803" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>uplicata</w:t>
+      </w:r>
+      <w:r w:rsidR="00131045" w:rsidRPr="00131045">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
+      <w:r w:rsidR="00EE7803" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
-[...28 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00DE4B03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7803" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bulletin provisoire pour : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="004F0CF7">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="00EE7803">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">teneur en eau  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="000C1A98" w:rsidRPr="004F0CF7">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="004F0CF7">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="000C1A98" w:rsidRPr="004F0CF7">
-[...21 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00EC5E35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pureté </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="00EE7803">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00EC5E35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dénombrement </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="00EE7803">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008E363E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00EC5E35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F" w:rsidRPr="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="00EE7803">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>comptage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="649AEB49" w14:textId="77777777" w:rsidR="004F0CF7" w:rsidRPr="004F0CF7" w:rsidRDefault="00BF479E" w:rsidP="00131045">
+    <w:p w14:paraId="486FCC30" w14:textId="77777777" w:rsidR="00EE7803" w:rsidRPr="004F0CF7" w:rsidRDefault="00EE7803" w:rsidP="00EE7803">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2268"/>
-          <w:tab w:val="left" w:leader="underscore" w:pos="10348"/>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="1620"/>
+          <w:tab w:val="left" w:pos="2700"/>
+          <w:tab w:val="left" w:pos="4140"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4680"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="4860"/>
+          <w:tab w:val="left" w:pos="5220"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Langue du bulletin :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00CF02C4" w:rsidRPr="004F0CF7">
+      <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...68 lines deleted...]
-          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:t xml:space="preserve"> Français </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004F0CF7" w:rsidRPr="004F0CF7">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="004F0CF7">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="007B16E7" w:rsidRPr="004F0CF7">
+      <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00DE4B03">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anglais </w:t>
+      </w:r>
       <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B16E7" w:rsidRPr="004F0CF7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F935BE" w14:textId="3951F6F5" w:rsidR="00153868" w:rsidRDefault="00EE7803" w:rsidP="00153868">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="5103"/>
+          <w:tab w:val="left" w:pos="6521"/>
+          <w:tab w:val="left" w:pos="7513"/>
+          <w:tab w:val="left" w:pos="8080"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Date souhaitée</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de fourniture des résultats : </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2805">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_ / __</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2805">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__ / __</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD2805">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B16E7">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Vérification des </w:t>
+      <w:r w:rsidR="00013CFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Envoi d’une copie des </w:t>
       </w:r>
       <w:r w:rsidR="0083417F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>exigences</w:t>
-[...39 lines deleted...]
-      <w:r w:rsidRPr="004F0CF7">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ésultats</w:t>
+      </w:r>
+      <w:r w:rsidR="00013CFE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00663B8C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...6 lines deleted...]
-      <w:r w:rsidR="00F3438E">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="004F0CF7">
+      <w:r w:rsidR="00BF479E" w:rsidRPr="004F0CF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="005804A7" w:rsidRPr="004F0CF7">
-[...10 lines deleted...]
-          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0083417F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>e-m</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ail </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5E35" w:rsidRPr="004F0CF7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...309 lines deleted...]
-          <w:szCs w:val="12"/>
+      <w:r w:rsidR="00856F7D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="00EC5E35" w:rsidRPr="008E363E">
-[...3 lines deleted...]
-          <w:szCs w:val="12"/>
+      <w:r w:rsidR="00856F7D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00F3438E">
-[...10 lines deleted...]
-          <w:szCs w:val="12"/>
+      <w:r w:rsidR="00856F7D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00856F7D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008E363E">
-[...3 lines deleted...]
-          <w:szCs w:val="12"/>
+      <w:r w:rsidR="00856F7D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00EC5E35" w:rsidRPr="008E363E">
-[...588 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidR="00856F7D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au Service</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8F6782" w14:textId="77777777" w:rsidR="00153868" w:rsidRDefault="00153868" w:rsidP="00153868">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="3828"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>INFORMATIONS A COMPLETER PAR LE LABORATOIRE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A82A385" w14:textId="77777777" w:rsidR="00153868" w:rsidRPr="00153868" w:rsidRDefault="00153868" w:rsidP="00CE06F3">
+    <w:p w14:paraId="3A82A385" w14:textId="38C52E09" w:rsidR="00153868" w:rsidRPr="00153868" w:rsidRDefault="00153868" w:rsidP="00BD2805">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5812"/>
-          <w:tab w:val="left" w:leader="underscore" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153868">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Délai normal de fourniture des résultats :</w:t>
       </w:r>
-      <w:r w:rsidRPr="00153868">
+      <w:r w:rsidRPr="006C6ED4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CE06F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>N° de l</w:t>
       </w:r>
       <w:r w:rsidRPr="00153868">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a demande :</w:t>
       </w:r>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="00153868">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00153868">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="40C7EF1F" w14:textId="77777777" w:rsidR="00153868" w:rsidRDefault="00153868" w:rsidP="00773C23">
+    <w:p w14:paraId="40C7EF1F" w14:textId="77777777" w:rsidR="00153868" w:rsidRDefault="00153868" w:rsidP="00BD2805">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="2160"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="4962"/>
           <w:tab w:val="left" w:pos="5812"/>
           <w:tab w:val="left" w:pos="6521"/>
-          <w:tab w:val="left" w:leader="underscore" w:pos="9072"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153868">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">PRIX selon tarif en vigueur : </w:t>
       </w:r>
       <w:r w:rsidRPr="00153868">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00497AFD">
+      <w:r w:rsidRPr="006C6ED4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00153868">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>€</w:t>
       </w:r>
       <w:r w:rsidRPr="00153868">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Autre :</w:t>
       </w:r>
       <w:r w:rsidR="00EE7803" w:rsidRPr="00153868">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00153868">
+      <w:r w:rsidRPr="006C6ED4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00153868">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="512D4EE1" w14:textId="77777777" w:rsidR="00153868" w:rsidRPr="00153868" w:rsidRDefault="00153868" w:rsidP="00153868">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
@@ -4215,57 +5043,67 @@
               </w:rPr>
               <w:t xml:space="preserve">Nom et signature du </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>demandeur</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29D0AD64" w14:textId="77777777" w:rsidR="00497AFD" w:rsidRDefault="00497AFD" w:rsidP="00497AFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="5580"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004F0CF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ou de son représentant :</w:t>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F0CF7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de son représentant :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45989F0F" w14:textId="77777777" w:rsidR="00497AFD" w:rsidRDefault="00497AFD" w:rsidP="00497AFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="5580"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0CF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date :</w:t>
             </w:r>
@@ -4288,448 +5126,970 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0CF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Signature du responsable du laboratoire</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EFAE625" w14:textId="77777777" w:rsidR="00497AFD" w:rsidRDefault="00497AFD" w:rsidP="00497AFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="5580"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004F0CF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ou de son représentant :</w:t>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F0CF7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de son représentant :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A5BE3D9" w14:textId="77777777" w:rsidR="00497AFD" w:rsidRDefault="00497AFD" w:rsidP="00497AFD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:leader="underscore" w:pos="5580"/>
               </w:tabs>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="999999"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F0CF7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18B182EE" w14:textId="77777777" w:rsidR="00EF66B7" w:rsidRDefault="00EF66B7" w:rsidP="00EF66B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CF8B23C" w14:textId="77777777" w:rsidR="00EF66B7" w:rsidRDefault="00EF66B7">
-[...14 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="6CF8B23C" w14:textId="4BBBC1C2" w:rsidR="00EF66B7" w:rsidRDefault="00EF66B7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2E308A55" w14:textId="77777777" w:rsidR="00EF66B7" w:rsidRDefault="00EF66B7" w:rsidP="00D67AB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Par sa signature, l</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF66B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">e demandeur </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>est informé et marque son accord sur les conditions suivantes :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17379E0C" w14:textId="77777777" w:rsidR="00D67AB0" w:rsidRPr="00D67AB0" w:rsidRDefault="00D67AB0" w:rsidP="00D67AB0">
+    <w:p w14:paraId="17379E0C" w14:textId="77777777" w:rsidR="00D67AB0" w:rsidRPr="00D67AB0" w:rsidRDefault="00D67AB0" w:rsidP="006C6ED4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:before="60"/>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D67AB0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Les analyses demandées sont facturées au demandeur sur base de l’arrêté du Gouvernement wallon du 19 octobre 2017 fixant les redevances et rétributions dues pour l’exécution des mesures prises en relation avec le contrôle de la production et de la commercialisation des semences et des plants. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB6EA8E" w14:textId="77777777" w:rsidR="00EF66B7" w:rsidRDefault="00EF66B7" w:rsidP="00D67AB0">
+    <w:p w14:paraId="4BB6EA8E" w14:textId="7D0510F4" w:rsidR="00EF66B7" w:rsidRDefault="00EF66B7" w:rsidP="006C6ED4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:before="60"/>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF66B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Sauf stipulation contraire, le laboratoire d’analyses de semences est autorisé à utiliser les échantillons et les résultats obtenus à des fins scientifiques (recherches, mises au point analytiques).</w:t>
+        <w:t xml:space="preserve">Sauf </w:t>
+      </w:r>
+      <w:r w:rsidR="00881D07">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>mention</w:t>
+      </w:r>
+      <w:r w:rsidR="00881D07" w:rsidRPr="00EF66B7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF66B7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>contraire, le laboratoire d’analyses de semences est autorisé à utiliser les échantillons et les résultats obtenus à des fins scientifiques (recherches, mises au point analytiques).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43512C44" w14:textId="77777777" w:rsidR="00EF66B7" w:rsidRPr="003903FE" w:rsidRDefault="003903FE" w:rsidP="00D67AB0">
+    <w:p w14:paraId="43512C44" w14:textId="1CA83B18" w:rsidR="00EF66B7" w:rsidRPr="003903FE" w:rsidRDefault="003903FE" w:rsidP="006C6ED4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:before="60"/>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003903FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Le bulletin de résultat est la propriété du client et le laboratoire s’engage à le tenir confidentiel. Toutefois, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00EF66B7" w:rsidRPr="003903FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>orsque les semences sont soumises à une réglementation, le laboratoire est tenu de communiquer les résultats non conformes à la législation au Service chargé du contrôle à la production et au commerce (Cellule Qualité du matériel de reproduction végétal)</w:t>
+        <w:t>orsque les semences sont soumises à une réglementation, le laboratoire est tenu de communiquer les résultats non conformes à la législation</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2423D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (voir références légales)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF66B7" w:rsidRPr="003903FE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> au Service chargé du contrôle à la production et au commerce (Cellule Qualité du matériel de reproduction végétal)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1C0F03" w14:textId="77777777" w:rsidR="00EF66B7" w:rsidRPr="00EF66B7" w:rsidRDefault="00EF66B7" w:rsidP="00D67AB0">
+    <w:p w14:paraId="1C1C0F03" w14:textId="77777777" w:rsidR="00EF66B7" w:rsidRPr="00EF66B7" w:rsidRDefault="00EF66B7" w:rsidP="006C6ED4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:before="60"/>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF66B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Les semences sont conservées 1 an. Les rapports et les donn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ées analytiques sont conservés 6 an</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF66B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B78A58D" w14:textId="77777777" w:rsidR="00EF66B7" w:rsidRPr="00EF66B7" w:rsidRDefault="00EF66B7" w:rsidP="00D67AB0">
+    <w:p w14:paraId="7B78A58D" w14:textId="77777777" w:rsidR="00EF66B7" w:rsidRPr="00EF66B7" w:rsidRDefault="00EF66B7" w:rsidP="006C6ED4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:before="60"/>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF66B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Le rapport résultant de ces analyses ne constitue en aucun cas l’approbation du </w:t>
       </w:r>
       <w:r w:rsidR="00E175E9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>lot</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF66B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> analysé.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E740CA7" w14:textId="77777777" w:rsidR="00D67AB0" w:rsidRPr="00EF66B7" w:rsidRDefault="00D67AB0" w:rsidP="00D67AB0">
+    <w:p w14:paraId="5E740CA7" w14:textId="77777777" w:rsidR="00D67AB0" w:rsidRPr="00EF66B7" w:rsidRDefault="00D67AB0" w:rsidP="006C6ED4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
-        <w:spacing w:before="60"/>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Le demandeur est</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF66B7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> informé de tout écart par rapport au présent contrat.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25165B61" w14:textId="77777777" w:rsidR="00497AFD" w:rsidRPr="004F0CF7" w:rsidRDefault="00497AFD" w:rsidP="00497AFD">
+    <w:p w14:paraId="7FE4B722" w14:textId="77777777" w:rsidR="002212C3" w:rsidRPr="004F0CF7" w:rsidRDefault="002212C3" w:rsidP="00497AFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C9FF693" w14:textId="77777777" w:rsidR="00663B8C" w:rsidRPr="004F0CF7" w:rsidRDefault="00663B8C">
+    <w:p w14:paraId="7C9FF693" w14:textId="65B411C4" w:rsidR="00663B8C" w:rsidRPr="00491B50" w:rsidRDefault="00D2423D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00491B50">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Références légales </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00663B8C" w:rsidRPr="004F0CF7" w:rsidSect="00F3438E">
+    <w:p w14:paraId="2B6EFF78" w14:textId="1847DAF6" w:rsidR="00491B50" w:rsidRPr="006C6ED4" w:rsidRDefault="00491B50" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk102468793"/>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Arrêté du Gouvernement wallon du 9 février 2006 relatif à la production et à la commercialisation des semences de betteraves</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4B57B0" w14:textId="4AFE681B" w:rsidR="00491B50" w:rsidRPr="006C6ED4" w:rsidRDefault="00491B50" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Arrêté du Gouvernement Wallon du 23 décembre 2021 relatif à la production et à la commercialisation des semences de céréales</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516FE483" w14:textId="49F31EDD" w:rsidR="00491B50" w:rsidRPr="006C6ED4" w:rsidRDefault="00491B50" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arrêté du Gouvernement wallon du 04 juin 2020 relatif à la production et à la commercialisation des semences de légumes </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9E4CCE" w14:textId="11A7FEAA" w:rsidR="00491B50" w:rsidRPr="006C6ED4" w:rsidRDefault="00491B50" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arrêté du Gouvernement wallon du 9 février 2006 relatif à la production et à la commercialisation des semences de plantes fourragères </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="444CAFAC" w14:textId="4A34C1AD" w:rsidR="00326472" w:rsidRPr="002D7ED1" w:rsidRDefault="00491B50" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Arrêté du Gouvernement wallon du 06 décembre 2012 relatif à la production et à la commercialisation des semences de plantes oléagineuses et à fibres</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="343DACC8" w14:textId="77777777" w:rsidR="00726684" w:rsidRDefault="00726684">
+      <w:pPr>
+        <w:pStyle w:val="Normale"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66F3DB3E" w14:textId="77777777" w:rsidR="00726684" w:rsidRDefault="00726684" w:rsidP="00726684">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:before="60"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Définitions relatives aux dénombrements : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C4286D" w14:textId="2F96B1C3" w:rsidR="00726684" w:rsidRPr="006C6ED4" w:rsidRDefault="00726684" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Dénombrement complet</w:t>
+      </w:r>
+      <w:r w:rsidR="002D7ED1" w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> totalité du poids de l’échantillon </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de travail </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>est examinée pour la recherche de toutes autres semences présentes, à l’exception des espèces dont les semences sont semblables à de la poussière et les es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">pèces indifférenciables. Le dénombrement des semences semblables à de la poussière </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>n’est pas e</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>fectué dans notre laboratoire</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EFA84E" w14:textId="714C4466" w:rsidR="00726684" w:rsidRPr="006C6ED4" w:rsidRDefault="00726684" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Dénombrement sur échantillon réduit</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> : un po</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ids inférieur à la totalité de l’échantillon de travail est examiné pour toutes les es</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>pèces de semences présentes, sauf les espèces semblables à de la poussière</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F46747" w:rsidRPr="006D7AC7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>et les es</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46747" w:rsidRPr="006D7AC7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>pèces indifférenciables</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6ED4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1FDFA8" w14:textId="0A135A60" w:rsidR="002D7ED1" w:rsidRPr="00F46747" w:rsidRDefault="002D7ED1" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9000"/>
+        </w:tabs>
+        <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Dénombrement limité</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46747" w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la totalité du poids de l’échantillon </w:t>
+      </w:r>
+      <w:r w:rsidR="00320BF8" w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de travail </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>est examinée, mais seulement pour les espèces indiquées</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>demande</w:t>
+      </w:r>
+      <w:r w:rsidR="00F46747">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2214662A" w14:textId="77777777" w:rsidR="00726684" w:rsidRPr="00491B50" w:rsidRDefault="00726684" w:rsidP="006C6ED4">
+      <w:pPr>
+        <w:pStyle w:val="Normale"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00726684" w:rsidRPr="00491B50" w:rsidSect="00F3438E">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="2008" w:right="567" w:bottom="426" w:left="851" w:header="408" w:footer="301" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15B93DC0" w14:textId="77777777" w:rsidR="003F1BC6" w:rsidRDefault="003F1BC6">
+    <w:p w14:paraId="026222E8" w14:textId="77777777" w:rsidR="002E6A4C" w:rsidRDefault="002E6A4C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7859516A" w14:textId="77777777" w:rsidR="003F1BC6" w:rsidRDefault="003F1BC6">
+    <w:p w14:paraId="3669E5F6" w14:textId="77777777" w:rsidR="002E6A4C" w:rsidRDefault="002E6A4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4739,66 +6099,65 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0504020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A41C5AD" w14:textId="77777777" w:rsidR="003F1BC6" w:rsidRPr="003F1BC6" w:rsidRDefault="003F1BC6" w:rsidP="00C90188">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
@@ -4880,52 +6239,52 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00563084">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00BF479E" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="44FCFB56" w14:textId="4DE2DB06" w:rsidR="003F1BC6" w:rsidRPr="003F1BC6" w:rsidRDefault="00926D4D" w:rsidP="004E28E9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44FCFB56" w14:textId="79E5DA58" w:rsidR="003F1BC6" w:rsidRPr="003F1BC6" w:rsidRDefault="00926D4D" w:rsidP="004E28E9">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="center" w:pos="5387"/>
         <w:tab w:val="right" w:pos="10490"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
       </w:rPr>
@@ -4946,54 +6305,54 @@
               <wp:docPr id="1" name="Zone de texte 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6120130" cy="541020"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{FAA26D3D-D897-4be2-8F04-BA451C77F1D7}">
-                          <ma14:placeholderFlag xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns=""/>
+                          <ma14:placeholderFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office"/>
                         </a:ext>
                         <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-                          <ma14:wrappingTextBoxFlag xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns=""/>
+                          <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office"/>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="2D59CA39" w14:textId="77777777" w:rsidR="003F1BC6" w:rsidRDefault="003F1BC6" w:rsidP="0001688A">
                           <w:pPr>
                             <w:pStyle w:val="Normale"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="18"/>
@@ -5148,77 +6507,94 @@
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="60604798" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:-3.9pt;margin-top:1.9pt;width:52.55pt;height:11.35pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLakz4AQIAAOUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zS97RI1XVUti5AW&#10;WLHwAa7jJBaOx4zdpsvX79hpS4E3xIvl8cwcn3M8Xt4dO8MOCr0GW/J8NOZMWQmVtk3Jv329f3PL&#10;mQ/CVsKAVSV/Vp7frV6/WvauUBNowVQKGYFYX/Su5G0IrsgyL1vVCT8Cpywla8BOBAqxySoUPaF3&#10;JpuMx4usB6wcglTe0+l2SPJVwq9rJcPnuvYqMFNy4hbSimndxTVbLUXRoHCtlica4h9YdEJbuvQC&#10;tRVBsD3qv6A6LRE81GEkocugrrVUSQOpycd/qHlqhVNJC5nj3cUm//9g5afDIzJdlXzKmRUdPdEX&#10;Mk3Yxig2i/b0zhdU9eQeMQr07gHkd88sbFqqUmtE6FslKiKVx/rst4YYeGplu/4jVIQu9gGSU8ca&#10;uwhIHrBjepDny4OoY2CSDheLm+ntnDNJqXw2y2fzdIMozs0OfXivoGNxU3Ik6glcHB58iGREcS5J&#10;5MHo6l4bkwJsdhuD7CBoNubv1ttp0kst/rrM2FhsIbYNiMMJcTzdcdY4eLWD6pn0IgyzRn+DNi3g&#10;T856mrOS+x97gYoz88GSZ29JVxzMFMzmNxMK8Dqzu84IKwmq5IGzYbsJwzDvHeqmpZvypN/Cmnyu&#10;dfIg8htYnV6HZilZc5r7OKzXcar69TtXLwAAAP//AwBQSwMEFAAGAAgAAAAhAFi8+LffAAAABgEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMzk1Lw0AQBuC74H9YRvAi7cbWfsVMihSEgj20tdDrNhmTYHY2&#10;Zjdt9Nd3POlpGN7hnSdZ9rZWZ2p95RjhcRiBIs5cXnGBcHh/HcxB+WA4N7VjQvgmD8v09iYxce4u&#10;vKPzPhRKStjHBqEMoYm19llJ1viha4gl+3CtNUHWttB5ay5Sbms9iqKptqZi+VCahlYlZZ/7ziJs&#10;31YT//T1s4kO68Vme3xYV93OId7f9S/PoAL14e8YfvlCh1RMJ9dx7lWNMJiJPCCMZUi8mI1BnRBG&#10;0wnoNNH/+ekVAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAS2pM+AECAADlAwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWLz4t98AAAAGAQAADwAA&#10;AAAAAAAAAAAAAABbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGcFAAAAAA==&#10;" fillcolor="#5ead34" stroked="f"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00563084">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>FPQ04_Demande BIO_V</w:t>
+      <w:t>FPQ04_Demande BIO</w:t>
     </w:r>
-    <w:r w:rsidR="00D825C9">
+    <w:r w:rsidR="00563084" w:rsidRPr="006C6ED4">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:i/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>_V</w:t>
+    </w:r>
+    <w:r w:rsidR="006C6ED4" w:rsidRPr="006C6ED4">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:i/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>7</w:t>
     </w:r>
     <w:r w:rsidR="003F1BC6" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Appliqué le </w:t>
     </w:r>
-    <w:r w:rsidR="00D825C9">
+    <w:r w:rsidR="003616EB">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>29/02/2024</w:t>
+      <w:t>15</w:t>
+    </w:r>
+    <w:r w:rsidR="002212C3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>/12/2025</w:t>
     </w:r>
     <w:r w:rsidR="003F1BC6" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00BF479E" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="003F1BC6" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -5287,97 +6663,97 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00563084">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00BF479E" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3842EE68" w14:textId="766BF827" w:rsidR="003F1BC6" w:rsidRPr="003F1BC6" w:rsidRDefault="00BF479E" w:rsidP="003F1BC6">
+  <w:p w14:paraId="3842EE68" w14:textId="457E2401" w:rsidR="003F1BC6" w:rsidRPr="003F1BC6" w:rsidRDefault="00BF479E" w:rsidP="003F1BC6">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="center" w:pos="5387"/>
         <w:tab w:val="right" w:pos="10490"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="003F1BC6" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> FILENAME \p </w:instrText>
     </w:r>
     <w:r w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D825C9">
+    <w:r w:rsidR="003616EB">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Z:\SQ Draft\Formulaires\FPQ04_Demande\FPQ04_Demande BIO_V6.docx</w:t>
+      <w:t>Z:\SQ Draft\Formulaires\FPQ04_Demande\FPQ04_Demande BIO_V7.docx</w:t>
     </w:r>
     <w:r w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="003F1BC6" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="003F1BC6" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Imprimé le </w:t>
@@ -5387,152 +6763,152 @@
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00773C23">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> DATE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00773C23">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00F3438E">
+    <w:r w:rsidR="00853E1B">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>14/02/2025</w:t>
+      <w:t>15/01/2026</w:t>
     </w:r>
     <w:r w:rsidR="00773C23">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7161025A" w14:textId="77777777" w:rsidR="003F1BC6" w:rsidRDefault="003F1BC6">
+    <w:p w14:paraId="3A1F4D5F" w14:textId="77777777" w:rsidR="002E6A4C" w:rsidRDefault="002E6A4C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0457F1B8" w14:textId="77777777" w:rsidR="003F1BC6" w:rsidRDefault="003F1BC6">
+    <w:p w14:paraId="2B373AA5" w14:textId="77777777" w:rsidR="002E6A4C" w:rsidRDefault="002E6A4C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1C258A9C" w14:textId="4D6E9C85" w:rsidR="003F1BC6" w:rsidRPr="003F1BC6" w:rsidRDefault="00BF479E" w:rsidP="00E449E6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C258A9C" w14:textId="67E5CE1B" w:rsidR="003F1BC6" w:rsidRPr="003F1BC6" w:rsidRDefault="00BF479E" w:rsidP="00E449E6">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="003F1BC6" w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> FILENAME </w:instrText>
     </w:r>
     <w:r w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D825C9">
+    <w:r w:rsidR="003616EB">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>FPQ04_Demande BIO_V6.docx</w:t>
+      <w:t>FPQ04_Demande BIO_V7.docx</w:t>
     </w:r>
     <w:r w:rsidRPr="003F1BC6">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56E8ABAA" w14:textId="375A7DD3" w:rsidR="00663B8C" w:rsidRPr="00F3438E" w:rsidRDefault="00663B8C" w:rsidP="00F3438E">
     <w:pPr>
       <w:ind w:left="6521" w:right="-426"/>
       <w:rPr>
         <w:rStyle w:val="Normale1"/>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:caps/>
         <w:color w:val="464646"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F3438E">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:caps/>
         <w:noProof/>
         <w:color w:val="464646"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="fr-BE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42A22E7C" wp14:editId="3099B993">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-274955</wp:posOffset>
@@ -5635,51 +7011,51 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="8"/>
       </w:rPr>
       <w:t>Liroux</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00F3438E">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="8"/>
       </w:rPr>
       <w:t>, 2 – B-5030 Gembloux</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="183F0474" w14:textId="77777777" w:rsidR="00AF6741" w:rsidRDefault="00AF6741" w:rsidP="00663B8C">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:spacing w:before="480"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01AC55D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79D8D0F0"/>
     <w:lvl w:ilvl="0" w:tplc="080C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="080C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -5835,50 +7211,143 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20CE43BF"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="240EAA1A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titre1"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titre2"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titre3"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Titre4"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A7865B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED929C72"/>
     <w:lvl w:ilvl="0" w:tplc="F7D09AD0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="951E0F1A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5946,51 +7415,163 @@
     <w:lvl w:ilvl="7" w:tplc="CF7AF07E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A9A0D4CC" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="431A7D91"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91866A54"/>
+    <w:lvl w:ilvl="0" w:tplc="4DCC0E00">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57F04A46"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2CE6025C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="TITRE1PROC"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="TITRE2PROC"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
@@ -6062,51 +7643,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6804348F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="092654C0"/>
     <w:lvl w:ilvl="0" w:tplc="080C0001">
       <w:start w:val="13"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080C0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6203,421 +7784,470 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="080C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="739449037">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="679740746">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1936203790">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="79958802">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1364793151">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1393577479">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="921110171">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E239D"/>
     <w:rsid w:val="00002CB0"/>
+    <w:rsid w:val="00013CFE"/>
     <w:rsid w:val="000165E5"/>
     <w:rsid w:val="0001688A"/>
     <w:rsid w:val="00026843"/>
+    <w:rsid w:val="000334E7"/>
     <w:rsid w:val="000670A3"/>
     <w:rsid w:val="0007082D"/>
     <w:rsid w:val="0007172C"/>
     <w:rsid w:val="000816F2"/>
     <w:rsid w:val="00084704"/>
     <w:rsid w:val="00096287"/>
     <w:rsid w:val="000B25C3"/>
     <w:rsid w:val="000C1A98"/>
     <w:rsid w:val="000E03ED"/>
     <w:rsid w:val="000F4B81"/>
     <w:rsid w:val="00111652"/>
     <w:rsid w:val="00117564"/>
     <w:rsid w:val="00121868"/>
     <w:rsid w:val="001229F7"/>
     <w:rsid w:val="001241B8"/>
     <w:rsid w:val="00131045"/>
     <w:rsid w:val="0013709E"/>
     <w:rsid w:val="00145C85"/>
     <w:rsid w:val="0015040A"/>
     <w:rsid w:val="00153868"/>
     <w:rsid w:val="001549FF"/>
     <w:rsid w:val="00165420"/>
     <w:rsid w:val="001761F0"/>
     <w:rsid w:val="001956B9"/>
+    <w:rsid w:val="0019601B"/>
     <w:rsid w:val="001A1E8E"/>
     <w:rsid w:val="001A6A62"/>
     <w:rsid w:val="001C2E74"/>
     <w:rsid w:val="001D528C"/>
+    <w:rsid w:val="001E0208"/>
     <w:rsid w:val="001F43B9"/>
     <w:rsid w:val="00217B6B"/>
+    <w:rsid w:val="002212C3"/>
     <w:rsid w:val="002252BF"/>
     <w:rsid w:val="00227746"/>
     <w:rsid w:val="0023237D"/>
     <w:rsid w:val="002426FC"/>
     <w:rsid w:val="002506A1"/>
     <w:rsid w:val="0025349D"/>
     <w:rsid w:val="0025663A"/>
     <w:rsid w:val="00264F71"/>
     <w:rsid w:val="0027754F"/>
     <w:rsid w:val="00281071"/>
     <w:rsid w:val="002811AF"/>
     <w:rsid w:val="00295853"/>
     <w:rsid w:val="002C3D1F"/>
     <w:rsid w:val="002C7FEE"/>
     <w:rsid w:val="002D0718"/>
+    <w:rsid w:val="002D2227"/>
+    <w:rsid w:val="002D7ED1"/>
+    <w:rsid w:val="002E6A4C"/>
     <w:rsid w:val="002F733F"/>
     <w:rsid w:val="00316B84"/>
     <w:rsid w:val="00317571"/>
     <w:rsid w:val="00320728"/>
+    <w:rsid w:val="00320BF8"/>
     <w:rsid w:val="00323AF3"/>
+    <w:rsid w:val="00326472"/>
     <w:rsid w:val="003440A0"/>
     <w:rsid w:val="003451EE"/>
+    <w:rsid w:val="003616EB"/>
     <w:rsid w:val="00367A70"/>
     <w:rsid w:val="003723D4"/>
     <w:rsid w:val="003903FE"/>
     <w:rsid w:val="003916F7"/>
     <w:rsid w:val="003A167B"/>
     <w:rsid w:val="003A26D1"/>
     <w:rsid w:val="003A5824"/>
     <w:rsid w:val="003B3520"/>
     <w:rsid w:val="003B36B4"/>
     <w:rsid w:val="003B4BF6"/>
     <w:rsid w:val="003D0EB6"/>
     <w:rsid w:val="003F1BC6"/>
     <w:rsid w:val="003F2243"/>
     <w:rsid w:val="00433E1C"/>
     <w:rsid w:val="004361A2"/>
     <w:rsid w:val="00453EBB"/>
     <w:rsid w:val="00456E53"/>
     <w:rsid w:val="0047228F"/>
     <w:rsid w:val="0047386C"/>
     <w:rsid w:val="0048516A"/>
+    <w:rsid w:val="00491B50"/>
     <w:rsid w:val="00497AFD"/>
     <w:rsid w:val="004A6F61"/>
     <w:rsid w:val="004B35F1"/>
     <w:rsid w:val="004C2969"/>
     <w:rsid w:val="004E28E9"/>
     <w:rsid w:val="004E2DDA"/>
     <w:rsid w:val="004E69B3"/>
     <w:rsid w:val="004F0CF7"/>
     <w:rsid w:val="004F45B0"/>
     <w:rsid w:val="004F55BB"/>
     <w:rsid w:val="004F5FA9"/>
     <w:rsid w:val="005124BF"/>
     <w:rsid w:val="00513358"/>
     <w:rsid w:val="005139BE"/>
     <w:rsid w:val="005312D2"/>
     <w:rsid w:val="00536927"/>
     <w:rsid w:val="005457D0"/>
     <w:rsid w:val="005550A9"/>
+    <w:rsid w:val="005556AC"/>
     <w:rsid w:val="005600D6"/>
     <w:rsid w:val="00563084"/>
     <w:rsid w:val="00574BC7"/>
     <w:rsid w:val="005804A7"/>
+    <w:rsid w:val="005940C2"/>
     <w:rsid w:val="005A5800"/>
     <w:rsid w:val="005B0E36"/>
     <w:rsid w:val="005B260A"/>
     <w:rsid w:val="005D0EDE"/>
+    <w:rsid w:val="005E0E2B"/>
     <w:rsid w:val="00600CC6"/>
     <w:rsid w:val="0060262C"/>
     <w:rsid w:val="006110DF"/>
     <w:rsid w:val="006132B6"/>
+    <w:rsid w:val="00634AEB"/>
     <w:rsid w:val="0066343F"/>
     <w:rsid w:val="00663B8C"/>
     <w:rsid w:val="00667A49"/>
     <w:rsid w:val="00684082"/>
     <w:rsid w:val="006936F2"/>
     <w:rsid w:val="006950E6"/>
     <w:rsid w:val="006A1A43"/>
     <w:rsid w:val="006B0A8E"/>
     <w:rsid w:val="006C5178"/>
+    <w:rsid w:val="006C6ED4"/>
     <w:rsid w:val="006D0BB2"/>
+    <w:rsid w:val="006D4CDC"/>
     <w:rsid w:val="006E70B5"/>
     <w:rsid w:val="006E71E9"/>
     <w:rsid w:val="006F0EFA"/>
     <w:rsid w:val="00706F4E"/>
     <w:rsid w:val="0071265D"/>
+    <w:rsid w:val="00726684"/>
     <w:rsid w:val="00742496"/>
+    <w:rsid w:val="00742F22"/>
     <w:rsid w:val="00753977"/>
     <w:rsid w:val="00763AB4"/>
     <w:rsid w:val="00773C23"/>
     <w:rsid w:val="00775F7F"/>
     <w:rsid w:val="00777294"/>
     <w:rsid w:val="00785C27"/>
     <w:rsid w:val="00786821"/>
     <w:rsid w:val="007A7E72"/>
     <w:rsid w:val="007B16E7"/>
     <w:rsid w:val="007B635C"/>
     <w:rsid w:val="007C1440"/>
     <w:rsid w:val="007C40FA"/>
     <w:rsid w:val="007D5A53"/>
     <w:rsid w:val="007E239D"/>
     <w:rsid w:val="007F3E97"/>
+    <w:rsid w:val="008211F2"/>
     <w:rsid w:val="008317B6"/>
     <w:rsid w:val="0083417F"/>
+    <w:rsid w:val="00837B98"/>
+    <w:rsid w:val="00853E1B"/>
+    <w:rsid w:val="00856F7D"/>
     <w:rsid w:val="008618CF"/>
+    <w:rsid w:val="0087385B"/>
     <w:rsid w:val="008749DC"/>
+    <w:rsid w:val="00881D07"/>
     <w:rsid w:val="00884915"/>
     <w:rsid w:val="00885BC3"/>
     <w:rsid w:val="00892DE4"/>
     <w:rsid w:val="008A6320"/>
     <w:rsid w:val="008B7EA3"/>
+    <w:rsid w:val="008C73D1"/>
     <w:rsid w:val="008E4439"/>
     <w:rsid w:val="008F7DAC"/>
     <w:rsid w:val="00912EF1"/>
     <w:rsid w:val="009220FA"/>
     <w:rsid w:val="00922731"/>
     <w:rsid w:val="00926D4D"/>
     <w:rsid w:val="00927D83"/>
     <w:rsid w:val="00933D91"/>
     <w:rsid w:val="00934D11"/>
+    <w:rsid w:val="00935768"/>
     <w:rsid w:val="00940419"/>
     <w:rsid w:val="009443DD"/>
     <w:rsid w:val="00944F7E"/>
     <w:rsid w:val="00961701"/>
+    <w:rsid w:val="0096358D"/>
     <w:rsid w:val="009822C0"/>
     <w:rsid w:val="0099634C"/>
     <w:rsid w:val="009A2911"/>
     <w:rsid w:val="009A70D2"/>
     <w:rsid w:val="009B3DE7"/>
     <w:rsid w:val="009B56F8"/>
     <w:rsid w:val="009C16C7"/>
     <w:rsid w:val="009C4901"/>
     <w:rsid w:val="009C5F21"/>
     <w:rsid w:val="009C6C44"/>
+    <w:rsid w:val="009D6FF6"/>
+    <w:rsid w:val="00A11ACF"/>
     <w:rsid w:val="00A22556"/>
     <w:rsid w:val="00A26A58"/>
     <w:rsid w:val="00A367E6"/>
+    <w:rsid w:val="00A461C4"/>
     <w:rsid w:val="00A56E03"/>
     <w:rsid w:val="00A725F6"/>
+    <w:rsid w:val="00A83F49"/>
     <w:rsid w:val="00A83FDC"/>
     <w:rsid w:val="00A85806"/>
     <w:rsid w:val="00AA10BA"/>
     <w:rsid w:val="00AA1BF8"/>
     <w:rsid w:val="00AA23B0"/>
     <w:rsid w:val="00AA55D3"/>
     <w:rsid w:val="00AA58EF"/>
     <w:rsid w:val="00AA59BC"/>
     <w:rsid w:val="00AD0142"/>
+    <w:rsid w:val="00AD222C"/>
     <w:rsid w:val="00AD2CE8"/>
     <w:rsid w:val="00AE7FDB"/>
     <w:rsid w:val="00AF0F23"/>
     <w:rsid w:val="00AF51F8"/>
     <w:rsid w:val="00AF6741"/>
     <w:rsid w:val="00B13211"/>
     <w:rsid w:val="00B177AD"/>
     <w:rsid w:val="00B34B9D"/>
     <w:rsid w:val="00B51239"/>
     <w:rsid w:val="00B80607"/>
     <w:rsid w:val="00B92094"/>
     <w:rsid w:val="00B920BF"/>
     <w:rsid w:val="00BA4BE8"/>
     <w:rsid w:val="00BB161F"/>
     <w:rsid w:val="00BB2A25"/>
+    <w:rsid w:val="00BB2A27"/>
     <w:rsid w:val="00BC5B33"/>
+    <w:rsid w:val="00BD2805"/>
     <w:rsid w:val="00BD55C8"/>
     <w:rsid w:val="00BF1F5E"/>
     <w:rsid w:val="00BF479E"/>
     <w:rsid w:val="00C04DC8"/>
     <w:rsid w:val="00C122C7"/>
     <w:rsid w:val="00C152DB"/>
+    <w:rsid w:val="00C21BA1"/>
     <w:rsid w:val="00C2583C"/>
     <w:rsid w:val="00C82583"/>
     <w:rsid w:val="00C870DA"/>
     <w:rsid w:val="00C90188"/>
     <w:rsid w:val="00C95E21"/>
+    <w:rsid w:val="00CB2E2B"/>
     <w:rsid w:val="00CB543B"/>
     <w:rsid w:val="00CD33DC"/>
     <w:rsid w:val="00CD5006"/>
     <w:rsid w:val="00CD7C8D"/>
     <w:rsid w:val="00CE0144"/>
     <w:rsid w:val="00CE06F3"/>
     <w:rsid w:val="00CE3E7A"/>
     <w:rsid w:val="00CF02C4"/>
     <w:rsid w:val="00CF4F66"/>
     <w:rsid w:val="00CF6B1A"/>
     <w:rsid w:val="00D22FEB"/>
     <w:rsid w:val="00D23AC9"/>
+    <w:rsid w:val="00D2423D"/>
     <w:rsid w:val="00D34969"/>
     <w:rsid w:val="00D37BEC"/>
     <w:rsid w:val="00D4264B"/>
+    <w:rsid w:val="00D47614"/>
     <w:rsid w:val="00D57773"/>
     <w:rsid w:val="00D62119"/>
     <w:rsid w:val="00D67AB0"/>
     <w:rsid w:val="00D7110E"/>
     <w:rsid w:val="00D759FE"/>
     <w:rsid w:val="00D825C9"/>
     <w:rsid w:val="00D910EE"/>
     <w:rsid w:val="00DA4660"/>
     <w:rsid w:val="00DA5B57"/>
     <w:rsid w:val="00DB0797"/>
     <w:rsid w:val="00DB664A"/>
     <w:rsid w:val="00DC2D14"/>
     <w:rsid w:val="00DC49B0"/>
     <w:rsid w:val="00DE4B03"/>
     <w:rsid w:val="00DF1FF4"/>
     <w:rsid w:val="00DF44A5"/>
     <w:rsid w:val="00E175E9"/>
     <w:rsid w:val="00E20823"/>
+    <w:rsid w:val="00E30B36"/>
     <w:rsid w:val="00E32DF9"/>
     <w:rsid w:val="00E34EA0"/>
     <w:rsid w:val="00E449E6"/>
     <w:rsid w:val="00E46190"/>
     <w:rsid w:val="00E47C59"/>
     <w:rsid w:val="00E53C49"/>
     <w:rsid w:val="00E55E57"/>
     <w:rsid w:val="00E972BE"/>
     <w:rsid w:val="00E97D15"/>
     <w:rsid w:val="00EB0157"/>
     <w:rsid w:val="00EC5E35"/>
     <w:rsid w:val="00EC5F69"/>
     <w:rsid w:val="00ED1805"/>
     <w:rsid w:val="00EE7803"/>
     <w:rsid w:val="00EF66B7"/>
     <w:rsid w:val="00F042A7"/>
     <w:rsid w:val="00F04F7E"/>
     <w:rsid w:val="00F06E2C"/>
     <w:rsid w:val="00F3438E"/>
     <w:rsid w:val="00F35A51"/>
     <w:rsid w:val="00F4497D"/>
+    <w:rsid w:val="00F46747"/>
     <w:rsid w:val="00F4775A"/>
     <w:rsid w:val="00F50446"/>
     <w:rsid w:val="00F6430B"/>
+    <w:rsid w:val="00F72DB0"/>
     <w:rsid w:val="00F8165E"/>
     <w:rsid w:val="00F82D57"/>
     <w:rsid w:val="00F860F1"/>
     <w:rsid w:val="00FA0780"/>
     <w:rsid w:val="00FB1864"/>
     <w:rsid w:val="00FC2977"/>
     <w:rsid w:val="00FD63D4"/>
     <w:rsid w:val="00FE51FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-BE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="43009"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="36134D91"/>
   <w15:docId w15:val="{B4F86A39-634B-49EE-9216-5D01875B3CA9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-BE" w:eastAsia="fr-BE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6948,50 +8578,147 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DC49B0"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre1">
+    <w:name w:val="heading 1"/>
+    <w:aliases w:val="Titre 1- PROC"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre1Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00726684"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="431" w:hanging="431"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="fr-BE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00726684"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="60" w:line="360" w:lineRule="auto"/>
+      <w:ind w:left="426" w:hanging="426"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="fr-BE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Titre2"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00726684"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Titre3"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre4Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00726684"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+      </w:numPr>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -7118,50 +8845,51 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normale">
     <w:name w:val="Normal(e)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DA4660"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
       <w:color w:val="000000"/>
       <w:lang w:bidi="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CORPS1PROC">
     <w:name w:val="CORPS_1_PROC"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CORPS1PROCCar"/>
+    <w:qFormat/>
     <w:rsid w:val="00CF4F66"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF4F66"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Appelnotedebasdep">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
@@ -7364,55 +9092,134 @@
   <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Commentaire"/>
     <w:next w:val="Commentaire"/>
     <w:link w:val="ObjetducommentaireCar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E70B5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:semiHidden/>
     <w:rsid w:val="006E70B5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
+    <w:name w:val="Titre 1 Car"/>
+    <w:aliases w:val="Titre 1- PROC Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00726684"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+    <w:name w:val="Titre 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00726684"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
+    <w:name w:val="Titre 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00726684"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
+    <w:name w:val="Titre 4 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00726684"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:u w:val="single"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="12613659">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -7687,75 +9494,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AEF63F0-2B59-48A8-B91C-7BE18CEE6E00}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>495</Words>
-  <Characters>3073</Characters>
+  <Words>849</Words>
+  <Characters>4675</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MINISTERE DE LA REGION WALLONNE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CRA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3561</CharactersWithSpaces>
+  <CharactersWithSpaces>5513</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>MINISTERE DE LA REGION WALLONNE</dc:title>
   <dc:creator>Nancy Van Droogenbroeck</dc:creator>
   <dc:description>Appliquée le 02/04/09</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_e72a09c5-6e26-4737-a926-47ef1ab198ae_SetDate">