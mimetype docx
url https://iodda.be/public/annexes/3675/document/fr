--- v0 (2026-02-08)
+++ v1 (2026-03-27)
@@ -132,51 +132,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74D2B0C9" w14:textId="77777777" w:rsidR="00445BD3" w:rsidRPr="00F5771D" w:rsidRDefault="00445BD3" w:rsidP="00445BD3">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="clear" w:pos="9072"/>
                 <w:tab w:val="center" w:pos="5500"/>
                 <w:tab w:val="right" w:pos="11057"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:ind w:right="819"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="fr-BE" w:eastAsia="fr-BE"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A95228B" wp14:editId="3F42E6C6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A95228B" wp14:editId="4480D3CB">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>3810</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2000250" cy="953805"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="211055115" name="Image 211055115" descr="Logo SPW emploi formation">
                     <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1" descr="Logo SPW emploi formation"/>
@@ -272,93 +272,93 @@
           </w:p>
           <w:p w14:paraId="7237D799" w14:textId="77777777" w:rsidR="00445BD3" w:rsidRPr="00F5771D" w:rsidRDefault="00445BD3" w:rsidP="001969BE">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5500"/>
                 <w:tab w:val="left" w:pos="6030"/>
                 <w:tab w:val="right" w:pos="11057"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:ind w:left="2629"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F5771D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>5100 JAMBES</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6356F1A1" w14:textId="77777777" w:rsidR="00445BD3" w:rsidRDefault="00445BD3" w:rsidP="001969BE">
+          <w:p w14:paraId="6356F1A1" w14:textId="2B3238D6" w:rsidR="00445BD3" w:rsidRDefault="00445BD3" w:rsidP="001969BE">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="2904"/>
                 <w:tab w:val="center" w:pos="5500"/>
                 <w:tab w:val="left" w:pos="6030"/>
                 <w:tab w:val="right" w:pos="11057"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:ind w:left="2629"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7A08BFB2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">TEL +32 -(0)81 33 43 92 </w:t>
             </w:r>
             <w:r w:rsidRPr="00F5771D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="7A08BFB2">
+              <w:r w:rsidR="00A06606" w:rsidRPr="00655E94">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>professionalcard.entreprise@spw.wallonie.be</w:t>
+                <w:t>professionalcard.entreprises@spw.wallonie.be</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="1980A0CE" w14:textId="77777777" w:rsidR="00445BD3" w:rsidRDefault="00445BD3" w:rsidP="001969BE">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4536"/>
                 <w:tab w:val="left" w:pos="2904"/>
                 <w:tab w:val="center" w:pos="5500"/>
                 <w:tab w:val="left" w:pos="6030"/>
                 <w:tab w:val="right" w:pos="11057"/>
               </w:tabs>
               <w:spacing w:before="0"/>
               <w:ind w:left="2629"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F5771D">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -673,51 +673,51 @@
         <w:ind w:left="-567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DF2501A" w14:textId="77777777" w:rsidR="00D1215F" w:rsidRDefault="00D1215F" w:rsidP="004A39C3">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FDE4EDB" w14:textId="3086C9A3" w:rsidR="008C305C" w:rsidRPr="004A39C3" w:rsidRDefault="00B86F65" w:rsidP="004A39C3">
+    <w:p w14:paraId="4FDE4EDB" w14:textId="120811D9" w:rsidR="008C305C" w:rsidRPr="004A39C3" w:rsidRDefault="00B86F65" w:rsidP="004A39C3">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="008C305C" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
         </w:rPr>
@@ -828,57 +828,57 @@
         </w:rPr>
         <w:t xml:space="preserve"> sous peine d’irrecevabilité</w:t>
       </w:r>
       <w:r w:rsidR="003E1311" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>, par courriel</w:t>
       </w:r>
       <w:r w:rsidR="00C22D2F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003E1311" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> à l’adresse </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="003E1311" w:rsidRPr="004A39C3">
+        <w:r w:rsidR="00A06606" w:rsidRPr="00655E94">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:caps w:val="0"/>
           </w:rPr>
-          <w:t>professionalcard.entreprise@spw.wallonie.be</w:t>
+          <w:t>professionalcard.entreprises@spw.wallonie.be</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AF5D96" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A37133A" w14:textId="77777777" w:rsidR="005B5255" w:rsidRDefault="005B5255"/>
     <w:p w14:paraId="070DDB0E" w14:textId="77777777" w:rsidR="00420A1C" w:rsidRPr="00AF5D96" w:rsidRDefault="00420A1C" w:rsidP="004A39C3"/>
     <w:p w14:paraId="20D5E49D" w14:textId="2CEE5FCF" w:rsidR="00C24ADA" w:rsidRPr="007A7C1D" w:rsidRDefault="00C24ADA" w:rsidP="004A39C3">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="-284" w:hanging="11"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7800,51 +7800,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28BE44D2" w14:textId="77777777" w:rsidR="00AB483A" w:rsidRPr="007A7C1D" w:rsidRDefault="00AB483A" w:rsidP="008D5F76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:bookmarkEnd w:id="11"/>
           <w:p w14:paraId="5F92D517" w14:textId="77777777" w:rsidR="0026171A" w:rsidRPr="004A39C3" w:rsidRDefault="0026171A" w:rsidP="004A39C3">
             <w:pPr>
               <w:ind w:left="1416"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36BCEC85" w14:textId="2405562A" w:rsidR="003A10FD" w:rsidRDefault="0026171A" w:rsidP="00A54DEE">
+    <w:p w14:paraId="36BCEC85" w14:textId="25C65392" w:rsidR="003A10FD" w:rsidRDefault="0026171A" w:rsidP="00A54DEE">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA5079">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Le présent formulaire et </w:t>
       </w:r>
       <w:r w:rsidR="00C40C4F" w:rsidRPr="00EA5079">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>ses</w:t>
       </w:r>
@@ -8038,51 +8038,69 @@
       </w:r>
       <w:r w:rsidR="003B1806">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
       <w:r w:rsidR="003A10FD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> l’adresse </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="00EA5079" w:rsidRPr="004A39C3">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>professionalcard.entreprise@spw.wallonie.be</w:t>
+          <w:t>professionalcard.entreprise</w:t>
+        </w:r>
+        <w:r w:rsidR="00A06606">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r w:rsidR="00EA5079" w:rsidRPr="004A39C3">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>@spw.wallonie.be</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="40CD95A2" w14:textId="21102B18" w:rsidR="00876D74" w:rsidRPr="0005654E" w:rsidRDefault="0026171A" w:rsidP="00A54DEE">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA5079">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Site internet : </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="001D3339" w:rsidRPr="00EA5079">
           <w:rPr>
@@ -8256,51 +8274,71 @@
       <w:r w:rsidR="004C11C2" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(la)</w:t>
       </w:r>
       <w:r w:rsidR="009A41A3" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C11C2" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>demandeur(euse)</w:t>
+        <w:t>demandeur(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C11C2" w:rsidRPr="004A39C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>euse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C11C2" w:rsidRPr="004A39C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="009A41A3" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0023107D" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidR="009A41A3" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -8465,51 +8503,69 @@
         </w:rPr>
         <w:t>Oui</w:t>
       </w:r>
       <w:r w:rsidR="004C11C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00C233DE" w:rsidRPr="00E70B62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00060911" w:rsidRPr="00060911">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>le(la) demandeur(euse)</w:t>
+        <w:t>le(la) demandeur(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00060911" w:rsidRPr="00060911">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>euse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00060911" w:rsidRPr="00060911">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00060911">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C233DE" w:rsidRPr="00E70B62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prouve les compétences visées</w:t>
       </w:r>
       <w:r w:rsidR="00B72C47" w:rsidRPr="00E70B62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> suivantes : </w:t>
       </w:r>
@@ -8653,51 +8709,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF1583" w:rsidDel="00DF1583">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00DF1583" w:rsidRPr="00DF1583">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(la) demandeur(euse) </w:t>
+        <w:t>(la) demandeur(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DF1583" w:rsidRPr="00DF1583">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>euse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DF1583" w:rsidRPr="00DF1583">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00000865" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a-t-il</w:t>
       </w:r>
       <w:r w:rsidR="006712E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(elle)</w:t>
       </w:r>
       <w:r w:rsidR="00000865" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -9256,51 +9334,71 @@
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Renouvellement ou modification – </w:t>
       </w:r>
       <w:r w:rsidR="000C02FE" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">le(la) demandeur(euse) </w:t>
+        <w:t>le(la) demandeur(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C02FE" w:rsidRPr="004A39C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>euse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C02FE" w:rsidRPr="004A39C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>est-il</w:t>
       </w:r>
       <w:r w:rsidR="000C02FE" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(elle)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -9468,51 +9566,71 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Hlk90656167"/>
       <w:r w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Renouvellement ou modification – </w:t>
       </w:r>
       <w:r w:rsidR="00516320" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">le(la) demandeur(euse) </w:t>
+        <w:t>le(la) demandeur(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00516320" w:rsidRPr="004A39C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>euse</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00516320" w:rsidRPr="004A39C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a-t-il</w:t>
       </w:r>
       <w:r w:rsidR="00DE05DD" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(elle)</w:t>
       </w:r>
       <w:r w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -16095,65 +16213,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008E3A2F" w:rsidRPr="004A39C3" w:rsidSect="004A39C3">
       <w:headerReference w:type="default" r:id="rId25"/>
       <w:footnotePr>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="849" w:bottom="993" w:left="1276" w:header="0" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3DFB7FF0" w14:textId="77777777" w:rsidR="00DA1B31" w:rsidRDefault="00DA1B31" w:rsidP="000D0BA4">
+    <w:p w14:paraId="12B2E4D4" w14:textId="77777777" w:rsidR="006D4E77" w:rsidRDefault="006D4E77" w:rsidP="000D0BA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51B65179" w14:textId="77777777" w:rsidR="00DA1B31" w:rsidRDefault="00DA1B31" w:rsidP="000D0BA4">
+    <w:p w14:paraId="6FA9DD69" w14:textId="77777777" w:rsidR="006D4E77" w:rsidRDefault="006D4E77" w:rsidP="000D0BA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="43727FCF" w14:textId="77777777" w:rsidR="00DA1B31" w:rsidRDefault="00DA1B31"/>
+    <w:p w14:paraId="2DA413FB" w14:textId="77777777" w:rsidR="006D4E77" w:rsidRDefault="006D4E77"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -16261,65 +16379,65 @@
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="001204CD">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>/8</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1BE84E43" w14:textId="77777777" w:rsidR="00C06D14" w:rsidRDefault="00C06D14">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5611392A" w14:textId="77777777" w:rsidR="00DA1B31" w:rsidRDefault="00DA1B31" w:rsidP="000D0BA4">
+    <w:p w14:paraId="64A67F92" w14:textId="77777777" w:rsidR="006D4E77" w:rsidRDefault="006D4E77" w:rsidP="000D0BA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19268DE1" w14:textId="77777777" w:rsidR="00DA1B31" w:rsidRDefault="00DA1B31" w:rsidP="000D0BA4">
+    <w:p w14:paraId="56A1DBD5" w14:textId="77777777" w:rsidR="006D4E77" w:rsidRDefault="006D4E77" w:rsidP="000D0BA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="487F14A6" w14:textId="77777777" w:rsidR="00DA1B31" w:rsidRDefault="00DA1B31"/>
+    <w:p w14:paraId="0C208E91" w14:textId="77777777" w:rsidR="006D4E77" w:rsidRDefault="006D4E77"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="0F325107" w14:textId="3E71E3A6" w:rsidR="00C24ADA" w:rsidRPr="004A39C3" w:rsidRDefault="00326E44" w:rsidP="00C24ADA">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00C24ADA" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -17247,60 +17365,91 @@
       <w:r w:rsidR="00F63105" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> proposition</w:t>
       </w:r>
       <w:r w:rsidR="00AE145B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidR="00F63105" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> qui convien</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AE145B">
+        <w:t xml:space="preserve"> qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F63105" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
-        <w:t>(nen)</w:t>
+        <w:t>convien</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE145B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE145B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>nen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE145B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F63105" w:rsidRPr="004A39C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-BE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00F63105" w:rsidRPr="004A39C3" w:rsidDel="00F63105">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="21">
     <w:p w14:paraId="02BFDBD4" w14:textId="66F5343C" w:rsidR="0005654E" w:rsidRPr="004A39C3" w:rsidRDefault="0005654E" w:rsidP="0005654E">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:ind w:left="142" w:hanging="142"/>
@@ -22565,51 +22714,52 @@
   </w:num>
   <w:num w:numId="41" w16cid:durableId="2071808283">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1873179121">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="372120180">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="138890117">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="2029335593">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1846018378">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="148"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -23231,98 +23381,98 @@
     <w:rsid w:val="006A2725"/>
     <w:rsid w:val="006A3035"/>
     <w:rsid w:val="006A371A"/>
     <w:rsid w:val="006A449D"/>
     <w:rsid w:val="006A6F78"/>
     <w:rsid w:val="006A75D7"/>
     <w:rsid w:val="006B18F3"/>
     <w:rsid w:val="006B2CA6"/>
     <w:rsid w:val="006B3493"/>
     <w:rsid w:val="006B6999"/>
     <w:rsid w:val="006B6A2A"/>
     <w:rsid w:val="006B7128"/>
     <w:rsid w:val="006B75A6"/>
     <w:rsid w:val="006C06A3"/>
     <w:rsid w:val="006C0F90"/>
     <w:rsid w:val="006C2377"/>
     <w:rsid w:val="006C256F"/>
     <w:rsid w:val="006C2DAD"/>
     <w:rsid w:val="006C4F04"/>
     <w:rsid w:val="006C5221"/>
     <w:rsid w:val="006C66E1"/>
     <w:rsid w:val="006D02C7"/>
     <w:rsid w:val="006D0BBE"/>
     <w:rsid w:val="006D300D"/>
     <w:rsid w:val="006D3434"/>
+    <w:rsid w:val="006D4E77"/>
     <w:rsid w:val="006D645F"/>
     <w:rsid w:val="006E143D"/>
     <w:rsid w:val="006E3F07"/>
     <w:rsid w:val="006E4EB6"/>
     <w:rsid w:val="006E5B24"/>
     <w:rsid w:val="006E5FC9"/>
     <w:rsid w:val="006E76F3"/>
     <w:rsid w:val="006F0CAE"/>
     <w:rsid w:val="006F0FCF"/>
     <w:rsid w:val="006F27E3"/>
     <w:rsid w:val="006F4217"/>
     <w:rsid w:val="006F5149"/>
     <w:rsid w:val="006F5255"/>
     <w:rsid w:val="006F6A83"/>
     <w:rsid w:val="007036EA"/>
     <w:rsid w:val="00711C26"/>
     <w:rsid w:val="00712BAE"/>
     <w:rsid w:val="0071434F"/>
     <w:rsid w:val="007162BE"/>
     <w:rsid w:val="007164AA"/>
     <w:rsid w:val="007165F7"/>
     <w:rsid w:val="00721A98"/>
     <w:rsid w:val="00724863"/>
     <w:rsid w:val="007259BF"/>
     <w:rsid w:val="00725FCA"/>
     <w:rsid w:val="00726F56"/>
     <w:rsid w:val="00730312"/>
     <w:rsid w:val="00731048"/>
     <w:rsid w:val="00731A71"/>
     <w:rsid w:val="00732DDF"/>
     <w:rsid w:val="00733E51"/>
     <w:rsid w:val="007345D6"/>
     <w:rsid w:val="0073736D"/>
     <w:rsid w:val="0074331E"/>
     <w:rsid w:val="00744103"/>
     <w:rsid w:val="00744F92"/>
     <w:rsid w:val="00746946"/>
     <w:rsid w:val="0074701E"/>
     <w:rsid w:val="0074C5A7"/>
     <w:rsid w:val="007504D5"/>
     <w:rsid w:val="00750726"/>
     <w:rsid w:val="00750E90"/>
     <w:rsid w:val="0075117F"/>
     <w:rsid w:val="00752923"/>
     <w:rsid w:val="0075445C"/>
     <w:rsid w:val="0075579F"/>
     <w:rsid w:val="00755CC3"/>
-    <w:rsid w:val="007570F9"/>
     <w:rsid w:val="0075721F"/>
     <w:rsid w:val="007612E8"/>
     <w:rsid w:val="00762168"/>
     <w:rsid w:val="00765337"/>
     <w:rsid w:val="00765949"/>
     <w:rsid w:val="007679C0"/>
     <w:rsid w:val="0077052C"/>
     <w:rsid w:val="007744EF"/>
     <w:rsid w:val="00774DF9"/>
     <w:rsid w:val="007750D3"/>
     <w:rsid w:val="00775F01"/>
     <w:rsid w:val="007825A5"/>
     <w:rsid w:val="00784198"/>
     <w:rsid w:val="0078716B"/>
     <w:rsid w:val="0079079C"/>
     <w:rsid w:val="00791AF1"/>
     <w:rsid w:val="007948FB"/>
     <w:rsid w:val="00794EF8"/>
     <w:rsid w:val="0079579F"/>
     <w:rsid w:val="0079628B"/>
     <w:rsid w:val="00796FAE"/>
     <w:rsid w:val="00797912"/>
     <w:rsid w:val="007A0DC5"/>
     <w:rsid w:val="007A2657"/>
     <w:rsid w:val="007A34AA"/>
@@ -23355,50 +23505,51 @@
     <w:rsid w:val="00810A67"/>
     <w:rsid w:val="00811689"/>
     <w:rsid w:val="008127E7"/>
     <w:rsid w:val="0081594C"/>
     <w:rsid w:val="008163B2"/>
     <w:rsid w:val="00817369"/>
     <w:rsid w:val="00817B1D"/>
     <w:rsid w:val="008200ED"/>
     <w:rsid w:val="008201AE"/>
     <w:rsid w:val="00820859"/>
     <w:rsid w:val="00820DB7"/>
     <w:rsid w:val="00822BEA"/>
     <w:rsid w:val="00823501"/>
     <w:rsid w:val="00823A2C"/>
     <w:rsid w:val="00823A51"/>
     <w:rsid w:val="00826A61"/>
     <w:rsid w:val="008270BE"/>
     <w:rsid w:val="0083337A"/>
     <w:rsid w:val="008379AE"/>
     <w:rsid w:val="00837B33"/>
     <w:rsid w:val="00841778"/>
     <w:rsid w:val="008430A2"/>
     <w:rsid w:val="00845551"/>
     <w:rsid w:val="00845850"/>
     <w:rsid w:val="0085152B"/>
+    <w:rsid w:val="00853448"/>
     <w:rsid w:val="0085550D"/>
     <w:rsid w:val="008577EF"/>
     <w:rsid w:val="00857F55"/>
     <w:rsid w:val="00861BEA"/>
     <w:rsid w:val="00862066"/>
     <w:rsid w:val="00864929"/>
     <w:rsid w:val="00864AAD"/>
     <w:rsid w:val="00865D30"/>
     <w:rsid w:val="008662EB"/>
     <w:rsid w:val="00866AB4"/>
     <w:rsid w:val="00867D5E"/>
     <w:rsid w:val="00872A2D"/>
     <w:rsid w:val="00873EAF"/>
     <w:rsid w:val="00875D40"/>
     <w:rsid w:val="00876BC9"/>
     <w:rsid w:val="00876CA7"/>
     <w:rsid w:val="00876D74"/>
     <w:rsid w:val="00884756"/>
     <w:rsid w:val="00884D64"/>
     <w:rsid w:val="00886204"/>
     <w:rsid w:val="0089103E"/>
     <w:rsid w:val="00891B94"/>
     <w:rsid w:val="00891D38"/>
     <w:rsid w:val="00895260"/>
     <w:rsid w:val="00895F41"/>
@@ -23495,73 +23646,73 @@
     <w:rsid w:val="009B4C90"/>
     <w:rsid w:val="009B599D"/>
     <w:rsid w:val="009B5DDE"/>
     <w:rsid w:val="009B77DB"/>
     <w:rsid w:val="009C2A5E"/>
     <w:rsid w:val="009C4DE4"/>
     <w:rsid w:val="009C5F37"/>
     <w:rsid w:val="009C79FC"/>
     <w:rsid w:val="009D1791"/>
     <w:rsid w:val="009D41E1"/>
     <w:rsid w:val="009D775F"/>
     <w:rsid w:val="009E32D7"/>
     <w:rsid w:val="009E3708"/>
     <w:rsid w:val="009E3F53"/>
     <w:rsid w:val="009E641B"/>
     <w:rsid w:val="009E644B"/>
     <w:rsid w:val="009E68D0"/>
     <w:rsid w:val="009F05B8"/>
     <w:rsid w:val="009F11FF"/>
     <w:rsid w:val="009F7C2D"/>
     <w:rsid w:val="00A02CEB"/>
     <w:rsid w:val="00A02DC3"/>
     <w:rsid w:val="00A03C6B"/>
     <w:rsid w:val="00A04600"/>
     <w:rsid w:val="00A047C8"/>
+    <w:rsid w:val="00A06606"/>
     <w:rsid w:val="00A07B96"/>
     <w:rsid w:val="00A16A84"/>
     <w:rsid w:val="00A1776E"/>
     <w:rsid w:val="00A17CBA"/>
     <w:rsid w:val="00A216FB"/>
     <w:rsid w:val="00A22AA5"/>
     <w:rsid w:val="00A22C1D"/>
     <w:rsid w:val="00A22C37"/>
     <w:rsid w:val="00A2498A"/>
     <w:rsid w:val="00A2539F"/>
     <w:rsid w:val="00A25950"/>
     <w:rsid w:val="00A263A0"/>
     <w:rsid w:val="00A308CB"/>
     <w:rsid w:val="00A3194D"/>
     <w:rsid w:val="00A32388"/>
     <w:rsid w:val="00A33AFE"/>
     <w:rsid w:val="00A34C84"/>
     <w:rsid w:val="00A36B65"/>
     <w:rsid w:val="00A37F5F"/>
     <w:rsid w:val="00A4023C"/>
     <w:rsid w:val="00A415B1"/>
     <w:rsid w:val="00A42D9E"/>
-    <w:rsid w:val="00A442D6"/>
     <w:rsid w:val="00A44DD9"/>
     <w:rsid w:val="00A50863"/>
     <w:rsid w:val="00A50A90"/>
     <w:rsid w:val="00A53ABD"/>
     <w:rsid w:val="00A5425E"/>
     <w:rsid w:val="00A54DEE"/>
     <w:rsid w:val="00A555C9"/>
     <w:rsid w:val="00A561C7"/>
     <w:rsid w:val="00A569D9"/>
     <w:rsid w:val="00A5706E"/>
     <w:rsid w:val="00A601C8"/>
     <w:rsid w:val="00A61A5D"/>
     <w:rsid w:val="00A628E5"/>
     <w:rsid w:val="00A63F90"/>
     <w:rsid w:val="00A65471"/>
     <w:rsid w:val="00A66CF2"/>
     <w:rsid w:val="00A71C55"/>
     <w:rsid w:val="00A72048"/>
     <w:rsid w:val="00A73210"/>
     <w:rsid w:val="00A73864"/>
     <w:rsid w:val="00A747F9"/>
     <w:rsid w:val="00A80AC7"/>
     <w:rsid w:val="00A80C11"/>
     <w:rsid w:val="00A81895"/>
     <w:rsid w:val="00A833B3"/>
@@ -23812,66 +23963,66 @@
     <w:rsid w:val="00D607A8"/>
     <w:rsid w:val="00D62147"/>
     <w:rsid w:val="00D6243C"/>
     <w:rsid w:val="00D6395B"/>
     <w:rsid w:val="00D64528"/>
     <w:rsid w:val="00D6568D"/>
     <w:rsid w:val="00D67E3F"/>
     <w:rsid w:val="00D709DA"/>
     <w:rsid w:val="00D71B21"/>
     <w:rsid w:val="00D737EF"/>
     <w:rsid w:val="00D73A6A"/>
     <w:rsid w:val="00D80AB1"/>
     <w:rsid w:val="00D8377C"/>
     <w:rsid w:val="00D86090"/>
     <w:rsid w:val="00D86ED9"/>
     <w:rsid w:val="00D91D38"/>
     <w:rsid w:val="00D92162"/>
     <w:rsid w:val="00D92C39"/>
     <w:rsid w:val="00D94207"/>
     <w:rsid w:val="00D955CA"/>
     <w:rsid w:val="00D9585E"/>
     <w:rsid w:val="00D967BB"/>
     <w:rsid w:val="00DA052B"/>
     <w:rsid w:val="00DA0C2D"/>
     <w:rsid w:val="00DA0ECA"/>
-    <w:rsid w:val="00DA1B31"/>
     <w:rsid w:val="00DA2036"/>
     <w:rsid w:val="00DA31E9"/>
     <w:rsid w:val="00DA49DE"/>
     <w:rsid w:val="00DA4D25"/>
     <w:rsid w:val="00DA5E1A"/>
     <w:rsid w:val="00DB020D"/>
     <w:rsid w:val="00DB3CDE"/>
     <w:rsid w:val="00DB6BEF"/>
     <w:rsid w:val="00DB6D20"/>
     <w:rsid w:val="00DB7FF5"/>
     <w:rsid w:val="00DC0575"/>
     <w:rsid w:val="00DC0815"/>
     <w:rsid w:val="00DC133D"/>
     <w:rsid w:val="00DC22E4"/>
     <w:rsid w:val="00DC27C1"/>
+    <w:rsid w:val="00DC336D"/>
     <w:rsid w:val="00DC3890"/>
     <w:rsid w:val="00DC5619"/>
     <w:rsid w:val="00DC58C5"/>
     <w:rsid w:val="00DC78C2"/>
     <w:rsid w:val="00DD1121"/>
     <w:rsid w:val="00DD3206"/>
     <w:rsid w:val="00DD45CE"/>
     <w:rsid w:val="00DD485C"/>
     <w:rsid w:val="00DD4E15"/>
     <w:rsid w:val="00DD62B0"/>
     <w:rsid w:val="00DD7695"/>
     <w:rsid w:val="00DD79BB"/>
     <w:rsid w:val="00DE05DD"/>
     <w:rsid w:val="00DE253A"/>
     <w:rsid w:val="00DE3219"/>
     <w:rsid w:val="00DE38E4"/>
     <w:rsid w:val="00DE458B"/>
     <w:rsid w:val="00DE517F"/>
     <w:rsid w:val="00DE57B3"/>
     <w:rsid w:val="00DE6358"/>
     <w:rsid w:val="00DE650A"/>
     <w:rsid w:val="00DE7EA6"/>
     <w:rsid w:val="00DF0610"/>
     <w:rsid w:val="00DF1583"/>
     <w:rsid w:val="00DF2AC1"/>
@@ -25059,51 +25210,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1871062079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emploi.wallonie.be" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:professionalcard.entreprise@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:professionalcard.entreprise@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emploi.wallonie.be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:professionalcard.entreprise@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emploi.wallonie.be" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:professionalcard.entreprises@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:professionalcard.entreprises@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emploi.wallonie.be" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:professionalcard.entreprise@spw.wallonie.be" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emploi.wallonie.be/home/travailleurs-etrangers/carte-professionnelle.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://economie.fgov.be/fr/themes/entreprises/creer-une-entreprise/demarches-pour-creer-une/demarches-aupres-dun-guichet" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emploi.wallonie.be" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emploi.wallonie.be/home/travailleurs-etrangers/carte-professionnelle.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -25366,50 +25517,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100559A65A2DD5DF44A80A654981849549B" ma:contentTypeVersion="2" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="9d957804e62e44a2f38a46c29f4218a9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c1a3df3e-33cb-4260-8132-609fc1ecef07" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fdc44db6bcef0d35d598976589feb18" ns2:_="">
     <xsd:import namespace="c1a3df3e-33cb-4260-8132-609fc1ecef07"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1a3df3e-33cb-4260-8132-609fc1ecef07" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -25497,142 +25657,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11452C15-9549-477B-B691-C7CAFBBECB7C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FB2F44F-DBB3-4E1B-857B-20124EBE1BDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c1a3df3e-33cb-4260-8132-609fc1ecef07"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D03D999F-0DCB-4DC8-BF5A-96FC2FA76A3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3FAFC3E6-1385-48AF-83EA-4E5AAB30F328}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>2196</Words>
-  <Characters>12078</Characters>
+  <Characters>12081</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>100</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Répondre aux questions des cadres suivants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>mvl</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14246</CharactersWithSpaces>
+  <CharactersWithSpaces>14249</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Répondre aux questions des cadres suivants</dc:title>
   <dc:subject/>
   <dc:creator>helpdesk</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100559A65A2DD5DF44A80A654981849549B</vt:lpwstr>
   </property>