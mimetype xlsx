--- v0 (2025-11-12)
+++ v1 (2026-02-28)
@@ -1,60 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\58587\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\58587\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6169EAE5-58A2-4046-AC84-3258E2459C82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D91221B3-2B21-4EE5-955E-986DF7FA439D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30240" yWindow="1440" windowWidth="28800" windowHeight="15285" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-1770" windowWidth="25440" windowHeight="15270" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="drapeau">#REF!</definedName>
     <definedName name="Fonctions">'Feuil 1'!$I$3:$I$6</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G17" i="1" l="1"/>
@@ -224,51 +227,51 @@
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>directement rémunéré par l'entreprise</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (donc pas via une société de management), sa rémunération sera indiquée dans le tableau de personnel ci-dessus.
 Dans ce cas, le coût total = barème mensuel * taux d'occupation * durée (en mois), sans multiplication par un taux de charges patronales.
 Le barème mensuel consiste uniquement en la rémunération justifiable par une fiche fiscale 281.20 ou par une fiche de rémunération émise par un secrétariat social.</t>
     </r>
   </si>
   <si>
     <t>Nom du partenaire</t>
   </si>
   <si>
     <t>uniquement pour l'entreprise coordinatrice du projet</t>
   </si>
   <si>
-    <t>Taux de charges patronales forfaitaires 2025</t>
+    <t>Taux de charges patronales forfaitaires 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="42" formatCode="_-* #,##0\ &quot;€&quot;_-;\-* #,##0\ &quot;€&quot;_-;_-* &quot;-&quot;\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_ &quot;€&quot;\ * #,##0.00_ ;_ &quot;€&quot;\ * \-#,##0.00_ ;_ &quot;€&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="_-* #,##0\ [$€-40C]_-;\-* #,##0\ [$€-40C]_-;_-* &quot;-&quot;??\ [$€-40C]_-;_-@_-"/>
   </numFmts>
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
@@ -810,190 +813,190 @@
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="8" fillId="3" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="42" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="3" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...52 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Monétaire" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Pourcentage" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>7</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>304800</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>895350</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>304800</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="4" name="Connecteur droit avec flèche 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000004000000}"/>
             </a:ext>
           </a:extLst>
@@ -1531,228 +1534,228 @@
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="J16" sqref="J16:M21"/>
+      <selection activeCell="K22" sqref="K22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.88671875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.88671875" style="1" customWidth="1"/>
     <col min="2" max="3" width="22" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.33203125" style="2" customWidth="1"/>
     <col min="5" max="5" width="7.6640625" style="1" customWidth="1"/>
     <col min="6" max="6" width="7.44140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="14.6640625" style="3" customWidth="1"/>
     <col min="8" max="8" width="8.33203125" style="3" customWidth="1"/>
     <col min="9" max="9" width="23.44140625" style="4" hidden="1" customWidth="1"/>
     <col min="10" max="13" width="11.88671875" style="4" customWidth="1"/>
     <col min="14" max="16384" width="10.88671875" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="76" t="s">
+      <c r="A1" s="91" t="s">
         <v>25</v>
       </c>
-      <c r="B1" s="76"/>
+      <c r="B1" s="91"/>
     </row>
     <row r="3" spans="1:13" s="8" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="77" t="s">
+      <c r="A3" s="92" t="s">
         <v>31</v>
       </c>
-      <c r="B3" s="77"/>
+      <c r="B3" s="92"/>
       <c r="C3" s="5"/>
       <c r="D3" s="6"/>
       <c r="E3" s="7"/>
       <c r="I3" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:13" s="10" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="6"/>
       <c r="E4" s="9"/>
       <c r="I4" s="10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:13" s="10" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="88" t="s">
+      <c r="A5" s="103" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="88"/>
-[...4 lines deleted...]
-      <c r="G5" s="87"/>
+      <c r="B5" s="103"/>
+      <c r="C5" s="103"/>
+      <c r="D5" s="102"/>
+      <c r="E5" s="102"/>
+      <c r="F5" s="102"/>
+      <c r="G5" s="102"/>
       <c r="H5" s="11"/>
       <c r="I5" s="10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="E6" s="85" t="s">
+      <c r="E6" s="100" t="s">
         <v>2</v>
       </c>
-      <c r="F6" s="86"/>
+      <c r="F6" s="101"/>
       <c r="G6" s="14"/>
       <c r="H6" s="4"/>
       <c r="I6" s="4" t="s">
         <v>15</v>
       </c>
       <c r="K6" s="15"/>
     </row>
     <row r="7" spans="1:13" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="16"/>
       <c r="B7" s="16"/>
       <c r="C7" s="16"/>
       <c r="D7" s="17" t="s">
         <v>12</v>
       </c>
       <c r="E7" s="16" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G7" s="18" t="s">
         <v>4</v>
       </c>
       <c r="H7" s="19"/>
       <c r="I7" s="19"/>
       <c r="J7" s="19"/>
       <c r="K7" s="20"/>
     </row>
     <row r="8" spans="1:13" s="24" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="21" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="21"/>
       <c r="C8" s="21"/>
       <c r="D8" s="70"/>
       <c r="E8" s="22"/>
       <c r="F8" s="23"/>
       <c r="G8" s="66">
         <f>ROUND((D8*E8*F8*$G$21),-2)</f>
         <v>0</v>
       </c>
-      <c r="J8" s="89" t="s">
+      <c r="J8" s="107" t="s">
         <v>32</v>
       </c>
-      <c r="K8" s="90"/>
-[...1 lines deleted...]
-      <c r="M8" s="91"/>
+      <c r="K8" s="108"/>
+      <c r="L8" s="108"/>
+      <c r="M8" s="109"/>
     </row>
     <row r="9" spans="1:13" s="24" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="25"/>
       <c r="B9" s="25"/>
       <c r="C9" s="25"/>
       <c r="D9" s="26"/>
       <c r="E9" s="27"/>
       <c r="F9" s="28"/>
       <c r="G9" s="26"/>
       <c r="K9" s="20"/>
     </row>
     <row r="10" spans="1:13" s="24" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="29" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="29"/>
       <c r="C10" s="29"/>
       <c r="D10" s="30"/>
       <c r="E10" s="31"/>
       <c r="F10" s="32"/>
       <c r="G10" s="30">
         <f>ROUND((D10*E10*F10*$G$21),-2)</f>
         <v>0</v>
       </c>
       <c r="H10" s="19"/>
       <c r="I10" s="19"/>
-      <c r="J10" s="78" t="s">
+      <c r="J10" s="93" t="s">
         <v>29</v>
       </c>
-      <c r="K10" s="79"/>
-[...1 lines deleted...]
-      <c r="M10" s="80"/>
+      <c r="K10" s="94"/>
+      <c r="L10" s="94"/>
+      <c r="M10" s="95"/>
     </row>
     <row r="11" spans="1:13" s="24" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="33" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="33"/>
       <c r="C11" s="33"/>
       <c r="D11" s="34"/>
       <c r="E11" s="35"/>
       <c r="F11" s="36"/>
       <c r="G11" s="30">
         <f>ROUND((D11*E11*F11*$G$21),-2)</f>
         <v>0</v>
       </c>
       <c r="H11" s="19"/>
       <c r="I11" s="19"/>
-      <c r="J11" s="81" t="s">
+      <c r="J11" s="96" t="s">
         <v>24</v>
       </c>
-      <c r="K11" s="82"/>
-[...1 lines deleted...]
-      <c r="M11" s="83"/>
+      <c r="K11" s="97"/>
+      <c r="L11" s="97"/>
+      <c r="M11" s="98"/>
     </row>
     <row r="12" spans="1:13" s="24" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="25"/>
       <c r="B12" s="25"/>
       <c r="C12" s="25"/>
       <c r="D12" s="26"/>
       <c r="E12" s="27"/>
       <c r="F12" s="28"/>
       <c r="G12" s="37">
         <f>SUM(G10:G11)</f>
         <v>0</v>
       </c>
       <c r="H12" s="3"/>
       <c r="I12" s="19"/>
       <c r="J12" s="19"/>
       <c r="K12" s="19"/>
     </row>
     <row r="13" spans="1:13" s="24" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="29" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="29"/>
       <c r="C13" s="29"/>
       <c r="D13" s="30"/>
       <c r="E13" s="31"/>
@@ -1790,294 +1793,294 @@
       <c r="E15" s="27"/>
       <c r="F15" s="28"/>
       <c r="G15" s="37">
         <f>SUM(G13:G14)</f>
         <v>0</v>
       </c>
       <c r="H15" s="19"/>
       <c r="I15" s="19"/>
       <c r="J15" s="20"/>
     </row>
     <row r="16" spans="1:13" s="24" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="40" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="40"/>
       <c r="C16" s="40"/>
       <c r="D16" s="30"/>
       <c r="E16" s="31"/>
       <c r="F16" s="32"/>
       <c r="G16" s="30">
         <f>ROUND((D16*E16*F16*$G$21),-2)</f>
         <v>0</v>
       </c>
       <c r="H16" s="19"/>
       <c r="I16" s="19"/>
-      <c r="J16" s="92" t="s">
+      <c r="J16" s="88" t="s">
         <v>33</v>
       </c>
-      <c r="K16" s="93"/>
-[...1 lines deleted...]
-      <c r="M16" s="94"/>
+      <c r="K16" s="89"/>
+      <c r="L16" s="89"/>
+      <c r="M16" s="90"/>
     </row>
     <row r="17" spans="1:13" s="24" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="40"/>
       <c r="C17" s="40"/>
       <c r="D17" s="30"/>
       <c r="E17" s="31"/>
       <c r="F17" s="32"/>
       <c r="G17" s="30">
         <f>ROUND((D17*E17*F17*$G$21),-2)</f>
         <v>0</v>
       </c>
       <c r="H17" s="19"/>
       <c r="I17" s="19"/>
-      <c r="J17" s="95" t="s">
+      <c r="J17" s="104" t="s">
         <v>18</v>
       </c>
-      <c r="K17" s="96"/>
-      <c r="L17" s="96" t="s">
+      <c r="K17" s="105"/>
+      <c r="L17" s="105" t="s">
         <v>23</v>
       </c>
-      <c r="M17" s="97"/>
+      <c r="M17" s="106"/>
     </row>
     <row r="18" spans="1:13" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="41"/>
       <c r="B18" s="41"/>
       <c r="C18" s="41"/>
       <c r="D18" s="42"/>
       <c r="E18" s="43"/>
       <c r="F18" s="44"/>
       <c r="G18" s="45">
         <f>SUM(G16:G17)</f>
         <v>0</v>
       </c>
       <c r="H18" s="46"/>
       <c r="I18" s="46"/>
-      <c r="J18" s="98" t="s">
+      <c r="J18" s="71" t="s">
         <v>19</v>
       </c>
-      <c r="K18" s="99" t="s">
+      <c r="K18" s="72" t="s">
         <v>8</v>
       </c>
-      <c r="L18" s="99" t="s">
+      <c r="L18" s="72" t="s">
         <v>19</v>
       </c>
-      <c r="M18" s="100" t="s">
+      <c r="M18" s="73" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="47"/>
       <c r="B19" s="47"/>
       <c r="C19" s="47"/>
       <c r="D19" s="4"/>
-      <c r="E19" s="84" t="s">
+      <c r="E19" s="99" t="s">
         <v>3</v>
       </c>
-      <c r="F19" s="84"/>
+      <c r="F19" s="99"/>
       <c r="G19" s="48">
         <f>G8+G12+G15+G18</f>
         <v>0</v>
       </c>
       <c r="H19" s="46"/>
       <c r="I19" s="46"/>
-      <c r="J19" s="101" t="s">
+      <c r="J19" s="74" t="s">
         <v>20</v>
       </c>
-      <c r="K19" s="102">
-[...2 lines deleted...]
-      <c r="L19" s="103" t="s">
+      <c r="K19" s="75">
+        <v>1.5004999999999999</v>
+      </c>
+      <c r="L19" s="76" t="s">
         <v>20</v>
       </c>
-      <c r="M19" s="104">
-        <v>1.5508999999999999</v>
+      <c r="M19" s="77">
+        <v>1.5519000000000001</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="20"/>
       <c r="B20" s="20"/>
       <c r="C20" s="20"/>
       <c r="D20" s="49"/>
       <c r="E20" s="20"/>
       <c r="F20" s="20"/>
       <c r="G20" s="50"/>
       <c r="H20" s="46"/>
       <c r="I20" s="46"/>
-      <c r="J20" s="101" t="s">
+      <c r="J20" s="74" t="s">
         <v>21</v>
       </c>
-      <c r="K20" s="102">
-[...2 lines deleted...]
-      <c r="L20" s="103" t="s">
+      <c r="K20" s="75">
+        <v>1.5288999999999999</v>
+      </c>
+      <c r="L20" s="76" t="s">
         <v>21</v>
       </c>
-      <c r="M20" s="105">
-        <v>1.5792999999999999</v>
+      <c r="M20" s="78">
+        <v>1.5803</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="51"/>
-      <c r="B21" s="72" t="s">
+      <c r="B21" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="C21" s="73"/>
-[...2 lines deleted...]
-      <c r="F21" s="74"/>
+      <c r="C21" s="85"/>
+      <c r="D21" s="85"/>
+      <c r="E21" s="85"/>
+      <c r="F21" s="86"/>
       <c r="G21" s="52"/>
       <c r="I21" s="53"/>
-      <c r="J21" s="106" t="s">
+      <c r="J21" s="79" t="s">
         <v>22</v>
       </c>
-      <c r="K21" s="107">
-[...2 lines deleted...]
-      <c r="L21" s="108" t="s">
+      <c r="K21" s="80">
+        <v>1.5494000000000001</v>
+      </c>
+      <c r="L21" s="81" t="s">
         <v>22</v>
       </c>
-      <c r="M21" s="109">
-        <v>1.5998000000000001</v>
+      <c r="M21" s="82">
+        <v>1.6008</v>
       </c>
     </row>
     <row r="22" spans="1:13" s="24" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="51"/>
-      <c r="B22" s="72" t="s">
+      <c r="B22" s="84" t="s">
         <v>28</v>
       </c>
-      <c r="C22" s="73"/>
-[...2 lines deleted...]
-      <c r="F22" s="74"/>
+      <c r="C22" s="85"/>
+      <c r="D22" s="85"/>
+      <c r="E22" s="85"/>
+      <c r="F22" s="86"/>
       <c r="G22" s="52"/>
       <c r="H22" s="3"/>
       <c r="I22" s="54"/>
       <c r="J22" s="4"/>
       <c r="K22" s="4"/>
       <c r="L22" s="10"/>
       <c r="M22" s="10"/>
     </row>
     <row r="23" spans="1:13" s="24" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="55"/>
       <c r="B23" s="55"/>
       <c r="C23" s="55"/>
       <c r="D23" s="56"/>
       <c r="E23" s="55"/>
       <c r="F23" s="55"/>
       <c r="G23" s="57"/>
       <c r="H23" s="3"/>
       <c r="J23" s="4"/>
       <c r="K23" s="4"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
     </row>
     <row r="24" spans="1:13" s="51" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="75" t="s">
+      <c r="A24" s="87" t="s">
         <v>30</v>
       </c>
-      <c r="B24" s="75"/>
-[...4 lines deleted...]
-      <c r="G24" s="75"/>
+      <c r="B24" s="87"/>
+      <c r="C24" s="87"/>
+      <c r="D24" s="87"/>
+      <c r="E24" s="87"/>
+      <c r="F24" s="87"/>
+      <c r="G24" s="87"/>
       <c r="H24" s="3"/>
       <c r="I24" s="58"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="24"/>
       <c r="M24" s="24"/>
     </row>
     <row r="25" spans="1:13" s="68" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="75"/>
-[...5 lines deleted...]
-      <c r="G25" s="75"/>
+      <c r="A25" s="87"/>
+      <c r="B25" s="87"/>
+      <c r="C25" s="87"/>
+      <c r="D25" s="87"/>
+      <c r="E25" s="87"/>
+      <c r="F25" s="87"/>
+      <c r="G25" s="87"/>
       <c r="H25" s="67"/>
       <c r="J25" s="4"/>
       <c r="K25" s="4"/>
       <c r="L25" s="4"/>
       <c r="M25" s="4"/>
     </row>
     <row r="26" spans="1:13" s="10" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="75"/>
-[...5 lines deleted...]
-      <c r="G26" s="75"/>
+      <c r="A26" s="87"/>
+      <c r="B26" s="87"/>
+      <c r="C26" s="87"/>
+      <c r="D26" s="87"/>
+      <c r="E26" s="87"/>
+      <c r="F26" s="87"/>
+      <c r="G26" s="87"/>
       <c r="H26" s="1"/>
       <c r="I26" s="3"/>
       <c r="J26" s="4"/>
       <c r="K26" s="4"/>
       <c r="L26" s="4"/>
       <c r="M26" s="4"/>
     </row>
     <row r="27" spans="1:13" s="8" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="75"/>
-[...5 lines deleted...]
-      <c r="G27" s="75"/>
+      <c r="A27" s="87"/>
+      <c r="B27" s="87"/>
+      <c r="C27" s="87"/>
+      <c r="D27" s="87"/>
+      <c r="E27" s="87"/>
+      <c r="F27" s="87"/>
+      <c r="G27" s="87"/>
       <c r="H27" s="1"/>
       <c r="I27" s="3"/>
       <c r="J27" s="4"/>
       <c r="K27" s="4"/>
       <c r="L27" s="4"/>
       <c r="M27" s="4"/>
     </row>
     <row r="28" spans="1:13" s="8" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="69"/>
       <c r="B28" s="69"/>
       <c r="C28" s="69"/>
       <c r="D28" s="69"/>
       <c r="E28" s="69"/>
       <c r="F28" s="69"/>
       <c r="G28" s="69"/>
       <c r="H28" s="1"/>
       <c r="I28" s="3"/>
       <c r="J28" s="4"/>
       <c r="K28" s="4"/>
       <c r="L28" s="4"/>
       <c r="M28" s="4"/>
     </row>
     <row r="29" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="71" t="s">
+      <c r="A29" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="B29" s="71"/>
+      <c r="B29" s="83"/>
       <c r="C29" s="60"/>
       <c r="D29" s="60"/>
       <c r="E29" s="60"/>
       <c r="F29" s="61"/>
       <c r="I29" s="24"/>
     </row>
     <row r="30" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C30" s="12" t="s">
         <v>1</v>
       </c>
       <c r="D30" s="62" t="s">
         <v>8</v>
       </c>
       <c r="E30" s="3"/>
       <c r="F30" s="19"/>
     </row>
     <row r="31" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="16" t="s">
         <v>1</v>
@@ -2128,50 +2131,426 @@
     <mergeCell ref="A24:G27"/>
     <mergeCell ref="J16:M16"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="J10:M10"/>
     <mergeCell ref="J11:M11"/>
     <mergeCell ref="B21:F21"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="E6:F6"/>
     <mergeCell ref="D5:G5"/>
     <mergeCell ref="A5:C5"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="L17:M17"/>
     <mergeCell ref="J8:M8"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="A32:A34 A8:A18" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>Fonctions</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.62992125984251968" right="0.43307086614173229" top="0.59055118110236227" bottom="0.6692913385826772" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010031E38B88E1671B4F9E6B5A6773B4BA3A" ma:contentTypeVersion="38" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="9e4285c65844c57b7a670d794d3d890a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" xmlns:ns3="19a97b96-bc09-4018-90a5-ce25f9952f90" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0dd36c3385fc7bfefa5eb070b064f6fc" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a"/>
+    <xsd:import namespace="19a97b96-bc09-4018-90a5-ce25f9952f90"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:Type_x0020_de_x0020_document" minOccurs="0"/>
+                <xsd:element ref="ns2:Processus" minOccurs="0"/>
+                <xsd:element ref="ns2:Direction" minOccurs="0"/>
+                <xsd:element ref="ns2:Type_x0020_d_x0027_aide" minOccurs="0"/>
+                <xsd:element ref="ns2:Coop_x00e9_ration" minOccurs="0"/>
+                <xsd:element ref="ns2:Version_x0020_Date" minOccurs="0"/>
+                <xsd:element ref="ns2:InspectiondesFinances" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:TypedArr_x00ea_t_x00e9_" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="11" nillable="true" ma:displayName="Propriétés de la stratégie de conformité unifiée" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="12" nillable="true" ma:displayName="Action d’interface utilisateur de la stratégie de conformité unifiée" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Type_x0020_de_x0020_document" ma:index="13" nillable="true" ma:displayName="Type de document" ma:list="{578edcbc-abc6-4749-ad88-a53adfb6903e}" ma:internalName="Type_x0020_de_x0020_document" ma:showField="Typededocument">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Processus" ma:index="14" nillable="true" ma:displayName="Processus" ma:list="{578edcbc-abc6-4749-ad88-a53adfb6903e}" ma:internalName="Processus" ma:showField="Processus">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Direction" ma:index="15" nillable="true" ma:displayName="Direction" ma:list="{578edcbc-abc6-4749-ad88-a53adfb6903e}" ma:internalName="Direction" ma:showField="Direction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Type_x0020_d_x0027_aide" ma:index="16" nillable="true" ma:displayName="Type d'aide" ma:list="{578edcbc-abc6-4749-ad88-a53adfb6903e}" ma:internalName="Type_x0020_d_x0027_aide" ma:showField="Typedaide">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Coop_x00e9_ration" ma:index="17" nillable="true" ma:displayName="Coopération" ma:list="{578edcbc-abc6-4749-ad88-a53adfb6903e}" ma:internalName="Coop_x00e9_ration" ma:showField="Coop_x00e9_ration">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Version_x0020_Date" ma:index="18" nillable="true" ma:displayName="Version Date" ma:format="DateOnly" ma:internalName="Version_x0020_Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="InspectiondesFinances" ma:index="19" nillable="true" ma:displayName="Inspection des Finances" ma:format="Dropdown" ma:list="578edcbc-abc6-4749-ad88-a53adfb6903e" ma:internalName="InspectiondesFinances" ma:showField="InspectiondesFinances">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TypedArr_x00ea_t_x00e9_" ma:index="23" nillable="true" ma:displayName="Type d'Arrêté" ma:format="Dropdown" ma:list="578edcbc-abc6-4749-ad88-a53adfb6903e" ma:internalName="TypedArr_x00ea_t_x00e9_" ma:showField="TypedArr_x00ea_t_x00e9_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Lookup"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="25" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="cc4018d8-b214-4a48-af45-02710e18d619" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="27" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="28" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="29" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="30" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="19a97b96-bc09-4018-90a5-ce25f9952f90" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="26" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{883c923b-8cd3-4667-ba79-00fe07e40116}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="19a97b96-bc09-4018-90a5-ce25f9952f90">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Type de contenu"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titre"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <Type_x0020_d_x0027_aide xmlns="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" xsi:nil="true"/>
+    <Coop_x00e9_ration xmlns="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" xsi:nil="true"/>
+    <InspectiondesFinances xmlns="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" xsi:nil="true"/>
+    <Processus xmlns="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TypedArr_x00ea_t_x00e9_ xmlns="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" xsi:nil="true"/>
+    <TaxCatchAll xmlns="19a97b96-bc09-4018-90a5-ce25f9952f90" xsi:nil="true"/>
+    <Type_x0020_de_x0020_document xmlns="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" xsi:nil="true"/>
+    <Version_x0020_Date xmlns="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Direction xmlns="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDCDE326-D148-4E30-A8B4-7B39FCE6A137}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a"/>
+    <ds:schemaRef ds:uri="19a97b96-bc09-4018-90a5-ce25f9952f90"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC2A81AD-7F02-4C1C-8B49-2373E309BFDB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a72a0a02-14d0-4e4d-8130-a5699b3e8e4a"/>
+    <ds:schemaRef ds:uri="19a97b96-bc09-4018-90a5-ce25f9952f90"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94ADDC3C-85D9-4CFC-815F-ED3C92A8C359}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
@@ -2198,27 +2577,30 @@
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_SetDate">
     <vt:lpwstr>2024-02-16T14:04:04Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_Name">
     <vt:lpwstr>8903f633-4a78-4eed-bb49-365e45b1f3e8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_SiteId">
     <vt:lpwstr>1f816a84-7aa6-4a56-b22a-7b3452fa8681</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_ActionId">
     <vt:lpwstr>87284b2d-9aaa-49f8-98b0-3a198bef7ab7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_8903f633-4a78-4eed-bb49-365e45b1f3e8_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
+    <vt:lpwstr>0x01010031E38B88E1671B4F9E6B5A6773B4BA3A</vt:lpwstr>
+  </property>
 </Properties>
 </file>